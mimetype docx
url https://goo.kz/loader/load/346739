--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,12023 +1,14023 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E319E7" w:rsidRDefault="006B7B03" w:rsidP="00CD6F6A">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00213E63" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidR="00CD6F6A" w:rsidRPr="00E319E7">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00213E63" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...95 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ </w:t>
       </w:r>
-      <w:r w:rsidR="006B7B03">
-[...27 lines deleted...]
-        <w:ind w:left="6372"/>
+      <w:r w:rsidR="00213E63" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>40/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «24» июня 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 181/6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-        <w:ind w:left="5664"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-        <w:ind w:left="4956" w:firstLine="708"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:ind w:left="6372" w:firstLine="708"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача справок по опеке и попечительству»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...116 lines deleted...]
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...33 lines deleted...]
-        </w:tabs>
+        <w:t>1. Государственная услуга «Выдача справок по опеке и попечительству» (далее – государственная услуга) оказывается местными исполнительными органами районов и городов Павлодарской области (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...36 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:tabs>
-[...644 lines deleted...]
-        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...163 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>некоммерческое акционерное общество «Государственная корпорация «Правительство для граждан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E319E7">
-[...10 lines deleted...]
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) веб-портал «электронного правительства» www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2. Форма оказания государственной услуги – электронная (полностью автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...32 lines deleted...]
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00CD6F6A" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Результат оказания государственной услуги – справка об опеке и попечительстве по форме согласно приложению 1 к стандарту государственной услуги «Выдача справок по опеке и попечительству», утвержденного приказом Министра образования и науки Республики Казахстан от 13 апреля 2015 года       № 198 (далее – Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00CD6F6A" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...80 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...89 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...4 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...1100 lines deleted...]
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Основанием для начала процедуры (действия) по оказанию государственной услуги является:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...297 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>при обращении в Государственную корпорацию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...626 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявление услугополучателя по форме согласно приложению 2 к Стандарту с предоставлением необходимых документов, указанных в пункте 9 Стандарта;</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2275"/>
+        <w:gridCol w:w="9847"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="0011329D" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          при обращении на портал: запрос в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП), услугополучателя и свидетельство о рождении ребенка.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Содержание каждой процедуры (действия), входящие в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В случае отсутствия данных об установлении опеки или попечительства над ребенком-сиротой (детьми-сиротами), ребенком (детьми), оставшимися без попечения родителей, в информационных системах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента поступления из Государственной корпорации необходимых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов услугополучателя осуществляет прием и их регистрацию, направляет документы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ответственному</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателю – 15 (пятнадцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководство услугодателя рассматривает документы и определяет ответственного исполнителя – 1 (один) рабочий день; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3) ответственный исполнитель услугодателя вносит сведения об опекунах (попечителях) и подопечных в реестр электронной базы «Е-попечительство» – 2 (два) рабочих дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. Результатом  – справка об опеке и попечительстве по форме согласно приложению 1 Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) отражается в таблице согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Описание порядка взаимодействия с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корпорацией и (или) иными услугодателями,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE43A5" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также порядка использования информационных</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE43A5" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>систем в процессе оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание порядка обращения в Государственную корпорацию с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием каждой процедуры (действия) согласно приложению 2 к настоящему регламенту – 15 (пятнадцать) минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) услугополучатель государственной услуги подает необходимые документы и заявление оператору Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в операционном зале посредством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безбарьерного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» обслуживания путем электронной очереди. В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к Стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2)  процесс 1 – ввод оператором Государственной корпорации в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированное рабочее место интегрированной информационной системы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – АРМ ИИС) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>логина и пароля (процесс авторизации) для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3)  процесс     2 – выбор оператором Государственной корпорации услуги, вывод на экран формы запроса для оказания услуги и ввод оператором Государственной корпорации данных услугополучателя, а также данных по доверенности представителя услугополучателя (при нотариально удостоверенной доверенности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) процесс 3 – направление запроса через шлюз электронного правительства (далее – ШЭП) в государственную базу данных физических лиц (далее - ГБД ФЛ) о данных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>получателя, а также в Единой нотариальной информационной системе (далее - ЕНИС) – о данных доверенности представителя услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)   условие    1 – проверка наличия данных услугополучателя в ГБД </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Л и данных доверенности в ЕНИС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6)  процесс   4 – формирование сообщения о невозможности получения данных в связи с отсутствием данных услугополучателя в ГБД ФЛ и данных доверенности в ЕНИС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>получателя), удостоверенного (подписанного) ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оператора Государственной корпорации через ШЭП в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированном рабочем месте регионального шлюза электронного правительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(далее – АРМ РШЭП)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Описание </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесса получения результата оказания государственной услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через Государственную корпорацию с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием каждой процедуры (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1)  процесс     6 – регистрация электронного документа в АРМ РШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2) условие  2 – проверка (обработка) услугодателем соответствия приложенных услугополучателем документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3)  процесс    7  - формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4) процесс 8 - получение услугополучателем через оператора Государственной корпорации результата услуги (справка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>либо письменный мотивированный ответ об отказе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформированного АРМ РШЭП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11. Описание порядка обращения при оказании государственной услуги через портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и последовательности процедур (действий) услугодателя и услугополучателя – 15 (пятнадцать) минут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) услугополучатель осуществляет регистрацию на портале с помощью индивидуального идентификационного номера (далее – ИИН) , а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс  1 –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9847"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) условие 1 - проверка на портале подлинности данных о зарегистрированном </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услугополучателе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс  2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="left" w:pos="8789"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)  процесс   3 – выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прикрепление к форме запроса необходимых копий документов в электронном виде, а также выбор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регистрационного свидетельства ЭЦП для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6)   условие     2 – проверка на портале срока действия регистрационного свидетельства, удостоверенного электронной цифровой подписью (далее -  ЭЦП) и отсутствия в списке отозванных (аннулированных) регистрационных свидетельств, а также соответствия идентификационных данных (между ИИН, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) процесс     4 – формирование сообщения об отказе в запрашиваемой услуге в связи с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неподтверждением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) процесс 5 – направление электронного документа (запроса услугополучателя), удостоверенного (подписанного) ЭЦП услугополучателя через ШЭП в АРМ РШЭП для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) условие   3 – проверка услугодателем соответствия приложенных услугополучателем документов и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) процесс   6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сформированн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АРМ РШ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЭП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE43A5" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных    при   оказании   государственной   услуги   через  портал,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приведены в диаграмме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также описание порядка взаимодействия  с иными услугодателями и (или)  Государственной корпорацией, и порядка использования информационных систем в процессе оказания государственной  услуги отражается в справочнике бизнес-процессов   согласно приложению 4 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="001D5E68" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="001D5E68" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="3"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Выдача справок по опеке и попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурными подразделениями (работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9466" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="-935" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2318"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:trPr>
+          <w:trHeight w:val="394"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9349" w:type="dxa"/>
+            <w:tcW w:w="8981" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>Негізгі процестің (жұмыс барысының, ағының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:trPr>
+          <w:trHeight w:val="580"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2502" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>№ действия (хода, потока, работ)</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:trPr>
+          <w:trHeight w:val="868"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2502" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...4 lines deleted...]
-              <w:t>Құрылымдық бөлімшелер (қызметкерлер)</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің  кеңсе қызметкері </w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің ж</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E319E7">
-[...14 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="0011329D" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2502" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="007D41E6" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>Іс-қимылдың (процестің, рәсімнің, операцияның) атауы және оны сипаттау</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">і жүзеге асырады </w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Осуществляет прием и регистрацию полученных документов из Государственной корпорации</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>Құжаттарды қарастырады және жауапты маманды анықтайды</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рассматривает и определяет ответственного исполнителя</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>«Е-қамқоршылық» электрондық базасының тізіліміне қорғаншылар (қамқоршылар) және қамқорлықтағылар туралы мәліметтерді енгізеді</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Вносит сведения об опекунах (попечителях) и подопечных в реестр электронной базы          «Е-попечительство»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="0011329D" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2502" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="007D41E6" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...4 lines deleted...]
-              <w:t>Аяқтау нысаны</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:highlight w:val="cyan"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің жауапты орындаушысына беру </w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Передача ответственному исполнителю услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:pStyle w:val="a5"/>
+              <w:pStyle w:val="a3"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:highlight w:val="cyan"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000578C6">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бұ</w:t>
-[...7 lines deleted...]
-              <w:t>рыштама</w:t>
+              <w:t>Резолюция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="007D41E6" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>«Е-қамқоршылық» электрондық базасының тізіліміне қорғаншылар (қамқоршылар) және қамқорлықтағылар туралы мәліметтерді енгізу</w:t>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>несение сведений об опекунах (попечителях) и подопечных в реестр электронной базы        «Е-попечительство»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2502" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="007D41E6" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...4 lines deleted...]
-              <w:t>Орындау мерзімі</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2487" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:pStyle w:val="af1"/>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">15 </w:t>
-[...16 lines deleted...]
-              <w:t>минут</w:t>
+              <w:t>15 (пятнадцать) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:pStyle w:val="af1"/>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...15 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 (два) рабочих дня</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...110 lines deleted...]
-          <w:cols w:space="720"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:sectPr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidSect="006C41B5">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="first" r:id="rId8"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D7F4D" w:rsidRDefault="006D7F4D" w:rsidP="000F11EE">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9366" w:firstLine="546"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9639" w:firstLine="273"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE43A5" w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="3"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Выдача справок по опеке и попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Диаграмма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функционального взаимодействия информационных систем, задействованных в оказании государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:ind w:left="9217"/>
+        <w:t>через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:ind w:left="8508" w:firstLine="709"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...115 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...57 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
+          </v:shapetype>
+          <v:shape id="Блок-схема: сохраненные данные 89" o:spid="_x0000_s1026" type="#_x0000_t130" style="position:absolute;left:0;text-align:left;margin-left:24.35pt;margin-top:8.9pt;width:147.75pt;height:48.6pt;z-index:1;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZAvRtcAIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu1DAQvSPxD5bvbTZLF7pRs1XVUoRU&#10;aKXCB3gdJ7FwbDP2brac6KEnTvxJD/QCtN+Q/SPGzna7BU6IHCyPx/Nm5j1P9vYXjSJzAU4andN0&#10;e0CJ0NwUUlc5ff/ueGuXEueZLpgyWuT0Qji6P3n6ZK+1mRia2qhCAEEQ7bLW5rT23mZJ4ngtGua2&#10;jRUanaWBhnk0oUoKYC2iNyoZDgbPk9ZAYcFw4RyeHvVOOon4ZSm4Py1LJzxROcXafFwhrtOwJpM9&#10;llXAbC35qgz2D1U0TGpMuoY6Yp6RGcg/oBrJwThT+m1umsSUpeQi9oDdpIPfujmvmRWxFyTH2TVN&#10;7v/B8rfzMyCyyOnumBLNGtSo+9r96O6671vLy+VVd9P97K4zsrzs7pZXy8/ddXeLZ7fd7fJLd0O6&#10;b/GgNxAC+WytyxD23J5BYMTZE8M/OKLNYc10JQ4ATFsLVmAXabifPAoIhsNQMm3fmAKrYTNvIrWL&#10;EpoAiKSRRVTwYq2gWHjC8TBNnw2HgxElHH07oxf4RGIKlt1HW3D+lTANCZuclsq0WBf4U62kFufe&#10;AKsC5yxj8xPnQ30suw+K/Rgli2OpVDSgmh4qIHOG7+s4fqt8bvOa0qTN6Xg0HEXkRz63CTGI398g&#10;GulxUJRsUKn1JZYFIl/qIj5jz6Tq91iy0itmA5m9KH4xXUSphyFBIHpqigukGkw/FzjHuKkNfKKk&#10;xZnIqfs4YyAoUa81yjVOd3bCEEUjsksJbHqmmx6mOULllHugpDcOfT96MwuyqjFXGvnQ5gBFLmVk&#10;+6GuVQP48qMIqykNo7Vpx1sP/5LJLwAAAP//AwBQSwMEFAAGAAgAAAAhAIjBCP7gAAAABwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwq6jRUTRWyqUoluPHXVpW4ufE2iYjXaeyk&#10;4e0xJziOZjTzTbYaTSMG6lxtGWE2jUAQF1bXXCLsd093SxDOK9aqsUwI3+RglV9fZSrV9sIfNGx9&#10;KUIJu1QhVN63qZSuqMgoN7UtcfBOtjPKB9mVUnfqEspNI+MoWkijag4LlWppU1Hxte0NwmR97ruX&#10;yefpMLzONufH98Obcc+Itzfj+gGEp9H/heEXP6BDHpiOtmftRIMwn4crHmGRgAh2HMf3II4IyTIB&#10;mWfyP3/+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFkC9G1wAgAAkwQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIjBCP7gAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002A4DF1">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">АРМ ИС </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Государсвенной корпорации</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="14110"/>
+        <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007964D9">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
-[...4 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1064">
+                <v:shape id="Блок-схема: сохраненные данные 86" o:spid="_x0000_s1061" type="#_x0000_t130" style="position:absolute;margin-left:323.5pt;margin-top:3.35pt;width:96.75pt;height:35.4pt;z-index:36;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdwHfIbQIAAIwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv7SZR0iarbqqqpQip&#10;0EqFB3C83l0Lr23GTjblRA89ceJNeqAXoH2GzRsx9qYh/IgDYg+Wx2N//ub7PHtwuKwVWQhw0uiM&#10;9nd7lAjNTS51mdE3r093xpQ4z3TOlNEio1fC0cPp0ycHjU3FwFRG5QIIgmiXNjajlfc2TRLHK1Ez&#10;t2us0JgsDNTMYwhlkgNrEL1WyaDX20saA7kFw4VzuHrSJek04heF4P68KJzwRGUUufk4QhxnYUym&#10;BywtgdlK8jUN9g8saiY1XrqBOmGekTnI36BqycE4U/hdburEFIXkItaA1fR7v1RzWTErYi0ojrMb&#10;mdz/g+WvFhdAZJ7R8R4lmtXoUfup/do+tF92Vterm/au/dbepmR13T6sblYf2tv2Htfu2/vVx/aO&#10;tJ/jQhcgBOrZWJci7KW9gKCIs2eGv3VEm+OK6VIcAZimEizHKvphf/LTgRA4PEpmzUuTIxs29yZK&#10;uyygDoAoGllGB682DoqlJxwX+4PBeH8wooRjbjicjMbR4oSlj6ctOP9cmJqESUYLZRrkBf5cK6nF&#10;pTfAyqA5S9nizPnAj6WPh2I9Rsn8VCoVAyhnxwrIguH7Oo1fLAnL3t6mNGkyOhkhs79D9OL3J4ha&#10;emwUJWt0arOJpUHIZzqPz9gzqbo5UlZ6rWwQszPFL2fLtT8zk1+hxmC6hsAGxkll4D0lDTZDRt27&#10;OQNBiXqh0adJfzgM3ROD4Wh/gAFsZ2bbGaY5QmWUe6CkC45913NzC7Ks8K5+FEKbI3S3kFHm4HzH&#10;a80cn3xUf92eoae247jrx09k+h0AAP//AwBQSwMEFAAGAAgAAAAhANp02g7hAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwq6hS1TRXiVKUS3PgrqBI3N94mEfE6tZ00vD3L&#10;CW6zmtXMN/l6tK0Y0IfGkYLZNAGBVDrTUKXg4/3hZgUiRE1Gt45QwTcGWBeXF7nOjDvTGw67WAkO&#10;oZBpBXWMXSZlKGu0Okxdh8Te0XmrI5++ksbrM4fbVt4myVJa3RA31LrDbY3l1663CiabU++fJp/H&#10;/fA8257uX/cvNjwqdX01bu5ARBzj3zP84jM6FMx0cD2ZIFoFy3nKWyKLFAT7q3myAHFQkKYLkEUu&#10;/w8ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdwHfIbQIAAIwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDadNoO4QAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00933ED4" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
+                          <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00933ED4">
+                        <w:r w:rsidRPr="002A4DF1">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ӨЭҮШ</w:t>
+                          <w:t xml:space="preserve">АРМ </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00933ED4" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
+                          <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                        </w:pPr>
-[...4 lines deleted...]
-                          <w:t>АЖО</w:t>
+                          <w:t>РШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="007964D9">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1065" style="position:absolute;margin-left:181pt;margin-top:9.05pt;width:78.75pt;height:42.8pt;z-index:251699200;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1065">
+                <v:rect id="Прямоугольник 88" o:spid="_x0000_s1062" style="position:absolute;margin-left:191.5pt;margin-top:3.35pt;width:73.5pt;height:37.9pt;z-index:37;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHHWe4TwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNP2FbtR0tepShLTA&#10;SgsP4DhOY+HYZuw2KSekvSLxCDwEF8TPPkP6RkycbrcLnBA5WB7P+PPM981kdlqXimwEOGl0Qge9&#10;PiVCc5NJvUrom9fLR1NKnGc6Y8pokdCtcPR0/vDBrLKxGJrCqEwAQRDt4somtPDexlHkeCFK5nrG&#10;Co3O3EDJPJqwijJgFaKXKhr2+4+jykBmwXDhHJ6ed046D/h5Lrh/ledOeKISirn5sEJY03aN5jMW&#10;r4DZQvJ9GuwfsiiZ1PjoAeqceUbWIP+AKiUH40zue9yUkclzyUWoAasZ9H+r5qpgVoRakBxnDzS5&#10;/wfLX24ugcgsoVNUSrMSNWo+7z7sPjU/mpvddfOluWm+7z42P5uvzTeCQchYZV2MF6/sJbQ1O3th&#10;+FtHtFkUTK/EGYCpCsEyzHPQxkf3LrSGw6skrV6YDN9ja28CeXUOZQuItJA6aLQ9aCRqTzgenoxG&#10;4wkqydE1ng5Go6BhxOLbyxacfyZMSdpNQgFbIICzzYXzbTIsvg0JyRsls6VUKhiwShcKyIZhuyzD&#10;F/LHGo/DlCYVZjIZTgLyPZ87huiH728QpfTY90qWSPwhiMUta091FrrSM6m6Paas9J7GlrlOAV+n&#10;dVAucNyymppsi7yC6docxxI3hYH3lFTY4gl179YMBCXquUZtTgbjcTsTwRhPngzRgGNPeuxhmiNU&#10;QrkHSjpj4btJWluQqwLfGgQ+tDlDRXMZ2L7La18ANnIQYT907aQc2yHq7tcw/wUAAP//AwBQSwME&#10;FAAGAAgAAAAhAAwvH5DeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAUhO+C/yE8wYu4&#10;iVt2LbXpUkQR0YPtevGWbZ5tsXkpTbZb/73Pkx6HGWa+yXeLG8SMU+g9abhZKRBIjbc9tRre94/X&#10;KYgQDVkzeEIN3xhgV5yf5Saz/kQVznVsBZdQyIyGLsYxkzI0HToTVn5EYu/TT85EllMr7WROXO4G&#10;uVZqK53piRc6M+J9h81XfXQaPvyrfygVPo3d/jnOV2X18lZXWl9eLOUdiIhL/AvDLz6jQ8FMB38k&#10;G8SgIUkT/hI1bG9BsL9JFOuDhnS9AVnk8v+B4gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDHHWe4TwIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAMLx+Q3gAAAAgBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
-                          <w:ind w:left="-113" w:right="-86"/>
+                          <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  ГБД ФЛ/ГБД</w:t>
+                        </w:r>
                         <w:r>
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ЮЛ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00933ED4" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
-[...14 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="007964D9">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1027" type="#_x0000_t130" style="position:absolute;margin-left:9.3pt;margin-top:9.05pt;width:111.85pt;height:46.1pt;z-index:251660288;visibility:visible;v-text-anchor:middle">
-[...35 lines deleted...]
-                  </v:textbox>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Прямая со стрелкой 87" o:spid="_x0000_s1027" type="#_x0000_t32" style="position:absolute;margin-left:359.25pt;margin-top:40.8pt;width:0;height:40.45pt;flip:y;z-index:2;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPxasTcgIAAJkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvyWbTpE1X3VRoN+FS&#10;oFILd2ftzVp4bct2sokQUuEF+gi8AhcO/KjPsHkjxt40pXBBiBwmY3vm8zfjb/bsfFMLtGbGciVT&#10;HPcHGDFZKMrlMsWvr+e9CUbWEUmJUJKleMssPp8+fXLW6IQNVaUEZQYBiLRJo1NcOaeTKLJFxWpi&#10;+0ozCYelMjVxsDTLiBrSAHotouFgcBw1ylBtVMGshd28O8TTgF+WrHCvytIyh0SKgZsL1gS78Daa&#10;npFkaYiueLGnQf6BRU24hEsPUDlxBK0M/wOq5oVRVpWuX6g6UmXJCxZqgGriwW/VXFVEs1ALNMfq&#10;Q5vs/4MtXq4vDeI0xZMTjCSp4Y3aT7ub3W37o/28u0W7D+0dmN3H3U37pf3efmvv2q8IgqFzjbYJ&#10;AGTy0vjai4280heqeGuRVFlF5JKFCq63GlBjnxE9SvELq+H+RfNCUYghK6dCGzelqVEpuH7jEz04&#10;tAptwrttD+/GNg4V3WYBu+P46CQeh2tI4hF8njbWPWeqRt5JsXWG8GXlMiUliEOZDp2sL6zz/B4S&#10;fLJUcy5E0IiQqEnx6Xg4DnSsEpz6Qx9mzXKRCYPWxKss/PYsHoV5BjmxVRdHwfNRJDFqJWnwKkbo&#10;bO87wgX4yIXuOcOhn4Jhz6JmFCPBYOC819EW0kNBR6CQvdcJ8N3p4HQ2mU1GvdHweNYbDfK892ye&#10;jXrH8/hknB/lWZbH731R8SipOKVM+rruhyEe/Z3Y9mPZyfgwDocGRo/RQ6eB7P1/IB3E4fXQKWuh&#10;6PbS+Oq8TkD/IXg/q37Afl2HqIcvyvQnAAAA//8DAFBLAwQUAAYACAAAACEAI8o+xNoAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU6EMBCG7ya+QzMm3tzCJssSlrIxJh48CjxAobOUSKeEdhf0&#10;6R3jQY8z8+Wf7y/Pm5vEDZcwelKQ7hIQSL03Iw0K2ub1KQcRoiajJ0+o4BMDnKv7u1IXxq/0jrc6&#10;DoJDKBRagY1xLqQMvUWnw87PSHy7+MXpyOMySLPolcPdJPdJkkmnR+IPVs/4YrH/qK9OgewsLV+X&#10;ps3W5G1u19ocG2eUenzYnk8gIm7xD4YffVaHip06fyUTxKTgmOYHRhXkaQaCgd9Fx2S2P4CsSvm/&#10;QvUNAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAT8WrE3ICAACZBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAI8o+xNoAAAAKAQAADwAAAAAAAAAA&#10;AAAAAADMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
-[...10 lines deleted...]
-                <v:shape id="_x0000_s1029" type="#_x0000_t34" style="position:absolute;margin-left:335.55pt;margin-top:22.4pt;width:36pt;height:.05pt;rotation:270;z-index:251662336;visibility:visible" adj=",-106250400,-266400">
+                <v:shape id="Прямая со стрелкой 85" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:15.2pt;width:0;height:35.2pt;z-index:3;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3DZnObQIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmunDiC5aCQ7G7S&#10;NkDSA9AiZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDinbTdpNUdQLekjOvJk3fKPJxaYWaM204Uqm&#10;ODoJMWKyUJTLZYrf3MwHY4yMJZISoSRL8ZYZfDF9+mTSNgkbqkoJyjQCEGmStklxZW2TBIEpKlYT&#10;c6IaJuGyVLomFrZ6GVBNWkCvRTAMw9OgVZo2WhXMGDjN+0s89fhlyQr7uiwNs0ikGGqzftV+Xbg1&#10;mE5IstSkqXixL4P8QxU14RKSHqFyYglaaf4HVM0LrYwq7Umh6kCVJS+Y5wBsovA3NtcVaZjnAs0x&#10;zbFN5v/BFq/WVxpxmuLxCCNJanij7tPudnfX/eg+7+7Q7kN3D8vu4+62+9J97751991XBM7QubYx&#10;CQBk8ko77sVGXjeXqnhrkFRZReSSeQY32wZQIxcRPApxG9NA/kX7UlHwISurfBs3pa4dJDQIbfxr&#10;bY+vxTYWFf1hAadxfBbG/iEDkhziGm3sC6Zq5IwUG6sJX1Y2U1KCJJSOfBayvjTWVUWSQ4BLKtWc&#10;C+GVISRqU3w+Go58gFGCU3fp3IxeLjKh0Zo4bfmfpwg3D90cck5M1ftRsHrRabWS1CepGKGzvW0J&#10;F2Aj63tmNYcuCoZdFTWjGAkGY+asvmwhXSXQESCyt3rZvTsPz2fj2TgexMPT2SAO83zwfJ7Fg9N5&#10;dDbKn+VZlkfvHakoTipOKZOO12EEovjvJLYfxl68xyE4NjB4jO47DcUe/n3RXhJOBb2eFopur7Rj&#10;59QBqvfO+wl1Y/Vw771+fUemPwEAAP//AwBQSwMEFAAGAAgAAAAhAApHy+jcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok6iBNsSpEC0nThQOHN14mwTsdbDdNvw9iziU&#10;486MZt/Uq8lZccQQB08K8lkGAqn1ZqBOwdvr080CREyajLaeUME3Rlg1lxe1row/0Qset6kTXEKx&#10;0gr6lMZKytj26HSc+RGJvb0PTic+QydN0Ccud1YWWXYrnR6IP/R6xMce28/twSlYtm5TpPdnq7/W&#10;H+uQp6yUxUap66vp4R5Ewimdw/CLz+jQMNPOH8hEYRXczee8JbFR5iA48CfsFCzKEmRTy/8Lmh8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtw2Zzm0CAACPBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACkfL6NwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="007964D9">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1063" type="#_x0000_t34" style="position:absolute;margin-left:204.65pt;margin-top:31.05pt;width:33.05pt;height:.05pt;rotation:270;z-index:251697152;visibility:visible" adj="10784,-109339200,-203680">
+                <v:shape id="_x0000_s1162" type="#_x0000_t32" style="position:absolute;margin-left:225.25pt;margin-top:19.05pt;width:.75pt;height:31.35pt;flip:y;z-index:137" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="007964D9">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...3 lines deleted...]
-                <v:shape id="_x0000_s1028" type="#_x0000_t32" style="position:absolute;margin-left:42.15pt;margin-top:32.6pt;width:36.05pt;height:0;rotation:270;z-index:251661312;visibility:visible" adj="-90295,-1,-90295">
+                <v:shape id="_x0000_s1161" type="#_x0000_t32" style="position:absolute;margin-left:67pt;margin-top:19.05pt;width:0;height:31.35pt;flip:y;z-index:136" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="007964D9">
-[...10 lines deleted...]
-            <w:r w:rsidR="000F11EE" w:rsidRPr="00E319E7">
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:vanish/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
         <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="401"/>
         <w:gridCol w:w="13882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:trPr>
-          <w:trHeight w:val="4532"/>
+          <w:trHeight w:val="3960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:9.35pt;margin-top:87.8pt;width:33pt;height:30pt;z-index:251680768;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1047">
+                <v:oval id="Овал 82" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:64.15pt;width:33pt;height:30pt;z-index:20;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCniD3CMgIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fu2zAM/R+wOwj6Xx2n6dYacYoiXYcB&#10;3Vag2wFkWY6FyaJGKbG7w+wMxX53iRxplJyk6fY3zB8CKVLP5Hvk/HLoDNso9BpsyfOTCWfKSqi1&#10;XZX8y+ebV+ec+SBsLQxYVfIH5fnl4uWLee8KNYUWTK2QEYj1Re9K3obgiizzslWd8CfglKVgA9iJ&#10;QC6ushpFT+idyaaTyeusB6wdglTe0+31GOSLhN80SoZPTeNVYKbkVFtIJ6azime2mItihcK1Wu7K&#10;EP9QRSe0pZ8eoK5FEGyN+i+oTksED004kdBl0DRaqtQDdZNP/ujmvhVOpV6IHO8ONPn/Bys/bu6Q&#10;6brk51POrOhIo+2P7c/t4/YXoyvip3e+oLR7d4exQ+9uQX71zMKyFXalrhChb5Woqao85mfPHkTH&#10;01NW9R+gJnSxDpCoGhrsIiCRwIakyMNBETUEJulyll/kE9JNUuj0nMykWCaK/WOHPrxT0LFolFwZ&#10;o52PnIlCbG59iPWIYp+V6gej6xttTHJwVS0Nso2g+bhJX2qB2jxOM5b1Jb84m54l5GcxfwxBBT7V&#10;+CwNYW3rNG2Rq7c7OwhtRpuqNHZHXuRr5D0M1ZDUOd0rUUH9QGwijKNMq0dGC/ids57GuOT+21qg&#10;4sy8t6TIRT6bxblPzuzszZQcPI5UxxFhJUGVXAbkbHSWYdyWtUO9aulfeaLAwhXp2OhEcNR4rGvX&#10;AA1r4n23WHEbjv2U9bT+i98AAAD//wMAUEsDBBQABgAIAAAAIQApNiSq3wAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNEhSbEqQAVUFGrioI4u/E2iYjXUey06d+znOA4&#10;O0+zM/litK04Yu8bRwqmkwgEUulMQ5WCz4/nmzkIHzQZ3TpCBWf0sCguL3KdGXeidzzuQiU4hHym&#10;FdQhdJmUvqzRaj9xHRJ7B9dbHVj2lTS9PnG4bWUcRbfS6ob4Q607fKqx/N4NVsHL9jWVyfAYHWi1&#10;mW++1svzW7JU6vpqfLgHEXAMfzD81ufqUHCnvRvIeNEqiO9mTCpIpzEI9tOE9Z65GR9kkcv/A4of&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKeIPcIyAgAARgQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACk2JKrfAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
-[...4 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1060">
+                <v:rect id="Прямоугольник 81" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:395.75pt;margin-top:10.65pt;width:60.75pt;height:27.75pt;z-index:7;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQu+1MSwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE1pt7tR09WqSxHS&#10;AistPIDrOImFY5ux27SckPaKxCPwEFwQP/sM6RsxcdpSfsQBkYPl8Yw/z3zfTCbn60qRlQAnjU5p&#10;3OtTIjQ3mdRFSl++mD84pcR5pjOmjBYp3QhHz6f3701qm4iBKY3KBBAE0S6pbUpL720SRY6XomKu&#10;Z6zQ6MwNVMyjCUWUAasRvVLRoN8/iWoDmQXDhXN4etk56TTg57ng/nmeO+GJSinm5sMKYV20azSd&#10;sKQAZkvJd2mwf8iiYlLjoweoS+YZWYL8DaqSHIwzue9xU0UmzyUXoQasJu7/Us1NyawItSA5zh5o&#10;cv8Plj9bXQORWUpPY0o0q1Cj5sP27fZ987W52942H5u75sv2XfOt+dR8JhiEjNXWJXjxxl5DW7Oz&#10;V4a/ckSbWcl0IS4ATF0KlmGeIT766UJrOLxKFvVTk+F7bOlNIG+dQ9UCIi1kHTTaHDQSa084Ho7H&#10;8WgwooSj6+FoMMQ9ZhSxZH/ZgvOPhalIu0kpYAsEcLa6cr4L3YeE5I2S2VwqFQwoFjMFZMWwXebh&#10;26G74zClSZ3SszaPv0P0w/cniEp67HslKyT+EMSSlrVHOgtd6ZlU3R6rUxqL3DPXKeDXi3VQ7mSv&#10;ycJkG+QVTNfmOJa4KQ28oaTGFk+pe71kIChRTzRqcxYPh+1MBGM4Gg/QgGPP4tjDNEeolHIPlHTG&#10;zHeTtLQgixLfigMf2lygorkMbLc5d3ntCsBGDnrthq6dlGM7RP34NUy/AwAA//8DAFBLAwQUAAYA&#10;CAAAACEARr1v0uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB10orS&#10;hjhVhEAIwYGkXLi58RJHxOsodtPw9ywnOK7mafZNvptdLyYcQ+dJQbpIQCA13nTUKnjfP15vQISo&#10;yejeEyr4xgC74vws15nxJ6pwqmMruIRCphXYGIdMytBYdDos/IDE2acfnY58jq00oz5xuevlMknW&#10;0umO+IPVA95bbL7qo1Pw4V/9Q5ng02D3z3G6KquXt7pS6vJiLu9ARJzjHwy/+qwOBTsd/JFMEL2C&#10;2216w6iCZboCwcA2XfG4AyfrDcgil/8XFD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;ELvtTEsCAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEARr1v0uAAAAAJAQAADwAAAAAAAAAAAAAAAAClBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
-                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="000D6D47">
+                        <w:r w:rsidRPr="002A4DF1">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">1-шарт </w:t>
+                          <w:t>Процесс 6</w:t>
                         </w:r>
                       </w:p>
-                    </w:txbxContent>
-[...28 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:311.65pt;margin-top:8.95pt;width:57.45pt;height:29.35pt;z-index:251665408;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1032">
+                <v:rect id="Прямоугольник 80" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:320.75pt;margin-top:9.15pt;width:52.5pt;height:29.25pt;z-index:5;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp8VTOUQIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3pz27UdLXqUoS0&#10;wEoLD+A4TmPh2GbsNi0nJK5IPAIPwQXxs8+QvhFjt9vtAieED5YnM/PNzDczmZyta0VWApw0OqO9&#10;TpcSobkppF5k9PWr+aMTSpxnumDKaJHRjXD0bPrwwaSxqeibyqhCAEEQ7dLGZrTy3qZJ4nglauY6&#10;xgqNytJAzTyKsEgKYA2i1yrpd7ujpDFQWDBcOIdfL3ZKOo34ZSm4f1mWTniiMoq5+XhDvPNwJ9MJ&#10;SxfAbCX5Pg32D1nUTGoMeoC6YJ6RJcg/oGrJwThT+g43dWLKUnIRa8Bqet3fqrmumBWxFiTH2QNN&#10;7v/B8herKyCyyOgJ0qNZjT1qP2/fbz+1P9qb7Yf2S3vTft9+bH+2X9tvBI2Qsca6FB2v7RWEmp29&#10;NPyNI9rMKqYX4hzANJVgBebZC/bJPYcgOHQlefPcFBiPLb2J5K1LqAMg0kLWsUebQ4/E2hOOH0ej&#10;0XiIqXJUPR73BuNhjMDSW2cLzj8VpibhkVHAEYjgbHXpfEiGpbcmMXmjZDGXSkUBFvlMAVkxHJd5&#10;PHt0d2ymNGkyejrsDyPyPZ07hujG8zeIWnqceyXrQHw4wYilgbUnuohvz6TavTFlpfc0BuZ2HfDr&#10;fB07Nw6+gdXcFBvkFcxuzHEt8VEZeEdJgyOeUfd2yUBQop5p7M1pbzAIOxGFwXDcRwGONfmxhmmO&#10;UBnlHijZCTO/26SlBbmoMFYv8qHNOXa0lJHtu7z2BeAgxybsly5syrEcre5+DdNfAAAA//8DAFBL&#10;AwQUAAYACAAAACEACLlqNN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZM&#10;vBi3rK5IkLIhRmOMHoT14q1LR0qkU0K7LP57x5PeZua9vPlesV3cIGacQu9JwXqVgEBqvempU/C+&#10;e7zMQISoyejBEyr4xgDb8vSk0LnxR6pxbmInOIRCrhXYGMdcytBadDqs/IjE2qefnI68Tp00kz5y&#10;uBvkVZKk0ume+IPVI95bbL+ag1Pw4V/9Q5Xg02h3z3G+qOqXt6ZW6vxsqe5ARFzinxl+8RkdSmba&#10;+wOZIAYF6WZ9w1YWsmsQbLjdpHzY85BmIMtC/m9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDp8VTOUQIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAIuWo03wAAAAkBAAAPAAAAAAAAAAAAAAAAAKsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
-                          <w:ind w:right="-86"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="000D6D47">
+                        <w:r w:rsidRPr="002A4DF1">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>5-процесс</w:t>
+                          <w:t>Процесс 5</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:54.35pt;height:27.75pt;z-index:251670528;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1037">
+                <v:rect id="Прямоугольник 79" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:176.75pt;margin-top:10.65pt;width:50.55pt;height:27.75pt;z-index:4;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrWHhaTwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG1pd9uo6WrVpQhp&#10;gZUWHsBxnMbCsc3YbVpOSFyReAQeggviZ58hfSPGbrdbfsQBkYPl8cx8M/PNTCZn61qRlQAnjc5o&#10;r9OlRGhuCqkXGX35Yv5gRInzTBdMGS0yuhGOnk3v35s0NhV9UxlVCCAIol3a2IxW3ts0SRyvRM1c&#10;x1ihUVkaqJlHERZJAaxB9Fol/W73JGkMFBYMF87h68VOSacRvywF98/L0glPVEYxNx9PiGcezmQ6&#10;YekCmK0k36fB/iGLmkmNQQ9QF8wzsgT5G1QtORhnSt/hpk5MWUouYg1YTa/7SzXXFbMi1oLkOHug&#10;yf0/WP5sdQVEFhk9HVOiWY09aj9u324/tN/am+279lN7037dvm+/t5/bLwSNkLHGuhQdr+0VhJqd&#10;vTT8lSPazCqmF+IcwDSVYAXm2Qv2yU8OQXDoSvLmqSkwHlt6E8lbl1AHQKSFrGOPNoceibUnHB9P&#10;Br3xaEgJR9XDYX/QH8YILL11tuD8Y2FqEi4ZBRyBCM5Wl86HZFh6axKTN0oWc6lUFGCRzxSQFcNx&#10;mcdvj+6OzZQmTUbHQ4z9d4hu/P4EUUuPc69kndHRwYilgbVHuohT6ZlUuzumrPSexsDcrgN+na9j&#10;50YhQGA1N8UGeQWzG3NcS7xUBt5Q0uCIZ9S9XjIQlKgnGnsz7g0GYSeiMBie9lGAY01+rGGaI1RG&#10;uQdKdsLM7zZpaUEuKozVi3xoc44dLWVk+y6vfQE4yLEJ+6ULm3IsR6u7X8P0BwAAAP//AwBQSwME&#10;FAAGAAgAAAAhADHF9UbhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;ddo0aRWyqSIEQqgcSNoLNzde4ojYjmI3DX+POcFxNU8zb/PdrHs20eg6axCWiwgYmcbKzrQIx8Pz&#10;/RaY88JI0VtDCN/kYFdcX+Uik/ZiKppq37JQYlwmEJT3Q8a5axRp4RZ2IBOyTztq4cM5tlyO4hLK&#10;dc9XUZRyLToTFpQY6FFR81WfNcKHfbNPZUQvgzq8+umurPbvdYV4ezOXD8A8zf4Phl/9oA5FcDrZ&#10;s5GO9QhxEicBRVgtY2ABWCfrFNgJYZNugRc5//9B8QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBrWHhaTwIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAxxfVG4QAAAAkBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="002A4DF1">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...5 lines deleted...]
-                          <w:t>2-процесс</w:t>
+                          <w:t xml:space="preserve"> Процесс 3</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:15.25pt;margin-top:11.65pt;width:52.6pt;height:27.75pt;z-index:251669504;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1036">
+                <v:rect id="Прямоугольник 78" o:spid="_x0000_s1035" style="position:absolute;left:0;text-align:left;margin-left:95pt;margin-top:12.15pt;width:54.75pt;height:26.25pt;z-index:10;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBI42Z7TgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZJM0aZtVNlWVEoRU&#10;oFLhAbxeb9bCa5uxk004IfWKxCPwEFwQP32GzRsxdtI0/IgDwgfLszPzzcw3Mzs+W9WKLAU4aXRG&#10;e50uJUJzU0g9z+irl7NHp5Q4z3TBlNEio2vh6Nnk4YNxY1PRN5VRhQCCINqljc1o5b1Nk8TxStTM&#10;dYwVGpWlgZp5FGGeFMAaRK9V0u92j5PGQGHBcOEcfr3YKukk4pel4P5FWTrhicoo5ubjDfHOw51M&#10;xiydA7OV5Ls02D9kUTOpMege6oJ5RhYgf4OqJQfjTOk73NSJKUvJRawBq+l1f6nmumJWxFqQHGf3&#10;NLn/B8ufL6+AyCKjJ9gpzWrsUftx827zof3W3m5u2k/tbft187793n5uvxA0QsYa61J0vLZXEGp2&#10;9tLw145oM62YnotzANNUghWYZy/YJz85BMGhK8mbZ6bAeGzhTSRvVUIdAJEWsoo9Wu97JFaecPx4&#10;PBoe9YeUcFQd4TkZxggsvXO24PwTYWoSHhkFHIEIzpaXzodkWHpnEpM3ShYzqVQUYJ5PFZAlw3GZ&#10;xbNDd4dmSpMmo6Mh5vF3iG48f4Kopce5V7LO6OneiKWBtce6iFPpmVTbN6as9I7GwNy2A36Vr2Ln&#10;BiFAYDU3xRp5BbMdc1xLfFQG3lLS4Ihn1L1ZMBCUqKcaezPqDQZhJ6IwGJ70UYBDTX6oYZojVEa5&#10;B0q2wtRvN2lhQc4rjNWLfGhzjh0tZWT7Pq9dATjIsQm7pQubcihHq/tfw+QHAAAA//8DAFBLAwQU&#10;AAYACAAAACEAMqy3YuAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQWFBr&#10;E6BtQpwqQiBUwUBSFjY3fsQRsR3Fbhr+PY8JxtOd7r7Lt7Pt2YRj6LyTcL0UwNA1XneulfC+f1ps&#10;gIWonFa9dyjhGwNsi/OzXGXan1yFUx1bRiUuZEqCiXHIOA+NQavC0g/oyPv0o1WR5NhyPaoTldue&#10;J0KsuFWdowWjBnww2HzVRyvhw7/6x1Lg82D2uzhdldXLW11JeXkxl/fAIs7xLwy/+IQOBTEd/NHp&#10;wHrSqaAvUUJyewOMAkma3gE7SFivNsCLnP9/UPwAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEASONme04CAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAMqy3YuAAAAAJAQAADwAAAAAAAAAAAAAAAACoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="003B7E6C">
+                        <w:r>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">   </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="000D6D47">
+                        <w:r w:rsidRPr="002A4DF1">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">1-процесс </w:t>
+                          <w:t>Процесс 2</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1035" style="position:absolute;left:0;text-align:left;margin-left:565.15pt;margin-top:4.5pt;width:61.75pt;height:35.4pt;z-index:251668480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1035">
+                <v:rect id="Прямоугольник 77" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:17.75pt;margin-top:12.15pt;width:58.5pt;height:26.25pt;z-index:9;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCW5w3uTwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG1p6TZqulp1KUJa&#10;YKWFB3Acp7FwbDN2m5QT0l6ReAQeggviZ58hfSMmTrfbBU4IHyxPZvx55vtmMjutS0U2Apw0OqGD&#10;Xp8SobnJpF4l9M3r5aMTSpxnOmPKaJHQrXD0dP7wwayysRiawqhMAEEQ7eLKJrTw3sZR5HghSuZ6&#10;xgqNztxAyTyasIoyYBWilyoa9vtPospAZsFw4Rx+Pe+cdB7w81xw/yrPnfBEJRRz82GHsKftHs1n&#10;LF4Bs4Xk+zTYP2RRMqnx0QPUOfOMrEH+AVVKDsaZ3Pe4KSOT55KLUANWM+j/Vs1VwawItSA5zh5o&#10;cv8Plr/cXAKRWUInE0o0K1Gj5vPuw+5T86O52V03X5qb5vvuY/Oz+dp8IxiEjFXWxXjxyl5CW7Oz&#10;F4a/dUSbRcH0SpwBmKoQLMM8B218dO9Cazi8StLqhcnwPbb2JpBX51C2gEgLqYNG24NGovaE48fJ&#10;aDgdo5IcXY9xTcbhBRbfXrbg/DNhStIeEgrYAgGcbS6cb5Nh8W1ISN4omS2lUsGAVbpQQDYM22UZ&#10;1h7dHYcpTaqETsfDcUC+53PHEP2w/gZRSo99r2SZ0JNDEItb1p7qLHSlZ1J1Z0xZ6T2NLXOdAr5O&#10;66BcYKBlNTXZFnkF07U5jiUeCgPvKamwxRPq3q0ZCErUc43aTAejUTsTwRiNJ0M04NiTHnuY5giV&#10;UO6Bks5Y+G6S1hbkqsC3BoEPbc5Q0VwGtu/y2heAjRxE2A9dOynHdoi6+zXMfwEAAP//AwBQSwME&#10;FAAGAAgAAAAhADEZntffAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx&#10;dpFKbZChIUZjjB6E9tLbFkaWyM4Sdkvx37s96fHNe3nvm2wzm15MNLrOMsLdIgJBXNum4xZht325&#10;XYNwXnGjesuE8EMONvnlRabSxp64pKnyrQgl7FKFoL0fUildrckot7ADcfC+7GiUD3JsZTOqUyg3&#10;vYyjaCWN6jgsaDXQk6b6uzoahL39sM9FRK+D3r756aYo3z+rEvH6ai4eQXia/V8YzvgBHfLAdLBH&#10;bpzoEZZJEpII8f0SxNlP4nA4IDys1iDzTP5/IP8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAlucN7k8CAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAMRme198AAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="0016714D">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">     </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="000D6D47">
+                        <w:r w:rsidRPr="002A4DF1">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>8-процесс</w:t>
+                          <w:t>Процесс 1</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003B7E6C" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1040" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251673600;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
-[...88 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1031">
+                <v:rect id="Прямоугольник 76" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:565.25pt;margin-top:4.65pt;width:61.75pt;height:27pt;z-index:8;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9vhcgUAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG1ot23UdLXqUoS0&#10;wEoLD+A6TmPh2GbsNi0npL0i8Qg8BBfEzz5D+kZMnLaUH3FA5GB5POPPM983k8n5plRkLcBJo1Pa&#10;63QpEZqbTOplSl++mD8YUeI80xlTRouUboWj59P79yaVTURsCqMyAQRBtEsqm9LCe5tEkeOFKJnr&#10;GCs0OnMDJfNowjLKgFWIXqoo7nbPospAZsFw4RyeXrZOOg34eS64f57nTniiUoq5+bBCWBfNGk0n&#10;LFkCs4Xk+zTYP2RRMqnx0SPUJfOMrED+BlVKDsaZ3He4KSOT55KLUANW0+v+Us1NwawItSA5zh5p&#10;cv8Plj9bXwORWUqHZ5RoVqJG9Yfd2937+mt9t7utP9Z39Zfdu/pb/an+TDAIGausS/Dijb2GpmZn&#10;rwx/5Yg2s4LppbgAMFUhWIZ59pr46KcLjeHwKllUT02G77GVN4G8TQ5lA4i0kE3QaHvUSGw84Xg4&#10;HPXjeEAJR9fDfjzuBg0jlhwuW3D+sTAlaTYpBWyBAM7WV843ybDkEBKSN0pmc6lUMGC5mCkga4bt&#10;Mg9fyB9rPA1TmlQpHQ8wj79DdMP3J4hSeux7JcuUjo5BLGlYe6Sz0JWeSdXuMWWl9zQ2zLUK+M1i&#10;E5QbHzRZmGyLvIJp2xzHEjeFgTeUVNjiKXWvVwwEJeqJRm3GvX6/mYlg9AfDGA049SxOPUxzhEop&#10;90BJa8x8O0krC3JZ4Fu9wIc2F6hoLgPbjdptXvsCsJGDCPuhaybl1A5RP34N0+8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAZfGxL4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;EHXa0ApCnCpCIITgQFIu3Nx4iSPidRS7afh7tic4jvZp9k2+nV0vJhxD50nBcpGAQGq86ahV8LF7&#10;ur4FEaImo3tPqOAHA2yL87NcZ8YfqcKpjq3gEgqZVmBjHDIpQ2PR6bDwAxLfvvzodOQ4ttKM+sjl&#10;rperJNlIpzviD1YP+GCx+a4PTsGnf/OPZYLPg929xOmqrF7f60qpy4u5vAcRcY5/MJz0WR0Kdtr7&#10;A5kges7LNFkzq+AuBXECVusbXrdXsElTkEUu/08ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQD9vhcgUAIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAZfGxL4AAAAAoBAAAPAAAAAAAAAAAAAAAAAKoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>П</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>роцесс 8</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="000D6D47">
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 74" o:spid="_x0000_s1040" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:15;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDG1ws+YgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmuEjtC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNVItOTGCq1y&#10;nBzFGHFFNRNqkeM317PBGCPriGJEasVzvOYWn0+ePjnr2owPda0l4wYBiLJZ1+a4dq7NosjSmjfE&#10;HumWKzistGmIg61ZRMyQDtAbGQ3j+CTqtGGt0ZRbC1/L7SGeBPyq4tS9rirLHZI5Bm4urCasc79G&#10;kzOSLQxpa0F3NMg/sGiIUJD0AFUSR9CNEX9ANYIabXXljqhuIl1VgvJQA1STxL9Vc1WTlodaoDm2&#10;PbTJ/j9Y+mp5aZBgOR6lGCnSwIz6T5vbzV3/o/+8uUObD/09LJuPm9v+S/+9/9bf918ROEPnutZm&#10;AFCoS+Nrpyt11V5o+tYipYuaqAUPFVyvW0BNfET0KMRvbAv5591LzcCH3Dgd2riqTOMhoUFoFaa1&#10;PkyLrxyi8HGYnMajY4zo/igi2T6uNda94LpB3sixdYaIRe0KrRRIQpskZCHLC+s8K5LtA3xSpWdC&#10;yqAMqVAH1IejOA4RVkvB/Kn3s2YxL6RBS+LFFZ5QI5w8dDP6RrGAVnPCpjvbESHBRi40xxkB7ZIc&#10;+3QNZxhJDvfJW1t+UvmMUDow3llbfb07jU+n4+k4HaTDk+kgjcty8HxWpIOTWTI6Lp+VRVEm7z35&#10;JM1qwRhXnv9e60n6d1ra3bqtSg9qP3QqeoweWgpk9+9AOszej3srnLlm60vjq/MyAHkH591V9Pfn&#10;4T54/fphTH4CAAD//wMAUEsDBBQABgAIAAAAIQBTf3sw3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEhcEEvZumkrTSeKVMR1A+2cNaYta5wqSbfy7zHiADfb7+n5e/l2sr04&#10;ow+dIwUPswQEUu1MR42C97fqfg0iRE1G945QwRcG2BbXV7nOjLvQDs/72AgOoZBpBW2MQyZlqFu0&#10;OszcgMTah/NWR159I43XFw63vZwnyUpa3RF/aPWAzy3Wp/1oFdw5W36G6vRSjmld+XJ1eMVmrtTt&#10;zfT0CCLiFP/M8IPP6FAw09GNZILoFaTL5YKtPCy4ExvS9Ya7HH8Pssjl/wbFNwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDG1ws+YgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBTf3sw3QAAAAkBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Полилиния 73" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:19;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" coordsize="85725,1647825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA07tsAwQAAKMNAAAOAAAAZHJzL2Uyb0RvYy54bWysV2uO2zYQ/l+gdyD4M0BWDz9kG+sNiiRb&#10;FEibAHEPQEuUJVQSVZK2vL1EjtBrBCiSMzg36vAhm8xG2t0gBiyTno8fZ/hRw+H1i2NdoQPlomTN&#10;GkdXIUa0SVlWNrs1/nNz+3yBkZCkyUjFGrrGd1TgFzc//3TdtSsas4JVGeUISBqx6to1LqRsV0Eg&#10;0oLWRFyxljZgzBmviYQu3wUZJx2w11UQh+E86BjPWs5SKgT8+8oY8Y3mz3Oayrd5LqhE1RqDb1I/&#10;uX5u1TO4uSarHSdtUabWDfIdXtSkbGDSM9UrIgna8/IeVV2mnAmWy6uU1QHL8zKlOgaIJgq/iuZ9&#10;QVqqY4HFEe15mcSPo03/OLzjqMzWOJlg1JAaNDr9e/p8+u/0UX8/nT5++YDACCvVtWIFA96377iK&#10;VbRvWPqXAEPgWVRHAAZtu99ZBoRkL5lenWPOazUS4kZHLcLdWQR6lCiFPxezJJ5hlIIlmk+TBXTU&#10;DGTVD073Qv5KmSYihzdCGg0zaGkFMhvGBvTO6wrkfBagEHXIMFt0D4ockJ0PFciZGTQ9M8YOeJAR&#10;1vE8bRROFsthvqkDHeSDxXgs39yBzqfxcjoUdeIAH/ARXuDz9KOcSwcYDsccubJoSYacjDxtxlcy&#10;cqUZdTNy9YnDJFmM+OoKNM76BJUiV6ZB2aMnaBS5Ig0zugo9oHrsqjTIGHsKmbd1eDVjV6MQzUP4&#10;oPlsNpnbNHx5z1yNxpGuQuNIV6FxpK/PmJ+uRuOcvkJjnK5Ko5wTX6MRzomr0zjnqEaQhXd9niVF&#10;n3rTY2NzL7QQUSf/BrRWybhlQiV6lYohn28im8oBp6wOfOLBwQkF14cOzHkfPvXgsAcUvD8o7sNn&#10;HhzkVfBk0Jm5BwflFHw5CE88uMpvCg/Zy5xb991Z+ANstJCYhgYs/QE23mgwYNgZ7uqrhKNdGgwZ&#10;Nog3wMYcDQY98fVV6ULNAAnBicFIZ/cGh1rs6yqMYwRV2FaNgb1CpNpSfRN151qguJQCylqzA90w&#10;jZOXMsI5smHeC6ZqvoFVh4n1tLf3v63m1Mlex6QT5SOxup6E2Xuu/tdw2soG1ukpnPqIeuT8D/Ma&#10;nR6N8wqwPpq0YoIamZVmujg7i6c0dwo0waoyuy2rSskl+G77suLoQKAav9UfG5gHqxqlfRQnodnG&#10;ntHjUCcIgIwvHoyzfZPpbVVQkr22bUnKyrS1SLZwVbWqKW63LLuDupUzc0+Aew00Csb/waiDO8Ia&#10;i7/3hFOMqt8aKMKX0XQKCyp1Zwp1K3S4a9m6FtKkQLXGqYRtbzovpbmK7Fte7gqYy7yGDfsFKua8&#10;VJWtLq2NX7YDNwG95PbWoq4abl+jLnerm/8BAAD//wMAUEsDBBQABgAIAAAAIQADMAc12wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8JAFLyT+B82j8SbbKGiUrslBqI3Y0RIOC7dZ7fafdt0&#10;Fyj/3teTnCaTmcxHvuxdI07YhdqTgukkAYFUelNTpWD79Xr3BCJETUY3nlDBBQMsi5tRrjPjz/SJ&#10;p02sBIdQyLQCG2ObSRlKi06HiW+RWPv2ndORaVdJ0+kzh7tGzpLkQTpdEzdY3eLKYvm7Obqhd717&#10;s5ewdeuPfkWLn/17uvNK3Y77l2cQEfv4b4ZhPk+Hgjcd/JFMEA3zR74SFdynjKynyRzEYcDZHGSR&#10;y+sDxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAANO7bAMEAACjDQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAzAHNdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAABdBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGUHAAAAAA==&#10;" path="m,1647825l,10389r64294,l64294,,85725,10389,64294,20778r,-10389l,10389,,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 70" o:spid="_x0000_s1064" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:39;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZ6S0wYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4iRC5KCQ7G7S&#10;NkDSA9AiZRGlSIJkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNkKtGDGciVz&#10;nBzEGDFZKcrlPMdvr6eDE4ysI5ISoSTL8YpZfD5+/uys0xkbqkYJygwCEGmzTue4cU5nUWSrhrXE&#10;HijNJBzWyrTEwdbMI2pIB+itiIZxPIo6Zag2qmLWwtdyc4jHAb+uWeXe1LVlDokcAzcXVhPWmV+j&#10;8RnJ5obohldbGuQfWLSES0i6hyqJI+jG8D+gWl4ZZVXtDirVRqquecVCDVBNEv9WzVVDNAu1QHOs&#10;3rfJ/j/Y6vXi0iBOc3wM7ZGkhRn1n9a36/v+R/95fY/WH/sHWNZ369v+S/+9/9Y/9F8ROEPnOm0z&#10;ACjkpfG1V0t5pS9U9c4iqYqGyDkLFVyvNKAmPiJ6EuI3VkP+WfdKUfAhN06FNi5r03pIaBBahmmt&#10;9tNiS4cq+HiYDoejI4yq3VFEsl2cNta9ZKpF3sixdYbweeMKJSVIQpkkZCGLC+s8K5LtAnxSqaZc&#10;iKAMIVEH1IfHcRwirBKc+lPvZ818VgiDFsSLKzyhRjh57GbUjaQBrWGETra2I1yAjVxojjMc2iUY&#10;9ulaRjESDO6Ttzb8hPQZoXRgvLU2+np/Gp9OTiYn6SAdjiaDNC7LwYtpkQ5G0+T4qDwsi6JMPnjy&#10;SZo1nFImPf+d1pP077S0vXUble7Vvu9U9BQ9tBTI7t6BdJi9H/dGODNFV5fGV+dlAPIOztur6O/P&#10;433w+vXDGP8EAAD//wMAUEsDBBQABgAIAAAAIQBfgP2q3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSHuHyJO4IJasqwoqTad1UhFXBuKcNaYta5wqSbfy9mTiAMff/vT7c7GdzcDO&#10;6HxvScJ6JYAhNVb31Ep4f6vvH4H5oEirwRJK+EYP23JxU6hc2wu94vkQWhZLyOdKQhfCmHPumw6N&#10;8is7IsXdp3VGhRhdy7VTl1huBp4IkXGjeooXOjXivsPmdJiMhDtrqi9fn56rKW1qV2UfL9gmUt4u&#10;590TsIBz+IPhqh/VoYxORzuR9myIWTxkaWQlpEkG7EqsN2ID7Pg74WXB//9Q/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDZ6S0wYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBfgP2q3QAAAAsBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 69" o:spid="_x0000_s1037" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:488.05pt;margin-top:64.5pt;width:33pt;height:0;rotation:90;z-index:12;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/RaAxZgIAAIYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2O0zAU3iNxB8v7TpKS6bTRpCOUtGwG&#10;GGmGA7ix01g4dmR7mlYIaeACcwSuwIYFP5ozpDfi2Wk7FDYI0YX7bD9//r73Puf8Yl0LtGLacCVT&#10;HJ2EGDFZKMrlMsVvbuaDMUbGEkmJUJKleMMMvpg+fXLeNgkbqkoJyjQCEGmStklxZW2TBIEpKlYT&#10;c6IaJmGzVLomFqZ6GVBNWkCvRTAMw1HQKk0brQpmDKzm/SaeevyyZIV9XZaGWSRSDNysH7UfF24M&#10;puckWWrSVLzY0SD/wKImXMKlB6icWIJuNf8DquaFVkaV9qRQdaDKkhfMawA1UfibmuuKNMxrgeKY&#10;5lAm8/9gi1erK404TfFogpEkNfSo+7S92953P7rP23u0/dA9wLD9uL3rvnTfu2/dQ/cVQTJUrm1M&#10;AgCZvNJOe7GW182lKt4aJFVWEblkXsHNpgHUyJ0Ijo64iWng/kX7UlHIIbdW+TKuS10jraBdp3Ho&#10;fn4VyoXWvnebQ+/Y2qICFuNoEkEaKvZbAUkciiPWaGNfMFUjF6TYWE34srKZkhIMonTk0cnq0ljH&#10;8fGAOyzVnAvhfSIkakHI8GzHxyjBqdt1eUYvF5nQaEWc1XrSPdpRmla3knq0ihE628WWcAExsr5U&#10;VnMonmDYXVczipFg8Lpc1CMK6W4E6cB4F/VuezcJJ7PxbBwP4uFoNojDPB88n2fxYDSPzk7zZ3mW&#10;5dF7JzeKk4pTyqTjv3d+FP+ds3ZvsPfswfuHSgXH6L6kQHb/70l7J7jm9zZaKLq50k6dMwWY3Sfv&#10;HqZ7Tb/Ofdbj52P6EwAA//8DAFBLAwQUAAYACAAAACEADzjGi98AAAAMAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VIXFBrtxKBhDgVP0JcSYqKuLnxEkfEdoidNLw9W3Eot53d0ew3&#10;+Wa2HZtwCK13ElZLAQxd7XXrGglv2+fFLbAQldOq8w4l/GCATXF+lqtM+4MrcapiwyjEhUxJMDH2&#10;GeehNmhVWPoeHd0+/WBVJDk0XA/qQOG242shEm5V6+iDUT0+Gqy/qtFK+Hj9vvbp+9ao6WZMq5ey&#10;vHraPUh5eTHf3wGLOMeTGY74hA4FMe396HRgHWkh0hV5JaQJlTo6/jZ7mpK1AF7k/H+J4hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/RaAxZgIAAIYEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAPOMaL3wAAAAwBAAAPAAAAAAAAAAAAAAAAAMAE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 65" o:spid="_x0000_s1039" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:14;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARQ4oLYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4jhC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNVItOTGCq1y&#10;nBzFGHFFNRNqkeM317PBGCPriGJEasVzvOYWn0+ePjnr2owPda0l4wYBiLJZ1+a4dq7NosjSmjfE&#10;HumWKzistGmIg61ZRMyQDtAbGQ3jeBR12rDWaMqtha/l9hBPAn5VcepeV5XlDskcAzcXVhPWuV+j&#10;yRnJFoa0taA7GuQfWDREKEh6gCqJI+jGiD+gGkGNtrpyR1Q3ka4qQXmoAapJ4t+quapJy0Mt0Bzb&#10;Htpk/x8sfbW8NEiwHI+OMVKkgRn1nza3m7v+R/95c4c2H/p7WDYfN7f9l/57/62/778icIbOda3N&#10;AKBQl8bXTlfqqr3Q9K1FShc1UQseKrhet4Ca+IjoUYjf2Bbyz7uXmoEPuXE6tHFVmcZDQoPQKkxr&#10;fZgWXzlE4WOajFNPmu6PIpLt41pj3QuuG+SNHFtniFjUrtBKgSS0SUIWsrywzrMi2T7AJ1V6JqQM&#10;ypAKdUB9eBLHIcJqKZg/9X7WLOaFNGhJvLjCE2qEk4duRt8oFtBqTth0ZzsiJNjIheY4I6BdkmOf&#10;ruEMI8nhPnlry08qnxFKB8Y7a6uvd6fx6XQ8HaeDdDiaDtK4LAfPZ0U6GM2Sk+PyWVkUZfLek0/S&#10;rBaMceX577WepH+npd2t26r0oPZDp6LH6KGlQHb/DqTD7P24t8KZa7a+NL46LwOQd3DeXUV/fx7u&#10;g9evH8bkJwAAAP//AwBQSwMEFAAGAAgAAAAhAESg7G7dAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu+TeIfIk3aZWLquVFVpOtFJRVwZiHPWmLZb41RJupW3J4gDHG1/+v39xX7WA7ui&#10;db0hAdtNBAypMaqnVsD7W32fAXNekpKDIRTwhQ725d2ikLkyN3rF69G3LISQy6WAzvsx59w1HWrp&#10;NmZECrdPY7X0YbQtV1beQrgeeBxFKdeyp/ChkyMeOmwux0kLWBtdnV19ea6mpKltlX68YBsLsVrO&#10;T4/APM7+D4Yf/aAOZXA6mYmUY4OAOMt2ARWQpFtgAdg9JDGw0++ClwX/36D8BgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhABFDigthAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAESg7G7dAAAACQEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 71" o:spid="_x0000_s1051" type="#_x0000_t32" style="position:absolute;margin-left:519pt;margin-top:86.85pt;width:154pt;height:0;rotation:90;z-index:26;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3keJhdAIAAJ8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmunDhC5KCQ7G7S&#10;NkDSA9AiZRGlSIGkLRtFgTQXyBF6hW666Ac5g3yjDinbbdpNUdQLekjOvJl5fKPzi00t0Jppw5VM&#10;cTQMMWKyUJTLZYrf3MwHE4yMJZISoSRL8ZYZfDF9+uS8bRI2UpUSlGkEINIkbZPiytomCQJTVKwm&#10;ZqgaJuGyVLomFrZ6GVBNWkCvRTAKw5OgVZo2WhXMGDjN+0s89fhlyQr7uiwNs0ikGGqzftV+Xbg1&#10;mJ6TZKlJU/FiXwb5hypqwiUkPULlxBK00vwPqJoXWhlV2mGh6kCVJS+Y7wG6icLfurmuSMN8L0CO&#10;aY40mf8HW7xaX2nEaYpPI4wkqeGNuo+729199737tLtHuw/dAyy7u91t97n71n3tHrovCJyBubYx&#10;CQBk8kq73ouNvG4uVfHWIKmyisgl8x3cbBtA9RHBoxC3MQ3kX7QvFQUfsrLK07gpdY20gucax6H7&#10;+VOgC238222Pb8c2FhVwGJ2NxxPwQ8XhLiCJg3GVNdrYF0zVyBkpNlYTvqxspqQEhSgdeXiyvjQW&#10;2oLAQ4ALlmrOhfBCERK1kGp0ui/IKMGpu3V+Ri8XmdBoTZzW+qp7tEduDjonpur9KFi9CLVaSeqz&#10;VIzQ2d62hAuwkfUcWs2BVcGwK6NmFCPBYOyc1WcS0lUCnEAne6uX4buz8Gw2mU3iQTw6mQ3iMM8H&#10;z+dZPDiZR6fj/FmeZXn03tEQxUnFKWXS9XUYiSj+O8nth7MX83EojgwGj9E91VDs4d8X7SXiVNHr&#10;a6Ho9kq77pxaYAq8835i3Zj9uvdeP78r0x8AAAD//wMAUEsDBBQABgAIAAAAIQBRvdnK4AAAAA4B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhc0JZ0qFBK0wkh7YgEBYS4ZY1pqjVO&#10;1WRb+fd44gA3P/vp+XvVevaDOOAU+0AasqUCgdQG21On4e11syhAxGTImiEQavjGCOv6/KwypQ1H&#10;esFDkzrBIRRLo8GlNJZSxtahN3EZRiS+fYXJm8Ry6qSdzJHD/SBXSt1Ib3riD86M+Oiw3TV7r+Gp&#10;efdqZz99sMXVlG/y+Ow+otaXF/PDPYiEc/ozwwmf0aFmpm3Yk41iYJ3dZdfs1bDIVrc5iJPnd7fl&#10;qVA5yLqS/2vUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3keJhdAIAAJ8EAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBRvdnK4AAAAA4BAAAP&#10;AAAAAAAAAAAAAAAAAM4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                  </v:formulas>
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <v:handles>
+                    <v:h position="#0,center"/>
+                  </v:handles>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Соединительная линия уступом 75" o:spid="_x0000_s1038" type="#_x0000_t34" style="position:absolute;margin-left:76.25pt;margin-top:9.85pt;width:23.15pt;height:.05pt;z-index:13;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGgqlKjgIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4thC5KCQ7W7S&#10;1kDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQkY2k3RRFvaCH5MybeY8zOjndVAKtmDZc&#10;yRRHByFGTOaKcrlM8euLWW+IkbFEUiKUZCneMoNPx0+fnKzrhPVVqQRlGgGINMm6TnFpbZ0EgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JoB+Gg2CtNK21ypkxcDq5v8Rjj18ULLevisIwi0SKoTbrV+3X&#10;hVuD8QlJlprUJc+7Msg/VFERLiHpHmpCLEGXmv8BVfFcK6MKe5CrKlBFwXPmOQCbKPyNzXlJaua5&#10;gDim3stk/h9s/nI114jTFB8fYSRJBW/UfGp+NF+bL81t8725ba/Avms/gv25vUHNXXd8g9rr9kN7&#10;1V43P8H/GwIAUHNdmwRAMznXTo98I8/rM5W/NUiqrCRyyTyri20NmSIXETwKcRtTQ02L9QtFwYdc&#10;WuWl3RS6cpAgGtr4F9zuX5BtLMrhsD+KwxCI5HA1OPQFBSTZRdba2OdMVcgZKV4waTMlJTSJ0oc+&#10;B1mdGevfkXZiEPomwqioBLTFiggUj4aj2JdNks4bMuyQXahUMy6Ebywh0RpY9o/D0MMbJTh1t87P&#10;6OUiExoBKvDwvw73kVvFLUyI4FWKh3snkpSM0KmkPo0lXICNrBfVag4yC4Zd7opRjASD2XSWU5sk&#10;Qrr0IFnH1Ynne/XdKBxNh9Nh3Iv7g2kvDieT3rNZFvcGs+j4aHI4ybJJ9N4xieKk5JQy6cjs5iaK&#10;/64vuwm+7/j95OxlCx6j+5KhxN2/L9r3jGuT+4ZbKLqd610vwah4526s3Sw+3IP98OMz/gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhABXei3zdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxY2gFjlKbTBps4IbGB4Jo1pqlInKrJtvLvcU9w87Ofnr9XLgbvxBH72AZSkE8yEEh1MC01&#10;Ct7fNldzEDFpMtoFQgU/GGFRnZ+VujDhRFs87lIjOIRioRXYlLpCylhb9DpOQofEt6/Qe51Y9o00&#10;vT5xuHdymmUz6XVL/MHqDh8t1t+7g1dwL1/Wg3ndPIeP9afbPrlVbpcrpS4vhuUDiIRD+jPDiM/o&#10;UDHTPhzIROFYX9/esVXBzYw7jYb5lIf9uMhBVqX836D6BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIaCqUqOAgAAxAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABXei3zdAAAACQEAAA8AAAAAAAAAAAAAAAAA6AQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" adj="10777" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 64" o:spid="_x0000_s1042" type="#_x0000_t34" style="position:absolute;margin-left:373.25pt;margin-top:6.05pt;width:22.5pt;height:.75pt;z-index:17;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmJTk9jwIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOLTtC5KCQ7W7S&#10;NkDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQkY2k3RRFvaCH5PDNzJs3Oj7ZVAKtmDZc&#10;yRRHByFGTOaKcrlM8euLeW+MkbFEUiKUZCneMoNPJk+fHK/rhPVVqQRlGgGINMm6TnFpbZ0EgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JoB+GcbBWmtZa5cwYOJ3eX+KJxy8KlttXRWGYRSLFkJv1q/br&#10;wq3B5JgkS03qkuddGuQfsqgIlxB0DzUllqBLzf+AqniulVGFPchVFaii4DnzNUA1UfhbNeclqZmv&#10;Bcgx9Z4m8/9g85erM404TXE8wEiSCnrUfGp+NF+bL81t8725ba/Avms/gv25vUHNXXd8g9rr9kN7&#10;1V43P8H/GwIAYHNdmwRAM3mmHR/5Rp7Xpyp/a5BUWUnkkvmqLrY1RIrci+DRE7cxNeS0WL9QFHzI&#10;pVWe2k2hKwcJpKGN7+B230G2sSiHw/54OBpCn3O4Ohr2hx6fJLuntTb2OVMVckaKF0zaTEkJKlH6&#10;0Achq1NjfSNpxwahbyKMikqALlZEoGEcx6MOt/MOSLJDdk+lmnMhvLKERGsosz8KQw9vlODU3To/&#10;o5eLTGgEqFCI/3W4j9wqbmFEBK9SPN47kaRkhM4k9WEs4QJsZD2rVnPgWTDsYleMYiQYDKezHN0k&#10;EdKFB866Wh17XqzvjsKj2Xg2HvQG/XjWG4TTae/ZPBv04nk0Gk4Pp1k2jd67SqJBUnJKmXTF7AYn&#10;GvydMLsRvpf8fnT2tAWP0X3KkOLu3yftReN0cq+4haLbM70TE8yKd+7m2g3jwz3YD78+k18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCLkx9Z2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXv&#10;Jv6HZky8GLeACoqUjTF68LjrxvNAKxDpFNsu4L93PLnHee/Lm/eq7WpHMRsfBkcK0k0CwlDr9ECd&#10;gsP76/U9iBCRNI6OjIIfE2Bbn59VWGq30M7M+9gJDqFQooI+xqmUMrS9sRg2bjLE3qfzFiOfvpPa&#10;48LhdpRZkuTS4kD8ocfJPPem/dofrYKrGXc0uu9YhPjml+zjBbvmoNTlxfr0CCKaNf7D8Fefq0PN&#10;nRp3JB3EqKC4ze8YZSNLQTBQPKQsNCzc5CDrSp4uqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAZiU5PY8CAADFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAi5MfWdsAAAAJAQAADwAAAAAAAAAAAAAAAADpBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" adj="12240" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 63" o:spid="_x0000_s1041" type="#_x0000_t32" style="position:absolute;margin-left:303.8pt;margin-top:5.6pt;width:18.75pt;height:0;z-index:16;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUGOcmYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4zhC5KCQ7G7S&#10;1kDSA9AkZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr8YlVLtOTGCq0y&#10;nBzFGHFFNRNqkeG319PeCCPriGJEasUzvOYWX4yfPztvm5T3daUl4wYBiLJp22S4cq5Jo8jSitfE&#10;HumGKzgstamJg61ZRMyQFtBrGfXjeBi12rDGaMqtha/F9hCPA35ZcurelKXlDskMAzcXVhPWuV+j&#10;8TlJF4Y0laA7GuQfWNREKEh6gCqII+jGiD+gakGNtrp0R1TXkS5LQXmoAapJ4t+quapIw0Mt0Bzb&#10;HNpk/x8sfb2cGSRYhofHGClSw4y6T5vbzX33o/u8uUebj90DLJu7zW33pfvefeseuq8InKFzbWNT&#10;AMjVzPja6UpdNZeavrNI6bwiasFDBdfrBlATHxE9CfEb20D+eftKM/AhN06HNq5KU3tIaBBahWmt&#10;D9PiK4cofOwfj5L+CUZ0fxSRdB/XGOtecl0jb2TYOkPEonK5VgokoU0SspDlpXWeFUn3AT6p0lMh&#10;ZVCGVKgF6v3TOA4RVkvB/Kn3s2Yxz6VBS+LFFZ5QI5w8djP6RrGAVnHCJjvbESHBRi40xxkB7ZIc&#10;+3Q1ZxhJDvfJW1t+UvmMUDow3llbfb0/i88mo8lo0Bv0h5PeIC6K3otpPugNp8npSXFc5HmRfPDk&#10;k0FaCca48vz3Wk8Gf6el3a3bqvSg9kOnoqfooaVAdv8OpMPs/bi3wplrtp4ZX52XAcg7OO+uor8/&#10;j/fB69cPY/wTAAD//wMAUEsDBBQABgAIAAAAIQDl1adP2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuaEtbjQ6VphNFKuLKQJyzxrRljVMl6VbeHiMOcLT/T78/l7vFjuKE&#10;PgyOFKTrBARS68xAnYK312Z1ByJETUaPjlDBFwbYVZcXpS6MO9MLnvaxE1xCodAK+hinQsrQ9mh1&#10;WLsJibMP562OPPpOGq/PXG5HmSVJLq0eiC/0esLHHtvjfrYKbpytP0NzfKrnTdv4On9/xi5T6vpq&#10;ebgHEXGJfzD86LM6VOx0cDOZIEYFebLNGeUgzUAwkG9uUxCH34WsSvn/g+obAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAlBjnJmICAAB4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA5dWnT9sAAAAJAQAADwAAAAAAAAAAAAAAAAC8BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 62" o:spid="_x0000_s1043" type="#_x0000_t34" style="position:absolute;margin-left:452.15pt;margin-top:5.2pt;width:20.6pt;height:.05pt;z-index:18;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzRIZQiwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmOozhC5KDwp5u0&#10;DZD0ALRIWWz5EUjGslF00WRbIGfoDbpogQDp5wrSjTpkZCNpN0VRLeghZ+bNzJsZH5+spUArZizX&#10;KsPxXh8jpnJNuVpm+PXFvDfCyDqiKBFasQxvmMUn46dPjusqZQNdakGZQQCibFpXGS6dq9IosnnJ&#10;JLF7umIKlIU2kji4mmVEDakBXYpo0O8nUa0NrYzOmbXwOr1X4nHALwqWu1dFYZlDIsOQmwunCefC&#10;n9H4mKRLQ6qS510a5B+ykIQrCLqDmhJH0KXhf0BJnhttdeH2ci0jXRQ8Z6EGqCbu/1bNeUkqFmoB&#10;cmy1o8n+P9j85erMIE4znAwwUkRCj5pPzY/ma/OluW2+N7ftFch37UeQP7c3qLnrnm9Qe91+aK/a&#10;6+Yn2H9DAABs1pVNAXSizoznI1+r8+pU528tUnpSErVkoaqLTQWRYu8RPXLxF1tBTov6haZgQy6d&#10;DtSuCyM9JJCG1qGDm10H2dqhHB4HSZwMoM85qJL9gwBP0q1nZax7zrREXsjwgik30UrBkGizH2KQ&#10;1al1oY+0I4PQNzFGhRQwFisi0EEfvg63s45IukX2rkrPuRBhsIRCNVQ5OAQXr7JacOq14WKWi4kw&#10;CFChjvB1uI/MJHewIYLLDI92RiQtGaEzRUMYR7gAGblAqjMcaBYM+9iSUYwEg930kmebpEL58EBZ&#10;V6snL8zqu6P+0Ww0Gw17w0Ey6w3702nv2Xwy7CXz+PBguj+dTKbxe19JPExLTilTvpjt3sTDv5vL&#10;boPvJ363OTvaosfoIWVIcfsbkg4z48fkfuAWmm7OzHaWYFWCcbfWfhcf3kF++Ocz/gUAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACdUUF/eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JC6IJYx2oqXpNCZ2Ritou6aNaSqapGqyrePp8U7jaP+ffn8ulpPt2RHH0Hkn4WkmgKFrvO5cK+Hr&#10;c/P4AixE5bTqvUMJZwywLG9vCpVrf3JbPFaxZVTiQq4kmBiHnPPQGLQqzPyAjrJvP1oVaRxbrkd1&#10;onLb87kQC25V5+iCUQOuDTY/1cFK+N2vq2p3Nm91eFjNt+8Z3yzMh5T3d9PqFVjEKV5huOiTOpTk&#10;VPuD04H1EjKRPBNKgUiAEZAlaQqsvixS4GXB/39Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBzRIZQiwIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAnVFBf3gAAAAkBAAAPAAAAAAAAAAAAAAAAAOUEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 61" o:spid="_x0000_s1036" type="#_x0000_t34" style="position:absolute;margin-left:258.05pt;margin-top:16.15pt;width:25pt;height:.05pt;rotation:90;flip:x;z-index:11;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiOp6wnAIAAN0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6p46TNE2NOsVgJ9uh&#10;2wq0ewDFkmNtsmRIapxg2KHtdUCfYW+wwwYU6H5ewX6jUYqbrdtlGOaDQonkR/IjmaPjdSnQimnD&#10;lYxxuNfHiMlMUS6XMX51Pu9NMDKWSEqEkizGG2bw8fTxo6O6ithAFUpQphGASBPVVYwLa6soCExW&#10;sJKYPVUxCcpc6ZJYuOplQDWpAb0UwaDfHwe10rTSKmPGwGu6VeKpx89zltmXeW6YRSLGkJv1p/bn&#10;wp3B9IhES02qgmddGuQfsigJlxB0B5USS9CF5n9AlTzTyqjc7mWqDFSe84z5GqCasP9bNWcFqZiv&#10;Bcgx1Y4m8/9gsxerU404jfE4xEiSEnrUfGi+NZ+bT81t87W5ba9Avmvfg/yxvUHNXfd8g9rr9rK9&#10;aq+b72D/BQEAsFlXJgLQRJ5qx0e2lmfVicreGCRVUhC5ZL6q800FkbxH8MDFXUwFOS3q54qCDbmw&#10;ylO7znWJtIIWhmNoPXwY5YJXzxyOiwVsorVv7WbXWra2KIPHYXiw7xwyUI2H+y7TgEQO0nlW2tin&#10;TJXICTFeMGkTJSVMj9JDj01WJ8b6BtOOJUJfA2N5KWBeVkQggIcAW9zOGiLcIztXqeZcCD9xQqIa&#10;0h4cgItTGSU4dVp/0ctFIjQCVKjDfx3uA7OSW1gdwcsYT3ZGJCoYoTNJfRhLuAAZWc+21Rz4Fwy7&#10;2CWjGAkGS+ukbdpCuvBAWVerI88P8dvD/uFsMpuMeqPBeNYb9dO092SejHrjOfCaDtMkScN3rpJw&#10;FBWcUiZdMfcLFY7+bmC71d6uwm6ldrQFD9F9ByHF+1+ftB8mNz/bSVwoujnVrjo3V7BD3rjbd7ek&#10;v9691c9/pekPAAAA//8DAFBLAwQUAAYACAAAACEA4XTfh90AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KiTUigKcSqEqAQnlMClt228jUNjO4qdH96e5QS3nZ3V7Df5brGd&#10;mGgIrXcK0lUCglztdesaBZ8f+5sHECGi09h5Rwq+KcCuuLzIMdN+diVNVWwEh7iQoQITY59JGWpD&#10;FsPK9+TYO/nBYmQ5NFIPOHO47eQ6Se6lxdbxB4M9PRuqz9VoFZy72wrr9/XXy+HV7Kdy7OdT+abU&#10;9dXy9Agi0hL/juEXn9GhYKajH50OolNwt0m5S1Sw3YBgn3UK4sgDL2SRy/8Fih8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAojqesJwCAADdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA4XTfh90AAAAIAQAADwAAAAAAAAAAAAAAAAD2BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 60" o:spid="_x0000_s1031" style="position:absolute;margin-left:240.5pt;margin-top:-.2pt;width:57.55pt;height:27.75pt;z-index:6;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsXBO4TwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE233e1GTVerLkVI&#10;C6y08ACO4zQWjm3GbpPlhMQViUfgIbggfvYZ0jdi4nRL+REHRA6WxzP+Zub7xpmdNZUiGwFOGp3S&#10;eDCkRGhucqlXKX3xfPlgSonzTOdMGS1SeiMcPZvfvzerbSJGpjQqF0AQRLuktiktvbdJFDleioq5&#10;gbFCo7MwUDGPJqyiHFiN6JWKRsPhcVQbyC0YLpzD04veSecBvygE98+KwglPVEqxNh9WCGvWrdF8&#10;xpIVMFtKviuD/UMVFZMak+6hLphnZA3yN6hKcjDOFH7ATRWZopBchB6wm3j4SzfXJbMi9ILkOLun&#10;yf0/WP50cwVE5ik9Rno0q1Cj9sP2zfZ9+7W93b5tP7a37Zftu/Zb+6n9TDAIGautS/Ditb2Crmdn&#10;Lw1/6Yg2i5LplTgHMHUpWI51xl189NOFznB4lWT1E5NjPrb2JpDXFFB1gEgLaYJGN3uNROMJx8OT&#10;o+F0OqGEo+toMhqPJiEDS+4uW3D+kTAV6TYpBRyBAM42l853xbDkLiQUb5TMl1KpYMAqWyggG4bj&#10;sgzfDt0dhilN6pSeTjD33yGG4fsTRCU9zr2SVUqn+yCWdKw91HmYSs+k6vdYstI7GjvmegV8kzVB&#10;uXgvSmbyGyQWTD/n+C5xUxp4TUmNM55S92rNQFCiHmsU5zQej7tHEYzx5GSEBhx6skMP0xyhUso9&#10;UNIbC98/pbUFuSoxVxwI0eYcJS1koLuTu69r1wFOclBh9+q6p3Joh6gf/4b5dwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOppR0PgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ&#10;6wS1VQlxqgiBEKIHknLh5sZLHBGvo9hNw9+znOA2q1nNvMl3s+vFhGPoPClIlwkIpMabjloF74en&#10;xRZEiJqM7j2hgm8MsCsuL3KdGX+mCqc6toJDKGRagY1xyKQMjUWnw9IPSOx9+tHpyOfYSjPqM4e7&#10;Xt4myUY63RE3WD3gg8Xmqz45BR9+7x/LBJ8He3iJ001Zvb7VlVLXV3N5DyLiHP+e4Ref0aFgpqM/&#10;kQmiV7DaprwlKlisQLC/vtukII4s1inIIpf/BxQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAGxcE7hPAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOppR0PgAAAACAEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 60">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-57" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 4</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>3-процесс</w:t>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 59" o:spid="_x0000_s1063" style="position:absolute;margin-left:474.55pt;margin-top:-.2pt;width:63.65pt;height:27.75pt;z-index:38;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaeM9rTgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG23gTZqulp1KUJa&#10;YKWFB3Adp7FwbDN2m5YT0l6ReAQeggviZ58hfSPGbrdbfsQB4YPlycx8M/PNTMan61qRlQAnjc5p&#10;r9OlRGhuCqkXOX31cvZgSInzTBdMGS1yuhGOnk7u3xs3NhN9UxlVCCAIol3W2JxW3tssSRyvRM1c&#10;x1ihUVkaqJlHERZJAaxB9Fol/W73YdIYKCwYLpzDr+c7JZ1E/LIU3L8oSyc8UTnF3Hy8Id7zcCeT&#10;McsWwGwl+T4N9g9Z1ExqDHqAOmeekSXI36BqycE4U/oON3ViylJyEWvAanrdX6q5qpgVsRYkx9kD&#10;Te7/wfLnq0sgsshpOqJEsxp71H7cvtt+aL+1N9vr9lN7037dvm+/t5/bLwSNkLHGugwdr+wlhJqd&#10;vTD8tSPaTCumF+IMwDSVYAXm2Qv2yU8OQXDoSubNM1NgPLb0JpK3LqEOgEgLWccebQ49EmtPOH4c&#10;docnaUoJR9VJ2h/00xiBZbfOFpx/IkxNwiOngCMQwdnqwvmQDMtuTWLyRsliJpWKAizmUwVkxXBc&#10;ZvHs0d2xmdKkyekoxdh/h+jG8yeIWnqceyXrUFE4wYhlgbXHuohvz6TavTFlpfc0BuZ2HfDr+Tp2&#10;rhdJDrTOTbFBYsHs5hz3Eh+VgbeUNDjjOXVvlgwEJeqpxuaMeoNBWIooDNJHfRTgWDM/1jDNESqn&#10;3AMlO2Hqd6u0tCAXFcbqRUK0OcOWljLSfZfXvgKc5NiF/daFVTmWo9Xdv2HyAwAA//8DAFBLAwQU&#10;AAYACAAAACEAo6Bo9OEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFBr&#10;B7WlDXGqCIEQKgeS9sLNjZc4Il5HsZuGv8c9wW1WM5p5m20n27ERB986kpDMBTCk2umWGgmH/cts&#10;DcwHRVp1jlDCD3rY5tdXmUq1O1OJYxUaFkvIp0qCCaFPOfe1Qav83PVI0ftyg1UhnkPD9aDOsdx2&#10;/F6IFbeqpbhgVI9PBuvv6mQlfLp391wIfO3N/i2Md0W5+6hKKW9vpuIRWMAp/IXhgh/RIY9MR3ci&#10;7VknYbPYJDEqYbYAdvHFwyqqo4TlMgGeZ/z/B/kvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAJp4z2tOAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKOgaPThAAAACQEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 59">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002A4DF1">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Процесс 7</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1043" type="#_x0000_t32" style="position:absolute;margin-left:292.9pt;margin-top:5.45pt;width:18.75pt;height:0;z-index:251676672;visibility:visible" strokeweight="1pt">
+                <v:shape id="Соединительная линия уступом 72" o:spid="_x0000_s1049" type="#_x0000_t34" style="position:absolute;margin-left:502.95pt;margin-top:20.65pt;width:40.7pt;height:.05pt;rotation:90;z-index:24;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoxSLqlgIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6WbTTZquuqnQbsKl&#10;QKSWB3DW3qzBa69sN5sIcaC9IvUZeAMOIFUqP6+weSPGzjZQuCDEHpyxPf7mm29mcnK6rgRaMW24&#10;kgkOD/oYMZkryuUywS8vZr0xRsYSSYlQkiV4www+nTx+dNLUMRuoUgnKNAIQaeKmTnBpbR0HgclL&#10;VhFzoGom4bJQuiIWtnoZUE0aQK9EMOj3R0GjNK21ypkxcJrtLvHE4xcFy+2LojDMIpFg4Gb9qv26&#10;cGswOSHxUpO65HlHg/wDi4pwCUH3UBmxBF1q/gdUxXOtjCrsQa6qQBUFz5nPAbIJ+79lc16Smvlc&#10;QBxT72Uy/w82f76aa8Rpgo8GGElSQY3aD+239nP7qb1tv7a32yuw77bvwf64vUHtXXd8g7bX23fb&#10;q+11+x38vyAAADWb2sQAmsq5dnrka3len6n8tUFSpSWRS+azutjUECl0L4IHT9zG1MBp0TxTFHzI&#10;pVVe2nWhK6QVlHAY9d3nT0FCtPb13OzrydYW5XA4DEfjY6h6Dlejw6EPRmKH46jV2tinTFXIGQle&#10;MGlTJSW0jNKHHpuszoz1VaWdNIS+CjEqKgFNsiICDT0PlwSJO2+w7pHdU6lmXAjfZkKiBnIeHHXU&#10;jRKculvnZ/RykQqNABXy8F/H94FbxS3Mi+BVgsd7JxKXjNCppD6MJVyAjayX2GoOoguGXeyKUYwE&#10;g0l11o62kC48SNbl6sTznfvmuH88HU/HUS8ajKa9qJ9lvSezNOqNZuHRMDvM0jQL3zqhwiguOaVM&#10;umTupyiM/q5Lu3ne9f9+jvayBQ/RvdJA8f7Xk/Yd5Jpm134LRTdz7bJzzQSD4527IXeT+evee/38&#10;K5r8AAAA//8DAFBLAwQUAAYACAAAACEA6f8fjOEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3Fq70EZtiFNVIAQSF0gruLrxEkfEdrDdJuXr2Z7gtrM7mn1TrEfbsSOG2Hon&#10;YTYVwNDVXreukbDbPk6WwGJSTqvOO5Rwwgjr8vKiULn2g3vDY5UaRiEu5kqCSanPOY+1Qavi1Pfo&#10;6Pbpg1WJZGi4DmqgcNvxGyEyblXr6INRPd4brL+qg5Wwea5eT08/C/XxLh5eTBO+h7TMpLy+Gjd3&#10;wBKO6c8MZ3xCh5KY9v7gdGQdaTHPFuSVMLld0XC20CoDtpcwn62AlwX/X6L8BQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACjFIuqWAgAA0gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOn/H4zhAAAADAEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+BQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 68" o:spid="_x0000_s1050" type="#_x0000_t34" style="position:absolute;margin-left:471.35pt;margin-top:22.5pt;width:37.5pt;height:.05pt;rotation:90;flip:x;z-index:25;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2QaKHngIAAN0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmOrDhC5KCw7HaR&#10;tgGSHoAWKYstRQok4w+KLpJsC+QMvUEXLRAg/VxBulGHtOI27aYoqgU9JIdv5r2Z8dHxuhJoybTh&#10;SqY43OtjxGSuKJeLFL86n/VGGBlLJCVCSZbiDTP4ePz40dGqTthAlUpQphGASJOs6hSX1tZJEJi8&#10;ZBUxe6pmEi4LpStiYasXAdVkBeiVCAb9fhyslKa1VjkzBk6z7SUee/yiYLl9WRSGWSRSDLlZv2q/&#10;zt0ajI9IstCkLnnepUH+IYuKcAlBd1AZsQRdaP4HVMVzrYwq7F6uqkAVBc+Z5wBswv5vbM5KUjPP&#10;BcQx9U4m8/9g8xfLU404TXEMlZKkgho1H5pvzefmU3PbfG1u2yuw79r3YH9sb1Bz1x3foPa6vWyv&#10;2uvmO/h/QQAAaq5qkwDoRJ5qp0e+lmf1icrfGCTVpCRywTyr800NkUL3InjwxG1MDTnNV88VBR9y&#10;YZWXdl3oCmkFJQxjKD18GBWC188cjosFaqK1L+1mV1q2tiiHw+ggHgzhQQ5X8f7QxyWJg3Qva23s&#10;U6Yq5IwUz5m0EyUldI/S+x6bLE+M9QWmnUqEvg4hgUpAvyyJQEOfkeNDks4brHtk91SqGRfCd5yQ&#10;aAVpDw6AhLsySnDqbv1GL+YToRGgAg//dfk+cKu4hdERvErxaOdEkpIROpXUh7GEC7CR9WpbzUF/&#10;wbCLXTGKkWAwtM7api2kCw+SdVydeL6J3x72D6ej6SjqRYN42ov6WdZ7MptEvXgWHgyz/WwyycJ3&#10;jkkYJSWnlElH5n6gwujvGrYb7e0o7EZqJ1vwEN0rDSne//qkfTO5/tl24lzRzal27FxfwQx5527e&#10;3ZD+uvdeP/+Vxj8AAAD//wMAUEsDBBQABgAIAAAAIQAliulj4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcWqeNVNI0ToUQleCEErhwc2M3DrXXUez88PYsJzjOzmj2m+K4&#10;OMsmPYTOo4DNOgGmsfGqw1bAx/tplQELUaKS1qMW8K0DHMvbm0Lmys9Y6amOLaMSDLkUYGLsc85D&#10;Y7STYe17jeRd/OBkJDm0XA1ypnJn+TZJdtzJDumDkb1+Mrq51qMTcLVpLZu37dfz54s5TdXYz5fq&#10;VYj7u+XxACzqJf6F4Ref0KEkprMfUQVmBeyzhLZEAat09wCMEnTZADsLSLMUeFnw/xPKHwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2QaKHngIAAN0EAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAliulj4AAAAAoBAAAPAAAAAAAAAAAAAAAAAPgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 66" o:spid="_x0000_s1048" type="#_x0000_t32" style="position:absolute;margin-left:285.9pt;margin-top:.35pt;width:0;height:45.75pt;z-index:23;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkWh9ZYAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4zhC5KCQ7G7S&#10;NkDSA9AkZRGlSIGkLRtFgTQXyBF6hW666Ac5g3yjDulP63ZTFPWCHpIzb97MPOriclVLtOTGCq0y&#10;nJzEGHFFNRNqnuE3t9PeCCPriGJEasUzvOYWX46fPrlom5T3daUl4wYBiLJp22S4cq5Jo8jSitfE&#10;nuiGK7gstamJg62ZR8yQFtBrGfXjeBi12rDGaMqthdNie4nHAb8sOXWvy9Jyh2SGgZsLqwnrzK/R&#10;+IKkc0OaStAdDfIPLGoiFCQ9QBXEEbQw4g+oWlCjrS7dCdV1pMtSUB5qgGqS+LdqbirS8FALNMc2&#10;hzbZ/wdLXy2vDRIsw8MhRorUMKPu4+Zu89B97z5tHtDmQ/cIy+Z+c9d97r51X7vH7gsCZ+hc29gU&#10;AHJ1bXztdKVumitN31qkdF4RNeehgtt1A6iJj4iOQvzGNpB/1r7UDHzIwunQxlVpag8JDUKrMK31&#10;YVp85RDdHlI4PR0lcf80gJN0H9cY615wXSNvZNg6Q8S8crlWCiShTRKykOWVdZ4VSfcBPqnSUyFl&#10;UIZUqAXq/bM4DhFWS8H8rfezZj7LpUFL4sUVfjsaR25GLxQLaBUnbLKzHRESbORCc5wR0C7JsU9X&#10;c4aR5PCevLXlJ5XPCKUD45211de78/h8MpqMBr1BfzjpDeKi6D2f5oPecJqcnRbPijwvkveefDJI&#10;K8EYV57/XuvJ4O+0tHt1W5Ue1H7oVHSMHloKZPf/gXSYvR/3VjgzzdbXxlfnZQDyDs67p+jfz6/7&#10;4PXzgzH+AQAA//8DAFBLAwQUAAYACAAAACEAuJIGdN4AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+DQBCF7yb+h82YeDF2AStWZGjEBNOrtel5y46AZWcJu7T4713jQY/z5uW97+Xr2fTiRKPr&#10;LCPEiwgEcW11xw3C7r26XYFwXrFWvWVC+CIH6+LyIleZtmd+o9PWNyKEsMsUQuv9kEnp6paMcgs7&#10;EIffhx2N8uEcG6lHdQ7hppdJFKXSqI5DQ6sGemmpPm4ng3BjTfnpquNrOS3raizT/YaaBPH6an5+&#10;AuFp9n9m+MEP6FAEpoOdWDvRI9w/xAHdIyRx+ggiOH6VA8JdtFqCLHL5f0PxDQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKRaH1lgAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALiSBnTeAAAACwEAAA8AAAAAAAAAAAAAAAAAugQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 67" o:spid="_x0000_s1047" type="#_x0000_t34" style="position:absolute;margin-left:230pt;margin-top:23.55pt;width:45pt;height:.05pt;rotation:90;z-index:22;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+nunZlQIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6WbTzU9X3VQoP1wK&#10;VGp5AGftzRr8s7LdbCLEgfaK1GfgDTiAVKn8vMLmjRg720DhghB7cMb2+Jv5vpnJ8claCrRixnKt&#10;MhwfdDFiKteUq2WGX17MOyOMrCOKEqEVy/CGWXwyfvzouK5S1tOlFpQZBCDKpnWV4dK5Ko0im5dM&#10;EnugK6bgstBGEgdbs4yoITWgSxH1ut1BVGtDK6NzZi2cTneXeBzwi4Ll7kVRWOaQyDDk5sJqwrrw&#10;azQ+JunSkKrkeZsG+YcsJOEKgu6hpsQRdGn4H1CS50ZbXbiDXMtIFwXPWeAAbOLub2zOS1KxwAXE&#10;sdVeJvv/YPPnqzODOM3wYIiRIhJq1HxovjWfm0/NbfO1ud1egX23fQ/2x+0Nau7a4xu0vd6+215t&#10;r5vv4P8FAQCoWVc2BdCJOjNej3ytzqtTnb+2SOlJSdSSBVYXmwoixf5F9OCJ39gKclrUzzQFH3Lp&#10;dJB2XRiJjIYS9pOu/8IpSIjWoZ6bfT3Z2qEcDvvDuA9uKIerwWE/BCOpx/GpVca6p0xL5I0ML5hy&#10;E60UtIw2hwGbrE6tC1WlrTSEvooxKqSAJlkRgQAeAngSJG29wbpH9k+VnnMhQpsJhWrg3Bu2qVst&#10;OPW33s+a5WIiDAJU4BG+FveBm+QO5kVwmeHR3omkJSN0pmgI4wgXYCMXJHaGg+iCYR9bMoqRYDCp&#10;3tqlLZQPD5K1XL14oXPfHHWPZqPZKOkkvcGsk3Sn086T+STpDObxsD89nE4m0/itFypO0pJTypQn&#10;cz9FcfJ3XdrO867/93O0ly16iB6UhhTvf0PSoYN80+zab6Hp5sx4dr6ZYHCCczvkfjJ/3Qevn39F&#10;4x8AAAD//wMAUEsDBBQABgAIAAAAIQB/TgZK4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSLxDZCRuLOnGqq3UnSYQAokLFDSuWROaiiYpSbZ2PD3mBEf//vT7c7mZbM+OOsTOO4Rs&#10;JoBp13jVuRbh7fX+agUsJumU7L3TCCcdYVOdn5WyUH50L/pYp5ZRiYuFRDApDQXnsTHayjjzg3a0&#10;+/DBykRjaLkKcqRy2/O5EDm3snN0wchB3xrdfNYHi7B9rJ9PD99L+b4Td0+mDV9jWuWIlxfT9gZY&#10;0lP6g+FXn9ShIqe9PzgVWY+wzMSCUIR5lq+BEUHJNbA9wkJQwquS//+h+gEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQA+nunZlQIAANIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQB/TgZK4AAAAAsBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="148"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              </w:pict>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="148"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1038" type="#_x0000_t32" style="position:absolute;margin-left:266.75pt;margin-top:1.9pt;width:0;height:31.5pt;z-index:251671552;visibility:visible" strokeweight="1pt">
-                  <v:stroke endarrow="block"/>
+                <v:shape id="Полилиния 48" o:spid="_x0000_s1112" style="position:absolute;left:0;text-align:left;margin-left:566.05pt;margin-top:28pt;width:64.3pt;height:32.6pt;z-index:87;visibility:visible" coordsize="21600,21600" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuz8sxDgUAAK8RAAAOAAAAZHJzL2Uyb0RvYy54bWy0WN1u2zYYvR+wdyB0OWCxJEuWbMQpirQZ&#10;BnRrgHjYNSPJllBJ1Eg6TvYSe4S9RoFhe4bsjXZIiTLlVkq2pQ1q6ufo8PvOoT6SOn91X5XkLuOi&#10;YPXa8c5ch2R1wtKi3q2dnzZX38YOEZLWKS1Zna2dh0w4ry6+/ur80Kwyn+WsTDNOQFKL1aFZO7mU&#10;zWo2E0meVVScsSarcXPLeEUlTvlulnJ6AHtVznzXXcwOjKcNZ0kmBK6+aW86F5p/u80S+X67FZkk&#10;5dpBbFL/cv17q35nF+d0teO0yYukC4P+hygqWtTotKd6QyUle158QlUVCWeCbeVZwqoZ226LJNM5&#10;IBvPPcnmJqdNpnOBOKLpZRIvR5v8eHfNSZGunQBO1bSCR4+/P/71+MfjR/3/z8ePf/9GcBNKHRqx&#10;wgM3zTVXuYrmHUs+CFKzt2khr1lRS0TmgYZd5rTeZa85Z4c8o6m+DILZgEGdCHCR28MPLEXHdC+Z&#10;VvF+yyvVA/Qh99qsh96s7F6SBBdjb7HwYGmCW4EXuL42c0ZX5uFkL+R3GdNE9O6dkK3XKY60U2mX&#10;7gYk26qE7d/MiEsOxPcWrhkZPQhpWaD88yDfAvluEMXxGN3cQrpkhC6wQIG7DKNwjC60kKN0Cws0&#10;TRdZSC/0A3eUE4Oml2Wac2kh524Qj3MqV3vSaRk925YnWG1zxm22jXmC0LZnnNC2ZlpLzzbIJRiE&#10;0GgRhvNFV6aOg9E2aBppGzSNtA2aROJNO/ozjbTtmUYO3ZnI3bcdmua0DQph5tjb49seLfH6j72Q&#10;vu2QF4UTlLZDXjyPIpsTVWpn6hDNTWlK7uuuNuGIoICunQ3GhCpWDROqEKpShXK38dSAAAlw6q4F&#10;jwZwiKrg81F4PIBDLwUPR+HLARxiKHg0Bsc4sWPHSFTw5SjcG8BVFVB4vOIjyfr+8IEuW280XQwd&#10;OyCvy9cbJNzK2hnBsYBQS4eNDywWDxs1VLB82KiRgAXExtfZwyAqlY+aHofksHbaaYTk/RFmLr5X&#10;C6X3H9RsprAVu8s2TD8llcFdSGYqO94uaxvWUUMegzT3TdtouiMOR76ew5GewZi2xXZdPxt42nNS&#10;MpG1Tikx/rcScRC1A8x358agUT3ccI7yBT0ssEnPtJ0kPRSV1YxFAzFtp0gfwr+AfiaAF1Ymjttx&#10;67tLv3s1xnSJAjVetSw91uRo2jbXIzKKTp0dIvvunw08xmmYvpAic881jj6piIU1UZn2RJE5lnGd&#10;zgZh2hZpFHk+8BinYfpCigReW6Dw1j+piIU1UZn2RBEs3vSSZLSWGEWeDzzGafp8YUVC1YN6FUIv&#10;eKqc9C+DhTVhmfZEkjDGDNFWP4MwbYs89v985DFSw/WJKLCgn3pwbO95BCuL9KooS1WKBd/dXpac&#10;3FHMZlf6XxfuAFbWauZahigb+qlRCrU2bTdJ6HVAURUSO/qyqLBF60F0pbaBb+sUEtGVpEXZHusR&#10;pC5leq/ezaBsD4qbPD2QtBCYdT03ihZY9qUFpl4/alkJLXf45JBIjhmZyZ8Lmev9splaBxnHrvrr&#10;Mu7p9RrK6llvT9WOtN3q3rL0AbtTkCtO9ZUDBznjvzrkgC8Ga0f8sqc8c0j5fY0d7tILAsCkPgnC&#10;CMsfwu07t/YdWiegWjvSwUpPHV5KnOGRfcOLXa6y1hbU7DV2xdtC7V51fG1U3Qm+Cugkui8Y6rOD&#10;fa5Rx+8sF/8AAAD//wMAUEsDBBQABgAIAAAAIQBZBRbA4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqJ1A+hPiVAipUrlBoYfe3NjEUe11FLtteHs2J7jtaEcz31Tr0Tt2&#10;MUPsAkrIZgKYwSboDlsJX5+bhyWwmBRq5QIaCT8mwrq+valUqcMVP8xll1pGIRhLJcGm1Jecx8Ya&#10;r+Is9Abp9x0GrxLJoeV6UFcK947nQsy5Vx1Sg1W9ebWmOe3OXgKe1H6xeW+c2KaDLZbbwyr0b1Le&#10;340vz8CSGdOfGSZ8QoeamI7hjDoyRzp7FMSeJBRzGjU58mL1BOw4XVkOvK74/xH1LwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCuz8sxDgUAAK8RAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBZBRbA4AAAAAwBAAAPAAAAAAAAAAAAAAAAAGgHAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdQgAAAAA&#10;" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;7742219,0;15484400,0;15484400,2921141;15484400,5842282;7742219,5842282;0,5842282;0,2921141" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1039" type="#_x0000_t32" style="position:absolute;margin-left:488.05pt;margin-top:24.5pt;width:33pt;height:0;rotation:90;z-index:251672576;visibility:visible" adj="-393873,-1,-393873" strokeweight="1pt">
-[...1 lines deleted...]
-                </v:shape>
+                <v:oval id="Овал 55" o:spid="_x0000_s1056" style="position:absolute;left:0;text-align:left;margin-left:508.95pt;margin-top:1.6pt;width:30pt;height:30pt;z-index:31;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqsYgiJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwm7UdLXqUoS0&#10;wEoLB3Adp7FwPGbsNl0OwxlW/HKJHomxky0t/CH8Yc14xs9v3oznV/vWsJ1Cr8GWPB+NOVNWQqXt&#10;puSfP61eXHDmg7CVMGBVyR+U51eL58/mnSvUBBowlUJGINYXnSt5E4IrsszLRrXCj8ApS8EasBWB&#10;XNxkFYqO0FuTTcbjV1kHWDkEqbyn05s+yBcJv66VDB/r2qvATMmJW0g7pn0d92wxF8UGhWu0HGiI&#10;f2DRCm3p0SPUjQiCbVH/BdVqieChDiMJbQZ1raVKNVA1+fiPau4b4VSqhcTx7iiT/3+w8sPuDpmu&#10;Sj6bcWZFSz06fD/8ODwefjI6In065wtKu3d3GCv07hbkF88sLBthN+oaEbpGiYpY5TE/O7sQHU9X&#10;2bp7DxWhi22AJNW+xjYCkghsnzrycOyI2gcm6fDlRT4eU98khQY7viCKp8sOfXiroGXRKLkyRjsf&#10;NROF2N360Gc/ZSX+YHS10sYkBzfrpUG2EzQfq7RSCVTmaZqxrCv55WwyS8hnMX8KQWQj3/7VszSE&#10;ra3oXBRRqzeDHYQ2vU01GTuIF/XqdV9D9UDaIfSDSx+NjAbwG2cdDW3J/detQMWZeWdJ/8t8Oo1T&#10;npzp7PWEHDyNrE8jwkqCKrkMyFnvLEP/N7YO9aaht/JUsIVr6lqtk5yxoz2vgS6NZurJ8I3i7J/6&#10;Kev3Z1/8AgAA//8DAFBLAwQUAAYACAAAACEAf4BZt98AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3FgyJtatNJ0ADRCICTEQ56zx2orGqZp06/497glufs9Pz5+z1eAaccAu&#10;1J40TCcKBFLhbU2lhq/Px6sFiBANWdN4Qg0nDLDKz88yk1p/pA88bGMpuIRCajRUMbaplKGo0Jkw&#10;8S0S7/a+cyay7EppO3PkctfIa6Xm0pma+EJlWnyosPjZ9k7D0/vzUs76e7Wnl81i8/22Pr3O1lpf&#10;Xgx3tyAiDvEvDCM+o0POTDvfkw2iYa2myZKzPM1vQIwJlYzOTkPCjswz+f+H/BcAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDqsYgiJwIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQB/gFm33wAAAAsBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;"/>
               </w:pict>
             </w:r>
-          </w:p>
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1066" style="position:absolute;margin-left:478.2pt;margin-top:9.25pt;width:57.7pt;height:27.75pt;z-index:251700224;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1066">
+                <v:oval id="Овал 56" o:spid="_x0000_s1057" style="position:absolute;left:0;text-align:left;margin-left:476.05pt;margin-top:1.6pt;width:30pt;height:29.25pt;z-index:32;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCB7xoNgIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFu2zAM/R+wOwj6X22nSdMadYoiXYcB&#10;3Vag2wEUWY6FyaJGKXGyw+wMxX53iRxplJy2yfY3zB+CKFKPj4+UL682nWFrhV6DrXhxknOmrIRa&#10;22XFv3y+fXPOmQ/C1sKAVRXfKs+vZq9fXfauVCNowdQKGYFYX/au4m0IrswyL1vVCX8CTllyNoCd&#10;CGTiMqtR9ITemWyU52dZD1g7BKm8p9ObwclnCb9plAyfmsarwEzFiVtIK6Z1EddsdinKJQrXarmn&#10;If6BRSe0paTPUDciCLZC/RdUpyWChyacSOgyaBotVaqBqinyP6p5aIVTqRYSx7tnmfz/g5Uf1/fI&#10;dF3xyRlnVnTUo92P3c/d4+4XoyPSp3e+pLAHd4+xQu/uQH71zMK8FXaprhGhb5WoiVUR47OjC9Hw&#10;dJUt+g9QE7pYBUhSbRrsIiCJwDapI9vnjqhNYJIOT8+LPKe+SXKdTovxdJIyiPLpskMf3inoWNxU&#10;XBmjnY+aiVKs73yIfET5FJX4g9H1rTYmGbhczA2ytaD5uE3fPoE/DDOW9VTdRT7JE/SR0x9iENtI&#10;eEh7FIawsjWdizKK9Xa/D0KbYU80jd2rFwUbhA+bxSa1pxhF0KjmAuot6YkwDDM9Ptq0gN8562mQ&#10;K+6/rQQqzsx7Sz25KMbjOPnJGE+mIzLw0LM49AgrCariMiBngzEPw3tZOdTLlnIVSQML19TJRieJ&#10;X3jtK6BxTcrvn1Z8D4d2inr5Acx+AwAA//8DAFBLAwQUAAYACAAAACEAfUE9N+AAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiztxDZWmk5jiHJCEx1DcPMa01Y0TtVkW3l7&#10;0hMc7f/T78/pajCtOFHvGssK4kkEgri0uuFKwdvu6eYOhPPIGlvLpOCHHKyyy4sUE23P/Eqnwlci&#10;lLBLUEHtfZdI6cqaDLqJ7YhD9mV7gz6MfSV1j+dQblo5jaK5NNhwuFBjR5uayu/iaBTkD5vt48tu&#10;u//IOV7nzX72/lx8KnV9NazvQXga/B8Mo35Qhyw4HeyRtROtguVsGgc0BIsliBGI4nFzULCY34LM&#10;Uvn/hewXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwge8aDYCAABIBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfUE9N+AAAAAKAQAADwAAAAAA&#10;AAAAAAAAAACQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" strokeweight="1.5pt">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
-[...177 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1058" style="position:absolute;margin-left:512.7pt;margin-top:3.05pt;width:30pt;height:30pt;z-index:251692032;visibility:visible;v-text-anchor:middle"/>
-[...9 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1059">
+                <v:oval id="Овал 58" o:spid="_x0000_s1054" style="position:absolute;left:0;text-align:left;margin-left:240.55pt;margin-top:7.35pt;width:30pt;height:29.25pt;z-index:29;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzF/e3NgIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/ye42CW1X2VRVShFS&#10;gUqFAzheb9bC6zFjJ5tyGM6A+OUSORJjb5om8IfYD8vjGb9582a8s6ttZ9hGoddgK16Mcs6UlVBr&#10;u6r450+3ry4480HYWhiwquKPyvOr+csXs96V6gxaMLVCRiDWl72reBuCK7PMy1Z1wo/AKUvOBrAT&#10;gUxcZTWKntA7k53l+eusB6wdglTe0+nN4OTzhN80SoaPTeNVYKbixC2kFdO6jGs2n4lyhcK1Wu5p&#10;iH9g0QltKekB6kYEwdao/4LqtETw0ISRhC6DptFSpRqomiL/o5qHVjiVaiFxvDvI5P8frPywuUem&#10;64pPqVNWdNSj3ffdz92P3S9GR6RP73xJYQ/uHmOF3t2B/OKZhUUr7EpdI0LfKlETqyLGZycXouHp&#10;Klv276EmdLEOkKTaNthFQBKBbVNHHg8dUdvAJB2OL4o8p75Jco3Pi8n5NGUQ5dNlhz68VdCxuKm4&#10;MkY7HzUTpdjc+RD5iPIpKvEHo+tbbUwycLVcGGQbQfNxm759An8cZizrqbrLfJon6BOnP8YgtpHw&#10;kPYkDGFtazoXZRTrzX4fhDbDnmgau1cvCjYIH7bLbWpPMY6gUc0l1I+kJ8IwzPT4aNMCfuOsp0Gu&#10;uP+6Fqg4M+8s9eSymEzi5CdjMj0/IwOPPctjj7CSoCouA3I2GIswvJe1Q71qKVeRNLBwTZ1sdJL4&#10;mde+AhrXpPz+acX3cGynqOcfwPw3AAAA//8DAFBLAwQUAAYACAAAACEA/85lDOAAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvNkFQhuCDE2tEU+mkVrT3rYwApGdJey2xbd3&#10;e9LjzHz55/uz5aR7cabRdoYRwlkAgrgydccNwsf25SEBYZ3iWvWGCeGHLCzz25tMpbW58DudS9cI&#10;H8I2VQitc0Mqpa1a0srOzEDsb19m1Mr5cWxkPaqLD9e9jIJgIbXq2H9o1UDrlqrv8qQRiqf15vlt&#10;u9ntCw5XRbebf76WB8T7u2n1CMLR5P5guOp7dci909GcuLaiR4iTIPYoQhSHIDwwj6+LI0ISLUDm&#10;mfzfIP8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8xf3tzYCAABIBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/85lDOAAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" strokeweight="1.5pt">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1048" type="#_x0000_t32" style="position:absolute;margin-left:-23.2pt;margin-top:41.35pt;width:63.4pt;height:0;rotation:270;z-index:251681792;visibility:visible" adj="-40560,-1,-40560" strokeweight="1pt">
+                <v:oval id="Овал 57" o:spid="_x0000_s1055" style="position:absolute;left:0;text-align:left;margin-left:273.8pt;margin-top:7.35pt;width:30pt;height:30pt;z-index:30;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPAHWVJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adrSsrtR09WqSxHS&#10;AistHMB1nMTC8Zix23Q5DGdA/HKJHomxky0t/CH8Yc14xs9v3owX1/vWsJ1Cr8EWfDIac6ashFLb&#10;uuCfPq5fXHLmg7ClMGBVwR+V59fL588WncvVFBowpUJGINbnnSt4E4LLs8zLRrXCj8ApS8EKsBWB&#10;XKyzEkVH6K3JpuPxq6wDLB2CVN7T6W0f5MuEX1VKhg9V5VVgpuDELaQd076Je7ZciLxG4RotBxri&#10;H1i0Qlt69Ah1K4JgW9R/QbVaIniowkhCm0FVaalSDVTNZPxHNQ+NcCrVQuJ4d5TJ/z9Y+X53j0yX&#10;BZ9fcGZFSz06fDv8OHw//GR0RPp0zueU9uDuMVbo3R3Iz55ZWDXC1uoGEbpGiZJYTWJ+dnYhOp6u&#10;sk33DkpCF9sASap9hW0EJBHYPnXk8dgRtQ9M0uHLy8l4TH2TFBrs+ILIny479OGNgpZFo+DKGO18&#10;1EzkYnfnQ5/9lJX4g9HlWhuTHKw3K4NsJ2g+1mmlEqjM0zRjWVfwq/l0npDPYv4UgshGvv2rZ2kI&#10;W1vSucijVq8HOwhteptqMnYQL+rV676B8pG0Q+gHlz4aGQ3gV846GtqC+y9bgYoz89aS/leT2SxO&#10;eXJm84spOXga2ZxGhJUEVXAZkLPeWYX+b2wd6rqhtyapYAs31LVKJzljR3teA10azdST4RvF2T/1&#10;U9bvz778BQAA//8DAFBLAwQUAAYACAAAACEAh2CS/+AAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3FjCNrZSmk6ABgjENDEQ56zx2orGqZp06/493glOlp+fnr+XLQbXiD12&#10;ofak4XqkQCAV3tZUavj6fLpKQIRoyJrGE2o4YoBFfn6WmdT6A33gfhNLwSEUUqOhirFNpQxFhc6E&#10;kW+R+LbznTOR166UtjMHDneNHCs1k87UxB8q0+JjhcXPpncantcvt3LSP6gdva6S1ff78vg2WWp9&#10;eTHc34GIOMQ/M5zwGR1yZtr6nmwQjYab6Zy7RA3jKU82zNRJ2GpIWJB5Jv83yH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEADwB1lScCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAh2CS/+AAAAAJAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 54" o:spid="_x0000_s1046" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:30.85pt;width:0;height:36.7pt;flip:y;z-index:21;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUG1x6cgIAAJoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4jhC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPYCOUKv0E0X/SBnkG/UIeU4SbspinpBD8nh43vDNzo5XbcCLZmxXMkc&#10;JwcxRkxWinK5yPGby9lgjJF1RFIilGQ53jCLTydPn5ysdMaGqlGCMoMARNpspXPcOKezKLJVw1pi&#10;D5RmEjZrZVriYGoWETVkBeitiIZxPIpWylBtVMWshdWy38STgF/XrHKv69oyh0SOgZsLownj3I/R&#10;5IRkC0N0w6sdDfIPLFrCJVy6hyqJI+jK8D+gWl4ZZVXtDirVRqquecWCBlCTxL+puWiIZkELFMfq&#10;fZns/4OtXi3PDeI0x4cpRpK08Ebd5+319qb72X3Z3qDtx+4Whu2n7XX3tfvRfe9uu28IkqFyK20z&#10;ACjkufHaq7W80GeqemeRVEVD5IIFBZcbDaiJPxE9OuInVsP989VLRSGHXDkVyriuTYtqwfVbf9CD&#10;Q6nQOrzbZv9ubO1Q1S9WsJqORvFxeNKIZB7Bn9PGuhdMtcgHObbOEL5oXKGkBHMo06OT5Zl1nt/9&#10;AX9YqhkXInhESLQCLsOjOA58rBKc+l2fZ81iXgiDlsTbLPyCWth5mOYplMQ2fR6FqPefUVeShlsa&#10;Ruh0FzvCBcTIhfI5w6GggmFPo2UUI8Gg43zU8xbSM4GSgJJd1Dvw/XF8PB1Px+kgHY6mgzQuy8Hz&#10;WZEORrPk6LB8VhZFmXzwopI0azilTHpdd92QpH/ntl1f9j7e98O+gtFj9FBqIHv3H0gHd3hD9Naa&#10;K7o5N16dNwo0QEjeNavvsIfzkHX/SZn8AgAA//8DAFBLAwQUAAYACAAAACEAV82o5N8AAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcUHUCYgW0jgVAvHTAwcCEuK2jbdJlNiO&#10;YqcNPH03JzitRjM7+226GU0rDtT72lkF8SICQbZwuralgs+Pp8tbED6g1dg6Swp+yMMmm52lmGh3&#10;tO90yEMpuMT6BBVUIXSJlL6oyKBfuI4se3vXGwws+1LqHo9cblp5FUVLabC2fKHCjh4qKpp8MIyR&#10;N2/1Frfh6/Xu+WVo6PdbXzwqdT4f79cgAo3hLwwTPu9Axkw7N1jtRct6FXNSwTJegZj8Se94Xt/E&#10;ILNU/n8gOwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBUG1x6cgIAAJoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXzajk3wAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="000F11EE" w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...67 lines deleted...]
-              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1061" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:512.35pt;margin-top:17.1pt;width:65.45pt;height:56.2pt;z-index:251695104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-            <v:textbox style="mso-next-textbox:#_x0000_s1061">
+          <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+          </v:shapetype>
+          <v:shape id="Ромб 52" o:spid="_x0000_s1059" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:507.35pt;margin-top:15.25pt;width:78pt;height:60.75pt;z-index:34;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTlruTNQIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbfye5GSdOssqmqlCCk&#10;ApUKB3Bsb9bC9hjbyaachivwjjhDjsTYSdPwIx4Q+2B57PE3M983s7OrndFkK31QYBtaDUpKpOUg&#10;lF039MP75YtLSkJkVjANVjb0QQZ6NX/+bNa7Wg6hAy2kJwhiQ927hnYxurooAu+kYWEATlq8bMEb&#10;FtH060J41iO60cWwLC+KHrxwHrgMAU9vDpd0nvHbVvL4rm2DjEQ3FHOLefV5XaW1mM9YvfbMdYof&#10;02D/kIVhymLQE9QNi4xsvPoNyijuIUAbBxxMAW2ruMw1YDVV+Us19x1zMteC5AR3oin8P1j+dnvn&#10;iRINHQ8pscygRvsv++/7b/uvBI+Qn96FGt3u3Z1PFQZ3C/xjIBYWHbNree099J1kArOqkn/x04Nk&#10;BHxKVv0bEIjONhEyVbvWmwSIJJBdVuThpIjcRcLxcDotL0rUjePVZFKNh+McgdWPj50P8ZUEQ9Km&#10;oUIxA1ZkfLa9DTHlw+pHr5w/aCWWSuts+PVqoT3ZMuyPZf6OAcK5m7akx2RS+L9DlPn7E4RRERtd&#10;K9PQy5MTqxNxL63IbRiZ0oc9pqztkclE3kGEuFvtslTVKEVIzK5APCC3Hg6NjYOImw78Z0p6bOqG&#10;hk8b5iUl+rVFfabVaJSmIBuj8WSIhj+/WZ3fMMsRqqE8ekoOxiIeZmfjvFp3GKvKhFi4RlVblel+&#10;yutYAbZuVuE4Zmk2zu3s9fQzmP8AAAD//wMAUEsDBBQABgAIAAAAIQDnlb6J4QAAAAwBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1E5LaRXiVAgoiKEDLUPHa2yS0PgcbLcN/57r&#10;BNu9u6d33ysWg+vE0YbYetKQjRQIS5U3LdUaPjbLmzmImJAMdp6shh8bYVFeXhSYG3+id3tcp1pw&#10;CMUcNTQp9bmUsWqswzjyvSW+ffrgMLEMtTQBTxzuOjlW6k46bIk/NNjbx8ZW+/XBacC2XYWwejX7&#10;Lb1N/PfL0/Ny86X19dXwcA8i2SH9meGMz+hQMtPOH8hE0bFW2e2MvRomagri7Mhmijc7nqZjBbIs&#10;5P8S5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA05a7kzUCAABUBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA55W+ieEAAAAMAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="000D6D47" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002A4DF1">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Условие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="0016714D" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:ind w:left="-284" w:right="-201"/>
-                    <w:rPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-                    <w:rPr>
+                  <w:r w:rsidRPr="0016714D">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">     </w:t>
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">2-шарт   </w:t>
+                    <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Ромб 53" o:spid="_x0000_s1058" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:280.1pt;margin-top:15.25pt;width:71.25pt;height:60.75pt;z-index:33;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqan8TNAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70umQkEwrndEoQxDS&#10;ACMNHKBiu9MW/mE76Qyn4QrsEWfIkSi7M5nwEQtELyyXXX716lVVzy/3WpGd8EFaU9NyMKREGGa5&#10;NJuafni/ejajJEQwHJQ1oqb3ItDLxdMn885VYmRbq7jwBEFMqDpX0zZGVxVFYK3QEAbWCYOXjfUa&#10;Ipp+U3APHaJrVYyGwxdFZz133jIRAp5e95d0kfGbRrD4rmmCiETVFLnFvPq8rtNaLOZQbTy4VrIj&#10;DfgHFhqkwaAnqGuIQLZe/galJfM22CYOmNWFbRrJRM4BsymHv2Rz14ITORcUJ7iTTOH/wbK3u1tP&#10;JK/p5DklBjTW6PDl8P3w7fCV4BHq07lQodudu/Upw+BuLPsYiLHLFsxGXHlvu1YAR1Zl8i9+epCM&#10;gE/JuntjOaLDNtos1b7xOgGiCGSfK3J/qojYR8Lw8GI4nk0nlDC8mk7LyWiSI0D18Nj5EF8Jq0na&#10;1JRL0NbwjA+7mxATH6gevDJ/qyRfSaWy4TfrpfJkB9gfq/wdA4RzN2VIh2RS+L9DDPP3JwgtIza6&#10;krqms5MTVEm4l4bnNowgVb9HysoclUzi9UWI+/U+l6rMKiRl15bfo7be9o2Ng4ib1vrPlHTY1DUN&#10;n7bgBSXqtcH6XJTjcZqCbIwn0xEa/vxmfX4DhiFUTVn0lPTGMvazs3VeblqMVWZBjL3CqjYyy/3I&#10;65gBtm6uwnHM0myc29nr8Wew+AEAAP//AwBQSwMEFAAGAAgAAAAhAHtXdRXfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGzUJlValMapEFAQQwdaBsZrfE1C43Ow3Tb8e8wE&#10;4+l9eu+7cjnaXpzIh86xhtuJAkFcO9Nxo+F9u7q5AxEissHeMWn4pgDL6vKixMK4M7/RaRMbkUo4&#10;FKihjXEopAx1SxbDxA3EKds7bzGm0zfSeDynctvLTKmZtNhxWmhxoIeW6sPmaDVg1629X7+Ywwe/&#10;Tt3X8+PTavup9fXVeL8AEWmMfzD86id1qJLTzh3ZBNFryGcqS6iGqcpBJGCusjmIXSLzTIGsSvn/&#10;heoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKmp/EzQCAABUBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAe1d1Fd8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002A4DF1" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002A4DF1">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>У</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002A4DF1">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>словие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="0016714D" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0016714D">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 51" o:spid="_x0000_s1052" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:27;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" coordsize="200025,142875" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbgn6piwMAAOwJAAAOAAAAZHJzL2Uyb0RvYy54bWysVn9u0zAU/h+JO1j+E4nlR9t0q9ZNMBhC&#10;GjBp5QCu4zQRSRxst+l2CY7ANSYhOEO5Ec92kjqrMiZEpUZ23pfPft/ze8+n59siRxsmZMbLOQ6O&#10;fIxYSXmclas5/ry4fHmMkVSkjEnOSzbHt0zi87Pnz07rasZCnvI8ZgIBSSlndTXHqVLVzPMkTVlB&#10;5BGvWAnGhIuCKJiKlRcLUgN7kXuh70dezUVcCU6ZlPD2jTXiM8OfJIyqT0kimUL5HMPelHkK81zq&#10;p3d2SmYrQao0o802yD/soiBZCYt2VG+IImgtsgOqIqOCS56oI8oLjydJRpnxAbwJ/Afe3KSkYsYX&#10;EEdWnUzy/9HSj5trgbJ4jicBRiUpIEa777tfux+7e/P/ubv//Q2BEZSqKzmDD26qa6F9ldUVp18k&#10;GLyeRU8kYNCy/sBjICRrxY0620QU+kvwG21NEG67ILCtQhReQlT9cIIRBVMwDo+nE720R2btx3Qt&#10;1TvGDRHZXEllYxjDyEQgbtxYQLyTIodwvvCQj2rUMDfwFgVuO6gU7deEaHZcoYMKplEYhIOEIwfq&#10;oyHCsYOyGxskBDG6HYaj42A0SBq5SKPjIOnUgVqXB1khhbv1h3U8cVB/IQyeGJmnhSZwY+OjCPyG&#10;52Qyiprs7oIY9EPzGNINz+OcbnQeR7rReRzpBucACamwag87SdvzT7dlkwAwQkSX3wUoozOi4lJn&#10;m84HyKmFSWUgAZy2OvBRDw6yavioSb9D+LgHB8U0vM3WQ/ikBwcxNHw6yB714HAGNfxkED7twfUJ&#10;0/ig56x1upFJQG942BUERtAVlvbcVERpdY2CMET1vjalXWnS1oJv2IIbnHpQ1mDFvTUvXZStImab&#10;pg0BtAXQ9TKjr9ldD358Moqsxk3XqsxibbkEbwM/ioy/EPKHNlM3WvF69O2iB5/sC6GztT7aqvxk&#10;4IGfOZfMFncttqnyneo6WE6llzzP4sssz7XOUqyWF7lAGwJt/dL8Gt96sLzUQQvCqe+b09Ez9jh0&#10;zQCQ3UsPJvi6jE3LSBmJ3zZjRbLcjo02TQfUTc92ySWPb6EBCm4vHHBBgkHKxR1GNVw25lh+XRPB&#10;MMrfl9DNT4LxGLRUZjKeTEOYCNeydC2kpEA1x1TBebWTC2XvNOtKZKsU1gqMwyV/Ba03yXSLND3a&#10;7quZwJXCSN5cf/SdxZ0b1P6SdvYHAAD//wMAUEsDBBQABgAIAAAAIQCHyNtM4gAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2mtDTEqRAVAg49tFTi6sYmibDXke026d+z&#10;PZXjzD7NzpSr0Vl2MiF2HiVkEwHMYO11h42E/dfbwxOwmBRqZT0aCWcTYVXd3pSq0H7ArTntUsMo&#10;BGOhJLQp9QXnsW6NU3Hie4N0+/HBqUQyNFwHNVC4s3wqxJw71SF9aFVvXltT/+6OTsLjerP+EOdP&#10;m7+Hb9xMh323DULK+7vx5RlYMmO6wnCpT9Whok4Hf0QdmSWdL5YZsRKW2YJGXJBZJubADmTNRA68&#10;Kvn/FdUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANuCfqmLAwAA7AkAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIfI20ziAAAADQEAAA8AAAAA&#10;AAAAAAAAAAAA5QUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD0BgAAAAA=&#10;" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 50" o:spid="_x0000_s1060" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:35;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASI9dfqgIAACMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NRekm06WovFCEt&#10;sNLCB7i201gkdrDdpiuEtBKvSHwCH8EL4rLfkP4RY6ctXeABIfLgeDwXn5k54+OTdV2hFddGKJnj&#10;6CjEiEuqmJCLHL98MRtMMDKWSEYqJXmOb7jBJ9OHD47bJuOxKlXFuEYQRJqsbXJcWttkQWBoyWti&#10;jlTDJSgLpWtiQdSLgGnSQvS6CuIwHAWt0qzRinJj4PSiV+Kpj18UnNrnRWG4RVWOAZv1q/br3K3B&#10;9JhkC02aUtAtDPIPKGoiJFy6D3VBLEFLLX4LVQuqlVGFPaKqDlRRCMp9DpBNFP6SzXVJGu5zgeKY&#10;Zl8m8//C0merK40Ey/EQyiNJDT3qPm5uNx+6b93d5l33qbvrvm7ed9+7z90XBEZQsbYxGTheN1fa&#10;5WyaS0VfGSTVeUnkgp9qrdqSEwY4I2cf3HNwggFXNG+fKgb3kaVVvnjrQtcuIJQFrX2PbvY94muL&#10;KBzGk+HYQaWgSsLxaOwRBSTbOTfa2Mdc1chtcqyBAj44WV0a68CQbGfiwatKsJmoKi/oxfy80mhF&#10;gC4z/3n8kOOhWSWdsVTOrY/YnwBGuMPpHFrf/jdpFCfhWZwOZqPJeJDMkuEgHYeTQRilZ+koTNLk&#10;YvbWAYySrBSMcXkpJN9RMUr+rtXboehJ5MmI2hynw3joc7+H3hwmGfrvT0nWwsJkVqLO8WRvRDLX&#10;10eSQdoks0RU/T64D99XGWqw+/uqeBa4xvcEsuv52hMvGu04NVfsBnihFfQNWgzPCmzcGkOXUQtT&#10;mmPzekk0x6h6IoFeaZQkoLJeSIbjGAR9qJkfaoikpYLhtxj123PbPwXLRotFCZdFvlxSnQIlC+Hp&#10;4ujaA9sSGSbR57V9NdyoH8re6ufbNv0BAAD//wMAUEsDBBQABgAIAAAAIQCNImVP3wAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUX8KCDDxhiXkx5cjfFYaAUinRLa3UV/&#10;vbMnPc7Mk3eet1wvbhR7O4fBE8LlKgFhqfVmoA7h7XVzkYEIUZPRoyeL8G0DrKvTk1IXxh/oxe63&#10;sRMcQqHQCH2MUyFlaHvrdFj5yRLfPv3sdORx7qSZ9YHD3SjTJLmVTg/EH3o92Yfetl/bnUNo3h+7&#10;5x+Tb2pV13noF6WePhTi+dlyfwci2iX+wXDUZ3Wo2KnxOzJBjAjqRjGJkKlr7nQE0oQ3DUJ+laUg&#10;q1L+r1D9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABIj11+qAgAAIwUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI0iZU/fAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAABAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" stroked="f">
+            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Запрос</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 49" o:spid="_x0000_s1053" style="position:absolute;left:0;text-align:left;margin-left:605.65pt;margin-top:427.05pt;width:64.3pt;height:32.6pt;z-index:28;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqy5oDEQUAAK8RAAAOAAAAZHJzL2Uyb0RvYy54bWy0WN1u2zYYvR+wdyB0OWC1JEuWbMQpirQZ&#10;BnRrgHjYNSPJllBJ1Eg6TvYSe4S9RoFhe4bsjXZIiTLlRkq2pQ1q6ufo8PvOoT6SOnt9V5XkNuOi&#10;YPXa8V65DsnqhKVFvVs7P20uv40dIiStU1qyOls795lwXp9//dXZoVllPstZmWacgKQWq0OzdnIp&#10;m9VsJpI8q6h4xZqsxs0t4xWVOOW7WcrpAexVOfNddzE7MJ42nCWZELj6tr3pnGv+7TZL5IftVmSS&#10;lGsHsUn9y/XvjfqdnZ/R1Y7TJi+SLgz6H6KoaFGj057qLZWU7HnxGVVVJJwJtpWvElbN2HZbJJnO&#10;Adl47kk21zltMp0LxBFNL5N4Odrkx9srTop07QRLh9S0gkcPvz/89fDHwyf9/8+HT3//RnATSh0a&#10;scID180VV7mK5j1LPgpSs3dpIa9YUUtE5oGGXeS03mVvOGeHPKOpvgyC2YBBnQhwkZvDDyxFx3Qv&#10;mVbxbssr1QP0IXfarPverOxOkgQXY2+x8GBpgluBF7i+NnNGV+bhZC/kdxnTRPT2vZCt1ymOtFNp&#10;l+4GJNuqhO3fzIhLDsT3Fq4ZGT0IaVmg/HGQb4F8N4jieIxubiFdMkIXWKDAXYZROEYXWshRuoUF&#10;mqaLLKQX+oE7yonXu5dlmhPDq0fO3SAe51Su9tBpGT3blidYbXPGbbaNeYLQtmec0LZmWkvPNsgl&#10;GITQaBGG80VXpo6D0TZoGmkbNI20DZpE4k07+jONtO2ZRg7dmcjdtx2a5rQNCmHm2Nvj2x4t8fqP&#10;vZC+7ZAXhROUtkNePI8imxNVamfqEM1NaUru6q424YiggK6dDcaEKlYNE6oQqlKFcrfx1IAACXDq&#10;rgWPBnCIquDzUXg8gEMvBQ9H4csBHGIoeDQGxzixY8dIVHA9kzwWu+8N4KoKKDxe8ZFkfX/4QJet&#10;N5ouho4dkNfl6w0SbkPrjOBYQKilw8YHFouHjRoqWD5s1EjAAmLj6+xhEJXKR02PQ3JYO+00QvL+&#10;CDMX36uF0oePajZT2IrdZhumn5LK4C4kM5Udb5e1DeuoIY9BmvumbTTdEYcjP+6ENBjTttiu62cD&#10;T3tOSiay1iklxv9WIg6idoD57twYNKqHG85RvqCHBTbpmbaTpIeispqxaCCm7RTpQ/gX0EcCeGFl&#10;4rgdt7679DtHx3SJAjVetSw91uRo2jbXIzKKTp0dIvvunw08xmmYvpAic881jj6piIU1UZn2RJE5&#10;lnGTb45R5PnAY5ymzy+kSOC1BQpF7UlFLKyJyrQnimDxppckYDUI07ZIo8jzgcc4DdMLKxKqHtSr&#10;EHrBU+WkfxksrAnLtCeShDFmiLb6GYRpW+Sx/+cjj5Ears9EgQX91KNmLmvPI1hZpJdFWapSLPju&#10;5qLk5JZiNrvU/7pwB7CyVjPXMkTZ0E+NUqi1abtJQq8DiqqQ2NGXRYUtWg+iK7UNfFenkIiuJC3K&#10;9liPIHUp03v1bgZle1Bc5+mBpIXArOu5UbTAsi8tMPX6UctKaLnDJ4dEcszITP5cyFzvl83UOsg4&#10;dtVfl3FPr9dQVs96e6p2pO1W94al99idglxxqq8cOMgZ/9UhB3wxWDvilz3lmUPK72vscJdeEAAm&#10;9UkQRlj+EG7fubHv0DoB1dqRDlZ66vBC4gyP7Bte7HKVtbagZm+wK94Waveq42uj6k7wVUAn0X3B&#10;UJ8d7HONOn5nOf8HAAD//wMAUEsDBBQABgAIAAAAIQC7qHKm4QAAAA0BAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJOG0jjEqRBSpXKDQg+9ufESR7XXUey24e9xT3Ac7dPM23o1&#10;OcvOOIbek4R8lgFDar3uqZPw9bl+KIGFqEgr6wkl/GCAVXN7U6tK+wt94HkbO5ZKKFRKgolxqDgP&#10;rUGnwswPSOn27UenYopjx/WoLqncWT7PsifuVE9pwagBXw22x+3JSaCj2i3X763NNnFvFuVmL/zw&#10;JuX93fTyDCziFP9guOondWiS08GfSAdmU57neZFYCeXiMQd2RYpCCGAHCSIXBfCm5v+/aH4BAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKsuaAxEFAACvEQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAu6hypuEAAAANAQAADwAAAAAAAAAAAAAAAABr&#10;BwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHkIAAAAAA==&#10;" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+            <v:stroke joinstyle="miter"/>
+            <v:shadow on="t" offset="6pt,6pt"/>
+            <v:formulas/>
+            <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;7742219,0;15484400,0;15484400,2921141;15484400,5842282;7742219,5842282;0,5842282;0,2921141" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+            <o:lock v:ext="edit" verticies="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13825"/>
+        <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13825" w:type="dxa"/>
+            <w:tcW w:w="14167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...43 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушы</w:t>
+              <w:t>Услугополучатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                         </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">                                                                                                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="9217" w:firstLine="709"/>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="9217" w:firstLine="709"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="9217" w:firstLine="709"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9217" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9217" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9217" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+          <w:tab w:val="left" w:pos="8080"/>
+          <w:tab w:val="left" w:pos="8789"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9217"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    к регламенту  государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="9217"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="3"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Выдача справок по опеке и попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E319E7">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Диаграмма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің </w:t>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>функционального взаимодействия информационных систем, задействованных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E319E7">
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оказании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственной услуги через портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>функционалдық өзара іс-қимыл диаграммасы</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="202"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13826" w:type="dxa"/>
+            <w:tcW w:w="14317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Блок-схема: сохраненные данные 8" o:spid="_x0000_s1071" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:5.05pt;width:86.1pt;height:33.85pt;z-index:251705344;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 8">
+                <v:shape id="Блок-схема: сохраненные данные 47" o:spid="_x0000_s1065" type="#_x0000_t130" style="position:absolute;margin-left:22pt;margin-top:6.15pt;width:101.9pt;height:33pt;z-index:40;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxpXn7cwIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu1DAQvSPxD5bvbTbLlnajZquqpQip&#10;0EqFD/A6TmLh2GHs3Ww50UNPnPiTHugFaL/B+0eMne2yBU6IHCyPx36e954n+weLRpG5ACuNzmm6&#10;PaBEaG4Kqaucvnt7srVHiXVMF0wZLXJ6KSw9mDx9st+1mRia2qhCAEEQbbOuzWntXJslieW1aJjd&#10;Nq3QmCwNNMxhCFVSAOsQvVHJcDB4nnQGihYMF9bi6nGfpJOIX5aCu7OytMIRlVOszcUR4jgNYzLZ&#10;Z1kFrK0lX5XB/qGKhkmNl66hjpljZAbyD6hGcjDWlG6bmyYxZSm5iByQTTr4jc1FzVoRuaA4tl3L&#10;ZP8fLH8zPwcii5yOdinRrEGP/Bf/3d/7b1vLq+W1v/U//E1Gllf+fnm9/ORv/B2u3fm75Wd/S/zX&#10;uNAHCIF6dq3NEPaiPYegiG1PDX9viTZHNdOVOAQwXS1YgSzSsD95dCAEFo+SaffaFFgNmzkTpV2U&#10;0ARAFI0sooOXawfFwhGOi+lwPEqfodEcc6N0nA6ixQnLHk63YN1LYRoSJjktlemwLnBnWkktLpwB&#10;VgXNWcbmp9aF+lj2cCjyMUoWJ1KpGEA1PVJA5gzf10n8IiWkvblNadLldLwz3InIj3J2E2IQv79B&#10;NNJhoyjZ5HRvvYllQcgXuojP2DGp+jmWrPRK2SBmb4pbTBfR6nTt09QUl6g1mL4xsJFxUhv4SEmH&#10;TZFT+2HGQFCiXmn0a5yORqGLYjDa2R1iAJuZ6WaGaY5QOeUOKOmDI9f33qwFWdV4VxoF0eYQXS5l&#10;lDu8gL6uFQN8+tGFVZuG3tqM465fP5PJTwAAAP//AwBQSwMEFAAGAAgAAAAhAC01VAjhAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISFwmlq6r2FSaTmMS3PjapkncssZrKxqn&#10;a9Ku/HvMCY72a71+nmw12kYM2PnakYLZNAKBVDhTU6lgv3u6W4LwQZPRjSNU8I0eVvn1VaZT4y70&#10;gcM2lIJLyKdaQRVCm0rpiwqt9lPXInF2cp3VgceulKbTFy63jYyj6F5aXRN/qHSLmwqLr21vFUzW&#10;5757mXyeDsPrbHN+fD+8Wf+s1O3NuH4AEXAMf8fwi8/okDPT0fVkvGgUJAmrBN7HcxCcx8mCVY4K&#10;Fss5yDyT/wXyHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDxpXn7cwIAAJQEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAtNVQI4QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00CE7894" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
-                          <w:jc w:val="center"/>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="both"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00CE7894">
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ЭҮП АЖ</w:t>
+                          <w:t>ИС ПЭП</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1072" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:5.05pt;width:88.05pt;height:35.3pt;z-index:251706368;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
+                <v:shape id="Блок-схема: сохраненные данные 44" o:spid="_x0000_s1066" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:6.25pt;width:88.05pt;height:34.5pt;z-index:41;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrrn7EdAIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFy0zAQvTPDP2h0bx2nCaSeOp1OShlm&#10;Cu1M4AMUWbY1yJJZKXHKiR564sSf9EAvQPsNyh+xlpOQAicGHzRarfS07z2tj46XlSILAVYandJ4&#10;v0eJ0NxkUhcpfff2bG9EiXVMZ0wZLVJ6JSw9Hj99ctTUieib0qhMAEEQbZOmTmnpXJ1EkeWlqJjd&#10;N7XQmMwNVMxhCEWUAWsQvVJRv9d7FjUGshoMF9bi6mmXpOOAn+eCu4s8t8IRlVKszYURwjhrx2h8&#10;xJICWF1Kvi6D/UMVFZMaL91CnTLHyBzkH1CV5GCsyd0+N1Vk8lxyETggm7j3G5tpyWoRuKA4tt7K&#10;ZP8fLH+zuAQis5QOBpRoVqFH/ov/7h/8t73V9erG3/kf/jYhq2v/sLpZffK3/h7X7v396rO/I/5r&#10;WOgChEA9m9omCDutL6FVxNbnhr+3RJtJyXQhTgBMUwqWIYu43R89OtAGFo+SWfPaZFgNmzsTpF3m&#10;ULWAKBpZBgevtg6KpSMcF+M4HvUPhpRwzA0ORvEwWByxZHO6ButeClORdpLSXJkG6wJ3oZXUYuoM&#10;sKLVnCVscW5dWx9LNocCH6NkdiaVCgEUs4kCsmD4vs7CFygh7d1tSpMmpYfD/jAgP8rZXYhe+P4G&#10;UUmHjaJkldLRdhNLWiFf6Cw8Y8ek6uZYstJrZVsxO1PccrYMVsejjU8zk12h1mC6xsBGxklp4CMl&#10;DTZFSu2HOQNBiXql0a/DeDBouygEg+HzPgawm5ntZpjmCJVS7oCSLpi4rvfmNciixLviIIg2J+hy&#10;LoPc7Qvo6lozwKcfXFi3adtbu3HY9etnMv4JAAD//wMAUEsDBBQABgAIAAAAIQBs+CHn4QAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsKuqkIlUIcapSCXa8CqrEzo2nSUQ8&#10;TmMnDX/PdAXL0T26c26+mmwrRux940hBPI9AIJXONFQp+Px4vElB+KDJ6NYRKvhBD6vi8iLXmXEn&#10;esdxGyrBJeQzraAOocuk9GWNVvu565A4O7je6sBnX0nT6xOX21YuomgprW6IP9S6w02N5fd2sApm&#10;6+PQP8++DrvxJd4cH952r9Y/KXV9Na3vQQScwh8MZ31Wh4Kd9m4g40WrIF2md4xysEhAnIHoNuF1&#10;e47iBGSRy/8Til8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA665+xHQCAACUBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbPgh5+EAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="001521E1" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="001521E1">
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ӨЭҮШ АЖО</w:t>
+                          <w:t>АРМ РШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1077" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:5.05pt;width:75pt;height:33.85pt;z-index:251711488;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1077">
+                <v:shape id="Блок-схема: сохраненные данные 46" o:spid="_x0000_s1108" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:6.25pt;width:75pt;height:33pt;z-index:83;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBewA3bgIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu1DAQvSPxD5bvbTarbelGzVZVSxFS&#10;oZUKH+B1nMTCsc3Yu9lyooeeOPEnPdAL0H5D9o8YO9vtFjghfLA8Hs+bmfcy2T9YNIrMBThpdE7T&#10;7QElQnNTSF3l9P27k609SpxnumDKaJHTS+HoweT5s/3WZmJoaqMKAQRBtMtam9Pae5slieO1aJjb&#10;NlZodJYGGubRhCopgLWI3qhkOBjsJq2BwoLhwjm8Pe6ddBLxy1Jwf1aWTniicoq1+bhD3KdhTyb7&#10;LKuA2VryVRnsH6pomNSYdA11zDwjM5B/QDWSg3Gm9NvcNIkpS8lF7AG7SQe/dXNRMytiL0iOs2ua&#10;3P+D5W/n50BkkdPRLiWaNahR97X70d1337eWV8vr7rb72d1kZHnV3S+vl5+7m+4O7+66u+WX7pZ0&#10;3+JFbyAE8tlalyHshT2HwIizp4Z/cESbo5rpShwCmLYWrMAu0vA+eRIQDIehZNq+MQVWw2beRGoX&#10;JTQBEEkji6jg5VpBsfCE4+V4Z7gzQJ05ukbpOMVzyMCyh2ALzr8SpiHhkNNSmRbLAn+mldTiwhtg&#10;VaCcZWx+6nwf/BAU2zFKFidSqWhANT1SQOYMP6+TuFb53OYzpUnb1xaRn/jcJsQgrr9BNNLjnCjZ&#10;5HRv/YhlgceXusAyWeaZVP0Z+1V6RWzgstfEL6aLqHQ6DhkC0VNTXCLVYPq5wDnGQ23gEyUtzkRO&#10;3ccZA0GJeq1RrnE6GoUhisZo58UQDdj0TDc9THOEyin3QElvHPl+9GYWZFVjrjQSos0hilzKSPdj&#10;XasO8MuPEq6mNIzWph1fPf5LJr8AAAD//wMAUEsDBBQABgAIAAAAIQC/8UqU4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQu05Z2YqWUptOYBDcGbGgSt6zx2orG6ZK0K29P&#10;doKj/X/6/TlfjrplA1rXGBIQzyJgSKVRDVUCPnfP0xSY85KUbA2hgB90sCyur3KZKXOmDxy2vmKh&#10;hFwmBdTedxnnrqxRSzczHVLIjsZq6cNoK66sPIdy3fJ5FCVcy4bChVp2uK6x/N72WsBkdert6+Tr&#10;uB828fr09L5/0+5FiNubcfUIzOPo/2C46Ad1KILTwfSkHGsFJMnDXUBDMF8AC0AaXxYHAffpAniR&#10;8/8fFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgXsAN24CAACTBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAv/FKlOEAAAAJAQAADwAAAAAA&#10;AAAAAAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="001521E1" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="001521E1">
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ЭҮШ</w:t>
+                          <w:t>ШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="001521E1" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1080" style="position:absolute;margin-left:205.45pt;margin-top:5.05pt;width:56.8pt;height:35.75pt;z-index:251714560;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1080">
+                <v:rect id="Прямоугольник 45" o:spid="_x0000_s1111" style="position:absolute;margin-left:205.7pt;margin-top:6.25pt;width:56.8pt;height:34.6pt;z-index:86;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZlNtMUwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE033d1GTVerLkVI&#10;C6y08ACu4zQWjm3GbtNyQtorEo/AQ3BB/OwzpG/ExOl2u8AJkYPl8Yw/z3zfTMZn60qRlQAnjc5o&#10;3OtTIjQ3udSLjL55PXtySonzTOdMGS0yuhGOnk0ePxrXNhUDUxqVCyAIol1a24yW3ts0ihwvRcVc&#10;z1ih0VkYqJhHExZRDqxG9EpFg37/OKoN5BYMF87h6UXnpJOAXxSC+1dF4YQnKqOYmw8rhHXertFk&#10;zNIFMFtKvkuD/UMWFZMaH91DXTDPyBLkH1CV5GCcKXyPmyoyRSG5CDVgNXH/t2quS2ZFqAXJcXZP&#10;k/t/sPzl6gqIzDOaDCnRrEKNms/bD9tPzY/mdnvTfGlum+/bj83P5mvzjWAQMlZbl+LFa3sFbc3O&#10;Xhr+1hFtpiXTC3EOYOpSsBzzjNv46MGF1nB4lczrFybH99jSm0DeuoCqBURayDpotNlrJNaecDw8&#10;GcRHx6gkR1dyNEoGQcOIpXeXLTj/TJiKtJuMArZAAGerS+fbZFh6FxKSN0rmM6lUMGAxnyogK4bt&#10;MgtfyB9rPAxTmtQZHQ0Hw4D8wOcOIfrh+xtEJT32vZJVRk/3QSxtWXuq89CVnknV7TFlpXc0tsx1&#10;Cvj1fB2U6yhoaZ2bfIPEgun6HOcSN6WB95TU2OMZde+WDAQl6rlGcUZxkrRDEYxkeIJABA4980MP&#10;0xyhMso9UNIZU9+N0tKCXJT4VhwI0eYcJS1koPs+r10F2MlBhd3UtaNyaIeo+3/D5BcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQAayKRS3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4MXaBFG0oS0OMxhg9CPXS25YdgcjOEnZL8d87nvQ4eV/efC/fLXYQM06+d6QgXkUgkBpnemoV&#10;fOyfbjcgfNBk9OAIFXyjh11xeZHrzLgzVTjXoRVcQj7TCroQxkxK33RotV+5EYmzTzdZHficWmkm&#10;feZyO8gkiu6k1T3xh06P+NBh81WfrIKDe3OPZYTPY7d/CfNNWb2+15VS11dLuQURcAl/MPzqszoU&#10;7HR0JzJeDArWcbxmlIMkBcFAmqQ87qhgE9+DLHL5f0HxAwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFmU20xTAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABrIpFLfAAAACQEAAA8AAAAAAAAAAAAAAAAArQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00CE7894" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00CE7894">
+                        <w:r w:rsidRPr="00FD1C2C">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  Портал</w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Портал</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1079" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:251713536;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
+                <v:shape id="Соединительная линия уступом 43" o:spid="_x0000_s1110" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:85;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUmdW6mAIAANMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm24thC5KCQ7G76&#10;CZD0ALRIWWwpUiAZf1B00WRbIGfoDbpogQDp5wryjTqkFTdpN0VRLeghZ/hm3uOMj0/WtUBLpg1X&#10;MsXRQYgRk4WiXC5S/Op81hthZCyRlAglWYo3zOCTyeNHx6smYX1VKUGZRgAiTbJqUlxZ2yRBYIqK&#10;1cQcqIZJcJZK18TCVi8CqskK0GsR9MNwGKyUpo1WBTMGTvOdE088flmywr4sS8MsEimG2qxftV/n&#10;bg0mxyRZaNJUvOjKIP9QRU24hKR7qJxYgi40/wOq5oVWRpX2oFB1oMqSF8xzADZR+Bubs4o0zHMB&#10;cUyzl8n8P9jixfJUI05THA8wkqSGN2o/tt/bL+3n9qb91t5sL8G+3X4A+9P2GrW33fE12l5t328v&#10;t1ftD4j/igAA1Fw1JgHQTJ5qp0exlmfNM1W8MUiqrCJywTyr800DmSJ3I3hwxW1MAzXNV88VhRhy&#10;YZWXdl3qGmkFTxiFo9B9/hg0RGv/oJv9g7K1RQUcDuA7OsSoANdwcOizkcQBudoabexTpmrkjBTP&#10;mbSZkhJ6RumBxybLZ8b6Z6WdNoS+jjAqawFdsiQCxeNx6HkHJOmiwbpDdlelmnEhfJ8JiVZQff+o&#10;K90owanzujijF/NMaASowGPHz6kDnvthNbcwMILXKe5E8NAVI3Qqqbct4QJsZL3GVnNQXTDscteM&#10;YiQYjKqzdvBCuvQgWcfViedb9+04HE9H01Hci/vDaS8O87z3ZJbFveEsOjrMB3mW5dE7J1QUJxWn&#10;lElH5m6Movjv2rQb6N0A7AdpL1vwEN0rAiXe/fqifQu5rtn131zRzal27Fw3weT44G7K3Wje3/uo&#10;X/9Fk58AAAD//wMAUEsDBBQABgAIAAAAIQBLCpHI3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BTsMwEEX3SNzBGiQ2iDqp2iikcaoKqYgVoi0HcOIhjhqPI9tNze1xV7Ccmac/79fbaEY2o/OD&#10;JQH5IgOG1Fk1UC/g67R/LoH5IEnJ0RIK+EEP2+b+rpaVslc64HwMPUsh5CspQIcwVZz7TqORfmEn&#10;pHT7ts7IkEbXc+XkNYWbkS+zrOBGDpQ+aDnhq8bufLwYAZ8zP9HuPfat++DruH/Sb3k4CPH4EHcb&#10;YAFj+IPhpp/UoUlOrb2Q8mwUUOb5S0IFLMs1sASUxWoFrL0tCuBNzf83aH4BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAVJnVupgCAADTBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEASwqRyN4AAAAJAQAADwAAAAAAAAAAAAAAAADyBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" adj="10779" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1078" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:251712512;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 42" o:spid="_x0000_s1109" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:84;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwFrxEYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOkjhC5KCQ7G7S&#10;NkDSA9AiZRGlSIJkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNkKtGDGciVz&#10;nBzEGDFZKcrlPMdvr6eDEUbWEUmJUJLleMUsPh8/f3bW6YwNVaMEZQYBiLRZp3PcOKezKLJVw1pi&#10;D5RmEg5rZVriYGvmETWkA/RWRMM4Po46Zag2qmLWwtdyc4jHAb+uWeXe1LVlDokcAzcXVhPWmV+j&#10;8RnJ5obohldbGuQfWLSES0i6hyqJI+jG8D+gWl4ZZVXtDirVRqquecVCDVBNEv9WzVVDNAu1QHOs&#10;3rfJ/j/Y6vXi0iBOc5wOMZKkhRn1n9a36/v+R/95fY/WH/sHWNZ369v+S/+9/9Y/9F8ROEPnOm0z&#10;ACjkpfG1V0t5pS9U9c4iqYqGyDkLFVyvNKAmPiJ6EuI3VkP+WfdKUfAhN06FNi5r03pIaBBahmmt&#10;9tNiS4cq+HgIz8kRRtXuKCLZLk4b614y1SJv5Ng6Q/i8cYWSEiShTBKykMWFdZ4VyXYBPqlUUy5E&#10;UIaQqAPqw5M4DhFWCU79qfezZj4rhEEL4sUVnlAjnDx2M+pG0oDWMEInW9sRLsBGLjTHGQ7tEgz7&#10;dC2jGAkG98lbG35C+oxQOjDeWht9vT+NTyejySgdpMPjySCNy3LwYlqkg+NpcnJUHpZFUSYfPPkk&#10;zRpOKZOe/07rSfp3Wtreuo1K92rfdyp6ih5aCmR370A6zN6PeyOcmaKrS+Or8zIAeQfn7VX09+fx&#10;Pnj9+mGMfwIAAP//AwBQSwMEFAAGAAgAAAAhAH+ss7/aAAAABwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMjkFPg0AUhO8m/ofNM/Fi2oWGIEWWRkwwXq3G85Z9ApZ9S9ilxX/v04s9TSYzmfmK3WIHccLJ&#10;944UxOsIBFLjTE+tgve3epWB8EGT0YMjVPCNHnbl9VWhc+PO9IqnfWgFj5DPtYIuhDGX0jcdWu3X&#10;bkTi7NNNVge2UyvNpM88bge5iaJUWt0TP3R6xKcOm+N+tgrunK2+fH18ruakqacq/XjBdqPU7c3y&#10;+AAi4BL+y/CLz+hQMtPBzWS8GBRkcbzlqoJ7Fs6zNElAHP68LAt5yV/+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHAWvERhAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH+ss7/aAAAABwEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="000F11EE" w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="000F11EE" w:rsidRPr="00E319E7">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 17" o:spid="_x0000_s1074" type="#_x0000_t32" style="position:absolute;margin-left:343.5pt;margin-top:32.1pt;width:46.95pt;height:0;rotation:270;z-index:251708416;visibility:visible" adj="-201462,-1,-201462">
+                <v:shape id="Соединительная линия уступом 41" o:spid="_x0000_s1107" type="#_x0000_t34" style="position:absolute;margin-left:218.45pt;margin-top:27.75pt;width:30.2pt;height:.05pt;rotation:-90;z-index:82;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVfYYylgIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVm27DpC5KCQ7G7S&#10;JkDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQVtym3RRFtaCH5PDNmzczPjreVAKtmDZc&#10;yQSHB32MmMwV5XKZ4JcX894EI2OJpEQoyRK8ZQYfTx8/OlrXMRuoUgnKNAIQaeJ1neDS2joOApOX&#10;rCLmQNVMwmWhdEUsbPUyoJqsAb0SwaDfHwdrpWmtVc6MgdNsd4mnHr8oWG5Pi8Iwi0SCgZv1q/br&#10;wq3B9IjES03qkucdDfIPLCrCJQTdQ2XEEnSp+R9QFc+1MqqwB7mqAlUUPGc+B8gm7P+WzXlJauZz&#10;AXFMvZfJ/D/Y/MXqTCNOExyFGElSQY2aD8235nPzqbltvja37RXYd+17sD+2N6i5645vUHvdvmuv&#10;2uvmO/h/QQAAaq5rEwNoKs+00yPfyPP6ROWvDZIqLYlcMp/VxbaGSP5F8OCJ25gaOC3WzxUFH3Jp&#10;lZd2U+gKaQUlDMdQevj8MWiINr6g231B2caiHA6Hk+EogrLncDUejhy/gMQOyHGrtbHPmKqQMxK8&#10;YNKmSkroGaWHHpusToz1ZaWdNoS+Ap2KSkCXrIhAI89jh9t5Q4R7ZPdUqjkXwveZkGid4MPRYOTR&#10;jRKcukvnZvRykQqNABTS8F9H94FbxS3Mi+BVgid7JxKXjNCZpD6KJVyAjayX2GoOoguGXeiKUYwE&#10;g0l11o61kC48KNal6rTznfvmsH84m8wmUS8ajGe9qJ9lvafzNOqN5+GTUTbM0jQL37pMwiguOaVM&#10;umTupyiM/q5Lu3ne9f9+jvaqBQ/RfQGB4v2vJ+07yDXNrv0Wim7PtMvONRMMjnfuhtxN5q977/Xz&#10;r2j6AwAA//8DAFBLAwQUAAYACAAAACEAfslOo9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hI3FiyaaJTaTohJO6wwSRuaeK1HY1Tkqwr/x5zgpNlv6fn71Xb2Q9iwpj6QBqW&#10;CwUCyQbXU6vhbf98twGRsiFnhkCo4RsTbOvrq8qULlzoFaddbgWHUCqNhi7nsZQy2Q69SYswIrF2&#10;DNGbzGtspYvmwuF+kCul7qU3PfGHzoz41KH93J29hkGeJmvtXjVfp3B8KebVe/w4aH17Mz8+gMg4&#10;5z8z/OIzOtTM1IQzuSQGDeuN4i6ZhYInG/iwBNFoKIo1yLqS/xvUPwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCVfYYylgIAANIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQB+yU6j3AAAAAkBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 40" o:spid="_x0000_s1069" type="#_x0000_t32" style="position:absolute;margin-left:389.5pt;margin-top:10.15pt;width:0;height:35.2pt;z-index:44;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyy8nkawIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu8hMiB4Vkd5O2&#10;AZIegCYpiyhFCiRj2SgKpL1AjtArdNNFP8gZ5Bt1SNlu0m6Kol7QQ3L4OO/xjc7OV41ES26s0CrH&#10;yUGMEVdUM6EWOX5zPRudYGQdUYxIrXiO19zi88nTJ2ddm/GxrrVk3CAAUTbr2hzXzrVZFFla84bY&#10;A91yBZuVNg1xMDWLiBnSAXojo3EcH0WdNqw1mnJrYbUcNvEk4FcVp+51VVnukMwx1ObCaMI492M0&#10;OSPZwpC2FnRbBvmHKhoiFFy6hyqJI+jGiD+gGkGNtrpyB1Q3ka4qQXngAGyS+Dc2VzVpeeAC4th2&#10;L5P9f7D01fLSIMFynII8ijTwRv2nze3mrv/Rf97coc2H/h6GzcfNbf+l/95/6+/7rwiSQbmutRkA&#10;FOrSeO50pa7aC03fWqR0URO14IHB9boF1MSfiB4d8RPbwv3z7qVmkENunA4yrirTeEgQCK3Ca633&#10;r8VXDtFhkcJqmh7HQzkRyXbnWmPdC64b5IMcW2eIWNSu0EqBJbRJwi1keWGdr4pkuwP+UqVnQsrg&#10;DKlQl+PTw/FhOGC1FMxv+jRrFvNCGrQk3lvhFyjCzsM0j1wSWw95DKLBdEbfKBYuqTlh023siJAQ&#10;Ixc0c0aAipJjX0XDGUaSQ5v5aChbKl8JKAJEttFgu3en8en0ZHqSjtLx0XSUxmU5ej4r0tHRLDk+&#10;LJ+VRVEm7z2pJM1qwRhXnteuBZL07yy2bcbBvPsm2AsYPUYPSkOxu/9QdLCEd8Hgp7lm60vj2Xl3&#10;gOtD8rZDfVs9nIesX9+RyU8AAAD//wMAUEsDBBQABgAIAAAAIQAUO3jR2wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWNLyUShNJ8TGiRODA0evMW0hcUqSbeXfE8QBjrZf&#10;PX7eZjk7K/YU4uhZQ7FQIIg7b0buNbw8P5xdg4gJ2aD1TBq+KMKyPT5qsDb+wE+036ReZAjHGjUM&#10;KU21lLEbyGFc+Ik43958cJjyGHppAh4y3FlZKnUlHY6cPww40f1A3cdm5zTcdG5dptdHi5+r91Uo&#10;krqU5Vrr05P57hZEojn9heFHP6tDm522fscmCquhqoqLHNVQqnMQOfC72Ga6qkC2jfzfoP0GAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAssvJ5GsCAACPBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFDt40dsAAAAJAQAADwAAAAAAAAAAAAAAAADF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 18" o:spid="_x0000_s1075" type="#_x0000_t32" style="position:absolute;margin-left:359.2pt;margin-top:35.1pt;width:40.95pt;height:0;rotation:90;z-index:251709440;visibility:visible" adj="-237679,-1,-237679">
+                <v:shape id="Прямая со стрелкой 39" o:spid="_x0000_s1068" type="#_x0000_t34" style="position:absolute;margin-left:349.05pt;margin-top:32.6pt;width:35.95pt;height:.05pt;rotation:270;z-index:43;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrgdtJcQIAAJkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubVn+JLEQOSgku5u0&#10;DZC0e1qkLKIUSZCMZaMokPYCOUKv0E0X/SBnkG/UIeU4TbspinoxHpIzj2+Gb3R6tqkFWjNjuZIp&#10;jvsDjJgsFOVyleLXV4veCUbWEUmJUJKleMssPps9fXLa6IQNVaUEZQYBiLRJo1NcOaeTKLJFxWpi&#10;+0ozCYelMjVxsDSriBrSAHotouFgcBQ1ylBtVMGshd28O8SzgF+WrHCvytIyh0SKgZsL1gS79Daa&#10;nZJkZYiueLGnQf6BRU24hEsPUDlxBF0b/gdUzQujrCpdv1B1pMqSFyzUANXEg9+quayIZqEWaI7V&#10;hzbZ/wdbvFxfGMRpikdTjCSp4Y3aT7ub3W37o/28u0W7D+0dmN3H3U37pf3efmvv2q8IgqFzjbYJ&#10;AGTywvjai4281OeqeGuRVFlF5IqFCq62GlBjnxE9SvELq+H+ZfNCUYgh106FNm5KU6NScP3GJ3pw&#10;aBXahHfbHt6NbRwqus0Cdifx6DiehGtI4hF8njbWPWeqRt5JsXWG8FXlMiUliEOZDp2sz63z/B4S&#10;fLJUCy5E0IiQqEnxdDKcBDpWCU79oQ+zZrXMhEFr4lUWfnsWj8I8g5zYqouj4Pkokhh1LWnwKkbo&#10;fO87wgX4yIXuOcOhn4Jhz6JmFCPBYOC819EW0kNBR6CQvdcJ8N10MJ2fzE/GvfHwaN4bD/K892yR&#10;jXtHi/h4ko/yLMvj976oeJxUnFImfV33wxCP/05s+7HsZHwYh0MDo8foodNA9v4/kA7i8HrolLVU&#10;dHthfHVeJ6D/ELyfVT9gv65D1MMXZfYTAAD//wMAUEsDBBQABgAIAAAAIQDXNnvu2gAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BboMwDIbvk/oOkSfttoa2Umkpoaom7bDjgAcIxCVoxEEkLWxP&#10;P087bEf7//T7c35e3CDuOIXek4LNOgGB1HrTU6egrl6fDyBC1GT04AkVfGKAc7F6yHVm/EzveC9j&#10;J7iEQqYV2BjHTMrQWnQ6rP2IxNnVT05HHqdOmknPXO4GuU2SvXS6J75g9YgvFtuP8uYUyMbS9HWt&#10;6v2cvI31XJq0ckapp8flcgIRcYl/MPzoszoU7NT4G5kgBgXpbndklIN0C4KB30Wj4HjYgCxy+f+D&#10;4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBrgdtJcQIAAJkEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDXNnvu2gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAMsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" adj="10785,-100008000,-274852">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 28" o:spid="_x0000_s1076" type="#_x0000_t32" style="position:absolute;margin-left:222.85pt;margin-top:31.75pt;width:34.3pt;height:0;rotation:270;z-index:251710464;visibility:visible" adj="-195785,-1,-195785">
+                <v:shape id="Прямая со стрелкой 38" o:spid="_x0000_s1067" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:42;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9waerZwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm2nCZC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPYCOUKv0E0X/SBnkG/UIeU4SbspinpBD8mZxzczb3Ryum4FWjJjuZI5&#10;Tg5ijJisFOVykeM3l7PBEUbWEUmJUJLleMMsPp08fXKy0hkbqkYJygwCEGmzlc5x45zOoshWDWuJ&#10;PVCaSbislWmJg61ZRNSQFaC3IhrG8WG0UoZqoypmLZyW/SWeBPy6ZpV7XdeWOSRyDNxcWE1Y536N&#10;JickWxiiG17taJB/YNESLuHRPVRJHEFXhv8B1fLKKKtqd1CpNlJ1zSsWcoBskvi3bC4aolnIBYpj&#10;9b5M9v/BVq+W5wZxmuMRdEqSFnrUfd5eb2+6n92X7Q3afuxuYdl+2l53X7sf3ffutvuGwBkqt9I2&#10;A4BCnhufe7WWF/pMVe8skqpoiFywkMHlRgNq4iOiRyF+YzW8P1+9VBR8yJVToYzr2rSoFly/9YEe&#10;HEqF1qFvm33f2Nqhqj+s4HQ8GqVxaGlEMo/g47Sx7gVTLfJGjq0zhC8aVygpQRzK9OhkeWad53cf&#10;4IOlmnEhgkaERKscH4+H40DHKsGpv/Ru1izmhTBoSbzKwi8kCzcP3Yy6kjSANYzQ6c52hAuwkQtV&#10;coZD3QTD/rWWUYwEg8HyVk9PSP8iZA6Ed1YvtPfH8fH0aHqUDtLh4XSQxmU5eD4r0sHhLHk2Lkdl&#10;UZTJB08+SbOGU8qk538n+iT9O1Htxq+X6172+0JFj9FDRYHs3X8gHUTg+94raK7o5tz47LweQOfB&#10;eTeTfpAe7oPX/Zdj8gsAAP//AwBQSwMEFAAGAAgAAAAhALrrUvfdAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SFwQtWvxU4U4FQIKJ1QRyt2NlyRqvI5it03eni0XuM3sjma/&#10;zZej78QBh9gGMjCfKRBIVXAt1QY2n6vrBYiYLDnbBUIDE0ZYFudnuc1cONIHHspUCy6hmFkDTUp9&#10;JmWsGvQ2zkKPxLvvMHib2A61dIM9crnvpFbqTnrbEl9obI9PDVa7cu8NPJfr29XX1WbUU/X2Xr4u&#10;dmuaXoy5vBgfH0AkHNNfGE74jA4FM23DnlwUHXutbjjK4l6DOAV+B1sWaq5BFrn8/0LxAwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL3Bp6tnAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALrrUvfdAAAACgEAAA8AAAAAAAAAAAAAAAAAwQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="428"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
         <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="419"/>
-        <w:gridCol w:w="13864"/>
+        <w:gridCol w:w="401"/>
+        <w:gridCol w:w="13882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:trPr>
           <w:trHeight w:val="4099"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Э</w:t>
+              <w:t>П</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ү</w:t>
+              <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 62" o:spid="_x0000_s1149" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:38.9pt;width:33pt;height:30pt;z-index:251785216;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Овал 62">
+                <v:oval id="Овал 37" o:spid="_x0000_s1091" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:38.9pt;width:33pt;height:30pt;z-index:66;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkveETMQIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU12O0zAQfkfiDpbfaZpuy26jpqtVlyKk&#10;BVZaOIDrOI2F4zFjt2k5DGdAvHKJHomx2+0PvCHyYM14xl+++WZmcrtpDVsr9BpsyfNenzNlJVTa&#10;Lkv++dP81Q1nPghbCQNWlXyrPL+dvnwx6VyhBtCAqRQyArG+6FzJmxBckWVeNqoVvgdOWQrWgK0I&#10;5OIyq1B0hN6abNDvv846wMohSOU93d7vg3ya8OtayfCxrr0KzJScuIV0YjoX8cymE1EsUbhGywMN&#10;8Q8sWqEt/fQIdS+CYCvUf0G1WiJ4qENPQptBXWupUg1UTd7/o5qnRjiVaiFxvDvK5P8frPywfkSm&#10;q5JfXXNmRUs92n3f/dz92P1idEX6dM4XlPbkHjFW6N0DyC+eWZg1wi7VHSJ0jRIVscpjfnbxIDqe&#10;nrJF9x4qQherAEmqTY1tBCQR2CZ1ZHvsiNoEJulymI/zPvVNUujqhszUsUwUz48d+vBWQcuiUXJl&#10;jHY+aiYKsX7wIfIRxXNW4g9GV3NtTHJwuZgZZGtB8zFPXyqByjxPM5Z1JR+PBqOEfBHz5xBE8MTx&#10;Ig1hZas0bVGrNwc7CG32NrE09iBe1Guve9gsNqk7gyRtFHMB1ZbkRNjPMu0eGQ3gN846muOS+68r&#10;gYoz885SS8b5cBgHPznD0fWAHDyPLM4jwkqCKrkMyNnemYX9uqwc6mVD/8qTBhbuqJG1TgqfeB0q&#10;oGlNwh82K67DuZ+yTvs//Q0AAP//AwBQSwMEFAAGAAgAAAAhAJMvbLzeAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwkAQhe8m/IfNkHiTLTRaqN0SNajRSAhoPC/doW3ozjbdLZR/73jS45v3&#10;8uZ72XKwjThh52tHCqaTCARS4UxNpYKvz+ebOQgfNBndOEIFF/SwzEdXmU6NO9MWT7tQCi4hn2oF&#10;VQhtKqUvKrTaT1yLxN7BdVYHll0pTafPXG4bOYuiO2l1Tfyh0i0+VVgcd71V8LJ5Xci4f4wO9Lae&#10;r78/Vpf3eKXU9Xh4uAcRcAh/YfjFZ3TImWnvejJeNApmyS0nFSQJL2B/EbPecy7mg8wz+X9A/gMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCkveETMQIAAEcEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCTL2y83gAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AIsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13864" w:type="dxa"/>
+            <w:tcW w:w="13882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Ромб 58" o:spid="_x0000_s1162" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:413.65pt;margin-top:1.9pt;width:65.45pt;height:50.55pt;z-index:-251517952;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Ромб 58">
+                <v:rect id="Прямоугольник 31" o:spid="_x0000_s1071" style="position:absolute;left:0;text-align:left;margin-left:184.2pt;margin-top:8.3pt;width:56.8pt;height:27pt;z-index:46;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyhGkbUwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3a7m6jpqtVlyKk&#10;BVZaeADXcRoLxzZjt8lyQuKKxCPwEFwQP/sM6RsxcdrSBU6IHCyPZ+bzzPeNMz2vS0U2Apw0OqWD&#10;Xp8SobnJpF6l9NXLxaMzSpxnOmPKaJHSW+Ho+ezhg2llExGbwqhMAEEQ7ZLKprTw3iZR5HghSuZ6&#10;xgqNztxAyTyasIoyYBWilyqK+/2TqDKQWTBcOIenl52TzgJ+ngvuX+S5E56olGJtPqwQ1mW7RrMp&#10;S1bAbCH5rgz2D1WUTGq89AB1yTwja5B/QJWSg3Em9z1uysjkueQi9IDdDPq/dXNTMCtCL0iOswea&#10;3P+D5c8310BkltLhgBLNStSo+bR9t/3YfG/utu+bz81d8237ofnRfGm+EgxCxirrEky8sdfQ9uzs&#10;leGvHdFmXjC9EhcApioEy7DOEB/dS2gNh6lkWT0zGd7H1t4E8uocyhYQaSF10Oj2oJGoPeF4eBoP&#10;hieoJEfXcBRP+kHDiCX7ZAvOPxGmJO0mpYAjEMDZ5sp5LB5D9yGheKNktpBKBQNWy7kCsmE4Lovw&#10;tf1iijsOU5pUKZ2M43FAvudzxxD98P0NopQe517JMqVnhyCWtKw91lmYSs+k6vZ4v9JYxp65TgFf&#10;L+ugXBzvRVma7BaJBdPNOb5L3BQG3lJS4Yyn1L1ZMxCUqKcaxZkMRqP2UQRjND6N0YBjz/LYwzRH&#10;qJRyD5R0xtx3T2ltQa4KvGsQCNHmAiXNZaC7Lbqra9cBTnKgdPfq2qdybIeoX/+G2U8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDzPV4o3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8QwEIXvgv8h&#10;jOBF3MR1iaU2XYooIu7Bdr14yzZjU2yS0mS79d87nvQ4vI833yu2ixvYjFPsg1dwsxLA0LfB9L5T&#10;8L5/us6AxaS90UPwqOAbI2zL87NC5yacfI1zkzpGJT7mWoFNacw5j61Fp+MqjOgp+wyT04nOqeNm&#10;0icqdwNfCyG5072nD1aP+GCx/WqOTsFH2IXHSuDzaPcvab6q6te3plbq8mKp7oElXNIfDL/6pA4l&#10;OR3C0ZvIBgW3MtsQSoGUwAjYZGsad1BwJyTwsuD/F5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhADKEaRtTAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPM9XijfAAAACQEAAA8AAAAAAAAAAAAAAAAArQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
-[...27 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="007E1A59">
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">1-процесс </w:t>
+                          <w:t>Процесс 3</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Ромб 37" o:spid="_x0000_s1128" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:87.05pt;margin-top:3.25pt;width:53.15pt;height:44.25pt;z-index:251763712;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Ромб 37">
+                <v:rect id="Прямоугольник 36" o:spid="_x0000_s1076" style="position:absolute;left:0;text-align:left;margin-left:19.95pt;margin-top:12.05pt;width:56.3pt;height:28pt;z-index:51;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdiEpoUwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE3bdHejpqtVlyKk&#10;BVZaeADXcRoLxzZjt+lyQuKKxCPwEFwQP/sM6RsxcdrSBU6IHCyPZ/x55vtmMjnfVIqsBThpdEbj&#10;Xp8SobnJpV5m9NXL+aNTSpxnOmfKaJHRW+Ho+fThg0ltUzEwpVG5AIIg2qW1zWjpvU2jyPFSVMz1&#10;jBUanYWBink0YRnlwGpEr1Q06PfHUW0gt2C4cA5PLzsnnQb8ohDcvygKJzxRGcXcfFghrIt2jaYT&#10;li6B2VLyXRrsH7KomNT46AHqknlGViD/gKokB+NM4XvcVJEpCslFqAGrifu/VXNTMitCLUiOswea&#10;3P+D5c/X10BkntHhmBLNKtSo+bR9t/3YfG/utu+bz81d8237ofnRfGm+EgxCxmrrUrx4Y6+hrdnZ&#10;K8NfO6LNrGR6KS4ATF0KlmOecRsf3bvQGg6vkkX9zOT4Hlt5E8jbFFC1gEgL2QSNbg8aiY0nHA9P&#10;4gSJooSja5gk437QMGLp/rIF558IU5F2k1HAFgjgbH3lfJsMS/chIXmjZD6XSgUDlouZArJm2C7z&#10;8IX8scbjMKVJndGzZJAE5Hs+dwzRD9/fICrpse+VrDJ6eghiacvaY52HrvRMqm6PKSu9o7FlrlPA&#10;bxaboNxguBdlYfJbJBZM1+c4l7gpDbylpMYez6h7s2IgKFFPNYpzFo9G7VAEY5ScDNCAY8/i2MM0&#10;R6iMcg+UdMbMd6O0siCXJb4VB0K0uUBJCxnobuXu8tpVgJ0cVNhNXTsqx3aI+vVvmP4EAAD//wMA&#10;UEsDBBQABgAIAAAAIQDx58bt3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D&#10;9ZBYELUTKGpDnCpCIIRgIGmXbm78iCPi5yh20/DvcScYT3e6+y7fzLZnE46+cyQhWQhgSI3THbUS&#10;dtuX2xUwHxRp1TtCCT/oYVNcXuQq0+5EFU51aFksIZ8pCSaEIePcNwat8gs3IEXvy41WhSjHlutR&#10;nWK57XkqxAO3qqO4YNSATwab7/poJezdh3suBb4OZvsWppuyev+sKymvr+byEVjAOfyF4Ywf0aGI&#10;TAd3JO1ZL+FuvY5JCel9AuzsL9MlsIOElUiAFzn/f6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJ2ISmhTAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPHnxu3fAAAACAEAAA8AAAAAAAAAAAAAAAAArQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
-[...28 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="007E1A59">
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="007E1A59">
+                        <w:r w:rsidRPr="002914A7">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>3-процесс</w:t>
+                          <w:t>Процесс 1</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1139" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251774976;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
-[...77 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#Прямоугольник 30">
+                <v:rect id="Прямоугольник 18" o:spid="_x0000_s1075" style="position:absolute;left:0;text-align:left;margin-left:539.7pt;margin-top:9.8pt;width:71.15pt;height:30.2pt;z-index:50;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxzVWTUgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNOnf0o2arlZdipAW&#10;WGnhARzHaSwc24zdpssJaa9IPAIPwQXxs8+QvhETpy1d4ITIwcpkxp+/+b5xpmebSpG1ACeNTmm/&#10;F1MiNDe51MuUvn61eDShxHmmc6aMFim9EY6ezR4+mNY2EQNTGpULIAiiXVLblJbe2ySKHC9FxVzP&#10;WKExWRiomMcQllEOrEb0SkWDOD6JagO5BcOFc/j1okvSWcAvCsH9y6JwwhOVUuTmwwphzdo1mk1Z&#10;sgRmS8l3NNg/sKiY1HjoAeqCeUZWIP+AqiQH40zhe9xUkSkKyUXoAbvpx791c10yK0IvKI6zB5nc&#10;/4PlL9ZXQGSO3qFTmlXoUfNp+377sfne3G1vm8/NXfNt+6H50XxpvhIsQsVq6xLceG2voO3Z2UvD&#10;3ziizbxkeinOAUxdCpYjz35bH93b0AYOt5Ksfm5yPI+tvAnibQqoWkCUhWyCRzcHj8TGE44fT+Ph&#10;STymhGNqOBmOR8HDiCX7zRacfypMRdqXlAKOQABn60vnWzIs2ZcE8kbJfCGVCgEss7kCsmY4Lovw&#10;BP7Y43GZ0qRGJuPBOCDfy7ljiDg8f4OopMe5V7JK6eRQxJJWtSc6D1PpmVTdO1JWeidjq1zngN9k&#10;m+DcYLQ3JTP5DQoLpptzvJf4Uhp4R0mNM55S93bFQFCinmk057Q/QvmID8Fo/HiAARxnsuMM0xyh&#10;Uso9UNIFc99dpZUFuSzxrH4QRJtztLSQQe7W7o7XrgOc5ODC7ta1V+U4DlW//g2znwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACEJhDDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01LxDAQhu+C/yGM&#10;4EXcZIvsR226FFFE9GC7Xrxlm7EtNpPSZLv13zt70tu8zMM7z2S72fViwjF0njQsFwoEUu1tR42G&#10;j/3T7QZEiIas6T2hhh8MsMsvLzKTWn+iEqcqNoJLKKRGQxvjkEoZ6hadCQs/IPHuy4/ORI5jI+1o&#10;TlzuepkotZLOdMQXWjPgQ4v1d3V0Gj79m38sFD4P7f4lTjdF+fpelVpfX83FPYiIc/yD4azP6pCz&#10;08EfyQbRc1br7R2zPG1XIM5EkizXIA4aNkqBzDP5/4f8FwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhADHNVZNSAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACEJhDDgAAAACwEAAA8AAAAAAAAAAAAAAAAArAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="007E1A59">
+                        <w:r>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>2-процесс</w:t>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 7</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 39" o:spid="_x0000_s1136" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:251771904;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:rect id="Прямоугольник 34" o:spid="_x0000_s1072" style="position:absolute;left:0;text-align:left;margin-left:337pt;margin-top:11.65pt;width:56.8pt;height:29.35pt;z-index:47;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIThpuUwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE3abnejpqtVlyKk&#10;BVZaeADXcRoLxzZjt2k5IXFF4hF4CC6In32G9I2YON3SBU6IHCyPZ/x55vtmMjnfVIqsBThpdEbj&#10;Xp8SobnJpV5m9NXL+aNTSpxnOmfKaJHRrXD0fPrwwaS2qUhMaVQugCCIdmltM1p6b9MocrwUFXM9&#10;Y4VGZ2GgYh5NWEY5sBrRKxUl/f5JVBvILRgunMPTy85JpwG/KAT3L4rCCU9URjE3H1YI66Jdo+mE&#10;pUtgtpR8nwb7hywqJjU+eoC6ZJ6RFcg/oCrJwThT+B43VWSKQnIRasBq4v5v1dyUzIpQC5Lj7IEm&#10;9/9g+fP1NRCZZ3QwpESzCjVqPu3e7T4235vb3fvmc3PbfNt9aH40X5qvBIOQsdq6FC/e2Gtoa3b2&#10;yvDXjmgzK5leigsAU5eC5Zhn3MZH9y60hsOrZFE/Mzm+x1beBPI2BVQtINJCNkGj7UEjsfGE4+E4&#10;iQcnqCRH12CcjIej8AJL7y5bcP6JMBVpNxkFbIEAztZXzrfJsPQuJCRvlMznUqlgwHIxU0DWDNtl&#10;Hr49ujsOU5rUGT0bJaOAfM/njiH64fsbRCU99r2SVUZPD0EsbVl7rPPQlZ5J1e0xZaX3NLbMdQr4&#10;zWITlMM09qIsTL5FYsF0fY5ziZvSwFtKauzxjLo3KwaCEvVUozhn8XDYDkUwhqNxggYcexbHHqY5&#10;QmWUe6CkM2a+G6WVBbks8a04EKLNBUpayEB3K3eX174C7OSgwn7q2lE5tkPUr3/D9CcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQDO0wD94AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8QwFITvgv8h&#10;PMGLuIldaUttuhRRRPRgu168ZZtnU2xeSpPt1n9vPOlxmGHmm3K32pEtOPvBkYSbjQCG1Dk9UC/h&#10;ff94nQPzQZFWoyOU8I0edtX5WakK7U7U4NKGnsUS8oWSYEKYCs59Z9Aqv3ETUvQ+3WxViHLuuZ7V&#10;KZbbkSdCpNyqgeKCURPeG+y+2qOV8OFe3UMt8Gky++ewXNXNy1vbSHl5sdZ3wAKu4S8Mv/gRHarI&#10;dHBH0p6NEtLsNn4JEpLtFlgMZHmWAjtIyBMBvCr5/wfVDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAIThpuUwIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDO0wD94AAAAAkBAAAPAAAAAAAAAAAAAAAAAK0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 5</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Полилиния 29" o:spid="_x0000_s1090" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:65;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" coordsize="85725,1647825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2rQStAwQAAKMNAAAOAAAAZHJzL2Uyb0RvYy54bWysV2uO2zYQ/l+gdyD4M0BWD7+N9QZFki0K&#10;pE2AuAegJcoSKokqSVveXiJH6DUCFMkZnBt1+JBMZiPtbhADlknPx4+c+ajh8PrFqSrRkXJRsHqD&#10;o6sQI1onLC3q/Qb/ub19vsRISFKnpGQ13eA7KvCLm59/um6bNY1ZzsqUcgQktVi3zQbnUjbrIBBJ&#10;TisirlhDazBmjFdEQpfvg5STFtirMojDcB60jKcNZwkVAv59ZYz4RvNnGU3k2ywTVKJyg2FtUj+5&#10;fu7UM7i5Jus9J01eJHYZ5DtWUZGihkl7qldEEnTgxT2qqkg4EyyTVwmrApZlRUK1D+BNFH7lzfuc&#10;NFT7AsERTR8m8eNokz+O7zgq0g2OVxjVpAKNzv+eP5//O3/U30/nj18+IDBCpNpGrGHA++YdV76K&#10;5g1L/hJgCDyL6gjAoF37O0uBkBwk09E5ZbxSI8FvdNIi3PUi0JNECfy5nC3iGUYJWKL5dLGEjpqB&#10;rLvByUHIXynTROT4RkijYQotrUBq3diC3llVgpzPAhSiFhlmi+5AkQOy86EcOTODpj1j7IAHGScO&#10;KAony9Uw39SBDvJBMHo3HuCbO9D5NF5Nh7xeOMAHOOEF7qcf5YT90wPDYZ8jVxYtydAiI0+b8UhG&#10;rjSjy4xcfeJwsViOrNUVaJz1CSpFrkyDskdP0ChyRRpmdBV6QPXYVWmQMfYUMm/rcDRjV6MQzUP4&#10;oPlsNpnbNHx5z1yNxpGuQuNIV6FxpK/P2DpdjcY5fYXGOF2VRjknvkYjnBNXp3HOUY0gC++7PEvy&#10;LvUmp9rmXmghok7+LWitknHDhEr0KhVDPt9GNpUDTlkd+MSDwyIUfDIIn3pw2AMK3h0U99lnHhzk&#10;VfDFIPvcg4NyCq5PQAjAffaFB1f5TeEhe5lz6/6ApT/AeguJaWjAyh9g/Y0GHYad4UZfJRy9pEGX&#10;YYN4A6zP0aDTE19flS7UDJAQHB9MtOze4FCLfV2FcYygCtupMbBXiFRbqmuitq8F8kspoKwVO9It&#10;0zh5KSOcIxvmvWDK+htYdZjYlXb27rfRnDrZa590onwkVteTMHvH1f0aTlvZQJyewqmPqEfO/zCv&#10;0enROK8A67xJSiaokVlppouzXjyluVOgCVYW6W1Rlkouwfe7lyVHRwLV+K3+WMc8WFkr7aN4EZpt&#10;7Bk9DnWCAMisxYNxdqhTva1yStLXti1JUZq2FskWrqpWNcXtjqV3ULdyZu4JcK+BRs74Pxi1cEfY&#10;YPH3gXCKUflbDUX4KppOIaBSd6ZQt0KHu5adayF1AlQbnEjY9qbzUpqryKHhxT6HucxrWLNfoGLO&#10;ClXZ6tLarMt24CagQ25vLeqq4fY16nK3uvkfAAD//wMAUEsDBBQABgAIAAAAIQADMAc12wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8JAFLyT+B82j8SbbKGiUrslBqI3Y0RIOC7dZ7fafdt0&#10;Fyj/3teTnCaTmcxHvuxdI07YhdqTgukkAYFUelNTpWD79Xr3BCJETUY3nlDBBQMsi5tRrjPjz/SJ&#10;p02sBIdQyLQCG2ObSRlKi06HiW+RWPv2ndORaVdJ0+kzh7tGzpLkQTpdEzdY3eLKYvm7Obqhd717&#10;s5ewdeuPfkWLn/17uvNK3Y77l2cQEfv4b4ZhPk+Hgjcd/JFMEA3zR74SFdynjKynyRzEYcDZHGSR&#10;y+sDxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdq0ErQMEAACjDQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAzAHNdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAABdBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGUHAAAAAA==&#10;" path="m,1647825l,10389r64294,l64294,,85725,10389,64294,20778r,-10389l,10389,,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 28" o:spid="_x0000_s1078" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:53;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFnt8YYAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHUmu8hMiB4Vkd5O2&#10;AZIegCYpiyhFEiRt2SgKpLlAjtArdNNFP8gZ5Bt1SH9at5uiqBf0kJx582bmUReXy1agBTOWK1lE&#10;6VESISaJolzOiujN7WRwFiHrsKRYKMmKaMVsdDl6+uSi0zkbqkYJygwCEGnzThdR45zO49iShrXY&#10;HinNJFzWyrTYwdbMYmpwB+itiIdJchJ3ylBtFGHWwmm1uYxGAb+uGXGv69oyh0QRATcXVhPWqV/j&#10;0QXOZwbrhpMtDfwPLFrMJSTdQ1XYYTQ3/A+olhOjrKrdEVFtrOqaExZqgGrS5LdqbhqsWagFmmP1&#10;vk32/8GSV4trgzgtoiFMSuIWZtR/XN+tH/rv/af1A1p/6B9hWd+v7/rP/bf+a//Yf0HgDJ3rtM0B&#10;oJTXxtdOlvJGXyny1iKpygbLGQsV3K40oKY+Ij4I8RurIf+0e6ko+OC5U6GNy9q0HhIahJZhWqv9&#10;tNjSIbI5JHCaJefHp8cBHOe7OG2se8FUi7xRRNYZzGeNK5WUIAll0pAFL66s86xwvgvwSaWacCGC&#10;MoREHVAfniZJiLBKcOpvvZ81s2kpDFpgL67w29I4cDNqLmlAaxim463tMBdgIxea4wyHdgkW+XQt&#10;oxESDN6Ttzb8hPQZoXRgvLU2+np3npyPz8Zn2SAbnowHWVJVg+eTMhucTNLT4+pZVZZV+t6TT7O8&#10;4ZQy6fnvtJ5mf6el7avbqHSv9n2n4kP00FIgu/sPpMPs/bg3wpkquro2vjovA5B3cN4+Rf9+ft0H&#10;r58fjNEPAAAA//8DAFBLAwQUAAYACAAAACEAXcBjst0AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VIXFDrNFQpDXEqghTElYI4u/GShMbryHba8Pcs4gDHnXmanSl2sx3ECX3o&#10;HSlYLRMQSI0zPbUK3l7rxR2IEDUZPThCBV8YYFdeXhQ6N+5ML3jax1ZwCIVcK+hiHHMpQ9Oh1WHp&#10;RiT2Ppy3OvLpW2m8PnO4HWSaJJm0uif+0OkRHztsjvvJKrhxtvoM9fGpmtZN7avs/RnbVKnrq/nh&#10;HkTEOf7B8FOfq0PJnQ5uIhPEoCC93a4YZSNJtyCY+FUOrGSbNciykP83lN8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAhZ7fGGACAAB4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAXcBjst0AAAALAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 53" o:spid="_x0000_s1145" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:251781120;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 22" o:spid="_x0000_s1079" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:54;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJKZPOYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu8hMsB4Vkd5O2&#10;AZIegCYpiyhFCiRt2SgKpL1AjtArdNNFP8gZ5Bt1SH+atJuiqBf0kJx582bmUaOLVSPRkhsrtMpx&#10;chRjxBXVTKh5jt/cTAdnGFlHFCNSK57jNbf4Yvz0yahrMz7UtZaMGwQgymZdm+PauTaLIktr3hB7&#10;pFuu4LLSpiEOtmYeMUM6QG9kNIzjk6jThrVGU24tnJbbSzwO+FXFqXtdVZY7JHMM3FxYTVhnfo3G&#10;I5LNDWlrQXc0yD+waIhQkPQAVRJH0MKIP6AaQY22unJHVDeRripBeagBqkni36q5rknLQy3QHNse&#10;2mT/Hyx9tbwySLAcD4cYKdLAjPpPm9vNXf+j/7y5Q5sP/T0sm4+b2/5L/73/1t/3XxE4Q+e61mYA&#10;UKgr42unK3XdXmr61iKli5qoOQ8V3KxbQE18RPQoxG9sC/ln3UvNwIcsnA5tXFWm8ZDQILQK01of&#10;psVXDtHtIYXTNI7j4zDIiGT7uNZY94LrBnkjx9YZIua1K7RSIAltkpCFLC+t86xItg/wSZWeCimD&#10;MqRCHVAfnsZxiLBaCuZvvZ8181khDVoSL67wCzXCzUM3oxeKBbSaEzbZ2Y4ICTZyoTnOCGiX5Nin&#10;azjDSHJ4T97a8pPKZ4TSgfHO2urr3Xl8PjmbnKWDdHgyGaRxWQ6eT4t0cDJNTo/LZ2VRlMl7Tz5J&#10;s1owxpXnv9d6kv6dlnavbqvSg9oPnYoeo4eWAtn9fyAdZu/HvRXOTLP1lfHVeRmAvIPz7in69/Nw&#10;H7x+fTDGPwEAAP//AwBQSwMEFAAGAAgAAAAhAFbYlb7dAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFxQ6xBRQ0OciiAFcW1BPbvxkoTG6yh22vD3LOIAx515mp3JN7PrxQnH&#10;0HnScLtMQCDV3nbUaHh/qxYPIEI0ZE3vCTV8YYBNcXmRm8z6M23xtIuN4BAKmdHQxjhkUoa6RWfC&#10;0g9I7H340ZnI59hIO5ozh7tepkmipDMd8YfWDPjcYn3cTU7DjXflZ6iOL+V0V1djqfav2KRaX1/N&#10;T48gIs7xD4af+lwdCu508BPZIHoNq3ulGGUjSdcgmPhVDqyo1Rpkkcv/G4pvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAkpk85hAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAFbYlb7dAAAACwEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 54" o:spid="_x0000_s1146" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:251782144;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",169624800,-98673" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 19" o:spid="_x0000_s1086" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:484.8pt;margin-top:23.05pt;width:55.3pt;height:0;z-index:61;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcdTn2YQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmOm48QOygku5u0&#10;DZD0ADRJWUQpkiBpy0ZRIO0FcoReoZsu+kHOIN+oQ/rTpN0URbWghuLMmzczjzq/WDUSLbl1QqsR&#10;zvopRlxRzYSaj/Cbm2nvFCPniWJEasVHeM0dvhg/fXLempwPdK0l4xYBiHJ5a0a49t7kSeJozRvi&#10;+tpwBYeVtg3xsLXzhFnSAnojk0GaHiettsxYTblz8LXcHuJxxK8qTv3rqnLcIznCwM3H1cZ1FtZk&#10;fE7yuSWmFnRHg/wDi4YIBUkPUCXxBC2s+AOqEdRqpyvfp7pJdFUJymMNUE2W/lbNdU0Mj7VAc5w5&#10;tMn9P1j6anllkWAwuzOMFGlgRt2nze3mrvvRfd7coc2H7h6WzcfNbfel+9596+67rwicoXOtcTkA&#10;FOrKhtrpSl2bS03fOqR0URM157GCm7UB1CxEJI9CwsYZyD9rX2oGPmThdWzjqrJNgIQGoVWc1vow&#10;Lb7yiMLHk3RwlMFM6f4oIfk+zljnX3DdoGCMsPOWiHntC60USELbLGYhy0vnAyuS7wNCUqWnQsqo&#10;DKlQC9QHJ2kaI5yWgoXT4OfsfFZIi5YkiCs+sUY4eehm9UKxiFZzwiY72xMhwUY+NsdbAe2SHId0&#10;DWcYSQ73KVhbflKFjFA6MN5ZW329O0vPJqeT02FvODie9IZpWfaeT4th73ianTwrj8qiKLP3gXw2&#10;zGvBGFeB/17r2fDvtLS7dVuVHtR+6FTyGD22FMju35F0nH0Y91Y4M83WVzZUF2QA8o7Ou6sY7s/D&#10;ffT69cMY/wQAAP//AwBQSwMEFAAGAAgAAAAhAFjmQfndAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJC6IJaumaCtNJ4pUxHUDcc4a05Y1TpWkW3l7Mu0AR9uffn9/sZ3twE7o&#10;Q+9IwXIhgCE1zvTUKvh4rx/XwELUZPTgCBX8YIBteXtT6Ny4M+3wtI8tSyEUcq2gi3HMOQ9Nh1aH&#10;hRuR0u3LeatjGn3LjdfnFG4HngkhudU9pQ+dHvGlw+a4n6yCB2er71AfX6tp1dS+kp9v2GZK3d/N&#10;z0/AIs7xD4aLflKHMjkd3EQmsEHBRm5kQhWs5BLYBRBrkQE7XDe8LPj/CuUvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFx1OfZhAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAFjmQfndAAAACgEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 55" o:spid="_x0000_s1147" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:251783168;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+                <v:shape id="Прямая со стрелкой 17" o:spid="_x0000_s1085" type="#_x0000_t32" style="position:absolute;margin-left:394pt;margin-top:4.15pt;width:28.95pt;height:0;z-index:60;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcfcYXYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOYydC7KKQ7G7S&#10;NkDSA9AkZRGlSIJkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr82aqRaMmtE1qN&#10;cXaUYsQV1UyoxRi/uZ71TjFynihGpFZ8jNfc4WeTp0/OW5Pzvq61ZNwiAFEub80Y196bPEkcrXlD&#10;3JE2XMFhpW1DPGztImGWtIDeyKSfpsOk1ZYZqyl3Dr6W20M8ifhVxal/XVWOeyTHGLj5uNq4zsOa&#10;TM5JvrDE1ILuaJB/YNEQoSDpAaoknqAbK/6AagS12unKH1HdJLqqBOWxBqgmS3+r5qomhsdaoDnO&#10;HNrk/h8sfbW8tEgwmN0II0UamFH3aXO7uet+dJ83d2jzobuHZfNxc9t96b5337r77isCZ+hca1wO&#10;AIW6tKF2ulJX5kLTtw4pXdRELXis4HptADULEcmjkLBxBvLP25eagQ+58Tq2cVXZJkBCg9AqTmt9&#10;mBZfeUTh4/FwNByeYET3RwnJ93HGOv+C6wYFY4ydt0Qsal9opUAS2mYxC1leOB9YkXwfEJIqPRNS&#10;RmVIhVqg3h+laYxwWgoWToOfs4t5IS1akiCu+MQa4eShm9U3ikW0mhM23dmeCAk28rE53gpol+Q4&#10;pGs4w0hyuE/B2vKTKmSE0oHxztrq691ZejY9nZ4OeoP+cNobpGXZez4rBr3hLBudlMdlUZTZ+0A+&#10;G+S1YIyrwH+v9Wzwd1ra3bqtSg9qP3QqeYweWwpk9+9IOs4+jHsrnLlm60sbqgsyAHlH591VDPfn&#10;4T56/fphTH4CAAD//wMAUEsDBBQABgAIAAAAIQAnFM653QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEhcEEspYyul6USRirgy0M5ZY9qyxqmSdCv/HiMOcLP9np6/V2xmO4gj&#10;+tA7UnCzSEAgNc701Cp4f6uvMxAhajJ6cIQKvjDApjw/K3Ru3Ile8biNreAQCrlW0MU45lKGpkOr&#10;w8KNSKx9OG915NW30nh94nA7yDRJVtLqnvhDp0d86rA5bCer4MrZ6jPUh+dqWja1r1a7F2xTpS4v&#10;5scHEBHn+GeGH3xGh5KZ9m4iE8SgYJ1l3CUqSG/vQbAhW97xsP89yLKQ/xuU3wAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDcfcYXYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAnFM653QAAAAkBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 2" o:spid="_x0000_s1156" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:251792384;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#Овал 2">
+                <v:shape id="Прямая со стрелкой 30" o:spid="_x0000_s1083" type="#_x0000_t32" style="position:absolute;margin-left:242.5pt;margin-top:4.1pt;width:17.25pt;height:0;z-index:58;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABXzvQYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO8xMiF4Vkd5O2&#10;AZIegCYpiyhFEiRj2SgKpL1AjtArdNNFP8gZ5Bt1SH+atJuiqBbUUJx582bmUefPlq1EC26d0KrA&#10;2UGKEVdUM6HmBX5zPR2cYuQ8UYxIrXiBV9zhZ+OnT847k/OhbrRk3CIAUS7vTIEb702eJI42vCXu&#10;QBuu4LDWtiUetnaeMEs6QG9lMkzT46TTlhmrKXcOvlabQzyO+HXNqX9d1457JAsM3HxcbVxnYU3G&#10;5ySfW2IaQbc0yD+waIlQkHQPVRFP0I0Vf0C1glrtdO0PqG4TXdeC8lgDVJOlv1Vz1RDDYy3QHGf2&#10;bXL/D5a+WlxaJFiBD6E9irQwo/7T+nZ91//oP6/v0PpDfw/L+uP6tv/Sf++/9ff9VwTO0LnOuBwA&#10;SnVpQ+10qa7MhaZvHVK6bIia81jB9coAahYikkchYeMM5J91LzUDH3LjdWzjsrZtgIQGoWWc1mo/&#10;Lb70iMLHYXaWnhxhRHdHCcl3ccY6/4LrFgWjwM5bIuaNL7VSIAlts5iFLC6cD6xIvgsISZWeCimj&#10;MqRCHVAfnqRpjHBaChZOg5+z81kpLVqQIK74xBrh5KGb1TeKRbSGEzbZ2p4ICTbysTneCmiX5Dik&#10;aznDSHK4T8Ha8JMqZITSgfHW2ujr3Vl6NjmdnI4Go+HxZDBKq2rwfFqOBsfT7OSoOqzKssreB/LZ&#10;KG8EY1wF/jutZ6O/09L21m1Uulf7vlPJY/TYUiC7e0fScfZh3BvhzDRbXdpQXZAByDs6b69iuD8P&#10;99Hr1w9j/BMAAP//AwBQSwMEFAAGAAgAAAAhAFKk5IXcAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJC6IpavWbSpNJ4pUxJWBOGeNacsap0rSrbw9RhzYybL96ffnYjfbQZzQ&#10;h96RguUiAYHUONNTq+D9rb7fgghRk9GDI1TwjQF25fVVoXPjzvSKp31sBYdQyLWCLsYxlzI0HVod&#10;Fm5E4t2n81ZHbn0rjddnDreDTJNkLa3uiS90esSnDpvjfrIK7pytvkJ9fK6mVVP7av3xgm2q1O3N&#10;/PgAIuIc/2H41Wd1KNnp4CYyQQwKVtt0w6iCLOPKQLbcpCAOfwNZFvLyg/IHAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAAV870GECAAB4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAUqTkhdwAAAAJAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 14" o:spid="_x0000_s1081" type="#_x0000_t34" style="position:absolute;margin-left:76.25pt;margin-top:4pt;width:23.15pt;height:.05pt;z-index:56;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUH2jpjgIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4thC5KCQ7W7S&#10;1kDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQkY2k3RRFvaCH5PDNvDczOjndVAKtmDZc&#10;yRRHByFGTOaKcrlM8euLWW+IkbFEUiKUZCneMoNPx0+fnKzrhPVVqQRlGgGINMm6TnFpbZ0EgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JoB+Gg2CtNK21ypkxcDq5v8Rjj18ULLevisIwi0SKITfrV+3X&#10;hVuD8QlJlprUJc+7NMg/ZFERLiHoHmpCLEGXmv8BVfFcK6MKe5CrKlBFwXPmOQCbKPyNzXlJaua5&#10;gDim3stk/h9s/nI114hTqF2MkSQV1Kj51PxovjZfmtvme3PbXoF9134E+3N7g5q77vgGtdfth/aq&#10;vW5+gv83BACg5ro2CYBmcq6dHvlGntdnKn9rkFRZSeSSeVYX2xoiRe5F8OiJ25gaclqsXygKPuTS&#10;Ki/tptCVgwTR0MZXcLuvINtYlMNhfxSH4RFGOVwNDo88PEl2L2tt7HOmKuSMFC+YtJmSEppE6UMf&#10;g6zOjPV1pJ0YhL6JMCoqAW2xIgLFo+HIEw1I0nmDtUN2T6WacSF8YwmJ1sCyfxyGHt4owam7dX5G&#10;LxeZ0AhQgYf/dfk+cqu4hQkRvErxcO9EkpIROpXUh7GEC7CR9aJazUFmwbCLXTGKkWAwm85yapNE&#10;SBceJOu4OvF8r74bhaPpcDqMe3F/MO3F4WTSezbL4t5gFh0fTQ4nWTaJ3jsmUZyUnFImHZnd3ETx&#10;3/VlN8H3Hb+fnL1swWN0nzKkuPv3SfuecW1y33ALRbdzveslGBXv3I21m8WHe7AffnzGvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGQGb6DbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyokyIgDXGqFlpxQqIFlasbL3GEvY5itw1/z/YEtx3NaPZNNR+9E0ccYhdIQT7JQCA1wXTU&#10;Kvh4X98UIGLSZLQLhAp+MMK8vryodGnCiTZ43KZWcAnFUiuwKfWllLGx6HWchB6Jva8weJ1YDq00&#10;gz5xuXdymmX30uuO+IPVPT5ZbL63B69gJl9Xo3lbv4Td6tNtnt0yt4ulUtdX4+IRRMIx/YXhjM/o&#10;UDPTPhzIROFY3949cFRBwZPOfjHlY886B1lX8j9//QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAUH2jpjgIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBkBm+g2wAAAAcBAAAPAAAAAAAAAAAAAAAAAOgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" adj="10777" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 16" o:spid="_x0000_s1084" type="#_x0000_t32" style="position:absolute;margin-left:318.25pt;margin-top:6.95pt;width:18.75pt;height:0;z-index:59;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbQMVlYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4zhC7KKQ7G7S&#10;NkDSA9AkZRGlSIJkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr82aqRaMmtE1qN&#10;cXaUYsQV1UyoxRi/uZ71Rhg5TxQjUis+xmvu8LPJ0yfnrcl5X9daMm4RgCiXt2aMa+9NniSO1rwh&#10;7kgbruCw0rYhHrZ2kTBLWkBvZNJP02HSasuM1ZQ7B1/L7SGeRPyq4tS/rirHPZJjDNx8XG1c52FN&#10;JuckX1hiakF3NMg/sGiIUJD0AFUST9CNFX9ANYJa7XTlj6huEl1VgvJYA1STpb9Vc1UTw2Mt0Bxn&#10;Dm1y/w+WvlpeWiQYzG6IkSINzKj7tLnd3HU/us+bO7T50N3Dsvm4ue2+dN+7b9199xWBM3SuNS4H&#10;gEJd2lA7Xakrc6HpW4eULmqiFjxWcL02gJqFiORRSNg4A/nn7UvNwIfceB3buKpsEyChQWgVp7U+&#10;TIuvPKLwsX88yvonGNH9UULyfZyxzr/gukHBGGPnLRGL2hdaKZCEtlnMQpYXzgdWJN8HhKRKz4SU&#10;URlSoRao90/TNEY4LQULp8HP2cW8kBYtSRBXfGKNcPLQzeobxSJazQmb7mxPhAQb+dgcbwW0S3Ic&#10;0jWcYSQ53KdgbflJFTJC6cB4Z2319e4sPZuOpqNBb9AfTnuDtCx7z2fFoDecZacn5XFZFGX2PpDP&#10;BnktGOMq8N9rPRv8nZZ2t26r0oPaD51KHqPHlgLZ/TuSjrMP494KZ67Z+tKG6oIMQN7ReXcVw/15&#10;uI9ev34Yk58AAAD//wMAUEsDBBQABgAIAAAAIQCFm8p23AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcEHVoi4EQpyJIQVwpiLMbL0lovI5spw1/zyIOcNyZp9mZYjO7QRww&#10;xN6ThqtFBgKp8banVsPba315CyImQ9YMnlDDF0bYlKcnhcmtP9ILHrapFRxCMTcaupTGXMrYdOhM&#10;XPgRib0PH5xJfIZW2mCOHO4GucwyJZ3piT90ZsTHDpv9dnIaLryrPmO9f6qmdVOHSr0/Y7vU+vxs&#10;frgHkXBOfzD81OfqUHKnnZ/IRjFoUCt1zSgbqzsQDKibNY/b/QqyLOT/BeU3AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhABtAxWViAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAIWbynbcAAAACQEAAA8AAAAAAAAAAAAAAAAAvAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 15" o:spid="_x0000_s1082" type="#_x0000_t32" style="position:absolute;margin-left:151.6pt;margin-top:6.95pt;width:32.95pt;height:0;z-index:57;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOicH2YQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtbUmu4jhC7KCQ7G7S&#10;NkDSA9AkZRGlSIKkLRtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr8Yt0ItGLGciXH&#10;UdpPIsQkUZTLxTh6czPrjSJkHZYUCyXZONowG11Mnj45b3XOBqpWgjKDAETavNXjqHZO53FsSc0a&#10;bPtKMwmHlTINdrA1i5ga3AJ6I+JBkgzjVhmqjSLMWvha7g6jScCvKkbc66qyzCExjoCbC6sJ69yv&#10;8eQc5wuDdc3Jngb+BxYN5hKSHqFK7DBaGv4HVMOJUVZVrk9UE6uq4oSFGqCaNPmtmusaaxZqgeZY&#10;fWyT/X+w5NXqyiBOYXYnEZK4gRl1n7a327vuR/d5e4e2H7p7WLYft7fdl+579627774icIbOtdrm&#10;AFDIK+NrJ2t5rS8VeWuRVEWN5YKFCm42GlBTHxE/CvEbqyH/vH2pKPjgpVOhjevKNB4SGoTWYVqb&#10;47TY2iECH7N0lA2BNDkcxTg/xGlj3QumGuSNcWSdwXxRu0JJCZJQJg1Z8OrSOs8K54cAn1SqGRci&#10;KENI1AL1wWmShAirBKf+1PtZs5gXwqAV9uIKT6gRTh66GbWUNKDVDNPp3naYC7CRC81xhkO7BIt8&#10;uobRCAkG98lbO35C+oxQOjDeWzt9vTtLzqaj6SjrZYPhtJclZdl7Piuy3nCWnp6Uz8qiKNP3nnya&#10;5TWnlEnP/6D1NPs7Le1v3U6lR7UfOxU/Rg8tBbKHdyAdZu/HvRPOXNHNlfHVeRmAvIPz/ir6+/Nw&#10;H7x+/TAmPwEAAP//AwBQSwMEFAAGAAgAAAAhAN1xXL3cAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJC6IpWtRxUrTiSIVcWUgzllj2rLGqZJ0K2+PEQd2tP9Pvz+X28WO4og+&#10;DI4UrFcJCKTWmYE6Be9vze09iBA1GT06QgXfGGBbXV6UujDuRK943MVOcAmFQivoY5wKKUPbo9Vh&#10;5SYkzj6dtzry6DtpvD5xuR1lmiS5tHogvtDrCZ96bA+72Sq4cbb+Cs3huZ7v2sbX+ccLdqlS11fL&#10;4wOIiEv8h+FXn9WhYqe9m8kEMSrIkixllINsA4KBLN+sQez/FrIq5fkH1Q8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEADonB9mECAAB4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA3XFcvdwAAAAJAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 23" o:spid="_x0000_s1097" type="#_x0000_t32" style="position:absolute;margin-left:515.25pt;margin-top:64.65pt;width:128.45pt;height:0;rotation:90;z-index:72;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1cLFcwIAAJ8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnDhC5KCQ7G7S&#10;NkDSA9AiZRGlSIGkLRtFgTQXyBF6hW666Ac5g3yjDinHqdtNUdQLekgOH988vtH5xboWaMW04Uqm&#10;ODoKMWKyUJTLRYrf3swGY4yMJZISoSRL8YYZfDF5/uy8bRI2VJUSlGkEINIkbZPiytomCQJTVKwm&#10;5kg1TMJmqXRNLEz1IqCatIBei2AYhidBqzRttCqYMbCa95t44vHLkhX2TVkaZpFIMXCzftR+nLsx&#10;mJyTZKFJU/FiR4P8A4uacAmX7qFyYglaav4HVM0LrYwq7VGh6kCVJS+YrwGqicLfqrmuSMN8LSCO&#10;afYymf8HW7xeXWnEaYqHxxhJUsMbdZ+2t9v77kf3eXuPth+7Bxi2d9vb7kv3vfvWPXRfESSDcm1j&#10;EgDI5JV2tRdred1cquKdQVJlFZEL5iu42TSAGrkTwcERNzEN3D9vXykKOWRplZdxXeoaaQXPNYpD&#10;9/OrIBda+7fb7N+OrS0qYDE6G43GkIeKx72AJA7GMWu0sS+ZqpELUmysJnxR2UxJCQ5ROvLwZHVp&#10;rCP5dMAdlmrGhfBGERK1cNXwdEfIKMGp23V5Ri/mmdBoRZzXetY92kGao5ATU/V5FKLehFotJfW3&#10;VIzQ6S62hAuIkfUaWs1BVcGwo1EzipFg0HYu6m8S0jEBTaCSXdTb8P1ZeDYdT8fxIB6eTAdxmOeD&#10;F7MsHpzMotNRfpxnWR59cDJEcVJxSpl0dT22RBT/neV2zdmbed8UewWDQ3QvNZB9/PekvUWcK3p/&#10;zRXdXGlXnXMLdIFP3nWsa7Nf5z7r6bsy+QkAAP//AwBQSwMEFAAGAAgAAAAhALWGPxzgAAAADgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYu0m9QmlDSbIkKPgqaKeNtmp9nQ7GzI&#10;btv4753iQW/zZh5vvlduJteLM46h86QgnScgkBpvOmoVvO+2sxWIEDUZ3XtCBd8YYFPd3pS6MP5C&#10;b3iuYys4hEKhFdgYh0LK0Fh0Osz9gMS3gx+djizHVppRXzjc9XKRJLl0uiP+YPWAzxabY31yCl7q&#10;D5cczZfzZvUwZtssvNrPoNT93fS0BhFxin9muOIzOlTMtPcnMkH0rNMsfWSvglm6XOQgrp7f3Z6n&#10;PFuCrEr5v0b1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADHVwsVzAgAAnwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALWGPxzgAAAADgEAAA8A&#10;AAAAAAAAAAAAAAAAzQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" adj="-116030,-1,-116030" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 13" o:spid="_x0000_s1080" type="#_x0000_t32" style="position:absolute;margin-left:462.25pt;margin-top:5.4pt;width:0;height:30pt;z-index:55;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxu6ODXwIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e6moU1XTSq0m3Ap&#10;EKnlARzbm7Xw2pbtZhMhpMIL9BF4BS4c+FGfYfNGjJ0faLkgRA7O2B5/883MN3t+sWokWnLrhFYj&#10;nB2lGHFFNRNqMcJvrqe9IUbOE8WI1IqP8Jo7fDF++uS8NTnv61pLxi0CEOXy1oxw7b3Jk8TRmjfE&#10;HWnDFVxW2jbEw9YuEmZJC+iNTPppepK02jJjNeXOwWm5vcTjiF9VnPrXVeW4R3KEgZuPq43rPKzJ&#10;+JzkC0tMLeiOBvkHFg0RCoIeoEriCbqx4g+oRlCrna78EdVNoqtKUB5zgGyy9FE2VzUxPOYCxXHm&#10;UCb3/2Dpq+XMIsGgd8cYKdJAj7pPm9vNXfej+7y5Q5sP3T0sm4+b2+5L97371t13XxE4Q+Va43IA&#10;KNTMhtzpSl2ZS03fOqR0URO14DGD67UB1Cy8SB48CRtnIP68fakZ+JAbr2MZV5VtAiQUCK1it9aH&#10;bvGVR3R7SOH0eJilaWxkQvL9O2Odf8F1g4Ixws5bIha1L7RSIAltsxiFLC+dD6xIvn8Qgio9FVJG&#10;ZUiFWqDeP4UI4cppKVi4jRu7mBfSoiUJ4oq/mOMjN6tvFItoNSdssrM9ERJs5GNxvBVQLslxCNdw&#10;hpHkME/B2vKTKkSE1IHxztrq691ZejYZToaD3qB/MukN0rLsPZ8Wg97JNDt9Vh6XRVFm7wP5bJDX&#10;gjGuAv+91rPB32lpN3VblR7UfqhU8hA9lhTI7v8j6dj70O6tcOaarWc2ZBdkAPKOzrtRDPPz+z56&#10;/fpgjH8CAAD//wMAUEsDBBQABgAIAAAAIQB2aP1a2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUhcUOsQ9QfSOBVBCuJKQZzdeEnSxuvIdtrw9iziUI4782l2Jt9Othcn9KFz&#10;pOB+noBAqp3pqFHw8V7NHkCEqMno3hEq+MYA2+L6KteZcWd6w9MuNoJDKGRaQRvjkEkZ6hatDnM3&#10;ILH35bzVkU/fSOP1mcNtL9MkWUmrO+IPrR7wucX6uButgjtny0Ooji/luKgrX64+X7FJlbq9mZ42&#10;ICJO8QLDb32uDgV32ruRTBC9gsd0sWSUjYQnMPAn7BWsWZBFLv8vKH4AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAcbujg18CAAB4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAdmj9WtsAAAAJAQAADwAAAAAAAAAAAAAAAAC5BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 12" o:spid="_x0000_s1074" style="position:absolute;margin-left:430.8pt;margin-top:7.2pt;width:60.45pt;height:27.75pt;z-index:49;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQ+RtQTwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG1ot7tR09WqSxHS&#10;AistPIDjOI2FY5ux23Q5IXFF4hF4CC6In32G9I0Yu91u+REHRA6WxzPzzcw3M5mcrhtFVgKcNDqn&#10;g16fEqG5KaVe5PTli/mDY0qcZ7pkymiR02vh6On0/r1JazORmtqoUgBBEO2y1ua09t5mSeJ4LRrm&#10;esYKjcrKQMM8irBISmAtojcqSfv9o6Q1UFowXDiHr+dbJZ1G/KoS3D+vKic8UTnF3Hw8IZ5FOJPp&#10;hGULYLaWfJcG+4csGiY1Bt1DnTPPyBLkb1CN5GCcqXyPmyYxVSW5iDVgNYP+L9Vc1cyKWAuS4+ye&#10;Jvf/YPmz1SUQWWLvUko0a7BH3cfN282H7lt3s3nXfepuuq+b99337nP3haARMtZal6Hjlb2EULOz&#10;F4a/ckSbWc30QpwBmLYWrMQ8B8E++ckhCA5dSdE+NSXGY0tvInnrCpoAiLSQdezR9b5HYu0Jx8fx&#10;0Xg8GFHCUfVwlA7TUYzAsltnC84/FqYh4ZJTwBGI4Gx14XxIhmW3JjF5o2Q5l0pFARbFTAFZMRyX&#10;efx26O7QTGnS5vRkhLH/DtGP358gGulx7pVscnq8N2JZYO2RLuNUeibV9o4pK72jMTC37YBfF+vY&#10;uXQcIgRaC1NeI7FgtnOOe4mX2sAbSlqc8Zy610sGghL1RGNzTgbDYViKKAxH4xQFONQUhxqmOULl&#10;lHugZCvM/HaVlhbkosZYg0iINmfY0kpGuu/y2lWAkxy7sNu6sCqHcrS6+zdMfwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEQAf3DgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx&#10;dmlTCSBLQ4zGGHsQ6sXbFkaWyM4Sdkvx3zue9Dh5X977Jt8tdhAzTr53pGC9ikAgNa7tqVPwfni6&#10;TUD4oKnVgyNU8I0edsXlRa6z1p2pwrkOneAS8plWYEIYMyl9Y9Bqv3IjEmefbrI68Dl1sp30mcvt&#10;IDdRFEure+IFo0d8MNh81Ser4MPt3WMZ4fNoDi9hvimr17e6Uur6ainvQQRcwh8Mv/qsDgU7Hd2J&#10;Wi8GBUm8jhnlYLsFwUCabO5AHBXEaQqyyOX/D4ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAND5G1BPAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAEQAf3DgAAAACQEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="0016714D">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 6</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 11" o:spid="_x0000_s1073" style="position:absolute;margin-left:260.7pt;margin-top:1.6pt;width:62.7pt;height:27.75pt;z-index:48;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCstStBTQIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG1od9uo6WrVpQhp&#10;gZUWHsBxnMbCsc3YbbqckPaKxCPwEFwQP/sM6RsxcdpSfsQBkYPl8Yw/z3zfTKZnm0qRtQAnjU7p&#10;oNenRGhucqmXKX35YvFgTInzTOdMGS1SeiMcPZvdvzetbSJiUxqVCyAIol1S25SW3tskihwvRcVc&#10;z1ih0VkYqJhHE5ZRDqxG9EpFcb9/EtUGcguGC+fw9KJz0lnALwrB/fOicMITlVLMzYcVwpq1azSb&#10;smQJzJaS79Jg/5BFxaTGRw9QF8wzsgL5G1QlORhnCt/jpopMUUguQg1YzaD/SzXXJbMi1ILkOHug&#10;yf0/WP5sfQVE5qjdgBLNKtSo+bB9u33ffG3utrfNx+au+bJ913xrPjWfCQYhY7V1CV68tlfQ1uzs&#10;peGvHNFmXjK9FOcApi4FyzHPEB/9dKE1HF4lWf3U5PgeW3kTyNsUULWASAvZBI1uDhqJjSccD08n&#10;J/EEleToejiKh/GozShiyf6yBecfC1ORdpNSwBYI4Gx96XwXug8JyRsl84VUKhiwzOYKyJphuyzC&#10;t0N3x2FKkzqlkxG+/XeIfvj+BFFJj32vZJXS8SGIJS1rj3QeutIzqbo9Vqc0FrlnrlPAb7JNUC4e&#10;70XJTH6DxILp+hznEjelgTeU1NjjKXWvVwwEJeqJRnEmg+GwHYpgDEenMRpw7MmOPUxzhEop90BJ&#10;Z8x9N0orC3JZ4luDQIg25yhpIQPdbdJdXrsKsJODYLupa0fl2A5RP/4Ns+8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAFFE+T4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7DZky8GLu0&#10;IrXI0hCjMUYPQnvxtmVHILKzhN1SfHvHk95m8n/555tsO9teTDj6zpGC5SICgVQ701GjYL97ur4D&#10;4YMmo3tHqOAbPWzz87NMp8adqMSpCo3gEvKpVtCGMKRS+rpFq/3CDUicfbrR6sDr2Egz6hOX216u&#10;oiiRVnfEF1o94EOL9Vd1tAo+3Jt7LCJ8HtrdS5iuivL1vSqVuryYi3sQAefwB8OvPqtDzk4HdyTj&#10;Ra/gdrW8YZSDOAbBQBInaxAHHjYbkHkm/3+Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCstStBTQIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAFFE+T4AAAAAkBAAAPAAAAAAAAAAAAAAAAAKcEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 4</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 10" o:spid="_x0000_s1077" style="position:absolute;margin-left:91pt;margin-top:5.3pt;width:55.35pt;height:27.75pt;z-index:52;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB25Yx+TwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG1o2W3UdLXqUoS0&#10;wEoLD+A4TmPh2GbsNl1OSHtF4hF4CC6In32G9I0Yu91u+REHRA6WxzPzzcw3M5mcrBtFVgKcNDqn&#10;g16fEqG5KaVe5PTVy/mDY0qcZ7pkymiR0yvh6Mn0/r1JazORmtqoUgBBEO2y1ua09t5mSeJ4LRrm&#10;esYKjcrKQMM8irBISmAtojcqSfv9R0lroLRguHAOX8+2SjqN+FUluH9RVU54onKKufl4QjyLcCbT&#10;CcsWwGwt+S4N9g9ZNExqDLqHOmOekSXI36AaycE4U/keN01iqkpyEWvAagb9X6q5rJkVsRYkx9k9&#10;Te7/wfLnqwsgssTeIT2aNdij7uPm3eZD96272Vx3n7qb7uvmffe9+9x9IWiEjLXWZeh4aS8g1Ozs&#10;ueGvHdFmVjO9EKcApq0FKzHPQbBPfnIIgkNXUrTPTInx2NKbSN66giYAIi1kHXt0te+RWHvC8fGo&#10;n46HI0o4qh6O0mE6ihFYdutswfknwjQkXHIKOAIRnK3OnQ/JsOzWJCZvlCznUqkowKKYKSArhuMy&#10;j98O3R2aKU3anI5HGPvvEP34/QmikR7nXskmp8d7I5YF1h7rMk6lZ1Jt75iy0jsaA3PbDvh1sY6d&#10;S8chQqC1MOUVEgtmO+e4l3ipDbylpMUZz6l7s2QgKFFPNTZnPBgOw1JEYTg6SlGAQ01xqGGaI1RO&#10;uQdKtsLMb1dpaUEuaow1iIRoc4otrWSk+y6vXQU4ybELu60Lq3IoR6u7f8P0BwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANzotXbfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM4EXc&#10;1LKs29p0KaKI6MF2vXjLNmNTbCalyXbrv3c86W0e83jve8VucYOYcQq9JwU3qwQEUutNT52C9/3j&#10;9RZEiJqMHjyhgm8MsCvPzwqdG3+iGucmdoJDKORagY1xzKUMrUWnw8qPSPz79JPTkeXUSTPpE4e7&#10;QaZJspFO98QNVo94b7H9ao5OwYd/9Q9Vgk+j3T/H+aqqX96aWqnLi6W6AxFxiX9m+MVndCiZ6eCP&#10;ZIIYWG9T3hL5WK9BsCHN0lsQBwWbLANZFvL/gvIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAduWMfk8CAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA3Oi1dt8AAAAJAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002914A7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 2</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 9" o:spid="_x0000_s1095" type="#_x0000_t32" style="position:absolute;margin-left:448.6pt;margin-top:35.85pt;width:54.6pt;height:0;rotation:90;z-index:70;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsI3QxZwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4sRC5KCQ7G7S&#10;NkDSA9AiZRGlSIGkLRtFgTQXyBF6hW666Ac5g3yjDinHqdtNUdQLekjOPL6ZeaPzi3Ut0Ippw5VM&#10;cXQUYsRkoSiXixS/vZkNzjAylkhKhJIsxRtm8MXk+bPztknYUFVKUKYRgEiTtE2KK2ubJAhMUbGa&#10;mCPVMAmXpdI1sbDVi4Bq0gJ6LYJhGI6CVmnaaFUwY+A07y/xxOOXJSvsm7I0zCKRYuBm/ar9Ondr&#10;MDknyUKTpuLFjgb5BxY14RIe3UPlxBK01PwPqJoXWhlV2qNC1YEqS14wnwNkE4W/ZXNdkYb5XKA4&#10;ptmXyfw/2OL16kojTlM8xkiSGlrUfdrebu+7H93n7T3afuweYNnebW+7L9337lv30H1FY1e3tjEJ&#10;hGfySrvMi7W8bi5V8c4gqbKKyAXz/G82DYBGLiI4CHEb08Dr8/aVouBDllb5Iq5LXSOtoFknceh+&#10;/hSKhda+c5t959jaogIOR+PjeAj9LR6vApI4FEes0ca+ZKpGzkixsZrwRWUzJSXIQ+nIo5PVpbGO&#10;41OAC5ZqxoXwKhEStZDI8HTHxyjBqbt1fkYv5pnQaEWc0HrSPdqBm1ZLST1axQid7mxLuAAbWV8q&#10;qzkUTzDsnqsZxUgwmC1n9YhCuhchdWC8s3qtvR+H4+nZ9CwexMPRdBCHeT54McviwWgWnZ7kx3mW&#10;5dEHl24UJxWnlEnH/1H3Ufx3utpNYK/YvfL3lQoO0X1JgezjvyftleCa38torujmSrvsnChA6t55&#10;N5Zuln7de6+nj8fkJwAAAP//AwBQSwMEFAAGAAgAAAAhAIN2kq3dAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01Pg0AQhu8m/ofNmHgx7UKT1oIsjR8xXoUajbcpjCyR3UV2ofjvncaDHt88b955&#10;JtvNphMTDb51VkG8jECQrVzd2kbBy/5xsQXhA9oaO2dJwTd52OXnZxmmtTvagqYyNIJHrE9RgQ6h&#10;T6X0lSaDful6ssw+3GAwcBwaWQ945HHTyVUUbaTB1vIFjT3da6o+y9EoeH/+Wrvkba9xuh6T8qko&#10;rh5e75S6vJhvb0AEmsNfGU76rA45Ox3caGsvOgXJOmb1oGC1AcH8Nx+4GDOQeSb/f5D/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOwjdDFnAgAAhAQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIN2kq3dAAAACQEAAA8AAAAAAAAAAAAAAAAAwQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 8" o:spid="_x0000_s1096" type="#_x0000_t34" style="position:absolute;margin-left:419.5pt;margin-top:35.75pt;width:52.1pt;height:.05pt;rotation:90;flip:x;z-index:71;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwsUlOnAIAANsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmOozhC5KCQ7HbR&#10;T4CkB6BFymJLkQLJWDaKLppsC+QMvUEXLRAg/VxBulGHtOI27aYoqgU9JIdv5r2Z8fHJuhJoxbTh&#10;SiY43BtixGSuKJfLBL88nw8mGBlLJCVCSZbgDTP4ZPrwwXFTx2ykSiUo0whApImbOsGltXUcBCYv&#10;WUXMnqqZhMtC6YpY2OplQDVpAL0SwWg4jIJGaVprlTNj4DTbXuKpxy8KltsXRWGYRSLBkJv1q/br&#10;wq3B9JjES03qkud9GuQfsqgIlxB0B5URS9CF5n9AVTzXyqjC7uWqClRR8Jx5DsAmHP7G5qwkNfNc&#10;QBxT72Qy/w82f7461YjTBEOhJKmgRO2H9lv7uf3U3rRf25vuEuzb7j3YH7tr1N72x9eou+redZfd&#10;Vfsd/L+gidOyqU0MkKk81U6NfC3P6qcqf22QVGlJ5JJ5TuebGgKF7kVw74nbmBoyWjTPFAUfcmGV&#10;F3Zd6AppBQUMIyg8fBgVgtdPHI6LBVqitS/sZldYtrYoh8MoCqNDeJDDVbR/4OOS2EG6l7U29jFT&#10;FXJGghdM2lRJCb2j9L7HJqunxvry0l4kQl+FkEAloFtWRKADn5HjQ+LeG6w7ZPdUqjkXwvebkKiB&#10;tEeHQMJdGSU4dbd+o5eLVGgEqMDDf32+99wqbmFwBK+gcjsnEpeM0JmkPowlXICNrFfbag76C4Zd&#10;7IpRjASDkXXWNm0hXXiQrOfqxPMt/OZoeDSbzCbjwXgUzQbjYZYNHs3T8SCah4cH2X6Wpln41jEJ&#10;x3HJKWXSkbkbp3D8d+3aD/Z2EHYDtZMtuI/ulYYU73590r6ZXP9sO3Gh6OZUO3aur2CCvHM/7W5E&#10;f917r5//SdMfAAAA//8DAFBLAwQUAAYACAAAACEAZcM5qN8AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPy07DMBBF90j8gzVI7FonQUCbxqkQohKsUAKb7qaxG4f6EcXOg79nWMFuHkd3zhT7xRo2&#10;qSF03glI1wkw5RovO9cK+Pw4rDbAQkQn0XinBHyrAPvy+qrAXPrZVWqqY8soxIUcBegY+5zz0Ghl&#10;Max9rxztzn6wGKkdWi4HnCncGp4lyQO32Dm6oLFXz1o1l3q0Ai7mrsbmPft6Ob7qw1SN/Xyu3oS4&#10;vVmedsCiWuIfDL/6pA4lOZ386GRgRsBmm6aEClhl9xkwImhCxUnA4zYBXhb8/wvlDwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBwsUlOnAIAANsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBlwzmo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAPYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="148"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 20" o:spid="_x0000_s1094" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:306.2pt;margin-top:6.6pt;width:0;height:45.75pt;z-index:69;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpJXUgYAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e6GtE1X3SC0m3Ap&#10;UKnlARzbm7Xw2pbtZhMhpMIL9BF4BS4c+FGfYfNGjJ0fKFwQIgdnbM98883M5z1/umolWnLrhFYF&#10;zo5SjLiimgm1KPDr69lgjJHzRDEiteIFXnOHn04ePzrvTM6HutGScYsARLm8MwVuvDd5kjja8Ja4&#10;I224gsta25Z42NpFwizpAL2VyTBNT5JOW2asptw5OK22l3gS8euaU/+qrh33SBYYuPm42rjOw5pM&#10;zkm+sMQ0gu5okH9g0RKhIOkBqiKeoBsr/oBqBbXa6dofUd0muq4F5bEGqCZLf6vmqiGGx1qgOc4c&#10;2uT+Hyx9uby0SLACD6E9irQwo/7j5nZz13/vP23u0OZ9fw/L5sPmtv/cf+u/9vf9FwTO0LnOuBwA&#10;SnVpQ+10pa7MhaZvHFK6bIha8FjB9doAahYikgchYeMM5J93LzQDH3LjdWzjqrZtgIQGoVWc1vow&#10;Lb7yiG4PKZwej7N0eBzBSb6PM9b551y3KBgFdt4SsWh8qZUCSWibxSxkeeF8YEXyfUBIqvRMSBmV&#10;IRXqgPrwNE1jhNNSsHAb/JxdzEtp0ZIEccXfjsYDN6tvFItoDSdsurM9ERJs5GNzvBXQLslxSNdy&#10;hpHk8J6CteUnVcgIpQPjnbXV19uz9Gw6no5Hg9HwZDoYpVU1eDYrR4OTWXZ6XD2pyrLK3gXy2Shv&#10;BGNcBf57rWejv9PS7tVtVXpQ+6FTyUP02FIgu/+PpOPsw7i3wplrtr60obogA5B3dN49xfB+ft1H&#10;r58fjMkPAAAA//8DAFBLAwQUAAYACAAAACEAnLjsE9sAAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VIvSDqNKpCG7KpSKUgrhTE2Y2XJDS2I9tpw9+ziAOcVqMZzb4pdrMZxJl8&#10;6J1FWC0TEGQbp3vbIry91ncbECEqq9XgLCF8UYBdeX1VqFy7i32h8yG2gktsyBVCF+OYSxmajowK&#10;SzeSZe/DeaMiS99K7dWFy80g0yTJpFG95Q+dGmnfUXM6TAbh1pnqM9Snp2paN7WvsvdnalPExc38&#10;+AAi0hz/wvCDz+hQMtPRTVYHMSBkq3TNUYR7Puz/6iPCdrMFWRby/4DyGwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOkldSBgAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJy47BPbAAAACAEAAA8AAAAAAAAAAAAAAAAAugQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 21" o:spid="_x0000_s1093" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:252.8pt;margin-top:25.35pt;width:45pt;height:.05pt;rotation:90;z-index:68;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7WGZklAIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e6mSZquuqlQfrgU&#10;iNTyAM7amzX4Z2W7+RHiQHtF6jPwBhxAqlR+XmH3jRg720DhghB7cMb2+JtvvpnJyelGCrRixnKt&#10;MpwcxBgxlWvK1TLDLy9mnSFG1hFFidCKZXjLLD4dPX50sq5S1tWlFpQZBCDKpusqw6VzVRpFNi+Z&#10;JPZAV0zBZaGNJA62ZhlRQ9aALkXUjeNBtNaGVkbnzFo4newu8SjgFwXL3YuisMwhkWHg5sJqwrrw&#10;azQ6IenSkKrkeUuD/AMLSbiCoHuoCXEEXRr+B5TkudFWF+4g1zLSRcFzFnKAbJL4t2zOS1KxkAuI&#10;Y6u9TPb/webPV3ODOM1wN8FIEQk1qj/U3+rP9af6tv5a3zZXYN8178H+2Nyg+q49vkHNdfOuuWqu&#10;6+/g/wUBAKi5rmwKoGM1N16PfKPOqzOdv7ZI6XFJ1JKFrC62FUQKL6IHT/zGVsBpsX6mKfiQS6eD&#10;tJvCSGQ0lLDfi/0XTkFCtAn13O7ryTYO5XDYP0r64IZyuBoc9j29iKQex1OrjHVPmZbIGxleMOXG&#10;WiloGW0OAzZZnVkXqkpbaQh9BTIVUkCTrIhAAA8BdritN0S4R/ZPlZ5xIUKbCYXWkHP3qKVuteDU&#10;33o/a5aLsTAIUCGP8LW4D9wkdzAvgssMD/dOJC0ZoVNFQxhHuAAbuSCxMxxEFwz72JJRjASDSfXW&#10;jrZQPjxI1ubqxQud++Y4Pp4Op8Nep9cdTDu9eDLpPJmNe53BLDnqTw4n4/EkeeuFSnppySllyidz&#10;P0VJ7++6tJ3nXf/v52gvW/QQPVQQKN7/BtKhg3zT7Npvoel2bnx2vplgcIJzO+R+Mn/dB6+ff0Wj&#10;HwAAAP//AwBQSwMEFAAGAAgAAAAhAI5APDLhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNxau0GO0hCnqkAIJC40oHJ1YxNHxOtgu03K12NOcFzt08ybajPbgZy0D71DAasl&#10;A6KxdarHTsDb68OiABKiRCUHh1rAWQfY1JcXlSyVm3CnT03sSArBUEoBJsaxpDS0RlsZlm7UmH4f&#10;zlsZ0+k7qrycUrgdaMZYTq3sMTUYOeo7o9vP5mgFbJ+al/PjN5fve3b/bDr/NcUiF+L6at7eAol6&#10;jn8w/OondaiT08EdUQUyCOCcrRMqYJHdZEASwfkqrTsIyPMCaF3R/xPqHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQB7WGZklAIAANIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCOQDwy4QAAAAoBAAAPAAAAAAAAAAAAAAAAAO4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 27" o:spid="_x0000_s1087" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:10.6pt;width:0;height:42.75pt;z-index:62;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdNWR5YAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2q/ITIQSHZ3aRt&#10;gKQHoEnKIkqRAslYNooCaS6QI/QK3XTRD3IG+UYd0p827aYo6gU9JGfevJl51Nn5spVowY0VWhU4&#10;OYgx4opqJtS8wG+up6MTjKwjihGpFS/wilt8Pn765Kzvcp7qRkvGDQIQZfO+K3DjXJdHkaUNb4k9&#10;0B1XcFlr0xIHWzOPmCE9oLcySuP4KOq1YZ3RlFsLp9XmEo8Dfl1z6l7XteUOyQIDNxdWE9aZX6Px&#10;GcnnhnSNoFsa5B9YtEQoSLqHqogj6MaIP6BaQY22unYHVLeRrmtBeagBqkni36q5akjHQy3QHNvt&#10;22T/Hyx9tbg0SLACp8cYKdLCjIaP69v1/fB9+LS+R+sPwwMs67v17fB5+DZ8HR6GLwicoXN9Z3MA&#10;KNWl8bXTpbrqLjR9a5HSZUPUnIcKrlcdoCY+InoU4je2g/yz/qVm4ENunA5tXNam9ZDQILQM01rt&#10;p8WXDtHNIYXTwyw9TQ8DOMl3cZ2x7gXXLfJGga0zRMwbV2qlQBLaJCELWVxY51mRfBfgkyo9FVIG&#10;ZUiFeqCeHsdxiLBaCuZvvZ8181kpDVoQL67w29J45Gb0jWIBreGETba2I0KCjVxojjMC2iU59ula&#10;zjCSHN6Ttzb8pPIZoXRgvLU2+np3Gp9OTiYn2ShLjyajLK6q0fNpmY2OpsnxYfWsKssqee/JJ1ne&#10;CMa48vx3Wk+yv9PS9tVtVLpX+75T0WP00FIgu/sPpMPs/bg3wplptro0vjovA5B3cN4+Rf9+ft0H&#10;r58fjPEPAAAA//8DAFBLAwQUAAYACAAAACEAzckRuN4AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hIXNCWNpvGVJpOFKmIKwNxzhrTljVO1aRb+fcYcWA32+/p+Xv5bna9OOEY&#10;Ok8a0mUCAqn2tqNGw/tbtdiCCNGQNb0n1PCNAXbF9VVuMuvP9IqnfWwEh1DIjIY2xiGTMtQtOhOW&#10;fkBi7dOPzkRex0ba0Zw53PVSJclGOtMRf2jNgE8t1sf95DTceVd+her4XE7ruhrLzccLNkrr25v5&#10;8QFExDn+m+EXn9GhYKaDn8gG0WtQ9yplKw9qzR3Y8Xc5aFilyQpkkcvLDsUPAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAF01ZHlgAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAM3JEbjeAAAACwEAAA8AAAAAAAAAAAAAAAAAugQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Соединительная линия уступом 26" o:spid="_x0000_s1088" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:77.45pt;margin-top:28.55pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:63;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQoRCWngIAAN0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd2m6tuuipRNKWrgY&#10;MGnjAdzYaQyOHdle0wpxse0Wac/AG3AB0qTx8wrJG3HsZoXBDULkwj22jz9/3+dzenS8LgVaMW24&#10;kjEO9/oYMZkpyuUyxq/O570JRsYSSYlQksV4www+nj5+dFRXERuoQgnKNAIQaaK6inFhbRUFgckK&#10;VhKzpyomYTNXuiQWpnoZUE1qQC9FMOj3x0GtNK20ypgxsJpuN/HU4+c5y+zLPDfMIhFj4Gb9qP24&#10;cGMwPSLRUpOq4FlHg/wDi5JwCZfuoFJiCbrQ/A+okmdaGZXbvUyVgcpznjGvAdSE/d/UnBWkYl4L&#10;mGOqnU3m/8FmL1anGnEa48EYI0lKeKPmQ/Ot+dx8am6br81tewXxXfse4o/tDWruuuUb1F63l+1V&#10;e918h/wvCADAzboyEYAm8lQ7P7K1PKtOVPbGIKmSgsgl86rONxXcFLoTwYMjbmIq4LSonysKOeTC&#10;Km/tOtcl0gqeMBzD08OHUS549czhuLvATbT2T7vZPS1bW5TB4mg0mbgDGWyN90f+XhI5SHey0sY+&#10;ZapELojxgkmbKCmhepTe99hkdWKsf2DauUTo6xAIlALqZUUEGnlGTg+JumyI7pHdUanmXAhfcUKi&#10;GmgPDoCT2zJKcOp2/UQvF4nQCFBBh/86vg/SSm6hdQQvYwzS4HNJJCoYoTNJfWwJFxAj6922moP/&#10;gmF3d8koRoJB07poS1tIBwCWdVqdeb6I3x72D2eT2WTYGw7Gs96wn6a9J/Nk2BvPw4NRup8mSRq+&#10;c0rCYVRwSpl0Yu4bKhz+XcF2rb1thV1L7WwLHqJ7p4Hi/a8n7YvJ1c+2EheKbk61U+fqCnrIJ3f9&#10;7pr017nP+vmvNP0BAAD//wMAUEsDBBQABgAIAAAAIQAsVeP/4AAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9LT8MwEITvSPwHa5G4UacuaqsQp0KISnBCCVy4bWM3DvUjip0H/57lBLfdndHsN8Vh&#10;cZZNeohd8BLWqwyY9k1QnW8lfLwf7/bAYkKv0AavJXzrCIfy+qrAXIXZV3qqU8soxMccJZiU+pzz&#10;2BjtMK5Crz1p5zA4TLQOLVcDzhTuLBdZtuUOO08fDPb6yejmUo9OwsVuamzexNfz54s5TtXYz+fq&#10;Vcrbm+XxAVjSS/ozwy8+oUNJTKcwehWZlSCy3ZasNIh76kAOuuyAnSRs1mIPvCz4/w7lDwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQoRCWngIAAN0EAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAsVeP/4AAAAAsBAAAPAAAAAAAAAAAAAAAAAPgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="148"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 4" o:spid="_x0000_s1101" style="position:absolute;left:0;text-align:left;margin-left:293.4pt;margin-top:21.45pt;width:30pt;height:30pt;z-index:76;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDdvJIJgIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwm7UdLXqUoS0&#10;wEoLB3Adp7FwPGbsNl0OwxlW/HKJHomxky0t/CH8Yc14xs9v3oznV/vWsJ1Cr8GWPB+NOVNWQqXt&#10;puSfP61eXHDmg7CVMGBVyR+U51eL58/mnSvUBBowlUJGINYXnSt5E4IrsszLRrXCj8ApS8EasBWB&#10;XNxkFYqO0FuTTcbjV1kHWDkEqbyn05s+yBcJv66VDB/r2qvATMmJW0g7pn0d92wxF8UGhWu0HGiI&#10;f2DRCm3p0SPUjQiCbVH/BdVqieChDiMJbQZ1raVKNVA1+fiPau4b4VSqhcTx7iiT/3+w8sPuDpmu&#10;Sj7lzIqWWnT4fvhxeDz8ZNOoTud8QUn37g5jfd7dgvzimYVlI+xGXSNC1yhREac85mdnF6Lj6Spb&#10;d++hInCxDZCE2tfYRkCSgO1TPx6O/VD7wCQdvrzIx2PqmqTQYMcXRPF02aEPbxW0LBolV8Zo56Ni&#10;ohC7Wx/67KesxB+MrlbamOTgZr00yHaCpmOVViqByjxNM5Z1Jb+cTWYJ+SzmTyGIbOTbv3qWhrC1&#10;FZ2LImr1ZrCD0Ka3qSZjB/GiXr3ua6geSDuEfmzpm5HRAH7jrKORLbn/uhWoODPvLOl/mU+nccaT&#10;M529npCDp5H1aURYSVAllwE5651l6H/G1qHeNPRWngq2cE1dq3WSM3a05zXQpcFMPRk+UZz8Uz9l&#10;/f7qi18AAAD//wMAUEsDBBQABgAIAAAAIQD6Rsx73QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqAOlVghxKkAFBKJCFMR5G2+TiHgdxU6b/j3OCY5PM5p9my9H24o99b5x&#10;rOFyloAgLp1puNLw9fl4kYLwAdlg65g0HMnDsjg9yTEz7sAftN+ESsQR9hlqqEPoMil9WZNFP3Md&#10;ccx2rrcYIvaVND0e4rht5VWSKGmx4Xihxo4eaip/NoPV8PT+fCPnw32y45d1uv5+Wx1f5yutz8/G&#10;u1sQgcbwV4ZJP6pDEZ22bmDjRathkapFrGpQCkTM1fXE24kVyCKX/x8ofgEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBDdvJIJgIAADIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQD6Rsx73QAAAAgBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 7" o:spid="_x0000_s1100" style="position:absolute;left:0;text-align:left;margin-left:259.75pt;margin-top:22.2pt;width:30pt;height:29.25pt;z-index:75;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDflclxMwIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fu2zAM/R+wOwj6X2w3ydIadYoiXYYB&#10;3Vag2wEUWY6FyaJGKXG6w+wMw353iRxplJy2yfY3zB+GKFKPj4/k5dWuM2yr0GuwFS9GOWfKSqi1&#10;XVf886flq3POfBC2FgasqviD8vxq/vLFZe9KdQYtmFohIxDry95VvA3BlVnmZas64UfglCVnA9iJ&#10;QCausxpFT+idyc7y/HXWA9YOQSrv6fZmcPJ5wm8aJcPHpvEqMFNx4hbSH9N/Ff/Z/FKUaxSu1fJA&#10;Q/wDi05oS0mfoG5EEGyD+i+oTksED00YSegyaBotVaqBqinyP6q5b4VTqRYSx7snmfz/g5UftnfI&#10;dF3xGWdWdNSi/ff9z/2P/S82i+r0zpcUdO/uMNbn3S3IL55ZWLTCrtU1IvStEjVxKmJ8dvIgGp6e&#10;slX/HmoCF5sASahdg10EJAnYLvXj4akfaheYpMvxeZHn1DVJrvGsmMymKYMoHx879OGtgo7FQ8WV&#10;Mdr5qJgoxfbWh8hHlI9RiT8YXS+1McnA9WphkG0FTccyfYcE/jjMWNZTdRf5NE/QJ05/jEFsI+Eh&#10;7UkYwsbWdC/KKNabwzkIbYYz0TT2oF4UbBA+7Fa71JxxAo1qrqB+ID0RhlGm1aNDC/iNs57GuOL+&#10;60ag4sy8s9STi2IyiXOfjMl0dkYGHntWxx5hJUFVXAbkbDAWYdiWjUO9bilXkTSwcE2dbHSS+JnX&#10;oQIa1qT8YbHiNhzbKep5/ee/AQAA//8DAFBLAwQUAAYACAAAACEA2VTtGN8AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8SbbYlpI7ZYgxnoyxCIEb0v7bBu7b5vuAvXf8zjp&#10;cTKTmW/SxWg6ccLBtZYUhJMABFJpq5ZqBZ+b14c5COc1VbqzhAp+0cEiu71JdVLZM33gqfC14BJy&#10;iVbQeN8nUrqyQaPdxPZI7H3bwWjPcqhlNegzl5tOToMglka3xAuN7nHVYPlTHI2C/Hm1fnnfrLf7&#10;nMJl3m6j3VvxpdT93bh8AuFx9H9huOIzOmTMdLBHqpzoFETTcMZRBTN+wH40v+qDgjh+BJml8v+B&#10;7AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDflclxMwIAAEYEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDZVO0Y3wAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 24" o:spid="_x0000_s1098" style="position:absolute;left:0;text-align:left;margin-left:83.75pt;margin-top:24.9pt;width:30pt;height:29.25pt;z-index:73;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzUmsuNQIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFu2zAM/R+wOwj6X2ynadMadYqiXYYB&#10;3Vag2wEYWY6FyZJGKXGyw+wMxX53iRxplJym6fY3zB+CKFKPj4+UL682nWZriV5ZU/FilHMmjbC1&#10;MsuKf/k8f3POmQ9gatDWyIpvpedXs9evLntXyrFtra4lMgIxvuxdxdsQXJllXrSyAz+yThpyNhY7&#10;CGTiMqsRekLvdDbO87Ost1g7tEJ6T6e3g5PPEn7TSBE+NY2XgemKE7eQVkzrIq7Z7BLKJYJrldjT&#10;gH9g0YEylPQAdQsB2ArVX1CdEmi9bcJI2C6zTaOETDVQNUX+RzUPLTiZaiFxvDvI5P8frPi4vkem&#10;6oqPJ5wZ6KhHux+7n7vH3S9GR6RP73xJYQ/uHmOF3t1Z8dUzY29aMEt5jWj7VkJNrIoYn724EA1P&#10;V9mi/2BrQodVsEmqTYNdBCQR2CZ1ZHvoiNwEJujw5LzIc+qbINfJtJhMT1MGKJ8uO/ThnbQdi5uK&#10;S62V81EzKGF950PkA+VTVOJvtarnSutk4HJxo5GtgeZjnr59An8cpg3rqbqL/DRP0C+c/hiD2EbC&#10;Q9oXYWhXpqZzKKNYb/f7AEoPe6KpzV69KNggfNgsNkN7ziJoVHNh6y3piXYYZnp8tGktfuesp0Gu&#10;uP+2ApSc6feGenJRTCZx8pMxOZ2OycBjz+LYA0YQVMVFQM4G4yYM72XlUC1bylUkDYy9pk42Kkn8&#10;zGtfAY1rUn7/tOJ7OLZT1PMPYPYbAAD//wMAUEsDBBQABgAIAAAAIQDySkZi4QAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNWpBDiVKWIcEIVKUVwc+MliYjXUey24e+7&#10;PcFxZp9mZ7LFaDtxwMG3jhTEkwgEUuVMS7WC983zzR0IHzQZ3TlCBb/oYZFfXmQ6Ne5Ib3goQy04&#10;hHyqFTQh9KmUvmrQaj9xPRLfvt1gdWA51NIM+sjhtpPTKEqk1S3xh0b3uGqw+in3VkHxuFo/vW7W&#10;28+C4mXRbm8/Xsovpa6vxuUDiIBj+IPhXJ+rQ86ddm5PxouO9XyeMKpgFscxCCams7OzYye5T0Dm&#10;mfy/IT8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAM1JrLjUCAABIBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8kpGYuEAAAALAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 40" o:spid="_x0000_s1137" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:251772928;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
-[...1 lines deleted...]
-                </v:shape>
+                <v:oval id="Овал 25" o:spid="_x0000_s1089" style="position:absolute;left:0;text-align:left;margin-left:121.6pt;margin-top:24.15pt;width:30pt;height:30pt;z-index:64;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCf+rgJAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adrSwm7UdLXqUoS0&#10;wEoLB3AdJ7FwPGbsNi2H4QyIXy7RIzF2sqULEh8If1gznvHzmzfjxdW+NWyn0GuwBZ+MxpwpK6HU&#10;ti74xw/rZxec+SBsKQxYVfCD8vxq+fTJonO5mkIDplTICMT6vHMFb0JweZZ52ahW+BE4ZSlYAbYi&#10;kIt1VqLoCL012XQ8fpF1gKVDkMp7Or3pg3yZ8KtKyfC+qrwKzBScuIW0Y9o3cc+WC5HXKFyj5UBD&#10;/AOLVmhLj56gbkQQbIv6D6hWSwQPVRhJaDOoKi1VqoGqmYx/q+a+EU6lWkgc704y+f8HK9/t7pDp&#10;suDTOWdWtNSj49fj9+O34w9GR6RP53xOaffuDmOF3t2C/OSZhVUjbK2uEaFrlCiJ1STmZ48uRMfT&#10;Vbbp3kJJ6GIbIEm1r7CNgCQC26eOHE4dUfvAJB0+v5iMx9Q3SaHBji+I/OGyQx9eK2hZNAqujNHO&#10;R81ELna3PvTZD1mJPxhdrrUxycF6szLIdoLmY51WKoHKPE8zlnUFv5yTIH+HILKRb//qIwiErS3p&#10;XORRq1eDHYQ2vU01GTuIF/Xqdd9AeSDtEPrBpY9GRgP4hbOOhrbg/vNWoOLMvLGk/+VkNotTnpzZ&#10;/OWUHDyPbM4jwkqCKrgMyFnvrEL/N7YOdd3QW5NUsIVr6lqlk5yxoz2vgS6NZurJ8I3i7J/7KevX&#10;Z1/+BAAA//8DAFBLAwQUAAYACAAAACEADBzOH+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hI3FiyFk2lNJ0ADRCICTEQ56zx2orGqZp06/493glu9vPT8/eK5eQ6scchtJ40&#10;zGcKBFLlbUu1hq/Px6sMRIiGrOk8oYYjBliW52eFya0/0AfuN7EWHEIhNxqaGPtcylA16EyY+R6J&#10;bzs/OBN5HWppB3PgcNfJRKmFdKYl/tCYHh8arH42o9Pw9P58I9PxXu3oZZ2tv99Wx9d0pfXlxXR3&#10;CyLiFP/McMJndCiZaetHskF0GpLrZM5WDanKuAM7UnVStjwsWJFlIf93KH8BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAwn/q4CQCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEADBzOH+AAAAALAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;"/>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 68" o:spid="_x0000_s1151" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:253.05pt;margin-top:134.85pt;width:45pt;height:.05pt;rotation:90;z-index:251787264;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-169624800,-178920" strokeweight="1pt">
-[...207 lines deleted...]
-                <v:shape id="Прямая со стрелкой 79" o:spid="_x0000_s1155" type="#_x0000_t32" style="position:absolute;margin-left:511.8pt;margin-top:63.8pt;width:127.75pt;height:0;rotation:90;z-index:251791360;visibility:visible" adj="-112870,-1,-112870" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 3" o:spid="_x0000_s1092" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:36.25pt;width:0;height:36.7pt;flip:y;z-index:67;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9QPnXcQIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO6jhC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPYCOUKv0E0X/SBnkG/UIeU4SbspinoxHpIzj2+Gb3Ryum4FWjJjuZI5&#10;Tg5ijJisFOVykeM3l7PBGCPriKREKMlyvGEWn06ePjlZ6YwNVaMEZQYBiLTZSue4cU5nUWSrhrXE&#10;HijNJBzWyrTEwdIsImrICtBbEQ3jeBStlKHaqIpZC7tlf4gnAb+uWeVe17VlDokcAzcXrAl27m00&#10;OSHZwhDd8GpHg/wDi5ZwCZfuoUriCLoy/A+olldGWVW7g0q1kaprXrFQA1STxL9Vc9EQzUIt0Byr&#10;922y/w+2erU8N4jTHB9iJEkLT9R93l5vb7qf3ZftDdp+7G7BbD9tr7uv3Y/ue3fbfUOHvm8rbTNI&#10;L+S58ZVXa3mhz1T1ziKpiobIBQv8LzcaQBOfET1K8Qur4fb56qWiEEOunApNXNemRbXg+q1P9ODQ&#10;KLQOr7bZvxpbO1T1mxXspqNRfBweNCKZR/B52lj3gqkWeSfH1hnCF40rlJQgDWV6dLI8s87zu0/w&#10;yVLNuBBBIUKiFXAZHsVx4GOV4NSf+jhrFvNCGLQkXmThF6qFk4dhnkJJbNPHUfB69Rl1JWm4pWGE&#10;Tne+I1yAj1xonzMcGioY9jRaRjESDObNez1vIT0TaAlUsvN6/b0/jo+n4+k4HaTD0XSQxmU5eD4r&#10;0sFolhw9Kw/LoiiTD76oJM0aTimTvq67WUjSv9Pabip7Fe+nYd/B6DF6aDWQvfsPpIM6vCB6ac0V&#10;3ZwbX50XCsg/BO9G1c/Xw3WIuv+gTH4BAAD//wMAUEsDBBQABgAIAAAAIQAD+u3h3wAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUGu3QrSEOBUC8dMDB1IkxG0bL0mU2I5i&#10;pw08fTcnOK1GMzv7bboZbSsO1IfaOw2LuQJBrvCmdqWGj93TbA0iRHQGW+9Iww8F2GTnZykmxh/d&#10;Ox3yWAoucSFBDVWMXSJlKCqyGOa+I8fet+8tRpZ9KU2PRy63rVwqdSMt1o4vVNjRQ0VFkw+WMfLm&#10;rd7iNn6+3j6/DA39fpmrR60vL8b7OxCRxvgXhgmfdyBjpr0fnAmiZb1acFLDcnUNYvInveep1Bpk&#10;lsr/D2QnAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL1A+ddxAgAAmAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAP67eHfAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 33" o:spid="_x0000_s1132" style="position:absolute;margin-left:415.8pt;margin-top:5.3pt;width:65.45pt;height:27.75pt;z-index:251767808;visibility:visible;v-text-anchor:middle">
-[...35 lines deleted...]
-                </v:rect>
+                <v:oval id="Овал 6" o:spid="_x0000_s1102" style="position:absolute;left:0;text-align:left;margin-left:462.25pt;margin-top:24.15pt;width:30pt;height:30pt;z-index:77;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtyc6zJgIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adLSlt2o6WrVpQhp&#10;gZUWDuA6TmPheMzYbVoOwxkQv1yiR2LsdEsLfwh/WDOe8fObN+PZza41bKvQa7AlHw5yzpSVUGm7&#10;Lvmnj8sXV5z5IGwlDFhV8r3y/Gb+/Nmsc4UaQQOmUsgIxPqicyVvQnBFlnnZqFb4AThlKVgDtiKQ&#10;i+usQtERemuyUZ5Psw6wcghSeU+nd32QzxN+XSsZPtS1V4GZkhO3kHZM+yru2XwmijUK12h5pCH+&#10;gUUrtKVHT1B3Igi2Qf0XVKslgoc6DCS0GdS1lirVQNUM8z+qeWyEU6kWEse7k0z+/8HK99sHZLoq&#10;+ZQzK1pq0eHb4cfh++Enm0Z1OucLSnp0Dxjr8+4e5GfPLCwaYdfqFhG6RomKOA1jfnZxITqerrJV&#10;9w4qAhebAEmoXY1tBCQJ2C71Y3/qh9oFJunw5dUwz6lrkkJHO74giqfLDn14o6Bl0Si5MkY7HxUT&#10;hdje+9BnP2Ul/mB0tdTGJAfXq4VBthU0Hcu0UglU5nmasawr+fVkNEnIFzF/DkFkI9/+1Ys0hI2t&#10;6FwUUavXRzsIbXqbajL2KF7Uq9d9BdWetEPox5a+GRkN4FfOOhrZkvsvG4GKM/PWkv7Xw/E4znhy&#10;xpNXI3LwPLI6jwgrCarkMiBnvbMI/c/YONTrht4apoIt3FLXap3kjB3teR3p0mCmnhw/UZz8cz9l&#10;/f7q818AAAD//wMAUEsDBBQABgAIAAAAIQCZSMBi3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT8JAEIXvJv6HzZh4k60g0NZuiRqUaCBGNJ6X7tA2dmeb7hbKv3c46XHe+/LmvWwx2EYcsPO1&#10;IwW3owgEUuFMTaWCr8/nmxiED5qMbhyhghN6WOSXF5lOjTvSBx62oRQcQj7VCqoQ2lRKX1RotR+5&#10;Fom9veusDnx2pTSdPnK4beQ4imbS6pr4Q6VbfKqw+Nn2VsHL+yqRk/4x2tPrJt58r5ent8lSqeur&#10;4eEeRMAh/MFwrs/VIedOO9eT8aJRkIynd4yyMZ2BYCCJz8JOwZwFmWfy/4L8FwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAO3JzrMmAgAAMgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAJlIwGLfAAAACQEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="007964D9">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 31" o:spid="_x0000_s1131" style="position:absolute;margin-left:260.65pt;margin-top:5.3pt;width:56.1pt;height:27.75pt;z-index:251766784;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Прямоугольник 31">
+                <v:oval id="Овал 5" o:spid="_x0000_s1103" style="position:absolute;left:0;text-align:left;margin-left:430.8pt;margin-top:22.9pt;width:30pt;height:29.25pt;z-index:78;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3fbnONAIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1FuEzEQ/UfiDpb/ye42CW1X2VRVShFS&#10;gUqFA0y83qyF1zZjJ5tyGM6A+OUSORJjb5om8Ifwh+XxjJ/fvJmZXW07zTYSvbKm4sUo50waYWtl&#10;VhX//On21QVnPoCpQVsjK/4oPb+av3wx610pz2xrdS2REYjxZe8q3obgyizzopUd+JF10pCzsdhB&#10;IBNXWY3QE3qns7M8f531FmuHVkjv6fZmcPJ5wm8aKcLHpvEyMF1x4hbSjmlfxj2bz6BcIbhWiT0N&#10;+AcWHShDnx6gbiAAW6P6C6pTAq23TRgJ22W2aZSQKQfKpsj/yOahBSdTLiSOdweZ/P+DFR8298hU&#10;XfEpZwY6KtHu++7n7sfuF5tGdXrnSwp6cPcY8/Puzoovnhm7aMGs5DWi7VsJNXEqYnx28iAanp6y&#10;Zf/e1gQO62CTUNsGuwhIErBtqsfjoR5yG5igy/FFkedUNUGu8XkxOU+MMiifHjv04a20HYuHikut&#10;lfNRMShhc+dD5APlU1Tib7Wqb5XWycDVcqGRbYC64zatlAKleRymDespu8t8mifoE6c/xiC2kfDw&#10;7UkY2rWp6R7KKNab/TmA0sOZaGqzVy8KNggftsttKs44aRvVXNr6kfREO7QyjR4dWovfOOupjSvu&#10;v64BJWf6naGaXBaTSez7ZEym52dk4LFneewBIwiq4iIgZ4OxCMO0rB2qVUt/FUkDY6+pko1KEj/z&#10;2mdAzZqU3w9WnIZjO0U9j//8NwAAAP//AwBQSwMEFAAGAAgAAAAhAOjC0QngAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwkAQhu8mvsNmTLzJlgYK1G4JYqwnQyxg9La0Y9vYnW26C9S3Zzjp&#10;ceb/8s83yXIwrThh7xpLCsajAARSYcuGKgW77cvDHITzmkrdWkIFv+hgmd7eJDou7Zne8ZT7SnAJ&#10;uVgrqL3vYildUaPRbmQ7JM6+bW+057GvZNnrM5ebVoZBEEmjG+ILte5wXWPxkx+NguxpvXl+2272&#10;nxmNV1mzn3685l9K3d8Nq0cQHgf/B8NVn9UhZaeDPVLpRKtgHk2mjHIQhSAYWITXxUHBbDIDmSby&#10;/wfpBQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADd9uc40AgAARgQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOjC0QngAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokeweight="1.5pt">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
-[...98 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 90" o:spid="_x0000_s1158" style="position:absolute;margin-left:291.3pt;margin-top:6.3pt;width:30pt;height:30pt;z-index:251794432;visibility:visible;v-text-anchor:middle"/>
-[...24 lines deleted...]
-                <v:shape id="_x0000_s1163" style="position:absolute;margin-left:546.95pt;margin-top:21.3pt;width:64.3pt;height:32.6pt;z-index:251799552;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                <v:shape id="Полилиния 1" o:spid="_x0000_s1099" style="position:absolute;left:0;text-align:left;margin-left:546.65pt;margin-top:40.35pt;width:64.3pt;height:32.6pt;z-index:74;visibility:visible" coordsize="21600,21600" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXiIV7DAUAAK0RAAAOAAAAZHJzL2Uyb0RvYy54bWy0WN1u2zYYvR+wdyB0OWC1JEuWbMQpirQZ&#10;BnRrgHjYNSPJllBJ1Eg6TvYSe4S9RoFhe4bsjXZIiTLlRkq2pQ1q6ufo8PvOoT6SOnt9V5XkNuOi&#10;YPXa8V65DsnqhKVFvVs7P20uv40dIiStU1qyOls795lwXp9//dXZoVllPstZmWacgKQWq0OzdnIp&#10;m9VsJpI8q6h4xZqsxs0t4xWVOOW7WcrpAexVOfNddzE7MJ42nCWZELj6tr3pnGv+7TZL5IftVmSS&#10;lGsHsUn9y/XvjfqdnZ/R1Y7TJi+SLgz6H6KoaFGj057qLZWU7HnxGVVVJJwJtpWvElbN2HZbJJnO&#10;Adl47kk21zltMp0LxBFNL5N4Odrkx9srTooU3jmkphUsevj94a+HPx4+6f9/Pnz6+zfiKZ0OjVgB&#10;ft1ccZWpaN6z5KMgNXuXFvKKFbVEXIqFXeS03mVvOGeHPKOpvgyC2YBBnQhwkZvDDyxFv3Qvmdbw&#10;bssr1QPUIXfaqvvequxOkgQXY2+x8GBogluBF7i+tnJGV+bhZC/kdxnTRPT2vZCt0ymOtE9pl+0G&#10;JNuqhOnfzIhLDsT3Fq4ZFz0IaVmg/HGQb4F8N4jieIxubiFdMkIXWKDAXYZROEYXWshRuoUFmqaL&#10;LKQX+oE7yomXu5dlmnNpIeduEI9zKld70mkZPduWJ1htc8Ztto15gtC2Z5zQtmZaS882yCUYhNBo&#10;EYbzRVekjoPRNmgaaRs0jbQNmkTiTTv6M4207ZlGDt2ZyN23HZrmtA0KYebY2+PbHi3x+o+9kL7t&#10;kBeFE5S2Q148jyKbE1VqZ+oQzU1pSu7qrjbhiKCArp0NxoQqVg0TqhCqUoVyt9HVGCTAqbsWPBrA&#10;IaqCz9X4eRQeD+DQS8HDUfhyAIcYCh6NwTFO7NgxEhV8OQr3BnBVBRQer/hI9L4/fKDL1htNF0PH&#10;Dsjr8vUGCbc6dUZwLB/UwmHjA4ulw0YNFSweNmokYPmw8XX2MIhK5aOmxyE5rJ12GiF5f4SZi+/V&#10;MunDRzWbKWzFbrMN009JZXAXkpnKjrfL2oZ11JDHIM190zaa7ojDkR93QhqMaVts1/Wzgac9JyUT&#10;WeuUEuN/KxEHUTvAfHduDBrVww3nKF/QwwKb9EzbSdJDUVnNWDQQ03aK9CH8C+gjAbywMnHcjlvf&#10;Xfqdo2O6RIEar1qWHmtyNG2b6xEZRafODpF9988GHuM0TF9IkbnnGkefVMTCmqhMe6LIHMu4yTfH&#10;KPJ84DFO0+cXUiTw2gKFovakIhbWRGXaE0WweNNLErAahGlbpFHk+cBjnIbphRUJVQ/qVQi94Kly&#10;0r8MFtaEZdoTScIYM0Rb/QzCtC3y2P/zkcdIDddnosCCfupRM5e15xGsLNLLoixVKRZ8d3NRcnJL&#10;MZtd6n9duANYWauZaxmibOinRinU2rTdJKHXAUVVSOzny6LCFq0H0ZXaBr6rU0hEV5IWZXusR5C6&#10;lOmdejeDsj0orvP0QNJCYNb13ChaYNmXFph6/ahlJbTc4YNDIjlmZCZ/LmSud8tmah1kHLvqr8u4&#10;p9eLIqtnvT1VO9J2q3vD0nvsTkGuONU3DhzkjP/qkAO+F6wd8cue8swh5fc1drhLLwgAk/okCCMs&#10;fwi379zYd2idgGrtSAcrPXV4IXGGR/YNL3a5ylpbULM32BVvC7V71fG1UXUn+Cagk+i+X6iPDva5&#10;Rh2/spz/AwAA//8DAFBLAwQUAAYACAAAACEAB5gRHeAAAAAMAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwW7CMAyG75P2DpEn7TYSyhhtaYqmSUjsNth24Baa0FQkTtUE6N5+5rTd/Muffn+uVqN37GKG&#10;2AWUMJ0IYAaboDtsJXx9rp9yYDEp1MoFNBJ+TIRVfX9XqVKHK27NZZdaRiUYSyXBptSXnMfGGq/i&#10;JPQGaXcMg1eJ4tByPagrlXvHMyFeuFcd0gWrevNmTXPanb0EPKnvxfqjcWKT9naeb/ZF6N+lfHwY&#10;X5fAkhnTHww3fVKHmpwO4Yw6MkdZFLMZsRJysQB2I7JsWgA70PQ8L4DXFf//RP0LAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAl4iFewwFAACtEQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAB5gRHeAAAAAMAQAADwAAAAAAAAAAAAAAAABmBwAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHMIAAAAAA==&#10;" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
                   <v:stroke joinstyle="miter"/>
                   <v:shadow on="t" offset="6pt,6pt"/>
                   <v:formulas/>
-                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;7742219,0;15484400,0;15484400,2921141;15484400,5842282;7742219,5842282;0,5842282;0,2921141" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
                   <o:lock v:ext="edit" verticies="t"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F810B6" w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">                                                                                                                                                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Ромб 32" o:spid="_x0000_s1070" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:123.35pt;margin-top:18.05pt;width:77.25pt;height:61.5pt;z-index:45;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO4HuSNwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/ySahIemqm6pqCUIq&#10;UKlwgIntzVrYHmM72YTTcIX+I86QIzHrTUMKfCH2w/J4xs8z783sxeXWGrZRIWp0FR8NhpwpJ1Bq&#10;t6r4p4+LFzPOYgInwaBTFd+pyC/nz59dtL5UY2zQSBUYgbhYtr7iTUq+LIooGmUhDtArR84ag4VE&#10;ZlgVMkBL6NYU4+HwVdFikD6gUDHS6U3v5POMX9dKpA91HVVipuKUW8pryOuyW4v5BZSrAL7R4pAG&#10;/EMWFrSjR49QN5CArYP+A8pqETBinQYCbYF1rYXKNVA1o+Fv1dw34FWuhciJ/khT/H+w4v3mLjAt&#10;K/5yzJkDSxrtv+1/7L/vHxgdET+tjyWF3fu70FUY/S2Kz5E5vG7ArdRVCNg2CiRlNeriiycXOiPS&#10;VbZs36EkdFgnzFRt62A7QCKBbbMiu6MiapuYoMPz2Wg4nXAmyDWl/SQrVkD5eNmHmN4otKzbVFxq&#10;sOhkxofNbUxdPlA+RuX80Wi50MZkI6yW1yawDVB/LPKXS6AyT8OMYy0lMxlPMvITXzyFGObvbxBW&#10;J2p0o23FZ8cgKDviXjuZ2zCBNv2eUjbuwGRHXi9C2i63j1IddFmi3BG3AfvGpkGkTYPhK2ctNXXF&#10;45c1BMWZeetIn/PR2Vk3Bdk4m0zHZIRTz/LUA04QVMVFCpz1xnXqZ2ftg1419NYoE+LwilStdaa7&#10;U7zP61ABtW5W4TBm3Wyc2jnq189g/hMAAP//AwBQSwMEFAAGAAgAAAAhABYNWk3gAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGzUSVpCCXEqBBTE0IG2A6MbH0lofA6224Z/&#10;zzHBeHqf3vuuXIy2F0f0oXOkIJ0kIJBqZzpqFGw3y6s5iBA1Gd07QgXfGGBRnZ+VujDuRG94XMdG&#10;cAmFQitoYxwKKUPdotVh4gYkzj6ctzry6RtpvD5xue1lliS5tLojXmj1gA8t1vv1wSrQXbfyfvVi&#10;9u/0OnVfz49Py82nUpcX4/0diIhj/IPhV5/VoWKnnTuQCaJXkM3yG0YVTPMUBAOzJM1A7Ji8vk1B&#10;VqX8/0L1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE7ge5I3AgAAVAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABYNWk3gAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAkQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Условие</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Ромб 35" o:spid="_x0000_s1104" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:293.55pt;margin-top:18.15pt;width:69.45pt;height:61.5pt;z-index:79;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCB56urOAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/ySZpQtNVN1WVEoRU&#10;oFLhAI7tzVrYHjN2simn4Qr8I86QIzHrTUMKfCH2w/J4xs8z783s5dXOWbbVGA34io8GQ860l6CM&#10;X1f844flixlnMQmvhAWvK/6gI7+aP3922YZSj6EBqzQyAvGxbEPFm5RCWRRRNtqJOICgPTlrQCcS&#10;mbguFIqW0J0txsPhy6IFVAFB6hjp9KZ38nnGr2st0/u6jjoxW3HKLeUV87rq1mJ+Kco1itAYeUhD&#10;/EMWThhPjx6hbkQSbIPmDyhnJEKEOg0kuALq2kida6BqRsPfqrlvRNC5FiInhiNN8f/BynfbO2RG&#10;VfxsypkXjjTaf93/2H/ff2N0RPy0IZYUdh/usKswhluQnyLzsGiEX+trRGgbLRRlNeriiycXOiPS&#10;VbZq34IidLFJkKna1eg6QCKB7bIiD0dF9C4xSYezGdFCiUlync9Gw2lWrBDl4+WAMb3W4Fi3qbgy&#10;woFXGV9sb2Pq8hHlY1TOH6xRS2NtNnC9WlhkW0H9scxfLoHKPA2znrUVv5iOpxn5iS+eQgzz9zcI&#10;ZxI1ujWOijoGibIj7pVXuQ2TMLbfU8rWH5jsyOtFSLvVrpfq7FGXFagH4hahb2waRNo0gF84a6mp&#10;Kx4/bwRqzuwbT/pcjCaTbgqyMZmej8nAU8/q1CO8JKiKy4Sc9cYi9bOzCWjWDb01yoR4uCZVa5Pp&#10;7hTv8zpUQK2bVTiMWTcbp3aO+vUzmP8EAAD//wMAUEsDBBQABgAIAAAAIQCus25K4AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4ky00FKjdEqOi4cBB4OBx6Y5tpTtbdxeo&#10;/97xpMfJfHnve8VysJ04ow+tIwXjUQICqXKmpVrBfre6m4MIUZPRnSNU8I0BluX1VaFz4y70hudt&#10;rAWHUMi1gibGPpcyVA1aHUauR+Lfh/NWRz59LY3XFw63nZwkSSatbokbGt3jY4PVcXuyCnTbbrzf&#10;vJrjO61T9/Xy9LzafSp1ezM83IOIOMQ/GH71WR1Kdjq4E5kgOgXT+WzMqII0S0EwMJtkPO7A5HSR&#10;giwL+X9C+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCB56urOAIAAFQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCus25K4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAJIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Усл</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002914A7">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>овие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="0016714D" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0016714D">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Ромб 33" o:spid="_x0000_s1105" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:458.55pt;margin-top:18.15pt;width:89.25pt;height:54.3pt;z-index:80;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB66b5CPAIAAFUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6Wbz059VN1XVUoRU&#10;oFLhAI7tzVrYHjN2simn4Qp9R5whR2LWm4YUeELsg+XxjD/PfN/Mnl9snGVrjdGAr3l5NOJMewnK&#10;+GXNP328eXXKWUzCK2HB65o/6Mgv5i9fnHeh0mNowSqNjEB8rLpQ8zalUBVFlK12Ih5B0J6cDaAT&#10;iUxcFgpFR+jOFuPR6LjoAFVAkDpGOr0enHye8ZtGy/ShaaJOzNacckt5xbwu+rWYn4tqiSK0Ru7S&#10;EP+QhRPG06N7qGuRBFuh+QPKGYkQoUlHElwBTWOkzjVQNeXot2ruWxF0roXIiWFPU/x/sPL9+g6Z&#10;UTWfTDjzwpFG22/bH9vv20dGR8RPF2JFYffhDvsKY7gF+TkyD1et8Et9iQhdq4WirMo+vnh2oTci&#10;XWWL7h0oQherBJmqTYOuByQS2CYr8rBXRG8Sk3RYlpPJ9GTGmSTf8enZcZklK0T1dDtgTG80ONZv&#10;aq6McOBVfkCsb2PqExLVU1QuAKxRN8babOBycWWRrQU1yE3+cg1U52GY9ayr+dlsPMvIz3zxEGKU&#10;v79BOJOo061xNT/dB4mqZ+61V7kPkzB22FPK1u+o7NkbVEibxWbQavokzALUA5GLMHQ2TSJtWsCv&#10;nHXU1TWPX1YCNWf2rSeBzsrptB+DbExnJ2My8NCzOPQILwmq5jIhZ4NxlYbhWQU0y5beKjMhHi5J&#10;1sZkunvJh7x2FVDvZhV2c9YPx6Gdo379DeY/AQAA//8DAFBLAwQUAAYACAAAACEAGY5iDuEAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNuqElNCEOBUCSsXQgbYDoxsfiWl8&#10;DrbbhrfHnWC703367/ur+Wh6dkTntSUB6SQBhtRYpakVsN0sbmbAfJCkZG8JBfygh3l9eVHJUtkT&#10;veNxHVoWQ8iXUkAXwlBy7psOjfQTOyDF26d1Roa4upYrJ08x3PT8NklybqSm+KGTAz512OzXByNA&#10;ar1ybrVU+w96y+z36/PLYvMlxPXV+PgALOAY/mA460d1qKPTzh5IedYLKNL7NKICsjwDdgaS4i4H&#10;tovTdFoAryv+v0P9CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHrpvkI8AgAAVQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmOYg7hAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002914A7" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002914A7">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Условие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 2" o:spid="_x0000_s1106" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:221.75pt;width:22.5pt;height:43.25pt;z-index:81;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASSCAMqgIAACEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv3fyQbJto09VuSxHS&#10;AistPICbOI2FYwfbbbpCKyFxReIReAguiJ99hvSNGDtttwscECIHx+MZz3wz841PTtc1RyuqNJMi&#10;w8GRjxEVuSyYWGT41cvZYISRNkQUhEtBM3xNNT4dP3xw0jYpDWUleUEVAidCp22T4cqYJvU8nVe0&#10;JvpINlSAspSqJgZEtfAKRVrwXnMv9P1jr5WqaJTMqdZwOu2VeOz8lyXNzYuy1NQgnmHAZtyq3Dq3&#10;qzc+IelCkaZi+RYG+QcUNWECgu5dTYkhaKnYb65qliupZWmOcll7sixZTl0OkE3g/5LNVUUa6nKB&#10;4uhmXyb9/9zmz1eXCrEiwyFGgtTQou7T5t3mY/e9u9287z53t923zYfuR/el+4pCW6+20Slcu2ou&#10;lc1YNxcyf62RkJOKiAU9U0q2FSUFoAysvXfvghU0XEXz9pksIBxZGulKty5VbR1CUdDadeh63yG6&#10;NiiHw3AUD2PoYw6qOErCYewikHR3uVHaPKGyRnaTYQUEcM7J6kIbC4akOxMHXnJWzBjnTlCL+YQr&#10;tCJAlpn7tt71oRkX1lhIe6332J8ARohhdRata/7bJAgj/zxMBrPj0XAQzaJ4kAz90cAPkvPk2I+S&#10;aDq7sQCDKK1YUVBxwQTdETGI/q7R25HoKeSoiNoMJ3EYu9zvodeHSfru+1OSNTMwl5zVGR7tjUhq&#10;+/pYFJA2SQ1hvN979+G7KkMNdn9XFccC2/ieQGY9XzvaPXIdtKyYy+IaeKEk9A1aDI8KbOwaDkFs&#10;YUYzrN8siaIY8acC6JUEUWSH2glRPAxBUIea+aGGiLySMPoGo347Mf1DsGwUW1QQLHDlEvIMKFky&#10;R5c7YFsiwxy6vLZvhh30Q9lZ3b1s458AAAD//wMAUEsDBBQABgAIAAAAIQCZJXrC4AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGFbCSt1J4RYT3BgTBPHtAlNReNUTbYV&#10;np7sBEfbn35/f7GeXM+OZgydJ4TbmQBmqPG6oxZh9765uQcWoiKtek8G4dsEWJeXF4XKtT/Rmzlu&#10;Y8tSCIVcIdgYh5zz0FjjVJj5wVC6ffrRqZjGseV6VKcU7no+F+KOO9VR+mDVYJ6sab62B4dQ75/b&#10;1x+92lSyqlbBTlK+fEjE66vp8QFYNFP8g+Gsn9ShTE61P5AOrEeQmUwkwnK5yICdgblImxohWwgB&#10;vCz4/wrlLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASSCAMqgIAACEFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCZJXrC4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAAQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" stroked="f">
+            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00D57A88" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D57A88">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Запрос</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13825"/>
+        <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13825" w:type="dxa"/>
+            <w:tcW w:w="14317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушы</w:t>
+              <w:t>Услугополучатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="8496" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:ind w:left="8508" w:firstLine="709"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="9203" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="9192" w:firstLine="12"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...169 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="3"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Выдача справок по опеке и попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E319E7">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E319E7">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-процессов оказания государственной услуги «Выдача </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:rStyle w:val="3"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>справок по опеке и попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1084" style="position:absolute;left:0;text-align:left;margin-left:604.85pt;margin-top:10.5pt;width:120.75pt;height:46.75pt;z-index:251718656">
-            <v:textbox style="mso-next-textbox:#_x0000_s1084">
+          <v:rect id="Прямоугольник 133" o:spid="_x0000_s1148" style="position:absolute;left:0;text-align:left;margin-left:402.35pt;margin-top:10.55pt;width:108pt;height:47.25pt;z-index:123;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/4mHUUwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdLNJk7arbKoqJQip&#10;QKXCA3i93qyF1zZjJ5tyQuoViUfgIbggfvoMmzdi7KRpCpwQe7BmPONvZr6Z2fHpqlFkKcBJo3Oa&#10;HvQoEZqbUup5Tt+8nj05psR5pkumjBY5vRaOnk4ePxq3NhN9UxtVCiAIol3W2pzW3tssSRyvRcPc&#10;gbFCo7Ey0DCPKsyTEliL6I1K+r3eKGkNlBYMF87h7fnGSCcRv6oE96+qyglPVE4xNx9PiGcRzmQy&#10;ZtkcmK0l36bB/iGLhkmNQXdQ58wzsgD5B1QjORhnKn/ATZOYqpJcxBqwmrT3WzVXNbMi1oLkOLuj&#10;yf0/WP5yeQlElti7wYASzRpsUvd5/WH9qfvR3a5vui/dbfd9/bH72X3tvpHghZy11mX49MpeQqja&#10;2QvD3zqizbRmei7OAExbC1ZipmnwTx48CIrDp6RoX5gSA7KFN5G+VQVNAERiyCp26XrXJbHyhONl&#10;OjhKRz1sJkcbCr2jYQzBsrvXFpx/JkxDgpBTwCmI6Gx54XzIhmV3LjF7o2Q5k0pFBebFVAFZMpyY&#10;Wfy26G7fTWnS5vRk2B9G5Ac2tw+B+eH3N4hGehx9JZucHu+cWBZoe6rLOJieSbWRMWWltzwG6jYt&#10;8KtiFZs3GIUIgdfClNfILJjNqONqolAbeE9Ji2OeU/duwUBQop5r7M5JengY9iIqh8OjPiqwbyn2&#10;LUxzhMqpp2QjTv1mlxYW5LzGSGmkQ5sz7GglI9n3WW3zx1GOPdiuXdiVfT163f8cJr8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDCj+bR3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyH&#10;yEjcWNICY5SmEwINiePWXbi5jWkLjVM16Vb49WSncfPHo9eP8/Vse3Gg0XeONSQLBYK4dqbjRsO+&#10;3NysQPiAbLB3TBp+yMO6uLzIMTPuyFs67EIjYgj7DDW0IQyZlL5uyaJfuIE47j7daDHEdmykGfEY&#10;w20vU6WW0mLH8UKLA720VH/vJquh6tI9/m7LN2UfN7fhfS6/po9Xra+v5ucnEIHmcIbhpB/VoYhO&#10;lZvYeNFrWKm7h4hqSJMExAlQqYqTKlbJ/RJkkcv/PxR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAP/iYdRTAgAAZAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAMKP5tHfAAAACwEAAA8AAAAAAAAAAAAAAAAArQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E1A59">
-[...3 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сотрудник канцелярии услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1083" style="position:absolute;left:0;text-align:left;margin-left:505.1pt;margin-top:10.5pt;width:99.75pt;height:46.75pt;z-index:251717632">
-            <v:textbox style="mso-next-textbox:#_x0000_s1083">
+          <v:rect id="Прямоугольник 135" o:spid="_x0000_s1117" style="position:absolute;left:0;text-align:left;margin-left:74.55pt;margin-top:10.55pt;width:170.25pt;height:35.55pt;z-index:92;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtrwBOVAIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvbJpuuz9R09VqlyKk&#10;BVZaeADXcRoLxzZjt0k5IXFF4hF4CC6In32G9I0YO93SBU6IHCxPZvzlm+8bZ3LW1oqsBDhpdE7T&#10;gwElQnNTSL3I6auXs0cnlDjPdMGU0SKna+Ho2fThg0ljMzE0lVGFAIIg2mWNzWnlvc2SxPFK1Mwd&#10;GCs0JksDNfMYwiIpgDWIXqtkOBgcJY2BwoLhwjl8e9kn6TTil6Xg/kVZOuGJyily83GFuM7Dmkwn&#10;LFsAs5XkWxrsH1jUTGr86A7qknlGliD/gKolB+NM6Q+4qRNTlpKL2AN2kw5+6+amYlbEXlAcZ3cy&#10;uf8Hy5+vroHIAr07HFOiWY0mdZ827zYfu+/d7eZ997m77b5tPnQ/ui/dVxKqULPGugyP3thrCF07&#10;e2X4a0e0uaiYXohzANNUghXINA31yb0DIXB4lMybZ6bAD7KlN1G+toQ6AKIwpI0urXcuidYTji+H&#10;6dEwPUayHHOjcTo6iZQSlt2dtuD8E2FqEjY5BZyCiM5WV84HNiy7K4nsjZLFTCoVA1jMLxSQFcOJ&#10;mcUnNoBN7pcpTZqcno6H44h8L+f2IQbx+RtELT2OvpJ1Tk92RSwLsj3WRRxMz6Tq90hZ6a2OQbre&#10;At/O22je4fGdK3NTrFFZMP2o49XETWXgLSUNjnlO3ZslA0GJeqrRndN0NAr3Igaj8fEQA9jPzPcz&#10;THOEyqmnpN9e+P4uLS3IRYVfSqMc2pyjo6WMYge3e1Zb/jjK0YPttQt3ZT+OVb9+DtOfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAqDFS8N4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkbixtmKa1NJ0QaEgct+7CLW1MW2icqkm3wtNjTnCyfvnT78/FbnGDOOMUek8a0lUCAqnxtqdW&#10;w6na321BhGjImsETavjCALvy+qowufUXOuD5GFvBJRRyo6GLccylDE2HzoSVH5F49+4nZyLHqZV2&#10;Mhcud4NUSbKRzvTEFzoz4lOHzedxdhrqXp3M96F6SVy2v4+vS/Uxvz1rfXuzPD6AiLjEPxh+9Vkd&#10;Snaq/Uw2iIHzOksZ1aBSngyst9kGRK0hUwpkWcj/H5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAC2vAE5UAgAAZAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKgxUvDeAAAACQEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="009A5B3D" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E1A59">
-[...3 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+                  <w:r w:rsidRPr="009A5B3D">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Государственная корпорация</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1081" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:10.5pt;width:93.75pt;height:46.75pt;z-index:251715584">
-            <v:textbox style="mso-next-textbox:#_x0000_s1081">
+          <v:rect id="Прямоугольник 136" o:spid="_x0000_s1116" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:10.55pt;width:101.25pt;height:35.55pt;z-index:91;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPxYL8UwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZLNptk1X2VRVShFS&#10;gUqFB3C83qyF1zZjJ5tyQuoViUfgIbggfvoMmzdi7KRpCpwQe7A8nplvZr6Z2fHJqlFkKcBJowua&#10;9vqUCM1NKfW8oG9enz8ZUeI80yVTRouCXgtHTyaPH41bm4uBqY0qBRAE0S5vbUFr722eJI7XomGu&#10;Z6zQqKwMNMyjCPOkBNYieqOSQb9/mLQGSguGC+fw9WyjpJOIX1WC+1dV5YQnqqCYm48nxHMWzmQy&#10;ZvkcmK0l36bB/iGLhkmNQXdQZ8wzsgD5B1QjORhnKt/jpklMVUkuYg1YTdr/rZqrmlkRa0FynN3R&#10;5P4fLH+5vAQiS+zdwSElmjXYpO7z+sP6U/eju13fdF+62+77+mP3s/vafSPBCjlrrcvR9cpeQqja&#10;2QvD3zqizbRmei5OAUxbC1ZipmmwTx44BMGhK5m1L0yJAdnCm0jfqoImACIxZBW7dL3rklh5wvEx&#10;HYyy0VFGCUfdMEuHoyyGYPmdtwXnnwnTkHApKOAURHS2vHA+ZMPyO5OYvVGyPJdKRQHms6kCsmQ4&#10;Mefx26K7fTOlSVvQ42yQReQHOrcP0Y/f3yAa6XH0lWwKOtoZsTzQ9lSXcTA9k2pzx5SV3vIYqNu0&#10;wK9mq9i8g1GIEHidmfIamQWzGXVcTbzUBt5T0uKYF9S9WzAQlKjnGrtznA6HYS+iMMyOBijAvma2&#10;r2GaI1RBPSWb69RvdmlhQc5rjJRGOrQ5xY5WMpJ9n9U2fxzl2IPt2oVd2Zej1f3PYfILAAD//wMA&#10;UEsDBBQABgAIAAAAIQAliNGY3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4axcW07TI0BhNTTy29OJtgBVo2VnCLi36692e9Dh5X977JtvOphcXPbrOMkK8jEBormzdcYNw&#10;LHaLNQjniWvqLWuEb+1gm9/fZZTW9sp7fTn4RoQSdikhtN4PqZSuarUht7SD5pB92dGQD+fYyHqk&#10;ayg3vVRRtJKGOg4LLQ36tdXV+TAZhLJTR/rZF++R2ewS/zEXp+nzDfHxYX55BuH17P9guOkHdciD&#10;U2knrp3oERbJOgkogopjEDdg9aRAlAgbpUDmmfz/Qf4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAD8WC/FMCAABkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAJYjRmN4AAAAJAQAADwAAAAAAAAAAAAAAAACtBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:jc w:val="center"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E1A59">
-[...3 lines deleted...]
-                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1082" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:10.5pt;width:170.25pt;height:46.75pt;z-index:251716608">
-            <v:textbox style="mso-next-textbox:#_x0000_s1082">
+          <v:rect id="Прямоугольник 134" o:spid="_x0000_s1147" style="position:absolute;left:0;text-align:left;margin-left:248.6pt;margin-top:10.55pt;width:153.75pt;height:35.55pt;z-index:122;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2VjjJUgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE23Xdqo6WrVpQhp&#10;gZUWHsB1nMbCsc3YbVpOSFyReAQeggviZ58hfSPGbrfbBU6IHCyPZ/zN529mMj5b14qsBDhpdE7T&#10;TpcSobkppF7k9PWr2aMhJc4zXTBltMjpRjh6Nnn4YNzYTPRMZVQhgCCIdlljc1p5b7MkcbwSNXMd&#10;Y4VGZ2mgZh5NWCQFsAbRa5X0ut3TpDFQWDBcOIenFzsnnUT8shTcvyxLJzxROUVuPq4Q13lYk8mY&#10;ZQtgtpJ8T4P9A4uaSY1JD1AXzDOyBPkHVC05GGdK3+GmTkxZSi7iG/A1afe311xXzIr4FhTH2YNM&#10;7v/B8herKyCywNqd9CnRrMYitZ+377ef2h/tzfZD+6W9ab9vP7Y/26/tNxKiULPGugyvXtsrCK92&#10;9tLwN45oM62YXohzANNUghXINA3xyb0LwXB4lcyb56bAhGzpTZRvXUIdAFEYso5V2hyqJNaecDxM&#10;R4PeaW9ACUdff5D2h4OYgmW3ty04/1SYmoRNTgG7IKKz1aXzgQ3LbkMie6NkMZNKRQMW86kCsmLY&#10;MbP47dHdcZjSpMkpMhlE5Hs+dwzRjd/fIGrpsfWVrHM6PASxLMj2RBexMT2TardHykrvdQzS7Urg&#10;1/N1LN7JKGQIus5NsUFlwexaHUcTN5WBd5Q02OY5dW+XDAQl6pnG6ozSfj/MRTT6g8c9NODYMz/2&#10;MM0RKqeekt126neztLQgFxVmSqMc2pxjRUsZxb5jteePrRxrsB+7MCvHdoy6+zlMfgEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPR77urfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoHVPRJs2mQqAicWzTCzcndpNAvI5ipw18PeZUjqt5mnmbb2fbs7MZfecIIVkIYIZqpztqEI7l&#10;7mENzAdFWvWODMK38bAtbm9ylWl3ob05H0LDYgn5TCG0IQwZ575ujVV+4QZDMTu50aoQz7HhelSX&#10;WG57LoV44lZ1FBdaNZiX1tRfh8kiVJ08qp99+SZsunsM73P5OX28It7fzc8bYMHM4QrDn35UhyI6&#10;VW4i7VmPsExXMqIIMkmARWAtlitgFUIqJfAi5/8/KH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEANlY4yVICAABkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA9Hvu6t8AAAAJAQAADwAAAAAAAAAAAAAAAACsBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00AB3984" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00AB3984">
-[...27 lines deleted...]
-                  <w:r w:rsidRPr="007E1A59">
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1110" style="position:absolute;left:0;text-align:left;margin-left:384.35pt;margin-top:10.5pt;width:120.75pt;height:46.75pt;z-index:251745280">
-            <v:textbox style="mso-next-textbox:#_x0000_s1110">
+          <v:rect id="Прямоугольник 137" o:spid="_x0000_s1118" style="position:absolute;left:0;text-align:left;margin-left:514.8pt;margin-top:10.55pt;width:84.75pt;height:42.55pt;z-index:93;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoZrWyTwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNOnfths1Xa26FCEt&#10;sNLCAziO01g4thm7TcsJaa9IPAIPwQXxs8+QvhETt9stP+KAyMHyeGY+f/PNOJOzdaXISoCTRqe0&#10;24kpEZqbXOpFSl+9nD8aU+I80zlTRouUboSjZ9OHDya1TUTPlEblAgiCaJfUNqWl9zaJIsdLUTHX&#10;MVZodBYGKubRhEWUA6sRvVJRL45PotpAbsFw4RyeXuycdBrwi0Jw/6IonPBEpRS5+bBCWLN2jaYT&#10;liyA2VLyPQ32DywqJjVeeoC6YJ6RJcjfoCrJwThT+A43VWSKQnIRasBquvEv1VyXzIpQC4rj7EEm&#10;9/9g+fPVFRCZY+/6I0o0q7BJzcftu+2H5ltzu71pPjW3zdft++Z787n5Qtoo1Ky2LsHUa3sFbdXO&#10;Xhr+2hFtZiXTC3EOYOpSsByZdtv46KeE1nCYSrL6mcnxQrb0Jsi3LqBqAVEYsg5d2hy6JNaecDzs&#10;xqOTfm9ICUffcBD3x8NwBUvusi04/0SYirSblAJOQUBnq0vnWzYsuQsJ7I2S+VwqFQxYZDMFZMVw&#10;Yubh26O74zClSZ3S0yHy+DtEHL4/QVTS4+grWaV0fAhiSSvbY52HwfRMqt0eKSu917GVbtcCv87W&#10;oXmDMMmtrpnJN6gsmN2o49PETWngLSU1jnlK3ZslA0GJeqqxO6fdAeYSH4zBcNRDA4492bGHaY5Q&#10;KfWU7LYzv3tLSwtyUeJN3SCHNufY0UIGse9Z7fnjKIce7J9d+1aO7RB1/3OY/gAAAP//AwBQSwME&#10;FAAGAAgAAAAhADMMMjPeAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;HSNFJMSpEKhIHNv0wm0Tu0lKbEex0wa+ns0Jbjuap9mZYrvYgV3MFHrvFCQbAcy4xuvetQqO1e7h&#10;CViI6DQO3hkF3ybAtry9KTDX/ur25nKILaMQF3JU0MU45pyHpjMWw8aPxpF38pPFSHJquZ7wSuF2&#10;4FKIlFvsHX3ocDSvnWm+DrNVUPfyiD/76l3YbPcYP5bqPH++KXV/t7w8A4tmiX8wrPWpOpTUqfaz&#10;04ENpIXMUmIVyCQBthJJltFVr14qgZcF/z+i/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCoZrWyTwIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAzDDIz3gAAAAwBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E1A59">
-[...3 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Руководство услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1085" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:9.65pt;width:84.75pt;height:313pt;z-index:251719680">
-            <v:textbox style="mso-next-textbox:#_x0000_s1085">
+          <v:rect id="Прямоугольник 138" o:spid="_x0000_s1119" style="position:absolute;left:0;text-align:left;margin-left:604.85pt;margin-top:10.5pt;width:120.75pt;height:35.55pt;z-index:94;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqA8ueTgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70ul8INNKZzTKEIQ0&#10;wEgDB3Dc7rSF2zZlJ52wQpotEkfgEGwQnzlD50aUnUwmfMQC0QvL5So/V71X1ePTda3ISoCTRuc0&#10;7XQpEZqbQupFTl+9nD0YUeI80wVTRoucboSjp5P798aNzUTPVEYVAgiCaJc1NqeV9zZLEscrUTPX&#10;MVZodJYGaubRhEVSAGsQvVZJr9t9mDQGCguGC+fw9HznpJOIX5aC+xdl6YQnKqeYm48rxHUe1mQy&#10;ZtkCmK0k36fB/iGLmkmNjx6gzplnZAnyN6hacjDOlL7DTZ2YspRcxBqwmrT7SzVXFbMi1oLkOHug&#10;yf0/WP58dQlEFqhdH6XSrEaR2o/bd9sP7bf2Znvdfmpv2q/b9+339nP7hYQo5KyxLsOrV/YSQtXO&#10;Xhj+2hFtphXTC3EGYJpKsAIzTUN88tOFYDi8SubNM1Pgg2zpTaRvXUIdAJEYso4qbQ4qibUnHA/T&#10;Yb8/7A0p4egbDNPBaBifYNntbQvOPxGmJmGTU8AuiOhsdeF8yIZltyExe6NkMZNKRQMW86kCsmLY&#10;MbP47dHdcZjSpMnpScjj7xDd+P0JopYeW1/JOqejQxDLAm2PdREb0zOpdntMWek9j4G6nQR+PV9H&#10;8QaR5cDr3BQbZBbMrtVxNHFTGXhLSYNtnlP3ZslAUKKealTnJB0MwlxEYzB81EMDjj3zYw/THKFy&#10;6inZbad+N0tLC3JR4UtppEObM1S0lJHsu6z2+WMrRw32Yxdm5diOUXc/h8kPAAAA//8DAFBLAwQU&#10;AAYACAAAACEA2UHved4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KgT&#10;80yIUyFQkVi26YbdJDZJIB5HsdMGvp7pCpZXc3Tn3GK9uEEc7BR6TxrSVQLCUuNNT62GfbW5egAR&#10;IpLBwZPV8G0DrMvzswJz44+0tYddbAWXUMhRQxfjmEsZms46DCs/WuLbh58cRo5TK82ERy53g1RJ&#10;cicd9sQfOhztc2ebr93sNNS92uPPtnpNXLa5jm9L9Tm/v2h9ebE8PYKIdol/MJz0WR1Kdqr9TCaI&#10;gbNKsntmNaiUR52Im9tUgag1ZCoFWRby/4byFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGoDy55OAgAAZAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANlB73neAAAACwEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:ind w:left="709"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...14 lines deleted...]
-                    <w:t xml:space="preserve">            </w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Ответственный </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="004B3006" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:rPr>
-                      <w:highlight w:val="cyan"/>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="004B3006">
-[...20 lines deleted...]
-                    <w:t>жоқ</w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>исполнитель услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1088" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:7.55pt;width:162.75pt;height:75.85pt;z-index:251722752">
-            <v:textbox>
+          <v:rect id="Прямоугольник 131" o:spid="_x0000_s1122" style="position:absolute;left:0;text-align:left;margin-left:255.35pt;margin-top:9.3pt;width:156pt;height:319.7pt;z-index:97;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTjocjTAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE23hTZqulp1KUJa&#10;YKWFB3Adp7FwbDN2m5QTElckHoGH4IL42WdI34iJ05byIw6IHCyPZ/x55vtmMj2vS0U2Apw0OqVx&#10;r0+J0NxkUq9S+uL54t6YEueZzpgyWqR0Kxw9n929M61sIgamMCoTQBBEu6SyKS28t0kUOV6Ikrme&#10;sUKjMzdQMo8mrKIMWIXopYoG/f79qDKQWTBcOIenl52TzgJ+ngvun+W5E56olGJuPqwQ1mW7RrMp&#10;S1bAbCH5Pg32D1mUTGp89Ah1yTwja5C/QZWSg3Em9z1uysjkueQi1IDVxP1fqrkpmBWhFiTH2SNN&#10;7v/B8qebayAyQ+3OYko0K1Gk5sPuze5987W53b1tPja3zZfdu+Zb86n5TNoo5KyyLsGrN/Ya2qqd&#10;vTL8pSPazAumV+ICwFSFYBlmGuKjny60hsOrZFk9MRk+yNbeBPrqHMoWEIkhdVBpe1RJ1J5wPIwn&#10;4xilp4Sjb9gfojVqc4pYcrhuwflHwpSk3aQUsA0CPNtcOd+FHkJC+kbJbCGVCgaslnMFZMOwZRbh&#10;26O70zClSZXSyQjf/jtEP3x/giilx95Xskzp+BjEkpa3hzoLnemZVN0eq1Maizxw12ng62Ud1Bue&#10;HWRZmmyL1ILpeh1nEzeFgdeUVNjnKXWv1gwEJeqxRnkm8XDYDkYwhqMHAzTg1LM89TDNESqlnpJu&#10;O/fdMK0tyFWBL8WBDm0uUNJcBrLblLus9vljLwe59nPXDsupHaJ+/B1m3wEAAP//AwBQSwMEFAAG&#10;AAgAAAAhABtGQa/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sWadt&#10;pTSdEGhIHLfuws1tTFtokqpJt8LTY05wtP3p9/fnu9n24kxj6LzTsFwoEORqbzrXaDiV+7sURIjo&#10;DPbekYYvCrArrq9yzIy/uAOdj7ERHOJChhraGIdMylC3ZDEs/ECOb+9+tBh5HBtpRrxwuO1lotRG&#10;Wuwcf2hxoKeW6s/jZDVUXXLC70P5ouz9fhVf5/JjenvW+vZmfnwAEWmOfzD86rM6FOxU+cmZIHoN&#10;66XaMqohUSsQDKRJwotKw2a9TUEWufxfofgBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;k46HI0wCAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAG0ZBr98AAAAKAQAADwAAAAAAAAAAAAAAAACmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;">
+            <v:textbox style="mso-next-textbox:#Прямоугольник 131">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="007E1A59" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:jc w:val="center"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E1A59">
-[...3 lines deleted...]
-                    <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>нет</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:tab/>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>алушы ұсынған өтінішті толтыру д</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">              </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007E1A59">
-[...3 lines deleted...]
-                    <w:t>ұрыстығы мен құжаттар топтамасының толықтығын тексеру</w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">да    </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="002B5EFF" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>5 (пять)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">    </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">    </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">          </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="709"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">              </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00F70039" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:left="709"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">      5 минут</w:t>
+                  </w:r>
+                </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1094" style="position:absolute;left:0;text-align:left;margin-left:613.85pt;margin-top:7.55pt;width:108pt;height:129.6pt;z-index:251728896">
-            <v:textbox style="mso-next-textbox:#_x0000_s1094">
+          <v:rect id="Прямоугольник 132" o:spid="_x0000_s1121" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:9.3pt;width:81pt;height:319.7pt;z-index:96;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxBKQxUAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdHfDhqarbKoqpQip&#10;QKXCAzheb9bCa5uxk005IfWKxCPwEFwQP32GzRsxdtI0/IgDYg+Wxx5/M/N9Mzs+XrWKLAU4aXRJ&#10;s4OUEqG5qaSel/TVy7MHI0qcZ7piymhR0ivh6PHk/r1xZwsxMI1RlQCCINoVnS1p470tksTxRrTM&#10;HRgrNF7WBlrm0YR5UgHrEL1VySBNHyWdgcqC4cI5PD3dXNJJxK9rwf2LunbCE1VSzM3HFeI6C2sy&#10;GbNiDsw2km/TYP+QRcukxqA7qFPmGVmA/A2qlRyMM7U/4KZNTF1LLmINWE2W/lLNZcOsiLUgOc7u&#10;aHL/D5Y/X14AkRVq93BAiWYtitR/XL9bf+i/9Tfr6/5Tf9N/Xb/vv/ef+y8keCFnnXUFPr20FxCq&#10;dvbc8NeOaDNtmJ6LEwDTNYJVmGkW/JOfHgTD4VMy656ZCgOyhTeRvlUNbQBEYsgqqnS1U0msPOF4&#10;mKWD0WGKYnK8y9N8lA2GMQYrbp9bcP6JMC0Jm5ICtkGEZ8tz50M6rLh1iekbJaszqVQ0YD6bKiBL&#10;hi1zFr8tutt3U5p0JT0aYuy/Q6Tx+xNEKz32vpJtSUc7J1YE3h7rKnamZ1Jt9piy0lsiA3cbDfxq&#10;torq5XmIEIidmeoKqQWz6XWcTdw0Bt5S0mGfl9S9WTAQlKinGuU5yvI8DEY08uHhAA3Yv5nt3zDN&#10;EaqknpLNduo3w7SwIOcNRsoiHdqcoKS1jGTfZbXNH3s5arCduzAs+3b0uvs7TH4AAAD//wMAUEsD&#10;BBQABgAIAAAAIQCm/QuX3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7DZky8&#10;tYsQW6QMjdHUxGNLL94Gdgoou0vYpUWf3u1JT5PJfPnn+/PtrHtx5tF11iA8LCMQbGqrOtMgHMvd&#10;IgXhPBlFvTWM8M0OtsXtTU6Zshez5/PBNyKEGJcRQuv9kEnp6pY1uaUd2ITbyY6afFjHRqqRLiFc&#10;9zKOopXU1JnwoaWBX1quvw6TRqi6+Eg/+/It0k+7xL/P5ef08Yp4fzc/b0B4nv0fDFf9oA5FcKrs&#10;ZJQTPcIiSZOAIsRRmFcgTtYgKoTV4zoFWeTyf4XiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHEEpDFQAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKb9C5ffAAAACgEAAA8AAAAAAAAAAAAAAAAAqgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+            <v:textbox style="mso-next-textbox:#Прямоугольник 132">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:ind w:firstLine="708"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">да             </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">       да                   </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00305FCA">
-[...3 lines deleted...]
-                    <w:t>«Е-қамқоршылық» электрондық базасының тізіліміне қорғаншылар (қамқоршылар) және қамқорлықтағылар туралы мәліметтерді енгізеді</w:t>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">        </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00305FCA">
-                    <w:t xml:space="preserve"> </w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>нет</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 129" o:spid="_x0000_s1120" style="position:absolute;left:0;text-align:left;margin-left:71.6pt;margin-top:9.3pt;width:173.2pt;height:319.7pt;z-index:95;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAa0S8pRwIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdH+U0maVTVWlFCEV&#10;qFR4AMfrzVp4bTN2siknJK6VeAQeggvip8+weSPG3jSEH3FA7MHyeGa+mflmZicn61aRlQAnjS5p&#10;dpBSIjQ3ldSLkr58cf7gmBLnma6YMlqU9Fo4ejK9f2/S2ULkpjGqEkAQRLuisyVtvLdFkjjeiJa5&#10;A2OFRmVtoGUeRVgkFbAO0VuV5Gn6MOkMVBYMF87h69mgpNOIX9eC++d17YQnqqSYm48nxHMezmQ6&#10;YcUCmG0k36bB/iGLlkmNQXdQZ8wzsgT5G1QrORhnan/ATZuYupZcxBqwmiz9pZqrhlkRa0FynN3R&#10;5P4fLH+2ugQiK+xdPqZEsxab1H/YvN2877/2t5t3/cf+tv+yuem/9Z/6zyRYIWeddQW6XtlLCFU7&#10;e2H4K0e0mTVML8QpgOkawSrMNAv2yU8OQXDoSubdU1NhQLb0JtK3rqENgEgMWccuXe+6JNaecHzM&#10;89HROMVmctSN0tFxlh/GGKy4c7fg/GNhWhIuJQUcgwjPVhfOh3RYcWcS0zdKVudSqSjAYj5TQFYM&#10;R+Y8flt0t2+mNOlKOj7E2H+HSOP3J4hWepx9JduSHu+MWBF4e6SrOJmeSTXcMWWlt0QG7oYezE11&#10;jTyCGQYbFxEvjYE3lHQ41CV1r5cMBCXqicZejLPRKGxBFEaHRzkKsK+Z72uY5ghVUk/JcJ35YXOW&#10;FuSiwUhZrF2bU+xfLSOzobdDVttkcXAj4dslC5uxL0erH7+C6XcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsgynX3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7DZky82UWwLUWWxmhq&#10;4rGlF28DOwLK7hJ2adGnd3rS4z/z5Z9v8u1senGi0XfOKrhfRCDI1k53tlFwLHd3KQgf0GrsnSUF&#10;3+RhW1xf5Zhpd7Z7Oh1CI7jE+gwVtCEMmZS+bsmgX7iBLO8+3GgwcBwbqUc8c7npZRxFK2mws3yh&#10;xYGeW6q/DpNRUHXxEX/25WtkNrskvM3l5/T+otTtzfz0CCLQHP5guOizOhTsVLnJai96zslyzaiC&#10;OEpAMPCQbnhQKVgt1ynIIpf/Xyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABrRLylH&#10;AgAAUgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACyD&#10;KdffAAAACgEAAA8AAAAAAAAAAAAAAAAAoQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 130" o:spid="_x0000_s1123" style="position:absolute;left:0;text-align:left;margin-left:606.35pt;margin-top:1.55pt;width:117pt;height:314.2pt;z-index:98;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVQKsrSAIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNP2FNmq6WnUpQlpg&#10;pYUHcB2nsXBsM3ablhMSVyQegYfggvjZZ0jfiLHTLV3ghMjB8njGn2e+bybTs22lyEaAk0ZntNfp&#10;UiI0N7nUq4y+erl4MKbEeaZzpowWGd0JR89m9+9Na5uKvimNygUQBNEurW1GS+9tmiSOl6JirmOs&#10;0OgsDFTMowmrJAdWI3qlkn63+zCpDeQWDBfO4elF66SziF8UgvsXReGEJyqjmJuPK8R1GdZkNmXp&#10;CpgtJT+kwf4hi4pJjY8eoS6YZ2QN8g+oSnIwzhS+w02VmKKQXMQasJpe97dqrktmRawFyXH2SJP7&#10;f7D8+eYKiMxRuwHyo1mFIjWf9u/2H5vvzc3+ffO5uWm+7T80P5ovzVcSopCz2roUr17bKwhVO3tp&#10;+GtHtJmXTK/EOYCpS8FyzLQX4pM7F4Lh8CpZ1s9Mjg+ytTeRvm0BVQBEYsg2qrQ7qiS2nnA87A3H&#10;o0kXk+XoG0z6wwEa4Q2W3l634PwTYSoSNhkFbIMIzzaXzrehtyExfaNkvpBKRQNWy7kCsmHYMov4&#10;HdDdaZjSpM7oZNQfReQ7PncK0Y3f3yAq6bH3lawyOj4GsTTw9ljnmCZLPZOq3WN1Sh+IDNy1GixN&#10;vkMewbSNjYOIm9LAW0pqbOqMujdrBoIS9VSjFpPecBimIBrD0aM+GnDqWZ56mOYIlVFPSbud+3Zy&#10;1hbkqsSXerF2bc5Rv0JGZoO2bVaHZLFxozaHIQuTcWrHqF+/gtlPAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAroYGUN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvNmFtcFKWRqj&#10;qYnHll68DTACld0l7NKiT+/0ZI//zJd/vsk2s+nFiUbfOashXkQgyFau7myj4VBsH1YgfEBbY+8s&#10;afghD5v89ibDtHZnu6PTPjSCS6xPUUMbwpBK6auWDPqFG8jy7suNBgPHsZH1iGcuN71UUZRIg53l&#10;Cy0O9NpS9b2fjIayUwf83RXvkXnePoaPuThOn29a39/NL2sQgebwD8NFn9UhZ6fSTbb2ouesYvXE&#10;rIZVDOICLJcJD0oNiUpikHkmr3/I/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVQKsr&#10;SAIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCu&#10;hgZQ3wAAAAsBAAAPAAAAAAAAAAAAAAAAAKIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 128" o:spid="_x0000_s1150" style="position:absolute;left:0;text-align:left;margin-left:505.1pt;margin-top:1.55pt;width:94.5pt;height:314.2pt;z-index:125;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADbEOCUAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZLMhoekqm6pKCUIq&#10;UKnwAI7Xm7Xw2mbsZLeckHpF4hF4CC6Inz7D5o0YO2maAifEHiyPZ/zN+PtmdnLS1oqsBThpdE7T&#10;Xp8SobkppF7m9M3r+aMxJc4zXTBltMjplXD0ZPrwwaSxmRiYyqhCAEEQ7bLG5rTy3mZJ4nglauZ6&#10;xgqNztJAzTyasEwKYA2i1yoZ9PtPksZAYcFw4Ryenm2ddBrxy1Jw/6osnfBE5RRr83GFuC7Cmkwn&#10;LFsCs5XkuzLYP1RRM6kx6R7qjHlGViD/gKolB+NM6Xvc1IkpS8lFfAO+Ju3/9prLilkR34LkOLun&#10;yf0/WP5yfQFEFqjdAKXSrEaRus+bD5tP3Y/uZnPdfeluuu+bj93P7mv3jYQo5KyxLsOrl/YCwqud&#10;PTf8rSPazCqml+IUwDSVYAVWmob45N6FYDi8ShbNC1NgQrbyJtLXllAHQCSGtFGlq71KovWE42GK&#10;uqcjFJOj7/HxaDA+GsUcLLu9bsH5Z8LUJGxyCtgGEZ6tz50P5bDsNiSWb5Qs5lKpaMByMVNA1gxb&#10;Zh6/Hbo7DFOaNDnF7KOIfM/nDiH68fsbRC099r6SdU7H+yCWBd6e6iJ2pmdSbfdYstI7IgN3Ww18&#10;u2ijesNIQSB2YYorpBbMttdxNnFTGXhPSYN9nlP3bsVAUKKea5TnOB0Ow2BEYzg6GqABh57FoYdp&#10;jlA59ZRstzO/HaaVBbmsMFMa6dDmFCUtZST7rqpd/djLUYPd3IVhObRj1N3fYfoLAAD//wMAUEsD&#10;BBQABgAIAAAAIQAZoobT3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7DZky8&#10;2V1oQgRZGqOpiceWXnobYAVadpawS4s+vdOTHv+ZL/98k28WO4iLmXzvSEO0UiAM1a7pqdVwKLdP&#10;zyB8QGpwcGQ0fBsPm+L+LsescVfamcs+tIJLyGeooQthzKT0dWcs+pUbDfHuy00WA8eplc2EVy63&#10;g4yVSqTFnvhCh6N560x93s9WQ9XHB/zZlR/Kptt1+FzK03x81/rxYXl9ARHMEv5guOmzOhTsVLmZ&#10;Gi8GzipSMbMa1gmIGxClKQ8qDUmcRCCLXP7/ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAA2xDglACAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAGaKG094AAAALAQAADwAAAAAAAAAAAAAAAACqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                                </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">           </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>–</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:tab/>
+                    <w:t xml:space="preserve">    </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="008F6516" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...23 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="007F78F7" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:jc w:val="center"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00F70039" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1086" style="position:absolute;left:0;text-align:left;margin-left:248.6pt;margin-top:7.05pt;width:152.25pt;height:299.7pt;z-index:251720704">
-            <v:textbox style="mso-next-textbox:#_x0000_s1086">
+          <v:rect id="Прямоугольник 127" o:spid="_x0000_s1149" style="position:absolute;left:0;text-align:left;margin-left:415.85pt;margin-top:1.8pt;width:82.5pt;height:313.95pt;z-index:124;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsnHNGVAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNGnV0t2o6WrVpQhp&#10;gZUWHsB1nMbCsc3YbbqckLiuxCPwEFwQP/sM6RsxdtrSBU6IHCyPZ/x55vtmMjnb1IqsBThpdE77&#10;vZQSobkppF7m9PWr+aMTSpxnumDKaJHTG+Ho2fThg0ljMzEwlVGFAIIg2mWNzWnlvc2SxPFK1Mz1&#10;jBUanaWBmnk0YZkUwBpEr1UySNPHSWOgsGC4cA5PLzonnUb8shTcvyxLJzxROcXcfFwhrouwJtMJ&#10;y5bAbCX5Lg32D1nUTGp89AB1wTwjK5B/QNWSg3Gm9D1u6sSUpeQi1oDV9NPfqrmumBWxFiTH2QNN&#10;7v/B8hfrKyCyQO0GY0o0q1Gk9tP2/fZj+729235oP7d37bftbfuj/dJ+JSEKOWusy/Dqtb2CULWz&#10;l4a/cUSbWcX0UpwDmKYSrMBM+yE+uXchGA6vkkXz3BT4IFt5E+nblFAHQCSGbKJKNweVxMYTjof9&#10;dDgej1BMjr5hmqajNOqYsGx/3YLzT4WpSdjkFLANIjxbXzof0mHZPiSmb5Qs5lKpaMByMVNA1gxb&#10;Zh6/WAFWeRymNGlyejoajCLyPZ87hsAE8fsbRC099r6SdU5PDkEsC7w90UXsTM+k6vaYstI7IgN3&#10;nQZ+s9hE9YaDvSwLU9wgtWC6XsfZxE1l4B0lDfZ5Tt3bFQNBiXqmUZ7T/nAYBiMaw9F4gAYcexbH&#10;HqY5QuXUU9JtZ74bppUFuazwpX6kQ5tzlLSUkewgd5fVLn/s5ajBbu7CsBzbMerX32H6EwAA//8D&#10;AFBLAwQUAAYACAAAACEAZCozSt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+&#10;h82YeLNLaaSFsjRGUxOPLb14G9gVqOwsYZcW/fWOJz3OO0/ej3w3215czOg7RwqWiwiEodrpjhoF&#10;p3L/sAHhA5LG3pFR8GU87Irbmxwz7a50MJdjaASbkM9QQRvCkEnp69ZY9As3GOLfhxstBj7HRuoR&#10;r2xuexlHUSItdsQJLQ7muTX153GyCqouPuH3oXyNbLpfhbe5PE/vL0rd381PWxDBzOEPht/6XB0K&#10;7lS5ibQXvYLNarlmVEG85gkMpGnCQqUgeWRFFrn8P6H4AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGycc0ZUAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGQqM0reAAAACgEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...95 lines deleted...]
-                  <w:r>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:t xml:space="preserve">                                </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00F70039" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
                   <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:t xml:space="preserve">           </w:t>
                   </w:r>
                   <w:r>
-                    <w:tab/>
-[...36 lines deleted...]
-                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:tab/>
                     <w:t xml:space="preserve">    </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1115" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:457.85pt;margin-top:1.55pt;width:.05pt;height:18pt;z-index:251750400" o:connectortype="straight">
-[...1 lines deleted...]
-          </v:shape>
+          <v:rect id="Прямоугольник 121" o:spid="_x0000_s1132" style="position:absolute;left:0;text-align:left;margin-left:-3.4pt;margin-top:2.1pt;width:57.75pt;height:33.75pt;z-index:107;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKk0HrlwIAAPgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNNnsb6Nmq6qlCKlA&#10;pYI4e20nsXBsY3s3W05IXJF4BB6CC+Knz5B9I8bOdtlSTohYsmYy48/zzY+PjteNRCtundCqwIOD&#10;FCOuqGZCVQV+9fL80Qwj54liRGrFC3zNHT6eP3xw1JqcZ7rWknGLAES5vDUFrr03eZI4WvOGuANt&#10;uAJjqW1DPKi2SpglLaA3MsnSdJK02jJjNeXOwd+z3ojnEb8sOfUvytJxj2SBITYfdxv3RdiT+RHJ&#10;K0tMLeg2DPIPUTREKLh0B3VGPEFLK+5BNYJa7XTpD6huEl2WgvLIAdgM0j/YXNXE8MgFkuPMLk3u&#10;/8HS56tLiwSD2mUDjBRpoEjd5837zafuR3ez+dB96W6675uP3c/ua/cNBS/IWWtcDkevzKUNrJ25&#10;0PSNQ0qf1kRV/MRa3dacMIg0+id3DgTFwVG0aJ9pBheSpdcxfevSNgEQEoPWsUrXuyrxtUcUfk6H&#10;w1E2xoiCaZTNJiBDRAnJbw8b6/wTrhsUhAJbaIIITlYXzveuty4xeC0FOxdSRsVWi1Np0YpAw5yM&#10;w9qiu303qVAbUjZN0wh9x+j2MSbx+xtGIzy0vhRNgWdp+IITyUPaHisWZU+E7GWgJ1Uw89jUQCQo&#10;egkQVzVrEROBajYbHsLAMQEdPpylk/RwihGRFYwm9RYjq/1r4evYVyGv9xhPz8PqsyVNTfo8jG+j&#10;gyi25GLCd9dHbS+yWO5Q4b5TFppdQ7Xh9lhSeC5AqLV9h1ELo1dg93ZJLMdIPlXQMYeD0SjMalRG&#10;42kGit23LPYtRFGAKrAHplE89f18L40VVQ03DSIfpU+gy0oROyB0YB8VhB4UGK9IYvsUhPnd16PX&#10;7wdr/gsAAP//AwBQSwMEFAAGAAgAAAAhACqJ6VHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AUhO+C/2F5ghdpdxOhLTEvRQqCCB5aRfG23bwmwd23MbtN47/v9qTHYYaZb8r15KwYaQid&#10;Z4RsrkAQG1933CC8vz3NViBC1Fxr65kQfinAurq+KnVR+xNvadzFRqQSDoVGaGPsCymDacnpMPc9&#10;cfIOfnA6Jjk0sh70KZU7K3OlFtLpjtNCq3vatGS+d0eHsLGv7vNOfYzGfh2eVyEPP+OLQby9mR4f&#10;QESa4l8YLvgJHarEtPdHroOwCLMsT+gR4T4DcfFVvgSxR1iqBciqlP8PVGcAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEASpNB65cCAAD4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKonpUd8AAAAIAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
+            <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
+          </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1118" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:51.35pt;margin-top:1.55pt;width:406.55pt;height:2.45pt;flip:y;z-index:251753472" o:connectortype="straight"/>
-[...52 lines deleted...]
-          <v:rect id="_x0000_s1114" style="position:absolute;left:0;text-align:left;margin-left:510.35pt;margin-top:8.05pt;width:84.75pt;height:103.35pt;z-index:251749376">
+          <v:rect id="Прямоугольник 122" o:spid="_x0000_s1130" style="position:absolute;left:0;text-align:left;margin-left:613.85pt;margin-top:13.05pt;width:108pt;height:120pt;z-index:105;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6t2lYVAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZLNL0p9VNlWVUoRU&#10;oFLhARyvN2vhtc3YyaackHpF4hF4CC6Inz7D5o0Ye9M0hRsiB8uzM/78zfeNMzlZN4qsBDhpdEHT&#10;wZASobkppV4U9O2b8ydHlDjPdMmU0aKg18LRk+njR5PW5iIztVGlAIIg2uWtLWjtvc2TxPFaNMwN&#10;jBUak5WBhnkMYZGUwFpEb1SSDYcHSWugtGC4cA6/nvVJOo34VSW4f11VTniiCorcfFwhrvOwJtMJ&#10;yxfAbC35lgb7BxYNkxov3UGdMc/IEuRfUI3kYJyp/ICbJjFVJbmIPWA36fCPbq5qZkXsBcVxdieT&#10;+3+w/NXqEogs0bsso0SzBk3qvmw+bj53P7vbzU33tbvtfmw+db+6b913EqpQs9a6HI9e2UsIXTt7&#10;Yfg7R7SZ1UwvxCmAaWvBSmSahvrkwYEQODxK5u1LU+KFbOlNlG9dQRMAURiyji5d71wSa084fkyf&#10;HqYHQzSTYy4dZ6MhBuEOlt8dt+D8c2EaEjYFBRyDCM9WF873pXclkb5RsjyXSsUAFvOZArJiODLn&#10;8bdFd/tlSpO2oMfjbByRH+TcPgSyuyf4oKyRHmdfyaagR7silgfdnukSabLcM6n6PXan9FbIoF3v&#10;gV/P19G90cGdLXNTXqO0YPpZx7eJm9rAB0panPOCuvdLBoIS9UKjPcfpaBQeRgxG48MMA9jPzPcz&#10;THOEKqinpN/OfP+Ylhbkosab0iiHNqdoaSWj2MHuntWWP85ytGv77sJj2Y9j1f2/w/Q3AAAA//8D&#10;AFBLAwQUAAYACAAAACEAW/woK94AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhTt2ohxKkQqEgc2/TCzYmXJBCvo9hpA1/P5gTHeTuancl2k+vEGYfQetKwXCQgkCpvW6o1&#10;nIr93T2IEA1Z03lCDd8YYJdfX2Umtf5CBzwfYy04hEJqNDQx9qmUoWrQmbDwPRLfPvzgTGQ51NIO&#10;5sLhrpMqSTbSmZb4Q2N6fG6w+jqOTkPZqpP5ORSviXvYr+LbVHyO7y9a395MT48gIk7xzwxzfa4O&#10;OXcq/Ug2iI61UtstezWozRLE7FivV0zKmTCSeSb/j8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALq3aVhUAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFv8KCveAAAADAEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00305FCA">
-[...3 lines deleted...]
-                    <w:t>Құжаттарды қарастырады, жауапты орындаушыны анықтайды</w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Вносит сведения об опекунах (попечителях) и подопечных в реестр электронной базы </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00305FCA">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>«Е-попечительство»</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">– </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-                    <w:t>1 (бір) жұмыс күні</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2 (два) рабочих дня</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1091" style="position:absolute;left:0;text-align:left;margin-left:255.35pt;margin-top:8.05pt;width:136.5pt;height:75.1pt;z-index:251725824">
-            <v:textbox style="mso-next-textbox:#_x0000_s1091">
+          <v:rect id="Прямоугольник 124" o:spid="_x0000_s1124" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:7.75pt;width:162.75pt;height:75.75pt;z-index:99;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdNX2HTgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r3aMJG2MOkXRLsOA&#10;bivQ7QEUWY6FyZJGKXG604BdC+wR9hC7DPvpMzhvNEpO0+wHOwzzQSBF6iP5kfTxybpRZCXASaML&#10;OjhIKRGam1LqRUFfvZw9OqLEeaZLpowWBb0Wjp5MHz44bm0uMlMbVQogCKJd3tqC1t7bPEkcr0XD&#10;3IGxQqOxMtAwjyoskhJYi+iNSrI0HSetgdKC4cI5vD3vjXQa8atKcP+iqpzwRBUUc/PxhHjOw5lM&#10;j1m+AGZrybdpsH/IomFSY9Ad1DnzjCxB/gbVSA7GmcofcNMkpqokF7EGrGaQ/lLNVc2siLUgOc7u&#10;aHL/D5Y/X10CkSX2LhtSolmDTeo+bt5tPnTfutvN++5Td9t93dx037vP3RcSvJCz1rocn17ZSwhV&#10;O3th+GtHtDmrmV6IUwDT1oKVmOkg+Cc/PQiKw6dk3j4zJQZkS28ifesKmgCIxJB17NL1rkti7QnH&#10;yywdjyfZiBKOtsk4S1EOIVh+99qC80+EaUgQCgo4BRGdrS6c713vXGL2RslyJpWKCizmZwrIiuHE&#10;zOK3RXf7bkqTFqOPMPbfIdL4/QmikR5HX8mmoEc7J5YH2h7rEtNkuWdS9TJWp/SWx0Bd3wK/nq9j&#10;84aHIULgdW7Ka2QWTD/quJoo1AbeUtLimBfUvVkyEJSopxq7MxkMh2EvojIcHWaowL5lvm9hmiNU&#10;QT0lvXjm+11aWpCLGiMNIh3anGJHKxnJvs9qmz+OcmzXdu3Cruzr0ev+5zD9AQAA//8DAFBLAwQU&#10;AAYACAAAACEAJIR1j98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLOL&#10;SEuLLI3R1MRjSy/eFnYKKDtL2KVFf73jSW/zZl7efC/fzrYXZxx950jB/SICgVQ701Gj4Fju7tYg&#10;fNBkdO8IFXyhh21xfZXrzLgL7fF8CI3gEPKZVtCGMGRS+rpFq/3CDUh8O7nR6sBybKQZ9YXDbS/j&#10;KFpJqzviD60e8LnF+vMwWQVVFx/19758jexm9xDe5vJjen9R6vZmfnoEEXAOf2b4xWd0KJipchMZ&#10;L3rWySZmKw/LJQg2JGmSgqh4sUojkEUu/1cofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAdNX2HTgIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAkhHWP3wAAAAoBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305FCA" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Проверка правильности заполнения заявления и полноты пакета документов, предоставленных услугополучателем</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 126" o:spid="_x0000_s1153" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:457.85pt;margin-top:1.55pt;width:.05pt;height:18pt;z-index:128;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADvHV8ZgIAAHsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubX1iu44QOSgku5u0&#10;NZD0ALRIWUQpUiBpy0ZRIO0FcoReoZsu+kHOIN+oQ/rTpN0URb2gh+TMmzczj7q43NQCrZk2XMkU&#10;R/0QIyYLRblcpvjNzaw3xshYIikRSrIUb5nBl5OnTy7aJmGxqpSgTCMAkSZpmxRX1jZJEJiiYjUx&#10;fdUwCZel0jWxsNXLgGrSAnotgjgMR0GrNG20KpgxcJrvL/HE45clK+zrsjTMIpFi4Gb9qv26cGsw&#10;uSDJUpOm4sWBBvkHFjXhEpKeoHJiCVpp/gdUzQutjCptv1B1oMqSF8zXANVE4W/VXFekYb4WaI5p&#10;Tm0y/w+2eLWea8QpzC4eYSRJDUPqPu1ud3fdj+7z7g7tPnT3sOw+7m67L9337lt3331Fzht61zYm&#10;AYhMzrWrvtjI6+ZKFW8NkiqriFwyX8PNtgHYyEUEj0LcxjTAYNG+VBR8yMoq38hNqWsHCS1CGz+v&#10;7WlebGNRAYejsyFGBZzH8XgU+mEGJDlGNtrYF0zVyBkpNlYTvqxspqQEWSgd+TxkfWWs40WSY4BL&#10;K9WMC+HVISRqU3w+jIc+wCjBqbt0bkYvF5nQaE2cvvzPFwk3D920WknqwSpG6PRgW8IF2Mj67ljN&#10;oV+CYZetZhQjweBJOWtPT0iXEWoHwgdrL7F35+H5dDwdD3qDeDTtDcI87z2fZYPeaBY9G+ZneZbl&#10;0XtHPhokFaeUScf/KPdo8HdyOjy8vVBPgj81KniM7jsKZI//nrQfvpv3XjkLRbdz7apzOgCFe+fD&#10;a3RP6OHee/36Zkx+AgAA//8DAFBLAwQUAAYACAAAACEAwh4jYd0AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KgTEKEJcSqgQuRSJNoKcXTjJbGI11HstilPz3KC46cZzU+5&#10;mFwvDjgG60lBOktAIDXeWGoVbDfPV3MQIWoyuveECk4YYFGdn5W6MP5Ib3hYx1ZwCIVCK+hiHAop&#10;Q9Oh02HmByTWPv3odGQcW2lGfeRw18vrJMmk05a4odMDPnXYfK33TkFcfpy67L15zO3r5mWV2e+6&#10;rpdKXV5MD/cgIk7xzwy/83k6VLxp5/dkgugV5OntHVsV3KQgWGfmKzvmPAVZlfL/geoHAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAA7x1fGYCAAB7BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAwh4jYd0AAAAIAQAADwAAAAAAAAAAAAAAAADABAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 125" o:spid="_x0000_s1156" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:51.35pt;margin-top:1.55pt;width:406.55pt;height:2.45pt;flip:y;z-index:131;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGyRFBVQIAAGYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHVn+1REiB4Vkd5O2&#10;BpJ2T5OURZQiCZKxbBQF0l4gR+gVuumiH+QM8o06pD9N0k1RVAtqKHIe35t51Nn5uhZoxYzlSmZR&#10;ctKNEJNEUS6XWfTmatYZR8g6LCkWSrIs2jAbnU+ePjlrdMp6qlKCMoMARNq00VlUOafTOLakYjW2&#10;J0ozCYulMjV2MDXLmBrcAHot4l63O4obZag2ijBr4WuxW4wmAb8sGXGvy9Iyh0QWATcXRhPGhR/j&#10;yRlOlwbripM9DfwPLGrMJRx6hCqww+ja8D+gak6Msqp0J0TVsSpLTljQAGqS7iM1lxXWLGiB4lh9&#10;LJP9f7Dk1WpuEKfQu94wQhLX0KT28/Zme9v+bL9sb9H2Y3sHw/bT9qb92v5ov7d37Tfkd0PtGm1T&#10;gMjl3Hj1ZC0v9YUi7yySKq+wXLKg4WqjATbxGfGDFD+xGhgsmpeKwh587VQo5Lo0NSoF1299ogeH&#10;YqF16Nzm2Dm2dojAx2Ey6idjEEBgrZ8kSWAX49TD+GRtrHvBVI18kEXWGcyXlcuVlOARZXZH4NWF&#10;dZ7k7wSfLNWMCxGsIiRqsuh0CPL9ilWCU78YJma5yIVBK+zNFp6g+NE2o64lDWAVw3S6jx3mYhfD&#10;4UJ6PBAHdPbRzk3vT7un0/F0POgMeqNpZ9Atis7zWT7ojGbJs2HRL/K8SD54askgrTilTHp2B2cn&#10;g79zzv6O7Tx59PaxDPFD9FAvIHt4B9Khz761O5MsFN3MzaH/YOaweX/x/G25P4f4/u9h8gsAAP//&#10;AwBQSwMEFAAGAAgAAAAhAA6clQ7cAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyonQJtGuJUCAnEAUWiwN2Nt0kgXofYTdK/ZznBcTSjmTf5dnadGHEIrScNyUKBQKq8banW&#10;8P72eJWCCNGQNZ0n1HDCANvi/Cw3mfUTveK4i7XgEgqZ0dDE2GdShqpBZ8LC90jsHfzgTGQ51NIO&#10;ZuJy18mlUivpTEu80JgeHxqsvnZHp+Gb1qePGzmmn2UZV0/PLzVhOWl9eTHf34GIOMe/MPziMzoU&#10;zLT3R7JBdKzVcs1RDdcJCPY3yS1f2WtIFcgil//5ix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAxskRQVUCAABmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEADpyVDtwAAAAHAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 123" o:spid="_x0000_s1154" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:335.6pt;margin-top:4pt;width:0;height:19.5pt;z-index:129;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdf/eHYwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmO7DhC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFPWCHpIzb97MPOrsfFVLtOTGCq0y&#10;HB/1MeKKaibUIsNvr2e9MUbWEcWI1IpneM0tPp88f3bWNikf6EpLxg0CEGXTtslw5VyTRpGlFa+J&#10;PdINV3BZalMTB1uziJghLaDXMhr0+6Oo1YY1RlNuLZwW20s8Cfhlyal7U5aWOyQzDNxcWE1Y536N&#10;JmckXRjSVILuaJB/YFEToSDpAaogjqAbI/6AqgU12urSHVFdR7osBeWhBqgm7v9WzVVFGh5qgebY&#10;5tAm+/9g6evlpUGCwewGxxgpUsOQuk+b281996P7vLlHm4/dAyybu81t96X73n3rHrqvyHtD79rG&#10;pgCRq0vjq6crddVcaPrOIqXziqgFDzVcrxuAjX1E9CTEb2wDDObtK83Ah9w4HRq5Kk3tIaFFaBXm&#10;tT7Mi68cottDCqeD5GQ0DKOMSLqPa4x1L7mukTcybJ0hYlG5XCsFotAmDlnI8sI6z4qk+wCfVOmZ&#10;kDJoQyrUZvh0OBiGAKulYP7Su1mzmOfSoCXx6gq/UCLcPHYz+kaxAFZxwqY72xEhwUYu9MYZAd2S&#10;HPtsNWcYSQ4PyltbelL5jFA5EN5ZW4G9P+2fTsfTcdJLBqNpL+kXRe/FLE96o1l8MiyOizwv4g+e&#10;fJyklWCMK89/L/Y4+Tsx7Z7dVqYHuR8aFT1FDx0Fsvv/QDqM3k97q5u5ZutL46vzKgB9B+fdW/QP&#10;6PE+eP36Ykx+AgAA//8DAFBLAwQUAAYACAAAACEApEWpa94AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBSE74L/YXmCN7tpkbTGvBS1iLlYsBXxuM0+s4vZ3ZDdtqm/3ice9DjMMPNNuRxd&#10;Jw40RBs8wnSSgSDfBG19i/C6fbxagIhJea264AnhRBGW1flZqQodjv6FDpvUCi7xsVAIJqW+kDI2&#10;hpyKk9CTZ+8jDE4llkMr9aCOXO46OcuyXDplPS8Y1dODoeZzs3cIafV+Mvlbc39j19un59x+1XW9&#10;Qry8GO9uQSQa018YfvAZHSpm2oW911F0CPl8OuMowoIvsf+rdwjX8wxkVcr/B6pvAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAN1/94djAgAAeQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKRFqWveAAAACAEAAA8AAAAAAAAAAAAAAAAAvQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 120" o:spid="_x0000_s1151" style="position:absolute;left:0;text-align:left;margin-left:415.85pt;margin-top:8.45pt;width:82.5pt;height:141.45pt;z-index:126;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhU5peUAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNElp9yfadLXapQhp&#10;gZUWHsB1nMbCsc3YbVpOSFyReAQeggviZ58hfSPGTrdbfsQBkYPl8Yw/f/PNTE5OV40iSwFOGl3Q&#10;bJBSIjQ3pdTzgr58MX1wRInzTJdMGS0KuhaOnk7u3ztpbS6GpjaqFEAQRLu8tQWtvbd5kjhei4a5&#10;gbFCo7My0DCPJsyTEliL6I1Khml6kLQGSguGC+fw9KJ30knEryrB/fOqcsITVVDk5uMKcZ2FNZmc&#10;sHwOzNaSb2mwf2DRMKnx0R3UBfOMLED+BtVIDsaZyg+4aRJTVZKLmANmk6W/ZHNdMytiLiiOszuZ&#10;3P+D5c+WV0BkibUboj6aNVik7uPm7eZD96272bzrPnU33dfN++5797n7QkIUatZal+PVa3sFIWtn&#10;Lw1/5Yg25zXTc3EGYNpasBKZZiE++elCMBxeJbP2qSnxQbbwJsq3qqAJgCgMWcUqrXdVEitPOB5m&#10;aZpmwzElHH3Z8PDg4ThySlh+e92C84+FaUjYFBSwDSI8W146H+iw/DYk0jdKllOpVDRgPjtXQJYM&#10;W2Yav5gBZrkfpjRpC3o8RiJ/h0C2+P0JopEee1/JpqBHuyCWB90e6TJ2pmdS9XukrPRWyKBdXwO/&#10;mq1i9XoJgrAzU65RWjB9r+Ns4qY28IaSFvu8oO71goGgRD3RWJ7jbDQKgxGN0fgwdAHse2b7HqY5&#10;QhXUU9Jvz30/TAsLcl7jS1mUQ5szLGklo9h3rLb8sZdjDbZzF4Zl345Rd3+HyQ8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQD/7dJq3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4&#10;sws0aVlkaYymJh5bevE2wAgoO0vYpUV/vevJHifvy3vf5LvFDOJMk+sta4hXEQji2jY9txpO5f4h&#10;BeE8coODZdLwTQ52xe1NjlljL3yg89G3IpSwy1BD5/2YSenqjgy6lR2JQ/ZhJ4M+nFMrmwkvodwM&#10;MomijTTYc1jocKTnjuqv42w0VH1ywp9D+RoZtV/7t6X8nN9ftL6/W54eQXha/D8Mf/pBHYrgVNmZ&#10;GycGDek63gY0BBsFIgAqVQmISkMSbxXIIpfXLxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhACFTml5QAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAP/t0mrfAAAACgEAAA8AAAAAAAAAAAAAAAAAqgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Осуществляет прием документов из </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Государствен-ной</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> корпорации</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> и направляет руководству –</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>15 (пятнадцать) м</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>инут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 119" o:spid="_x0000_s1155" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.35pt;margin-top:2.8pt;width:376.5pt;height:0;z-index:130;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCByeMcYwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmunNhC5KCQ7G7S&#10;1kDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr8Yl1LtOLGCq0y&#10;HJ/0MeKKaibUMsNvrme9EUbWEcWI1IpneMMtvpg8fXLeNikf6EpLxg0CEGXTtslw5VyTRpGlFa+J&#10;PdENV3BYalMTB1uzjJghLaDXMhr0+6dRqw1rjKbcWvha7A7xJOCXJafudVla7pDMMHBzYTVhXfg1&#10;mpyTdGlIUwm6p0H+gUVNhIKkR6iCOIJujPgDqhbUaKtLd0J1HemyFJSHGqCauP9bNVcVaXioBZpj&#10;m2Ob7P+Dpa9Wc4MEg9nFY4wUqWFI3aft7fau+9F93t6h7YfuHpbtx+1t96X73n3r7ruvyHtD79rG&#10;pgCRq7nx1dO1umouNX1rkdJ5RdSShxquNw3Axj4iehTiN7YBBov2pWbgQ26cDo1cl6b2kNAitA7z&#10;2hznxdcOUfiYnI3i4RDGSg9nEUkPgY2x7gXXNfJGhq0zRCwrl2ulQBXaxCENWV1a52mR9BDgsyo9&#10;E1IGcUiF2gyPh4NhCLBaCuYPvZs1y0UuDVoRL6/whBrh5KGb0TeKBbCKEzbd244ICTZyoTnOCGiX&#10;5NhnqznDSHK4Ud7a0ZPKZ4TSgfDe2ins3bg/no6mo6SXDE6nvaRfFL3nszzpnc7is2HxrMjzIn7v&#10;ycdJWgnGuPL8D2qPk79T0/7e7XR61PuxUdFj9NBRIHt4B9Jh9n7cO+EsNNvMja/OywAEHpz3l9Hf&#10;oIf74PXrlzH5CQAA//8DAFBLAwQUAAYACAAAACEAZPlGBN8AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7WVuFGnUUkgxKmACpELlWgR4ujGS2wRr6PYbVO+HpcLPe7MaPZNuRht&#10;x/Y4eONIwGyaAENqnDLUCnjfPF/fAvNBkpKdIxRwRA+L6vKilIVyB3rD/Tq0LJaQL6QAHUJfcO4b&#10;jVb6qeuRovflBitDPIeWq0EeYrnteJokGbfSUPygZY9PGpvv9c4KCMvPo84+msc7s9q8vGbmp67r&#10;pRBXk/HhHljAMfyH4YQf0aGKTFu3I+VZJ2Cez/MYFXCTATv5aZpHYfsn8Krk5wOqXwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCByeMcYwIAAHoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBk+UYE3wAAAAgBAAAPAAAAAAAAAAAAAAAAAL0EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 117" o:spid="_x0000_s1127" style="position:absolute;left:0;text-align:left;margin-left:255.35pt;margin-top:7.7pt;width:156pt;height:46.5pt;z-index:102;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2HU8dUwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEnVsm206Wq1yyKk&#10;BVZaeADXcRoLxzZjt2k5IXFdiUfgIbggfvYZ0jdi7HRLFzghcrA8nvHnme+byfHJulFkJcBJowua&#10;DVJKhOamlHpR0NevLh5NKHGe6ZIpo0VBN8LRk9nDB8etzcXQ1EaVAgiCaJe3tqC19zZPEsdr0TA3&#10;MFZodFYGGubRhEVSAmsRvVHJME0fJ62B0oLhwjk8Pe+ddBbxq0pw/7KqnPBEFRRz83GFuM7DmsyO&#10;Wb4AZmvJd2mwf8iiYVLjo3uoc+YZWYL8A6qRHIwzlR9w0ySmqiQXsQasJkt/q+a6ZlbEWpAcZ/c0&#10;uf8Hy1+sroDIErXLjijRrEGRuk/b99uP3ffudvuh+9zddt+2N92P7kv3lYQo5Ky1Lser1/YKQtXO&#10;Xhr+xhFtzmqmF+IUwLS1YCVmmoX45N6FYDi8Subtc1Pig2zpTaRvXUETAJEYso4qbfYqibUnHA+z&#10;6SRD6Snh6BtP0/E4ypiw/O62BeefCtOQsCkoYBdEdLa6dD5kw/K7kJi9UbK8kEpFAxbzMwVkxbBj&#10;LuIXC8AiD8OUJm1Bp+PhOCLf87lDiDR+f4NopMfWV7Ip6GQfxPJA2xNdxsb0TKp+jykrveMxUNdL&#10;4NfzdRRvNLlTZW7KDTILpm91HE3c1AbeUdJimxfUvV0yEJSoZxrVmWajUZiLaIzGR0M04NAzP/Qw&#10;zRGqoJ6Sfnvm+1laWpCLGl/KIh3anKKilYxkB7X7rHb5YytHDXZjF2bl0I5Rv34Os58AAAD//wMA&#10;UEsDBBQABgAIAAAAIQC16nzq3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqN3QQghxKgQqEsc2vXBz4iUJxOsodtrA17OcynFnnmZn8s3senHEMXSeNCwXCgRS7W1HjYZD&#10;ub1JQYRoyJreE2r4xgCb4vIiN5n1J9rhcR8bwSEUMqOhjXHIpAx1i86EhR+Q2PvwozORz7GRdjQn&#10;Dne9TJS6k850xB9aM+Bzi/XXfnIaqi45mJ9d+arcw/Y2vs3l5/T+ovX11fz0CCLiHM8w/NXn6lBw&#10;p8pPZIPoNayX6p5RNtYrEAykScJCxYJKVyCLXP6fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAdh1PHVMCAABkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAtep86t4AAAAKAQAADwAAAAAAAAAAAAAAAACtBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00305FCA">
-[...27 lines deleted...]
-                    <w:t>асырады</w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель осуществляет регистрацию (авторизацию) на портале посредством ЭЦП</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1117" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:237.35pt;margin-top:2.8pt;width:376.5pt;height:0;z-index:251752448" o:connectortype="straight">
-[...49 lines deleted...]
-          <v:rect id="_x0000_s1113" style="position:absolute;left:0;text-align:left;margin-left:411.35pt;margin-top:.5pt;width:83.25pt;height:134.55pt;z-index:251748352">
+          <v:rect id="Прямоугольник 118" o:spid="_x0000_s1152" style="position:absolute;left:0;text-align:left;margin-left:510.35pt;margin-top:8.45pt;width:84.75pt;height:108.75pt;z-index:127;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLLDFaUAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZLNp2qarbqqqJQip&#10;QKXCAzheb9bCa5uxk91yQuoViUfgIbggfvoMmzdi7E3T8CMOiD1YHnv8zcz3zezxSVsrshLgpNE5&#10;TQdDSoTmppB6kdNXL2ePJpQ4z3TBlNEip9fC0ZPpwwfHjc3EyFRGFQIIgmiXNTanlfc2SxLHK1Ez&#10;NzBWaLwsDdTMowmLpADWIHqtktFweJA0BgoLhgvn8PS8v6TTiF+WgvsXZemEJyqnmJuPK8R1HtZk&#10;esyyBTBbSb5Jg/1DFjWTGoNuoc6ZZ2QJ8jeoWnIwzpR+wE2dmLKUXMQasJp0+Es1VxWzItaC5Di7&#10;pcn9P1j+fHUJRBaoXYpSaVajSN3H9bv1h+5bd7u+6T51t93X9fvue/e5+0KCF3LWWJfh0yt7CaFq&#10;Zy8Mf+2INmcV0wtxCmCaSrACM02Df/LTg2A4fErmzTNTYEC29CbS15ZQB0AkhrRRpeutSqL1hONh&#10;Ojw82BvtU8LxLt2bpCkaIQbL7p5bcP6JMDUJm5wCtkGEZ6sL53vXO5eYvlGymEmlogGL+ZkCsmLY&#10;MrP4bdDdrpvSpMnp0T7G/jvEMH5/gqilx95Xss7pZOvEssDbY11gmizzTKp+j9UpvSEycNdr4Nt5&#10;G9UbH4UIgdi5Ka6RWjB9r+Ns4qYy8JaSBvs8p+7NkoGgRD3VKM9ROh6HwYjGeP9whAbs3sx3b5jm&#10;CJVTT0m/PfP9MC0tyEWFkdJIhzanKGkpI9n3WW3yx16Ocm3mLgzLrh297v8O0x8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDy/Mqt4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;LFk3DVqaTgg0JI5bd+HmNqYtNE7VpFvh6clOcPMvf/r9Od/OthcnGn3nWMNyoUAQ18503Gg4lru7&#10;BxA+IBvsHZOGb/KwLa6vcsyMO/OeTofQiFjCPkMNbQhDJqWvW7LoF24gjrsPN1oMMY6NNCOeY7nt&#10;ZaLURlrsOF5ocaDnluqvw2Q1VF1yxJ99+apsuluFt7n8nN5ftL69mZ8eQQSawx8MF/2oDkV0qtzE&#10;xos+ZpWo+8jGaZOCuBDLVCUgKg3Jar0GWeTy/xPFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCLLDFaUAIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDy/Mqt4AAAAAwBAAAPAAAAAAAAAAAAAAAAAKoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00AB3984">
-[...3 lines deleted...]
-                    <w:t>Мемлекеттік корпорация</w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Рассматривает документы и определяет ответственного  исполнителя –</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 (один) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>рабоч</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-                    <w:t>минут</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>ий день</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1101" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:43.1pt;margin-top:9pt;width:26.25pt;height:20.8pt;flip:y;z-index:251736064" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Прямая со стрелкой 114" o:spid="_x0000_s1138" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:48.35pt;margin-top:9.4pt;width:26.25pt;height:20.8pt;flip:y;z-index:113;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbtVyNbQIAAIkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmO7CRC7KCQ7G7S&#10;NkDS7mmRsohSJEEylo2iQNIL5Ai9Qjdd9IOcQb5Rh7TjJO2mKKoFNdTMPL6ZedTJ6aoRaMmM5UqO&#10;cdKPMWKyVJTLxRi/vZz1jjCyjkhKhJJsjNfM4tPJ82cnrc7YQNVKUGYQgEibtXqMa+d0FkW2rFlD&#10;bF9pJsFZKdMQB1uziKghLaA3IhrE8ShqlaHaqJJZC1+LrRNPAn5VsdK9qSrLHBJjDNxcWE1Y536N&#10;JickWxiia17uaJB/YNEQLuHQPVRBHEFXhv8B1fDSKKsq1y9VE6mq4iULNUA1SfxbNRc10SzUAs2x&#10;et8m+/9gy9fLc4M4hdklKUaSNDCk7vPmenPb/ey+bG7R5qa7g2XzaXPdfe1+dN+7u+4b8tHQu1bb&#10;DCByeW589eVKXugzVb63SKq8JnLBQg2Xaw2wic+InqT4jdXAYN6+UhRiyJVToZGryjSoEly/84ke&#10;HJqFVmFy6/3k2MqhEj4ewHM4xKgE12CUJqMw2YhkHsYna2PdS6Ya5I0xts4QvqhdrqQEjSizPYIs&#10;z6zzJB8SfLJUMy5EkIqQqAVCx/EwDqSsEpx6r4+zZjHPhUFL4tUWnlAyeB6HGXUlaUCrGaHTne0I&#10;F2AjF3rlDIfuCYb9cQ2jGAkGF8xbW35C+hOhfmC8s7aC+3AcH0+PpkdpLx2Mpr00Lorei1me9kaz&#10;5HBYHBR5XiQfPfkkzWpOKZOe/734k/TvxLW7hlvZ7uW/71T0FD20FMjevwPpIAU//a2O5oquz42v&#10;zqsC9B6Cd3fTX6jH+xD18AeZ/AIAAP//AwBQSwMEFAAGAAgAAAAhAEsAUcTcAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjdgNtqhCnahGcEEgEHsCNNz80Xke204S3xz3B&#10;cTSjmW/y/Wx6dkHnO0sS1isBDKmyuqNGwtfny90OmA+KtOotoYQf9LAvFje5yrSd6AMvZWhYLCGf&#10;KQltCEPGua9aNMqv7IAUvdo6o0KUruHaqSmWm54nQmy5UR3FhVYN+NRidS5HI2EsXzF1b9ta3E/P&#10;9dG9d/zwXUp5u5wPj8ACzuEvDFf8iA5FZDrZkbRnfdQiSWNUQroGdvU3mwTYScLDLgVe5Pz/geIX&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA27VcjW0CAACJBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASwBRxNwAAAAIAQAADwAAAAAAAAAAAAAA&#10;AADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" strokeweight="1.5pt">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1098" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:1.1pt;margin-top:13.95pt;width:54.75pt;height:16.5pt;z-index:251732992" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
-[...14 lines deleted...]
-          <v:shape id="_x0000_s1120" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:494.6pt;margin-top:5.5pt;width:15.75pt;height:0;z-index:251755520" o:connectortype="straight">
+          <v:shape id="Прямая со стрелкой 116" o:spid="_x0000_s1158" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:494.6pt;margin-top:5.5pt;width:15.75pt;height:0;z-index:133;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7tNiCXwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbv2yTLdmmjZiuU7HIp&#10;UKnlAby2s7FwbMt2N7tCSMAL9BF4BS4c+FGfIftGjL0/0HJBiByccWb8zTczn3N2vmolWnLrhFYF&#10;zo5SjLiimgm1KPDr69ngBCPniWJEasULvOYOn08ePzrrTM6HutGScYsARLm8MwVuvDd5kjja8Ja4&#10;I224AmetbUs8bO0iYZZ0gN7KZJim46TTlhmrKXcOvlZbJ55E/Lrm1L+qa8c9kgUGbj6uNq7zsCaT&#10;M5IvLDGNoDsa5B9YtEQoSHqAqogn6MaKP6BaQa12uvZHVLeJrmtBeawBqsnSB9VcNcTwWAs0x5lD&#10;m9z/g6Uvl5cWCQazy8YYKdLCkPpPm/eb2/5H/3lzizYf+jtYNh837/sv/ff+W3/Xf0UhGnrXGZcD&#10;RKkubaiertSVudD0jUNKlw1RCx5ruF4bgM3CieTekbBxBhjMuxeaQQy58To2clXbNkBCi9Aqzmt9&#10;mBdfeUThIwggHR5jRPeuhOT7c8Y6/5zrFgWjwM5bIhaNL7VSIApts5iFLC+cD6xIvj8Qkio9E1JG&#10;bUiFugKfHkOe4HFaChaccWMX81JatCRBXfGJJT4Is/pGsQjWcMKmO9sTIcFGPvbGWwHdkhyHbC1n&#10;GEkOFypYW3pShYxQORDeWVuBvT1NT6cn05PRYDQcTwejtKoGz2blaDCeZU+PqydVWVbZu0A+G+WN&#10;YIyrwH8v9mz0d2LaXbutTA9yPzQquY8eOwpk9+9IOo4+THurm7lm60sbqgsqAH3H4N1dDBfo932M&#10;+vXHmPwEAAD//wMAUEsDBBQABgAIAAAAIQCO7QFX3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqN0cQhPiVECFyAWktghxdOMltojtKHbblK9nKw5w3Jmn2ZlqObmeHXCM&#10;NngJ85kAhr4N2vpOwtv26WYBLCblteqDRwknjLCsLy8qVepw9Gs8bFLHKMTHUkkwKQ0l57E16FSc&#10;hQE9eZ9hdCrROXZcj+pI4a7nmRA5d8p6+mDUgI8G26/N3klIq4+Tyd/bh8K+bp9fcvvdNM1Kyuur&#10;6f4OWMIp/cFwrk/VoaZOu7D3OrJeQrEoMkLJmNOmMyAycQts96vwuuL/J9Q/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHu02IJfAgAAeQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAI7tAVffAAAACgEAAA8AAAAAAAAAAAAAAAAAuQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1119" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:595.1pt;margin-top:5.5pt;width:18.75pt;height:0;z-index:251754496" o:connectortype="straight">
+          <v:shape id="Прямая со стрелкой 115" o:spid="_x0000_s1157" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:595.1pt;margin-top:5.5pt;width:18.75pt;height:0;z-index:132;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdMrGvYAIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmOkzpC5KCQ7G7S&#10;1kDSA9AkZRGlSIJkLBtFgbQXyBF6hW666Ac5g3yjDulPm3RTFNWCGmqGb97MPOr8YtVItOTWCa1y&#10;nB71MeKKaibUIsdvrqe9EUbOE8WI1IrneM0dvhg/fXLemowPdK0l4xYBiHJZa3Jce2+yJHG05g1x&#10;R9pwBc5K24Z42NpFwixpAb2RyaDfP01abZmxmnLn4Gu5deJxxK8qTv3rqnLcI5lj4ObjauM6D2sy&#10;PifZwhJTC7qjQf6BRUOEgqQHqJJ4gm6s+AOqEdRqpyt/RHWT6KoSlMcaoJq0/6iaq5oYHmuB5jhz&#10;aJP7f7D01XJmkWAwu/QEI0UaGFL3aXO7uet+dJ83d2jzobuHZfNxc9t96b5337r77isK0dC71rgM&#10;IAo1s6F6ulJX5lLTtw4pXdRELXis4XptADYNJ5IHR8LGGWAwb19qBjHkxuvYyFVlmwAJLUKrOK/1&#10;YV585RGFj4PjUToA1nTvSki2P2es8y+4blAwcuy8JWJR+0IrBaLQNo1ZyPLS+cCKZPsDIanSUyFl&#10;1IZUqM3x2QnkCR6npWDBGTd2MS+kRUsS1BWfWOKjMKtvFItgNSdssrM9ERJs5GNvvBXQLclxyNZw&#10;hpHkcKGCtaUnVcgIlQPhnbUV2Luz/tlkNBkNe8PB6aQ37Jdl7/m0GPZOp+mzk/K4LIoyfR/Ip8Os&#10;FoxxFfjvxZ4O/05Mu2u3lelB7odGJQ/RY0eB7P4dScfRh2lvdTPXbD2zobqgAtB3DN7dxXCBft/H&#10;qF9/jPFPAAAA//8DAFBLAwQUAAYACAAAACEARopR+d8AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3Fi6HjpWmk7AhOgFpG0Iccwa01Q0TtVkW8evxxUHuPnZT8/fK1aj68QR&#10;h9B6UjCfJSCQam9aahS87Z5ubkGEqMnozhMqOGOAVXl5Uejc+BNt8LiNjeAQCrlWYGPscylDbdHp&#10;MPM9Et8+/eB0ZDk00gz6xOGuk2mSZNLplviD1T0+Wqy/tgenIK4/zjZ7rx+W7evu+SVrv6uqWit1&#10;fTXe34GIOMY/M0z4jA4lM+39gUwQHev5MknZO01canKk6WIBYv+7kWUh/3cofwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBdMrGvYAIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGilH53wAAAAsBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1100" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:43.1pt;margin-top:14.6pt;width:26.25pt;height:18pt;z-index:251735040" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Прямая со стрелкой 112" o:spid="_x0000_s1136" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:335.6pt;margin-top:12.2pt;width:0;height:17.25pt;z-index:111;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCICkjnYQIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e6GtE1WTSq0m3Ap&#10;UKnlARzbm7Xw2pbtZhMhpNIX6CPwClw48KM+w+aNGDs/ULggRA7O2J755puZz3t2vmokWnLrhFZj&#10;nB2lGHFFNRNqMcZvrme9IUbOE8WI1IqP8Zo7fD55+uSsNTnv61pLxi0CEOXy1oxx7b3Jk8TRmjfE&#10;HWnDFVxW2jbEw9YuEmZJC+iNTPppepK02jJjNeXOwWm5vcSTiF9VnPrXVeW4R3KMgZuPq43rPKzJ&#10;5IzkC0tMLeiOBvkHFg0RCpIeoEriCbqx4g+oRlCrna78EdVNoqtKUB5rgGqy9LdqrmpieKwFmuPM&#10;oU3u/8HSV8tLiwSD2WV9jBRpYEjdx83t5r773n3a3KPNh+4Bls3d5rb73H3rvnYP3RcUvKF3rXE5&#10;QBTq0obq6UpdmQtN3zqkdFETteCxhuu1AdgsRCSPQsLGGWAwb19qBj7kxuvYyFVlmwAJLUKrOK/1&#10;YV585RHdHlI47Wej9PQ4gpN8H2es8y+4blAwxth5S8Si9oVWCkShbRazkOWF84EVyfcBIanSMyFl&#10;1IZUqAXqo/Q4jRFOS8HCbfBzdjEvpEVLEuQVfzsaj9ysvlEsotWcsOnO9kRIsJGPzfFWQLskxyFd&#10;wxlGksOLCtaWn1QhI5QOjHfWVmHvRuloOpwOB71B/2TaG6Rl2Xs+Kwa9k1l2elw+K4uizN4H8tkg&#10;rwVjXAX+e7Vng79T0+7dbXV60PuhU8lj9NhSILv/j6Tj7MO4t8KZa7a+tKG6IAMQeHTePcbwgn7d&#10;R6+fn4zJDwAAAP//AwBQSwMEFAAGAAgAAAAhAE6pxnDdAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyokwItCnGqCIkD5UTpz9WNt0lKvA6x25i3ZxEHOO7Mp9mZfBFtJ844&#10;+NaRgnSSgECqnGmpVrB+f755AOGDJqM7R6jgCz0sisuLXGfGjfSG51WoBYeQz7SCJoQ+k9JXDVrt&#10;J65HYu/gBqsDn0MtzaBHDrednCbJTFrdEn9odI9PDVYfq5NVYLevL+XxGMdyuV1+HnabTXQmVer6&#10;KpaPIALG8AfDT32uDgV32rsTGS86BbN5OmWUjVvexMCvsFdwN78HWeTy/4LiGwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIgKSOdhAgAAegQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAE6pxnDdAAAACQEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1.5pt">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1099" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:325.1pt;margin-top:14.15pt;width:0;height:17.25pt;z-index:251734016" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Ромб 113" o:spid="_x0000_s1135" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:-3.4pt;margin-top:1.3pt;width:54.75pt;height:16.5pt;z-index:110;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmcyrlgwIAAOkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNNls9y9qtqpaipAK&#10;VCqI86ztJBaObWzvZsvT9BW4I55hH4mxs122lBMikSKPZ/x5vplvcna+7RTZCOel0RUdneSUCM0M&#10;l7qp6KeP16/mlPgAmoMyWlT0Xnh6vnz54qy3pShMaxQXjiCI9mVvK9qGYMss86wVHfgTY4VGZ21c&#10;BwFN12TcQY/oncqKPJ9mvXHcOsOE97h7NTjpMuHXtWDhQ117EYiqKOYW0tel7yp+s+UZlI0D20q2&#10;TwP+IYsOpMZLD1BXEICsnXwG1UnmjDd1OGGmy0xdSyYSB2Qzyv9gc9eCFYkLFsfbQ5n8/4Nl7ze3&#10;jkiOvRuNKdHQYZN2D7ufux+77yTuYYV660sMvLO3LnL09sawL55oc9mCbsSFc6ZvBXDMaxTjsycH&#10;ouHxKFn17wxHeFgHk4q1rV0XAbEMZJt6cn/oidgGwnBzupiMiwklDF1FvphMUs8yKB8PW+fDG2E6&#10;EhcV5RI6o3nCh82NDzEfKB+jUv5GSX4tlUqGa1aXypENoEIuJvFNFJDmcZjSpEd2xSzPE/QTpz/G&#10;mKbnbxidDKh1JbuKzvP4xCAoY+Vea57WAaQa1piz0tEtkoqRSDTMGiHuWt4TLiPbYj5e4IRxiZIe&#10;z/NpvphRAqrBWWTBUeJM+CxDm4QUS/uM8ew6vkO1lG1hqMPkMTvMYk8uVfFwfbKOMksdj00exLIy&#10;/B4bjrenruL/ARetcd8o6XHWKuq/rsEJStRbjaJZjE5P43Am43QyK9Bwx57VsQc0Q6iKBmSalpdh&#10;GOi1dbJp8aZR4qPNBQqtlkkBUYRDVnt54jwlEvvZjwN7bKeo33+o5S8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDXY+vs2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtZW4UbuRaFCa&#10;TVUQPSB6aYCenXhJIuJ1FLtt+HvcU3sajWY08/L1ZHtxotF3jhEWcwWCuHam4wbh63P7+AzCB81G&#10;944J4Y88rIv7u1xnxp15T6cyNCKOsM80QhvCkEnp65as9nM3EMfsx41Wh2jHRppRn+O47WWi1FJa&#10;3XF8aPVAry3Vv+XRInTvCYeX7f5tePJNWX5Uu4P89ogPs2mzAhFoCtcyXPAjOhSRqXJHNl70CGns&#10;ISRp1Eu6UAmICmGpUpBFLm/xi38AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJnMq5YMC&#10;AADpBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA12Pr&#10;7NsAAAAGAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
+            <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Ромб 110" o:spid="_x0000_s1131" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:305.6pt;margin-top:10.5pt;width:54.75pt;height:16.5pt;z-index:106;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDv1UYVggIAAOkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu1DAQfUfiHyy/02TTZi9Rs1XVUoRU&#10;oFJBPM/aTmLh2Mb2brZ8Db/AO+Ib9pMYO9tlCzwhEinyeMbH58wl5xfbXpGNcF4aXdPJSU6J0Mxw&#10;qduafnh/82JOiQ+gOSijRU0fhKcXy+fPzgdbicJ0RnHhCIJoXw22pl0ItsoyzzrRgz8xVmh0Nsb1&#10;ENB0bcYdDIjeq6zI82k2GMetM0x4j7vXo5MuE37TCBbeNY0XgaiaIreQvi59V/GbLc+hah3YTrI9&#10;DfgHFj1IjZceoK4hAFk7+QdUL5kz3jThhJk+M00jmUgaUM0k/03NfQdWJC2YHG8PafL/D5a93dw5&#10;IjnWboL50dBjkXZfdz9233ffSNzDDA3WVxh4b+9c1OjtrWGfPNHmqgPdikvnzNAJ4MhrEuOzJwei&#10;4fEoWQ1vDEd4WAeTkrVtXB8BMQ1km2rycKiJ2AbCcHO6KE+LkhKGriJflGVilEH1eNg6H14J05O4&#10;qCmX0BvNEz5sbn2IfKB6jEr8jZL8RiqVDNeurpQjG8AOuSzjmySgzOMwpcmA6opZnifoJ05/jDFN&#10;z98wehmw15XsazrP4xODoIqZe6l5WgeQalwjZ6WjW6QuRiHRMGuEuO/4QLiMaov56QInjEts6dN5&#10;Ps0XM0pAtTiLLDhKnAkfZehSI8XU/qF4dhPfMVvKdjDmoXxkhyz24lIWD9cn64hZqngs8tgsK8Mf&#10;sOB4e6oq/h9w0Rn3hZIBZ62m/vManKBEvdbYNIvJ2VkczmSclbMCDXfsWR17QDOEqmlApWl5FcaB&#10;Xlsn2w5vmiQ92lxiozUydUBswpHVvj1xnpKI/ezHgT22U9SvP9TyJwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAG/O9D7eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/QdrKrGjdqLSoBCn&#10;ahFdINg0PNZOPCQR8TiK3Tb8PcMKlqN7dOfcYju7QZxxCr0nDclKgUBqvO2p1fD2eri5AxGiIWsG&#10;T6jhGwNsy8VVYXLrL3TEcxVbwSUUcqOhi3HMpQxNh86ElR+ROPv0kzORz6mVdjIXLneDTJXaSGd6&#10;4g+dGfGhw+arOjkN/VNKcX84Po63oa2q5/rlQ74Hra+X8+4eRMQ5/sHwq8/qULJT7U9kgxg0bJIk&#10;ZZSDNW9iIEtVBqLWsM4UyLKQ/xeUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDv1UYV&#10;ggIAAOkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBv&#10;zvQ+3gAAAAkBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
+            <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 111" o:spid="_x0000_s1137" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:45.35pt;margin-top:6.1pt;width:26.25pt;height:18pt;z-index:112;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnb16cZwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4zhC7KCQ7G7S&#10;NkDSA9AkZRGlSIJkLBtFgbQXyBF6hW666Ac5g3yjDulPm3ZTFNWCGoozb97MPOr8YtVItOTWCa3G&#10;ODtKMeKKaibUYoxf38x6I4ycJ4oRqRUf4zV3+GLy9Ml5a3Le17WWjFsEIMrlrRnj2nuTJ4mjNW+I&#10;O9KGKzistG2Ih61dJMySFtAbmfTTdJi02jJjNeXOwddye4gnEb+qOPWvqspxj+QYAzcfVxvXeViT&#10;yTnJF5aYWtAdDfIPLBoiFCQ9QJXEE3RrxR9QjaBWO135I6qbRFeVoDzWANVk6W/VXNfE8FgLNMeZ&#10;Q5vc/4OlL5dXFgkGs8syjBRpYEjdx83d5r773n3a3KPN++4Bls2HzV33ufvWfe0eui8oeEPvWuNy&#10;gCjUlQ3V05W6NpeavnFI6aImasFjDTdrA7AxInkUEjbOAIN5+0Iz8CG3XsdGrirbBEhoEVrFea0P&#10;8+Irjyh8PIbn9AQjCkf9/miYxnkmJN8HG+v8c64bFIwxdt4Ssah9oZUCZWibxVRkeek8FAOB+4CQ&#10;WemZkDIKRCrUAv+z9CSNEU5LwcJp8HN2MS+kRUsSNBaf0BpAe+Rm9a1iEa3mhE13tidCgo187JC3&#10;AnomOQ7pGs4wkhyuVbC2iFKFjFA/MN5ZW5m9PUvPpqPpaNAb9IfT3iAty96zWTHoDWfZ6Ul5XBZF&#10;mb0L5LNBXgvGuAr895LPBn8nqd3l24r1IPpDp5LH6LEJQHb/jqSjAMLMt+qZa7a+sqG6oAVQeXTe&#10;3chwjX7dR6+f/43JDwAAAP//AwBQSwMEFAAGAAgAAAAhAEcIfn7eAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPg0AUhO8m/ofNM/FmF4iiII+GmHiwnqy2XrfsK1DZt8huC/57tyc9TmYy802x&#10;nE0vTjS6zjJCvIhAENdWd9wgfLw/3zyAcF6xVr1lQvghB8vy8qJQubYTv9Fp7RsRStjlCqH1fsil&#10;dHVLRrmFHYiDt7ejUT7IsZF6VFMoN71MoiiVRnUcFlo10FNL9df6aBDM9vWlOhzmqVptV9/7z81m&#10;tjpGvL6aq0cQnmb/F4YzfkCHMjDt7JG1Ez1Clt6HJEKSxSDO/m2WgNghpHcxyLKQ/w+UvwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCnb16cZwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBHCH5+3gAAAAgBAAAPAAAAAAAAAAAAAAAAAMEE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" strokeweight="1.5pt">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1089" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:9.95pt;width:168pt;height:122.5pt;z-index:251723776">
-            <v:textbox style="mso-next-textbox:#_x0000_s1089">
+          <v:rect id="Прямоугольник 107" o:spid="_x0000_s1125" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:10.3pt;width:162.75pt;height:125.35pt;z-index:100;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAURvf2UQIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p0on0krndFohiCk&#10;AUYaOIDjdqct3LYpO+mEFRLbkTgCh2CD+MwZOjei7GQy4SMWCC8sV1f5+dWrqp6crmtFVgKcNDqn&#10;3U5KidDcFFIvcvrq5ezRCSXOM10wZbTI6UY4ejp9+GDS2Ez0TGVUIYAgiHZZY3NaeW+zJHG8EjVz&#10;HWOFRmdpoGYeTVgkBbAG0WuV9NJ0mDQGCguGC+fw68XOSacRvywF9y/K0glPVE6Rm487xH0e9mQ6&#10;YdkCmK0k39Ng/8CiZlLjoweoC+YZWYL8DaqWHIwzpe9wUyemLCUXMQfMppv+ks11xayIuaA4zh5k&#10;cv8Plj9fXQGRBdYuHVGiWY1Faj9u320/tN/a2+379lN7237d3rTf28/tFxKiULPGugyvXtsrCFk7&#10;e2n4a0e0Oa+YXogzANNUghXItBvik58uBMPhVTJvnpkCH2RLb6J86xLqAIjCkHWs0uZQJbH2hOPH&#10;XjocjnsDSjj6uv3+6CSNdUxYdnfdgvNPhKlJOOQUsA0iPFtdOh/osOwuJNI3ShYzqVQ0YDE/V0BW&#10;DFtmFlfMALM8DlOaNDkdD5DI3yHSuP4EUUuPva9knVNMAVcIYlnQ7bEu4tkzqXZnpKz0Xsig3a4G&#10;fj1fx+oNosxB2LkpNigtmF2v42zioTLwlpIG+zyn7s2SgaBEPdVYnjEqGAYjGv3BqIcGHHvmxx6m&#10;OULl1FOyO5773TAtLchFhS91oxzanGFJSxnFvme154+9HGuwn7swLMd2jLr/O0x/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAmjDjaN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qk&#10;bixdFxgrTScEGhLHrbtwc5vQFhqnatKt8PSYExx/+9Pvz/l2dr042TF0njQsFwkIS7U3HTUajuXu&#10;5h5EiEgGe09Ww5cNsC0uL3LMjD/T3p4OsRFcQiFDDW2MQyZlqFvrMCz8YIl37350GDmOjTQjnrnc&#10;9TJNkjvpsCO+0OJgn1pbfx4mp6Hq0iN+78uXxG12q/g6lx/T27PW11fz4wOIaOf4B8OvPqtDwU6V&#10;n8gE0XNWm5RRDelKgWBArdUaRMWD26UCWeTy/wvFDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAURvf2UQIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCaMONo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAKsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00AB3984" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="002E096F" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
-                    <w:pStyle w:val="a5"/>
-                    <w:spacing w:before="0" w:after="0"/>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00AB3984">
-[...6 lines deleted...]
-                    <w:t xml:space="preserve">Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына  сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, </w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">В случае предоставления услугополучателем неполного пакета документов согласно перечню, предусмотренному в пункте 9 Стандарта, работник </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00AB3984">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">Мемлекеттік корпорация </w:t>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Государственной корпорации</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00AB3984">
-[...6 lines deleted...]
-                    <w:t>қызметкері өтінішті қабылдаудан бас тартады және нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді</w:t>
+                  <w:r w:rsidRPr="002E096F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> отказывает в приеме заявления и выдает расписку об отказе в приеме документов </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1095" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:296.6pt;margin-top:-.3pt;width:54.75pt;height:16.5pt;z-index:251729920" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
-[...14 lines deleted...]
-          <v:shape id="_x0000_s1104" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:346.5pt;margin-top:11.2pt;width:13.85pt;height:14.9pt;z-index:251739136" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Прямая со стрелкой 109" o:spid="_x0000_s1141" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:352.1pt;margin-top:12.5pt;width:16.5pt;height:20.25pt;z-index:116;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDid7+fZQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmuncRC7KCQ7G7S&#10;NkDSA9AkZRGlSIJkLBtFgTQXyBF6hW666Ac5g3yjDulPm3ZTFNWCGmqGb97MPOrsfNVItOTWCa3G&#10;ODtKMeKKaibUYozfXM96pxg5TxQjUis+xmvu8Pnk6ZOz1uS8r2stGbcIQJTLWzPGtfcmTxJHa94Q&#10;d6QNV+CstG2Ih61dJMySFtAbmfTT9DhptWXGasqdg6/l1oknEb+qOPWvq8pxj+QYAzcfVxvXeViT&#10;yRnJF5aYWtAdDfIPLBoiFCQ9QJXEE3RjxR9QjaBWO135I6qbRFeVoDzWANVk6W/VXNXE8FgLNMeZ&#10;Q5vc/4Olr5aXFgkGs0tHGCnSwJC6j5vbzX33vfu0uUebD90DLJu7zW33ufvWfe0eui8oREPvWuNy&#10;gCjUpQ3V05W6MheavnVI6aImasFjDddrA7BZOJE8OhI2zgCDeftSM4ghN17HRq4q2wRIaBFaxXmt&#10;D/PiK48ofOyno+EQpkrB1R+eZCfDmIHk+8PGOv+C6wYFY4ydt0Qsal9opUAZ2mYxFVleOB+okXx/&#10;IGRWeiakjAKRCrXAf5RCtuByWgoWvHFjF/NCWrQkQWPx2dF4FGb1jWIRreaETXe2J0KCjXzskLcC&#10;eiY5DukazjCSHK5VsLb8pAoZoX5gvLO2Mns3SkfT0+npoDfoH097g7Qse89nxaB3PIO2lM/Koiiz&#10;94F8NshrwRhXgf9e8tng7yS1u3xbsR5Ef+hU8hg9thTI7t+RdBRAmPlWPXPN1pc2VBe0ACqPwbsb&#10;Ga7Rr/sY9fO/MfkBAAD//wMAUEsDBBQABgAIAAAAIQBb6zTd3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLG2BdeqaThUSB8aJwcY1a7y2o3FKk63l7fFOcLT/T78/56vJ&#10;duKMg28dKYhnEQikypmWagUf7893CxA+aDK6c4QKftDDqri+ynVm3EhveN6EWnAJ+UwraELoMyl9&#10;1aDVfuZ6JM4ObrA68DjU0gx65HLbySSK5tLqlvhCo3t8arD62pysArt7fSmPx2ks17v19+Fzu52c&#10;iZW6vZnKJYiAU/iD4aLP6lCw096dyHjRKUijh4RRDuI5CAbS+5QXewWPSQyyyOX/D4pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJ3v59lAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFvrNN3fAAAACQEAAA8AAAAAAAAAAAAAAAAAvwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" strokeweight="1.5pt">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1103" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.35pt;margin-top:11.2pt;width:13.15pt;height:14.85pt;flip:x;z-index:251738112" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Прямая со стрелкой 108" o:spid="_x0000_s1140" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:293.6pt;margin-top:10.3pt;width:18pt;height:20.25pt;flip:x;z-index:115;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAV3yZabAIAAIkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHUmu49hC7KCQ7HaR&#10;tgaSHoAmKYsoRRIkY9koCiS9QI7QK3TTRT/IGeQbdUgrTtNuiqJaUENx5s2bmUednm1qgdbMWK7k&#10;JEqPkggxSRTlcjWJ3l7Oe6MIWYclxUJJNom2zEZn06dPThudsb6qlKDMIACRNmv0JKqc01kcW1Kx&#10;GtsjpZmEw1KZGjvYmlVMDW4AvRZxP0mGcaMM1UYRZi18LfaH0TTglyUj7k1ZWuaQmETAzYXVhHXp&#10;13h6irOVwbripKOB/4FFjbmEpAeoAjuMrgz/A6rmxCirSndEVB2rsuSEhRqgmjT5rZqLCmsWaoHm&#10;WH1ok/1/sOT1emEQpzC7BEYlcQ1Daj/trne37Y/28+4W7W7aO1h2H3fX7Zf2e/utvWu/Iu8NvWu0&#10;zQAilwvjqycbeaHPFXlnkVR5heWKhRoutxpgUx8RPwrxG6uBwbJ5pSj44CunQiM3palRKbh+6QM9&#10;ODQLbcLktofJsY1DBD72+6NhAvMlcNQ/PklPjkMunHkYH6yNdS+YqpE3JpF1BvNV5XIlJWhEmX0K&#10;vD63zpN8CPDBUs25EEEqQqIGCI2T4ySQskpw6k+9nzWrZS4MWmOvtvB0NB65GXUlaUCrGKazznaY&#10;C7CRC71yhkP3BIt8uprRCAkGF8xbe35C+oxQPzDurL3g3o+T8Ww0Gw16g/5w1hskRdF7Ps8HveEc&#10;2lI8K/K8SD948ukgqzilTHr+9+JPB38nru4a7mV7kP+hU/Fj9NBSIHv/DqSDFPz09zpaKrpdGF+d&#10;VwXoPTh3d9NfqF/3wevhDzL9CQAA//8DAFBLAwQUAAYACAAAACEAdX47wNwAAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjdVA00jVMVBCsEEoEPcJPJA+JxZDtN+HuGFSxn&#10;ztWdM/lhsYM4ow+9Iw3rlQKBVLm6p1bDx/vTzR2IEA3VZnCEGr4xwKG4vMhNVruZ3vBcxlZwCYXM&#10;aOhiHDMpQ9WhNWHlRiRmjfPWRB59K2tvZi63g0yUSqU1PfGFzoz40GH1VU5Ww1Q+461/SRu1mR+b&#10;e//ay+NnqfX11XLcg4i4xL8w/OqzOhTsdHIT1UEMGra7NOEoA7UFwYF0k/DixGStQBa5/P9B8QMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAV3yZabAIAAIkEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB1fjvA3AAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" strokeweight="1.5pt">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1102" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:9.35pt;margin-top:14.05pt;width:73.5pt;height:57pt;rotation:90;z-index:251737088" o:connectortype="elbow" adj="220,-130093,-42759" strokeweight="1.5pt">
-[...26 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1093">
+          <v:rect id="Прямоугольник 106" o:spid="_x0000_s1129" style="position:absolute;left:0;text-align:left;margin-left:328.85pt;margin-top:6.3pt;width:87pt;height:96.75pt;z-index:104;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATumYiUAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdH9I2mbVTVW1BCEV&#10;qFR4AMfrzVp4bTN2sgknJK5IPAIPwQXx02fYvBFjJ03Djzgg9mB57PE3M983syeny1aRhQAnjS5p&#10;dpBSIjQ3ldSzkr58MXlwTInzTFdMGS1KuhKOno7v3zvpbCFy0xhVCSAIol3R2ZI23tsiSRxvRMvc&#10;gbFC42VtoGUeTZglFbAO0VuV5Gl6mHQGKguGC+fw9GJzSccRv64F98/r2glPVEkxNx9XiOs0rMn4&#10;hBUzYLaRfJsG+4csWiY1Bt1BXTDPyBzkb1Ct5GCcqf0BN21i6lpyEWvAarL0l2quG2ZFrAXJcXZH&#10;k/t/sPzZ4gqIrFC79JASzVoUqf+4frv+0H/rb9bv+k/9Tf91/b7/3n/uv5DghZx11hX49NpeQaja&#10;2UvDXzmizXnD9EycAZiuEazCTLPgn/z0IBgOn5Jp99RUGJDNvYn0LWtoAyASQ5ZRpdVOJbH0hONh&#10;lqWDUYpicrzL8vz4KB/GGKy4fW7B+cfCtCRsSgrYBhGeLS6dD+mw4tYlpm+UrCZSqWjAbHqugCwY&#10;tswkflt0t++mNOlKOhpi7L9DpPH7E0QrPfa+km1Jj3dOrAi8PdJV7EzPpNrsMWWlt0QG7jYa+OV0&#10;GdUbPgwRArFTU62QWjCbXsfZxE1j4A0lHfZ5Sd3rOQNBiXqiUZ5RNhiEwYjGYHiUowH7N9P9G6Y5&#10;QpXUU7LZnvvNMM0tyFmDkbJIhzZnKGktI9l3WW3zx16OGmznLgzLvh297v4O4x8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQB95lql4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4NAEIbvJv6HzZh4&#10;s8uHtoWyNEZTE48tvXhbYAQqO0vYpUV/vdOTHmfeJ+88k21n04szjq6zpCBcBCCQKlt31Cg4FruH&#10;NQjnNdW6t4QKvtHBNr+9yXRa2wvt8XzwjeAScqlW0Ho/pFK6qkWj3cIOSJx92tFoz+PYyHrUFy43&#10;vYyCYCmN7ogvtHrAlxarr8NkFJRddNQ/++ItMMku9u9zcZo+XpW6v5ufNyA8zv4Phqs+q0POTqWd&#10;qHaiV7B8Wq0Y5SBJQDCwjkNelAqiMH4EmWfy/wv5LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQATumYiUAIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB95lql4AAAAAoBAAAPAAAAAAAAAAAAAAAAAKoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305FCA" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00305FCA">
-[...3 lines deleted...]
-                    <w:t>«Жеке кабинетке» электронды құжат нысанында хабарлама алу</w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Получение уведомления в форме электронного документа в «личный кабинет»</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00F23520" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1092" style="position:absolute;left:0;text-align:left;margin-left:255.35pt;margin-top:10.15pt;width:69.75pt;height:124.95pt;z-index:251726848">
-            <v:textbox style="mso-next-textbox:#_x0000_s1092">
+          <v:rect id="Прямоугольник 105" o:spid="_x0000_s1128" style="position:absolute;left:0;text-align:left;margin-left:248.6pt;margin-top:6.3pt;width:80.25pt;height:96.75pt;z-index:103;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuLty2UAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtuEzEU3SPxD5b3dB5KaDPqpKpagpAK&#10;VCp8gOPxZCw8trl2MikrJLaV+AQ+gg3i0W+Y/BHXnjSEh1ggZmH52tfH555zPccn61aRlQAnjS5p&#10;dpBSIjQ3ldSLkr58MXtwRInzTFdMGS1Kei0cPZnev3fc2ULkpjGqEkAQRLuisyVtvLdFkjjeiJa5&#10;A2OFxs3aQMs8hrBIKmAdorcqydP0YdIZqCwYLpzD1fNhk04jfl0L7p/XtROeqJIiNx9HiOM8jMn0&#10;mBULYLaRfEuD/QOLlkmNl+6gzplnZAnyN6hWcjDO1P6AmzYxdS25iDVgNVn6SzVXDbMi1oLiOLuT&#10;yf0/WP5sdQlEVuhdOqZEsxZN6j9s3m7e91/72827/mN/23/Z3PTf+k/9ZxKyULPOugKPXtlLCFU7&#10;e2H4K0e0OWuYXohTANM1glXINAv5yU8HQuDwKJl3T02FF7KlN1G+dQ1tAERhyDq6dL1zSaw94biY&#10;pdkkO0SyHPeyPD86zCOnhBV3xy04/1iYloRJSQHbIMKz1YXzgQ4r7lIifaNkNZNKxQAW8zMFZMWw&#10;ZWbxixVglftpSpOupJMx3v13iDR+f4JopcfeV7It6dEuiRVBt0e6ip3pmVTDHCkrvRUyaDd44Nfz&#10;dXRvnN/ZMjfVNUoLZuh1fJs4aQy8oaTDPi+pe71kIChRTzTaM8lGo/AwYjAaH+YYwP7OfH+HaY5Q&#10;JfWUDNMzPzympQW5aPCmLMqhzSlaWssodrB7YLXlj70cPdi+u/BY9uOY9ePvMP0OAAD//wMAUEsD&#10;BBQABgAIAAAAIQDCbpdU3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4&#10;s0tpLYIsjdHUxGNLL94GdgSU3SXs0qK/3ulJj5P35b1v8u1senGi0XfOKlguIhBka6c72yg4lru7&#10;BxA+oNXYO0sKvsnDtri+yjHT7mz3dDqERnCJ9RkqaEMYMil93ZJBv3ADWc4+3Ggw8Dk2Uo945nLT&#10;yziKNtJgZ3mhxYGeW6q/DpNRUHXxEX/25Wtk0t0qvM3l5/T+otTtzfz0CCLQHP5guOizOhTsVLnJ&#10;ai96Bes0iRnlIE1BMLC5TxIQlYJ4uVqDLHL5/4XiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAG4u3LZQAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMJul1TfAAAACgEAAA8AAAAAAAAAAAAAAAAAqgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00305FCA">
-[...9 lines deleted...]
-                    <w:t>-</w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Получение сообщения об отказе в связи с имеющимися нарушениями в документах </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305FCA" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
-[...13 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00262D18" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00BB380E" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1121" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:667.85pt;margin-top:13pt;width:0;height:122.9pt;z-index:251756544" o:connectortype="straight"/>
+          <v:shape id="Соединительная линия уступом 103" o:spid="_x0000_s1139" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:9.35pt;margin-top:5.8pt;width:73.5pt;height:57pt;rotation:90;z-index:114;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj13DnmQIAANYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e4m2zZZNalQNuFS&#10;IFLLAzhrb9bgtVe2m02EONBekfoMvAEHkCqVn1fYfSPGzjZQuCBEDs7YHn8z3zcze3K6KQVaM224&#10;kmMcHYQYMZkpyuVqjF9ezHtDjIwlkhKhJBvjLTP4dPL40UldJayvCiUo0whApEnqaowLa6skCExW&#10;sJKYA1UxCZe50iWxsNWrgGpSA3opgn4YHgW10rTSKmPGwGm6u8QTj5/nLLMv8twwi8QYQ27Wr9qv&#10;S7cGkxOSrDSpCp51aZB/yKIkXELQPVRKLEGXmv8BVfJMK6Nye5CpMlB5zjPmOQCbKPyNzXlBKua5&#10;gDim2stk/h9s9ny90IhTqF04wEiSEorUfGi+NZ+bT81t87W5ba/Avmvfg/2xvUHNXXd8g9rr9l17&#10;1V4338H/C3IIoGddmQRgp3KhnSLZRp5XZyp7bZBU04LIFfO8LrYVhIrci+DBE7cxFWS1rJ8pCj7k&#10;0iov7ibXJdIKingYh+7nT0FEtPEV3e4ryjYWZXA4GgziQ6h7BlfH/cEInrh4JHFQLrtKG/uUqRI5&#10;Y4yXTNqpkhL6RumBhyfrM2N9aWknD6GvIozyUkCnrIkA3tGog+2cIcA9sHsp1ZwL4VtNSFQD61EI&#10;WbkrowSn7tZv9Go5FRoBKDDZMdyl+8Ct5BZmRvByjId7J5IUjNCZpD6MJVyAjawX2WoOsguGXeyS&#10;UYwEg2l11g5eSBceROuoOvl8974ZhaPZcDaMe3H/aNaLwzTtPZlP497RPDo+TAfpdJpGbx2TKE4K&#10;TimTjsz9JEXx33VqN9O7GdjP0l624CG6LyCkeP/vk/Y95Npm14BLRbcL7di5doLh8c7doLvp/HXv&#10;vX5+jiY/AAAA//8DAFBLAwQUAAYACAAAACEATewSO+AAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBi7SbxipNzKYUQaFgBdsiHrfZMQnNzoTspon/3s1JbzPzHm++l61H24gL&#10;dq5mUrCYRyCQCjY1lQqOh5fZCoTzmoxumFDBDzpY59dXmU4ND/SBl70vRQghl2oFlfdtKqUrKrTa&#10;zblFCto3d1b7sHalNJ0eQrhtZBxFj9LqmsKHSrf4XGFx3vdWwW6o7868GzbvCb+99qut5a/tp1K3&#10;N+PmCYTH0f+ZYcIP6JAHphP3ZJxoFNw/xMGpYLZMQEz6MgmH0zTEC5B5Jv83yH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAY9dw55kCAADWBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEATewSO+AAAAAJAQAADwAAAAAAAAAAAAAAAADzBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" adj="220" strokeweight="1.5pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1097" style="position:absolute;left:0;text-align:left;margin-left:-6.4pt;margin-top:4.5pt;width:57.75pt;height:34.5pt;z-index:251731968" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
-[...1 lines deleted...]
-            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          <v:shape id="Прямая со стрелкой 104" o:spid="_x0000_s1159" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:694.1pt;margin-top:.8pt;width:0;height:134.25pt;z-index:134;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAplZY/TQIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHUmubMeC5aCQ7G7S&#10;NkDSA9AkZRGVSIJkLBtFgTQXyBF6hW666Ac5g3yjDukP4nZTFPViPCRnHt/MPGpysW5qtGLacCmy&#10;ID6LAsQEkZSLZRa8u5n3zgNkLBYU11KwLNgwE1xMnz+btCplfVnJmjKNAESYtFVZUFmr0jA0pGIN&#10;NmdSMQGHpdQNtrDUy5Bq3AJ6U4f9KBqGrdRUaUmYMbBb7A6DqccvS0bs27I0zKI6C4Cb9VZ7u3A2&#10;nE5wutRYVZzsaeB/YNFgLuDSI1SBLUa3mv8B1XCipZGlPSOyCWVZcsJ8DVBNHP1WzXWFFfO1QHOM&#10;OrbJ/D9Y8mZ1pRGnMLsoCZDADQyp+7y92z50P7sv2we0/dQ9gtneb++6r92P7nv32H1DLhp61yqT&#10;AkQurrSrnqzFtbqU5L1BQuYVFkvma7jZKICNXUZ4kuIWRgGDRftaUojBt1b6Rq5L3ThIaBFa+3lt&#10;jvNia4vIbpPAbjyKkvFo4NFxekhU2thXTDbIOVlgrMZ8WdlcCgGqkDr21+DVpbGOFk4PCe5WIee8&#10;rr04aoHaLBgP+gOfYGTNqTt0YUYvF3mt0Qo7efnfnsVJmJa3gnqwimE62/sW83rnw+W1cHhQGNDZ&#10;ezv9fBhH49n57DzpJf3hrJdERdF7Oc+T3nAejwbFiyLPi/ijoxYnacUpZcKxO2g5Tv5OK/tXtVPh&#10;Uc3HNoSn6L5fQPbw70n7ybph7mSxkHRzpQ8TB/n64P1Tc+/j6Rr8px+E6S8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDi/qXG3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEsb&#10;NFS6ptOExIEj2ySuWeO1hcapmnQt+/V44sBufvbT8/eK9ew6ccIhtJ40pIsEBFLlbUu1hv3u7TED&#10;EaIhazpPqOEHA6zL25vC5NZP9IGnbawFh1DIjYYmxj6XMlQNOhMWvkfi29EPzkSWQy3tYCYOd51U&#10;SfIsnWmJPzSmx9cGq+/t6DRgGJdpsnlx9f79PD18qvPX1O+0vr+bNysQEef4b4YLPqNDyUwHP5IN&#10;omP9lGWKvTypJYiL429z0KCyNAFZFvK6RPkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;KZWWP00CAABYBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4v6lxt4AAAAMAQAADwAAAAAAAAAAAAAAAACnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществляет </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 101" o:spid="_x0000_s1133" style="position:absolute;left:0;text-align:left;margin-left:-9.4pt;margin-top:12.35pt;width:57.75pt;height:34.5pt;z-index:108;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR+r2ynAIAAPgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNNm/7nbVbFW1FCEV&#10;qFQQZ6/tbCwc29jezZYTElckHoGH4IL46TNk34jxpFu2lBMikSJPZvx5vplvfHi0rjVZSR+UNQXt&#10;7eWUSMOtUGZR0Fcvzx5NKAmRGcG0NbKgVzLQo9nDB4eNm8q+rawW0hMAMWHauIJWMbpplgVeyZqF&#10;PeukAWdpfc0imH6RCc8aQK911s/z/ayxXjhvuQwB/p52TjpD/LKUPL4oyyAj0QWF3CJ+PX7n6ZvN&#10;Dtl04ZmrFL9Jg/1DFjVTBg69hTplkZGlV/egasW9DbaMe9zWmS1LxSVyADa9/A82lxVzErlAcYK7&#10;LVP4f7D8+erCEyWgd3mPEsNqaFL7efN+86n90V5vPrRf2uv2++Zj+7P92n4jKQpq1rgwha2X7sIn&#10;1sGdW/4mEGNPKmYW8th721SSCcgU47M7G5IRYCuZN8+sgAPZMlos37r0dQKEwpA1dunqtktyHQmH&#10;n+PBYNgfUcLBNRxMeiPsYsam283Oh/hE2pqkRUE9iADB2eo8REgeQrchmLzVSpwprdHwi/mJ9mTF&#10;QDDHo/QmvrAl7IZpQxqg1h/nOULfcYZdjH18/oZRqwjS16ou6CRPTyfGVLbHRqAwI1O6W0MC2qQE&#10;JYoaiGCZlgBxWYmGCJWo9ieDAxg4oUDhg0m+nx+MKWF6AaPJo6fE2/haxQp1lep6j/H4LL1dtbSr&#10;WFeH0Ta7VIaOHJbEbo9HayczbHfqcKeUuRVX0G04HVsK1wUsKuvfUdLA6BU0vF0yLynRTw0o5qA3&#10;HKZZRWM4GvfB8Lue+a6HGQ5QBY3AFJcnsZvvpfNqUcFJPeRj7DGorFSogKTALitIPRkwXkji5ipI&#10;87trY9TvC2v2CwAA//8DAFBLAwQUAAYACAAAACEAfz+8At8AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUsDMRCF74L/IYzgRdpsq9S4brZIQRDBg1UUb2ky3V1MJusm3a7/3vGkp8fwHu99U62n&#10;4MWIQ+oiaVjMCxBINrqOGg2vL/czBSJlQ874SKjhGxOs69OTypQuHukZx21uBJdQKo2GNue+lDLZ&#10;FoNJ89gjsbePQzCZz6GRbjBHLg9eLotiJYPpiBda0+OmRfu5PQQNG/8U3i+Kt9H6j/2DSsv0NT5a&#10;rc/PprtbEBmn/BeGX3xGh5qZdvFALgmvYbZQjJ7ZuGLlwM3qGsROg7pUIOtK/n+g/gEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDR+r2ynAIAAPgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB/P7wC3wAAAAgBAAAPAAAAAAAAAAAAAAAAAPYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
+            <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
           </v:rect>
         </w:pict>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1090" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:11.4pt;width:162.75pt;height:102.2pt;z-index:251724800">
-            <v:textbox style="mso-next-textbox:#_x0000_s1090">
+          <v:shape id="Прямая со стрелкой 98" o:spid="_x0000_s1134" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:51.35pt;margin-top:15.4pt;width:23.25pt;height:.05pt;flip:x;z-index:109;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzMeGtagIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO7dhC5KCQ7HaR&#10;tgGSHoAWKYsoRRIkY9koCqS9QI7QK3TTRT/IGeQbdUg7TtNuiqJaUENx5s2bmUednq0bgVbMWK5k&#10;hpOjGCMmS0W5XGb4zdW8N8bIOiIpEUqyDG+YxWfTp09OW52yvqqVoMwgAJE2bXWGa+d0GkW2rFlD&#10;7JHSTMJhpUxDHGzNMqKGtIDeiKgfx6OoVYZqo0pmLXwtdod4GvCripXudVVZ5pDIMHBzYTVhXfg1&#10;mp6SdGmIrnm5p0H+gUVDuISkB6iCOIKuDf8DquGlUVZV7qhUTaSqipcs1ADVJPFv1VzWRLNQCzTH&#10;6kOb7P+DLV+tLgziNMMTmJQkDcyo+7S92d52P7rP21u0/dDdwbL9uL3pvnTfu2/dXfcVgTN0rtU2&#10;BYBcXhhfe7mWl/pclW8tkiqviVyyUMHVRgNq4iOiRyF+YzXkX7QvFQUfcu1UaOO6Mg2qBNcvfKAH&#10;h1ahdZjb5jA3tnaohI/9ybB/MsSohKPR8TAkIqnH8JHaWPecqQZ5I8PWGcKXtcuVlCAPZXb4ZHVu&#10;nWf4EOCDpZpzIYJKhEQtsJnEwzgwskpw6k+9nzXLRS4MWhEvtPDsaTxyM+pa0oBWM0Jne9sRLsBG&#10;LjTKGQ6tEwz7dA2jGAkGd8tbO35C+oxQPDDeWzutvZvEk9l4Nh70Bv3RrDeIi6L3bJ4PeqN5cjIs&#10;jos8L5L3nnwySGtOKZOe/73uk8Hf6Wp/A3eKPSj/0KnoMXpoKZC9fwfSQQd+9DsRLRTdXBhfnZcE&#10;SD0476+lv0u/7oPXw89j+hMAAP//AwBQSwMEFAAGAAgAAAAhAI5ARvDcAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoTYpaGuJUBcEJUYnAA7jJ5gfidWQ7TXh7Nic4zuyn&#10;2ZlsP9tenNGHzpGG25UCgVS6qqNGw+fHy809iBANVaZ3hBp+MMA+v7zITFq5id7xXMRGcAiF1Gho&#10;YxxSKUPZojVh5QYkvtXOWxNZ+kZW3kwcbnuZKLWR1nTEH1oz4FOL5XcxWg1j8Ypb/7ap1Xp6rh/9&#10;sZOHr0Lr66v58AAi4hz/YFjqc3XIudPJjVQF0bNWyZZRDWvFExbgbpeAOC3GDmSeyf8L8l8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAczHhrWoCAACEBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjkBG8NwAAAAJAQAADwAAAAAAAAAAAAAAAADE&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" strokeweight="1.5pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 100" o:spid="_x0000_s1143" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:344.2pt;margin-top:45pt;width:83.2pt;height:0;rotation:90;z-index:118;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFfjs/ZAIAAHwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHUmJ7MZC7KCQ7G7S&#10;NkDSA9AkZRGlSIKkLRtFgTQXyBF6hW666Ac5g3yjDulP63ZTFPWCHpIzb97MPOrictUItGTGciVH&#10;UXqSRIhJoiiX81H05nbaO4+QdVhSLJRko2jNbHQ5fvrkotU5O1W1EpQZBCDS5q0eRbVzOo9jS2rW&#10;YHuiNJNwWSnTYAdbM4+pwS2gNyI+TZJB3CpDtVGEWQun5fYyGgf8qmLEva4qyxwSowi4ubCasM78&#10;Go8vcD43WNec7Gjgf2DRYC4h6QGqxA6jheF/QDWcGGVV5U6IamJVVZywUANUkya/VXNTY81CLdAc&#10;qw9tsv8PlrxaXhvEKcwugf5I3MCQuo+bu81D9737tHlAmw/dIyyb+81d97n71n3tHrsvyHtD71pt&#10;c4Ao5LXx1ZOVvNFXiry1SKqixnLOQg23aw2wqY+Ij0L8xmpgMGtfKgo+eOFUaOSqMo2HhBahVZjX&#10;+jAvtnKIwOHgrB8hAufDrN9P+wEe5/tIbax7wVSDvDGKrDOYz2tXKClBFsqkIQ9eXlnneeF8H+DT&#10;SjXlQgR1CIlaID9M+kmIsEpw6m+9nzXzWSEMWmIvsPDb0ThyM2ohaUCrGaaTne0wF2AjF9rjDIeG&#10;CRb5dA2jERIM3pS3tvyE9BmheGC8s7YaezdMhpPzyXnWy04Hk16WlGXv+bTIeoNp+qxfnpVFUabv&#10;Pfk0y2tOKZOe/17vafZ3etq9vK1SD4o/dCo+Rg8tBbL7/0A6TN8PfCudmaLra+Or80IAiQfn3XP0&#10;b+jXffD6+dEY/wAAAP//AwBQSwMEFAAGAAgAAAAhAGNQOPzeAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG4s7ZAodE2nCokD48TGxjVrvLZb45QmW8PbY05wtP3p9/8Vy2h7&#10;ccHRd44UpLMEBFLtTEeNgo/Ny90jCB80Gd07QgXf6GFZXl8VOjduone8rEMjOIR8rhW0IQy5lL5u&#10;0Wo/cwMS3w5utDrwODbSjHricNvLeZI8SKs74g+tHvC5xfq0PlsFdvf2Wh2PcapWu9XX4XO7jc6k&#10;St3exGoBImAMfzD81ufqUHKnvTuT8aJXkGVpxqiC+T07McALdtkzmaVPIMtC/lcofwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBFfjs/ZAIAAHwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjUDj83gAAAAoBAAAPAAAAAAAAAAAAAAAAAL4EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" adj="-118566,-1,-118566" strokeweight="1.5pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Прямая со стрелкой 99" o:spid="_x0000_s1144" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:247.35pt;margin-top:45.15pt;width:83.6pt;height:.05pt;rotation:90;flip:x;z-index:119;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3dDYCZAIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO7dhC5KKQ7G7S&#10;NkDSA9AiZRGlSIJkLBtFgbQXyBF6hW666Ac5g3yjDulPm3RTFPWCHpLDN29m3uj82boRaMWM5Upm&#10;ODmJMWKyVJTLZYbfXM97Y4ysI5ISoSTL8IZZ/Gz69Ml5q1PWV7USlBkEINKmrc5w7ZxOo8iWNWuI&#10;PVGaSbislGmIg61ZRtSQFtAbEfXjeBS1ylBtVMmshdNid4mnAb+qWOleV5VlDokMAzcXVhPWhV+j&#10;6TlJl4bompd7GuQfWDSESwh6hCqII+jG8D+gGl4aZVXlTkrVRKqqeMlCDpBNEj/K5qommoVcoDhW&#10;H8tk/x9s+Wp1aRCnGZ5MMJKkgR51n7a327vuR/d5e4e2H7p7WLYft7fdl+579627774icIbKtdqm&#10;AJDLS+NzL9fySl+o8q1FUuU1kUsWMrjeaEBN/IvowRO/sRriL9qXioIPuXEqlHFdmcZDQoHQOnRr&#10;c+wWWztUwuHodIhRCefj4Vl/GFoZkfTwUhvrXjDVIG9k2DpD+LJ2uZISRKFMEuKQ1YV1nhdJDw98&#10;WKnmXIigDSFRC+QnMUTwV1YJTv1t2JjlIhcGrYiXV/iFLB+5GXUjaUCrGaGzve0IF2AjF8rjDIeC&#10;CYZ9uIZRjASDifLWjp+QPiIkD4z31k5h7ybxZDaejQe9QX806w3ioug9n+eD3mienA2L0yLPi+S9&#10;J58M0ppTyqTnf1B7Mvg7Ne3nbqfTo96PlYoeooeSAtnDfyAduu8bvpPOQtHNpfHZeSGAwIPzfhj9&#10;BP2+D16/PhnTnwAAAP//AwBQSwMEFAAGAAgAAAAhAMhROPPfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvEPkSdxYuk0dU2k6VUgcGCcGG9es8dpujVOabA1vjznB0fan39+fr6Pt&#10;xBUH3zpSMJsmIJAqZ1qqFXy8P9+vQPigyejOESr4Rg/r4vYm15lxI73hdRtqwSHkM62gCaHPpPRV&#10;g1b7qeuR+HZ0g9WBx6GWZtAjh9tOzpNkKa1uiT80usenBqvz9mIV2P3rS3k6xbHc7Ddfx8/dLjoz&#10;U+puEstHEAFj+IPhV5/VoWCng7uQ8aJTkD6s5owqWCQpCAZ4sQBxYHKZpiCLXP6vUPwAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAN3Q2AmQCAAB6BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyFE4898AAAAKAQAADwAAAAAAAAAAAAAAAAC+BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" adj=",184852800,-93014" strokeweight="1.5pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="Прямоугольник 102" o:spid="_x0000_s1126" style="position:absolute;left:0;text-align:left;margin-left:77.6pt;margin-top:7.5pt;width:162.75pt;height:69.95pt;z-index:101;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/rUBCTwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNGlpSxs1Xa26FCEt&#10;sNLCA7iO01g4thm7TZcT0l6ReAQeggviZ58hfSPGbrdbfsQBkYPlscfffPPNTCYnm1qRtQAnjc5p&#10;t5NSIjQ3hdTLnL56OX8wosR5pgumjBY5vRKOnkzv35s0NhM9UxlVCCAIol3W2JxW3tssSRyvRM1c&#10;x1ih8bI0UDOPJiyTAliD6LVKemk6TBoDhQXDhXN4era7pNOIX5aC+xdl6YQnKqfIzccV4roIazKd&#10;sGwJzFaS72mwf2BRM6kx6AHqjHlGViB/g6olB+NM6Tvc1IkpS8lFzAGz6aa/ZHNZMStiLiiOsweZ&#10;3P+D5c/XF0BkgbVLe5RoVmOR2o/bd9sP7bf2Znvdfmpv2q/b9+339nP7hQQv1KyxLsOnl/YCQtbO&#10;nhv+2hFtZhXTS3EKYJpKsAKZdoN/8tODYDh8ShbNM1NgQLbyJsq3KaEOgCgM2cQqXR2qJDaecDzs&#10;pcPhuDeghOPdaDR6OBzEECy7fW3B+SfC1CRscgrYBRGdrc+dD2xYdusS2Rsli7lUKhqwXMwUkDXD&#10;jpnHb4/ujt2UJk1OxwPk8XeINH5/gqilx9ZXssYsDk4sC7I91kVsTM+k2u2RstJ7HYN0uxL4zWIT&#10;izfohwhB14UprlBZMLtWx9HETWXgLSUNtnlO3ZsVA0GJeqqxOuNuvx/mIhr9waMeGnB8szi+YZoj&#10;VE49JbvtzO9maWVBLiuM1I1yaHOKFS1lFPuO1Z4/tnKswX7swqwc29Hr7ucw/QEAAP//AwBQSwME&#10;FAAGAAgAAAAhAKl9zdfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHiz&#10;i0itRZbGaGrisaUXbwOMgLKzhF1a9Nc7etHbvJmXN9/LNrPt1ZFG3zk2cL2IQBFXru64MXAotld3&#10;oHxArrF3TAY+ycMmPz/LMK3diXd03IdGSQj7FA20IQyp1r5qyaJfuIFYbm9utBhEjo2uRzxJuO11&#10;HEW32mLH8qHFgR5bqj72kzVQdvEBv3bFc2TX25vwMhfv0+uTMZcX88M9qEBz+DPDD76gQy5MpZu4&#10;9qoXnaxjscqwXIISQ7JKVqDK30UCOs/0/wr5NwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQA/rUBCTwIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCpfc3X3gAAAAoBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305FCA" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...9 lines deleted...]
-                    <w:t xml:space="preserve">туралы қолхатта көрсетілген мерзімде көрсетілетін қызметті алушыға анықтама беру </w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>В срок, указанный в расписке о приеме соответствующих документов, выдача справки  услугополучателю</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305FCA" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00DF535B" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...6 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">– </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>15 (он бес)</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>15 (пятнадцать)</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00305FCA">
+                  <w:r w:rsidRPr="00DF535B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:t xml:space="preserve"> минут</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="000F11EE"/>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00F810B6"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1108" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:17.6pt;margin-top:.7pt;width:.05pt;height:75.85pt;flip:y;z-index:251743232" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Прямая со стрелкой 97" o:spid="_x0000_s1145" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:42.2pt;width:62.35pt;height:.05pt;rotation:270;z-index:120;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE3CEpbAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmJ7MRC5KKQ7G7S&#10;NkDS7mmRsohSJEEylo2iQNoL5Ai9Qjdd9IOcQb5Rh7TjJO2mKOoFPSRnHt/MvNHps1Ur0JIZy5XM&#10;cXIQY8RkpSiXixy/uZwNTjCyjkhKhJIsx2tm8bPJ0yennc7YoWqUoMwgAJE263SOG+d0FkW2alhL&#10;7IHSTMJlrUxLHGzNIqKGdIDeiugwjkdRpwzVRlXMWjgtt5d4EvDrmlXudV1b5pDIMXBzYTVhnfs1&#10;mpySbGGIbni1o0H+gUVLuIRH91AlcQRdGf4HVMsro6yq3UGl2kjVNa9YyAGySeLfsrloiGYhFyiO&#10;1fsy2f8HW71anhvEaY7HxxhJ0kKP+s+b681N/7P/srlBm4/9LSybT5vr/mv/o//e3/bfEDhD5Tpt&#10;MwAo5LnxuVcreaHPVPXOIqmKhsgFCxlcrjWgJj4iehTiN1bD+/PupaLgQ66cCmVc1aZFteD6rQ/0&#10;4FAqtAp9W+/7xlYOVXA4OhpiVMH5cJiOx6GpEck8ho/UxroXTLXIGzm2zhC+aFyhpAR5KLPFJ8sz&#10;6zzD+wAfLNWMCxFUIiTqgM04HsaBkVWCU3/r/axZzAth0JJ4oYVfyBduHroZdSVpQGsYodOd7QgX&#10;YCMXCuUMh9IJhv1zLaMYCQaz5a0tPyH9i5A8MN5ZW629H8fj6cn0JB2kh6PpII3LcvB8VqSD0Sw5&#10;HpZHZVGUyQdPPkmzhlPKpOd/p/sk/Ttd7SZwq9i98veVih6jh5IC2bv/QDrowLd+K6K5outz47Pz&#10;kgCpB+fdWPpZergPXvcfj8kvAAAA//8DAFBLAwQUAAYACAAAACEAaQ6t5twAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7Kjdkj6UxqkKghUCicAHuMnkUeJxZDtN+HuGFSxH&#10;9+rOOdlhtr24oA+dIw3LhQKBVLqqo0bD58fz3Q5EiIYq0ztCDd8Y4JBfX2UmrdxE73gpYiN4hEJq&#10;NLQxDqmUoWzRmrBwAxJntfPWRD59IytvJh63vVwptZHWdMQfWjPgY4vlVzFaDWPxglv/uqnV/fRU&#10;P/i3Th7Phda3N/NxDyLiHP/K8IvP6JAz08mNVAXRa1gnW25qWC1ZifN1wiYn7qldAjLP5H+B/AcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE3CEpbAIAAIQEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpDq3m3AAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" adj="10791,-220795200,-34020" strokeweight="1.5pt">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1106" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:380.55pt;margin-top:10.9pt;width:.05pt;height:55.9pt;z-index:251741184" o:connectortype="straight" strokeweight="1.5pt">
+          <v:shape id="Прямая со стрелкой 96" o:spid="_x0000_s1160" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:237.35pt;margin-top:12.65pt;width:456.75pt;height:.75pt;flip:x y;z-index:135;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAv8XGtbgIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv3SQl7bbRpiuUtHBY&#10;YKVduLuJ01g4tmV7m1YIaZcX2EfgFbhw4Ef7DOkbMXa6hYULQvTgju2Zb74Zf5OT003D0Zpqw6RI&#10;cXQUYkRFIUsmVil+fbkYTDAyloiScCloirfU4NPZ40cnrUroUNaSl1QjABEmaVWKa2tVEgSmqGlD&#10;zJFUVMBlJXVDLGz1Kig1aQG94cEwDMdBK3WptCyoMXCa95d45vGrihb2VVUZahFPMXCzftV+Xbo1&#10;mJ2QZKWJqlmxp0H+gUVDmICkB6icWIKuNPsDqmGFlkZW9qiQTSCrihXU1wDVROFv1VzURFFfCzTH&#10;qEObzP+DLV6uzzViZYqnY4wEaeCNuo+7691t9737tLtFu5vuDpbdh91197n71n3t7rovCJyhc60y&#10;CQBk4ly72ouNuFBnsnhrkJBZTcSK+goutwpQIxcRPAhxG6Mg/7J9IUvwIVdW+jZuKt2gijP13AV6&#10;642zXBpoGtr4F9weXpBuLCrgcDQJw+NhjFEBd9MRWC4pSRyei1Xa2GdUNsgZKTZWE7aqbSaFAKlI&#10;3Wcg6zNj+8D7ABcs5IJxDuck4QK1PsHIUzKSs9JdujujV8uMa7QmTnP+t2fxwE3LK1F6sJqScr63&#10;LWEcbGR9z6xm0EVOscvW0BIjTmHMnNXT48JlhOqB8N7qZfduGk7nk/kkHsTD8XwQh3k+eLrI4sF4&#10;ER2P8id5luXRe0c+ipOalSUVjv/9CETx30lsP4y9eA9DcGhU8BDdPwWQvf/3pL0knAp6PS1luT3X&#10;rjqnDlC9d95PqBurX/fe6+d3ZPYDAAD//wMAUEsDBBQABgAIAAAAIQAEgyqV4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfgHa5C6Kw4hhTTEQahSV22FeGy6M/GQRMRjE5uQ/n3N&#10;qixn5ujOuflq0C3rsXONIQHTSQQMqTSqoUrAYf/xkgJzXpKSrSEU8IsOVsXoKZeZMjfaYr/zFQsh&#10;5DIpoPbeZpy7skYt3cRYpHA7mU5LH8au4qqTtxCuWx5H0Zxr2VD4UEuL7zWW591VCzhFtty87T/V&#10;5WKTvvr6Odjp91mI5/GwXgLzOPh/GO76QR2K4HQ0V1KOtQKSRbIIqID4dQbsDszSNAZ2DJt5CrzI&#10;+WOF4g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAv8XGtbgIAAI8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAEgyqV4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007964D9">
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1107" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:286.8pt;margin-top:10.9pt;width:0;height:55.9pt;z-index:251742208" o:connectortype="straight" strokeweight="1.5pt">
-[...1 lines deleted...]
-          </v:shape>
+          <v:shape id="Прямая со стрелкой 94" o:spid="_x0000_s1142" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:27.45pt;margin-top:7.65pt;width:358.5pt;height:0;z-index:117;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzSZIJSwIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHUmunNqC5aCQ7G7S&#10;1kDSA9AkZRGVSIKkLRtFgTQXyBF6hW666Ac5g3yjDukPknRTFNViNNSQb97MPGp8sWlqtGbacCmy&#10;ID6LAsQEkZSLZRa8v571hgEyFguKaylYFmyZCS4mz5+NW5WyvqxkTZlGACJM2qosqKxVaRgaUrEG&#10;mzOpmIBgKXWDLSz1MqQat4De1GE/is7DVmqqtCTMGPha7IPBxOOXJSP2XVkaZlGdBcDNequ9XTgb&#10;TsY4XWqsKk4ONPA/sGgwF5D0BFVgi9FK8z+gGk60NLK0Z0Q2oSxLTpivAaqJoyfVXFVYMV8LNMeo&#10;U5vM/4Mlb9dzjTjNglESIIEbmFH3ZXezu+t+dV93d2j3ubsHs7vd3XTfup/dj+6++45gM3SuVSYF&#10;gFzMtaudbMSVupTkg0FC5hUWS+YruN4qQI3difDREbcwCvIv2jeSwh68stK3cVPqxkFCg9DGT2t7&#10;mhbbWETgYzIY9EcDGCo5xkKcHg8qbexrJhvknCwwVmO+rGwuhQBNSB37NHh9aayjhdPjAZdVyBmv&#10;ay+NWqAWuI8iSORCRtacuqhf6OUirzVaY6cu//gin2zTciWoR6sYptODbzGv9z5kr4XDg8qAz8Hb&#10;y+fjKBpNh9Nh0kv659NeEhVF79UsT3rns/jloHhR5HkRf3LU4iStOKVMOHZHKcfJ30nlcKn2IjyJ&#10;+dSH8DG6bxiQPb49aT9aN829LhaSbuf6OHJQr998uGnuejxcg//wfzD5DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAsxdEGNoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1yk+b&#10;hjgVQuLEgVB4gE2yTSLidRQ7jXl7FnGA486MZr/J99EO6kST7x0bWK8SUMS1a3puDXy8P1+noHxA&#10;bnBwTAa+yMO+OD/LMWvcwm90OoRWSQn7DA10IYyZ1r7uyKJfuZFYvKObLAY5p1Y3Ey5Sbgd9kyQb&#10;bbFn+dDhSE8d1Z+H2RqIrxsOsUxjtfD84tOrMqItjbm8iI8PoALF8BeGH3xBh0KYKjdz49Vg4P5u&#10;J0nRb2WB+NvtWoTqV9BFrv8PKL4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAs0mSCUsC&#10;AABXBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsxdE&#10;GNoAAAAIAQAADwAAAAAAAAAAAAAAAAClBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" strokeweight="1.5pt"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-      <w:pPr>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007964D9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5E68">
         <w:rPr>
           <w:b/>
-          <w:noProof/>
-[...9 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3085"/>
-        <w:gridCol w:w="11416"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="11197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="0011329D" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1124" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251759616" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
-[...2 lines deleted...]
-                </v:roundrect>
+                <v:rect id="Прямоугольник 93" o:spid="_x0000_s1146" style="position:absolute;margin-left:34.85pt;margin-top:11pt;width:39.75pt;height:22.5pt;z-index:121;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcIsUOnAIAAPYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfs6RZu7bR0mnaGEIa&#10;MKkgrl3bSSwc29hu03GFxC0Sj8BDcIP42TOkb8Sx05WOcYVIpMgn5/jz+c75jo9P1o1EK26d0KrA&#10;g4MUI66oZkJVBX718uLRBCPniWJEasULfM0dPpk9fHDcmpxnutaScYsARLm8NQWuvTd5kjha84a4&#10;A224AmepbUM8mLZKmCUtoDcyydL0KGm1ZcZqyp2Dv+e9E88iflly6l+UpeMeyQJDbj5+bfwuwjeZ&#10;HZO8ssTUgm7TIP+QRUOEgkN3UOfEE7S04h5UI6jVTpf+gOom0WUpKI8cgM0g/YPNvCaGRy5QHGd2&#10;ZXL/D5Y+X11ZJFiBp4cYKdJAj7rPm/ebT92P7mbzofvS3XTfNx+7n93X7huCIKhYa1wOG+fmygbO&#10;zlxq+sYhpc9qoip+aq1ua04Y5DkI8cmdDcFwsBUt2meawXlk6XUs3rq0TQCEsqB17NH1rkd87RGF&#10;n6N0OMlGGFFwZZPReBR7mJD8drOxzj/hukFhUWALEojgZHXpfEiG5LchMXktBbsQUkbDVoszadGK&#10;gFxOR+GN+QPH/TCpUAvUsnGaRug7TrePcRSfv2E0woPwpWgKPEnDE4JIHsr2WLG49kTIfg05SxXc&#10;PEoaiARDLwFiXrMWMRGoZpPDKYwbE6Dvw0l6lE7HGBFZwWBSbzGy2r8Wvo6qCnW9x3h8Ed6+WtLU&#10;pK/D6DY7yGJLLlZxd3y09jKL7Q4d7pWy0Owaug2nx5bCZQGLWtt3GLUweAV2b5fEcozkUwWKmQ6G&#10;wzCp0RiOxhkYdt+z2PcQRQGqwB6YxuWZ76d7aayoajhpEPkofQoqK0VUQFBgn9VWmzBckcT2IgjT&#10;u2/HqN/X1ewXAAAA//8DAFBLAwQUAAYACAAAACEAJ1euPt4AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPTUvEMBCG74L/IYzgRdzEIvtRmy6yIIjgwVUUb9lkti0mk9pku/XfO3vS4/C8vPO81XoK&#10;Xow4pC6ShpuZAoFko+uo0fD2+nC9BJGyIWd8JNTwgwnW9flZZUoXj/SC4zY3gksolUZDm3NfSpls&#10;i8GkWeyRmO3jEEzmc2ikG8yRy4OXhVJzGUxH/KE1PW5atF/bQ9Cw8c/h40q9j9Z/7h+XqUjf45PV&#10;+vJiur8DkXHKf2E46bM61Oy0iwdySXgN89WCkxqKgied+O2qALFjsFAg60r+H1D/AgAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFwixQ6cAgAA9gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdXrj7eAAAACAEAAA8AAAAAAAAAAAAAAAAA9gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
+                  <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
+                </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1126" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251761664;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="Прямоугольник 92" o:spid="_x0000_s1113" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:39pt;height:23.25pt;z-index:88;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNTLL8RwIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNGlo2W3UdLXqUoS0&#10;wEoLD+A6TmLh2GbsNi0nJK5IPAIPwQXxs8+QvhETp1u6wAmRg+XxjD9/881MpmebWpG1ACeNzuhw&#10;EFMiNDe51GVGX71cPDilxHmmc6aMFhndCkfPZvfvTRubisRURuUCCIJolzY2o5X3No0ixytRMzcw&#10;Vmh0FgZq5tGEMsqBNYheqyiJ40dRYyC3YLhwDk8veiedBfyiENy/KAonPFEZRW4+rBDWZbdGsylL&#10;S2C2knxPg/0Di5pJjY8eoC6YZ2QF8g+oWnIwzhR+wE0dmaKQXIQcMJth/Fs21xWzIuSC4jh7kMn9&#10;P1j+fH0FROYZnSSUaFZjjdpPu3e7j+339mb3vv3c3rTfdh/aH+2X9ivBIFSssS7Fi9f2Crqcnb00&#10;/LUj2swrpktxDmCaSrAceQ67+OjOhc5weJUsm2cmx/fYypsg3qaAugNEWcgm1Gh7qJHYeMLxcDQZ&#10;P4yxkhxdyWScnIzDCyy9vWzB+SfC1KTbZBSwBQI4W18635Fh6W1IIG+UzBdSqWBAuZwrIGuG7bII&#10;3x7dHYcpTRoUbJyMA/IdnzuGiMP3N4haeux7JeuMnh6CWNqp9ljnoSs9k6rfI2Wl9zJ2yvUVWJp8&#10;iyqC6ZsahxA3lYG3lDTY0Bl1b1YMBCXqqcZKTIajUTcBwRiNTxI04NizPPYwzREqo56Sfjv3/dSs&#10;LMiywpeGIXdtzrF6hQzKdpXtWe3JYtMGwfcD1k3FsR2ifv0GZj8BAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7Wfjs3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0up1hZZGqOp&#10;iceWXrwNMALKzhJ2adFf7/RUj/Pey5vvpZvJdupIg28dG5jPIlDEpatarg0c8u3dCpQPyBV2jsnA&#10;D3nYZNdXKSaVO/GOjvtQKylhn6CBJoQ+0dqXDVn0M9cTi/fpBotBzqHW1YAnKbedjqNoqS22LB8a&#10;7OmlofJ7P1oDRRsf8HeXv0V2vV2E9yn/Gj9ejbm9mZ6fQAWawiUMZ3xBh0yYCjdy5VVn4HEeS1L0&#10;lSw4+/drEQoDy4cF6CzV/wdkfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNTLL8RwIA&#10;AE4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA7Wfjs&#10;3QAAAAgBAAAPAAAAAAAAAAAAAAAAAKEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;qwUAAAAA&#10;"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>рәсімнің атауы</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наименование процедуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1127" type="#_x0000_t4" style="position:absolute;margin-left:29.6pt;margin-top:6.55pt;width:60.75pt;height:24.75pt;z-index:251762688;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
-[...1 lines deleted...]
-                  <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+                <v:shapetype id="_x0000_t110" coordsize="21600,21600" o:spt="110" path="m10800,l,10800,10800,21600,21600,10800xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+                </v:shapetype>
+                <v:shape id="Блок-схема: решение 91" o:spid="_x0000_s1114" type="#_x0000_t110" style="position:absolute;margin-left:34.85pt;margin-top:7.25pt;width:46.5pt;height:23.25pt;z-index:89;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBilGFcpwIAAAwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv7W623SZZdVNVLUVI&#10;BSoVxNmxvVkLr21sJ5tyggMSV96ESyTE3zNs3oixNw0p5YRYS5ZnZ/zNfPPj45NlI9GCWye0KvFg&#10;P8WIK6qZULMSv3xxsTfCyHmiGJFa8RLfcIdPJg8fHLem4JmutWTcIgBRrmhNiWvvTZEkjta8IW5f&#10;G65AWWnbEA+inSXMkhbQG5lkaXqUtNoyYzXlzsHf816JJxG/qjj1z6vKcY9kiSE2H3cb92nYk8kx&#10;KWaWmFrQTRjkH6JoiFDgdAt1TjxBcyvuQTWCWu105fepbhJdVYLyyAHYDNI/2FzXxPDIBZLjzDZN&#10;7v/B0meLK4sEK/F4gJEiDdSo+9R96352X/fW79cfulX3vftcoPW7brX+CNKP7ku3QmANqWuNKwDh&#10;2lzZQN6ZS01fO6T0WU3UjJ9aq9uaEwYBR/vkzoUgOLiKpu1TzcAxmXsds7isbBMAIT9oGYt1sy0W&#10;X3pE4Wc+TvMcSkpBlY3zbJiHiBJS3F421vnHXDcoHEpcSd1CWNafcypCu0ZPZHHpfH/v1j4y0VKw&#10;CyFlFOxseiYtWhBootM8rI0rt2smFWqBZzZM0wh9R+l2MY7i9zeMRngYBymaEo/S8AUjUoQcPlIs&#10;nj0Rsj8DV6mCmsdGByJB0HOAuK5Zi5gIvLPRwRiGkAno+oNRepSOhxgROYNxpd5iZLV/JXwdey0k&#10;+R7j4UVYfbakqUmfh/w2OohiQy5mf+s+SjuRxdqHcvdtM9XsBkoP3mN94QmBQ63tW4xaGMcSuzdz&#10;YjlG8omC9hkPDg/D/EbhMB9mINhdzXRXQxQFqBJ7YBqPZ76f+bmxYlaDp0Hko/QptFwlYgeEduyj&#10;gtCDACMXSWyehzDTu3K0+v2ITX4BAAD//wMAUEsDBBQABgAIAAAAIQCw73gr3AAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Ha5F6o06rEiDEqQpShUAcoOQD3HibhMbryHaa8Pds&#10;T3DceaPZmXwz2U6c0YfWkYLlIgGBVDnTUq2g/Nrd3IMIUZPRnSNU8IMBNsXsKteZcSN94nkfa8Eh&#10;FDKtoImxz6QMVYNWh4XrkZgdnbc68ulrabweOdx2cpUkqbS6Jf7Q6B6fG6xO+8EqeHv9aL+PJT1t&#10;hxeJu7Ia30dfKzW/nraPICJO8c8Ml/pcHQrudHADmSA6BenDHTtZX9+CuPB0xcKBwTIBWeTy/4Di&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGKUYVynAgAADAUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALDveCvcAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAAQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" fillcolor="#a5a5a5" strokecolor="#666" strokeweight="1pt">
+                  <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>тандау нұсқасы</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вариант выбора</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00F810B6" w:rsidRPr="0033644D" w:rsidTr="007237F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB"/>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00F810B6" w:rsidRPr="001D5E68" w:rsidRDefault="005B0C3E" w:rsidP="007237F1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5E68">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1125" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:5.8pt;width:73.5pt;height:0;z-index:251760640" o:connectortype="straight">
+                <v:shape id="Прямая со стрелкой 90" o:spid="_x0000_s1115" type="#_x0000_t32" style="position:absolute;margin-left:35.6pt;margin-top:2pt;width:45.75pt;height:0;z-index:90;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmZz79XwIAAHcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmunTqC5aCQ7G7S&#10;NkDSA9AkZRGlSIGkLRtFgTQXyBF6hW666Ac5g3yjDulPm3RTFNWCGmqGb2bePGp8vq4lWnFjhVYZ&#10;Tk5ijLiimgm1yPDb61lvhJF1RDEiteIZ3nCLzydPn4zbJuV9XWnJuEEAomzaNhmunGvSKLK04jWx&#10;J7rhCpylNjVxsDWLiBnSAnoto34cn0atNqwxmnJr4Wuxc+JJwC9LTt2bsrTcIZlhqM2F1YR17tdo&#10;MibpwpCmEnRfBvmHKmoiFCQ9QhXEEbQ04g+oWlCjrS7dCdV1pMtSUB56gG6S+FE3VxVpeOgFyLHN&#10;kSb7/2Dp69WlQYJl+AzoUaSGGXWftjfbu+5H93l7h7Yfu3tYtrfbm+5L97371t13XxEEA3NtY1MA&#10;yNWl8b3TtbpqLjR9Z5HSeUXUgocOrjcNoCb+RPTgiN/YBvLP21eaQQxZOh1oXJem9pBAEFqHaW2O&#10;0+Jrhyh8HI6SuD/EiB5cEUkP5xpj3Uuua+SNDFtniFhULtdKgSS0SUIWsrqwzldF0sMBn1TpmZAy&#10;KEMq1AI1Q8jjPVZLwbwzbMxinkuDVsRrKzyhxUdhRi8VC2AVJ2y6tx0REmzkAjfOCGBLcuyz1Zxh&#10;JDlcJ2/typPKZ4TOoeC9tZPX+7P4bDqajga9Qf902hvERdF7McsHvdNZ8nxYPCvyvEg++OKTQVoJ&#10;xrjy9R+kngz+Tkr7S7cT6VHsR6Kih+iBUSj28A5Fh9H7ae90M9dsc2l8d14FoO4QvL+J/vr8vg9R&#10;v/4Xk58AAAD//wMAUEsDBBQABgAIAAAAIQCBsogF3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT8JAFITvJvyHzSPxJlsaU7R2S1Ri7EUSgRCPS/fR3dB923QXKP56Fy96nMxk5ptiPtiWnbD3&#10;xpGA6SQBhlQ7ZagRsFm/3T0A80GSkq0jFHBBD/NydFPIXLkzfeJpFRoWS8jnUoAOocs597VGK/3E&#10;dUjR27veyhBl33DVy3Msty1PkyTjVhqKC1p2+KqxPqyOVkBYfF10tq1fHs1y/f6Rme+qqhZC3I6H&#10;5ydgAYfwF4YrfkSHMjLt3JGUZ62A2TSNSQH38dHVztIZsN2v5mXB/+OXPwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDmZz79XwIAAHcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCBsogF3QAAAAYBAAAPAAAAAAAAAAAAAAAAALkEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="00C866FB">
+          <w:p w:rsidR="00F810B6" w:rsidRPr="0033644D" w:rsidRDefault="00F810B6" w:rsidP="007237F1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E319E7">
-[...3 lines deleted...]
-              <w:t>келесі рәсімге өту</w:t>
+            <w:r w:rsidRPr="001D5E68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>переход  к следующей процедуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F11EE" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
-[...24 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="007237F1" w:rsidRDefault="007237F1" w:rsidP="00F810B6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:cols w:space="720"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRDefault="00F810B6" w:rsidP="008B2A23">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F810B6" w:rsidSect="008B2A23">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="14"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="326"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E87DDE" w:rsidRDefault="00E87DDE" w:rsidP="002666DE">
+    <w:p w:rsidR="007D41E6" w:rsidRDefault="007D41E6" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E87DDE" w:rsidRDefault="00E87DDE" w:rsidP="002666DE">
+    <w:p w:rsidR="007D41E6" w:rsidRDefault="007D41E6" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...6 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  <w:font w:name="DejaVu Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E87DDE" w:rsidRDefault="00E87DDE" w:rsidP="002666DE">
+    <w:p w:rsidR="007D41E6" w:rsidRDefault="007D41E6" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E87DDE" w:rsidRDefault="00E87DDE" w:rsidP="002666DE">
+    <w:p w:rsidR="007D41E6" w:rsidRDefault="007D41E6" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00932D64" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...51 lines deleted...]
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:sdt>
-[...16 lines deleted...]
-  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A">
+  <w:p w:rsidR="006C41B5" w:rsidRDefault="006C41B5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00CE7894" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+  <w:p w:rsidR="00DE43A5" w:rsidRPr="00AF7583" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="a6"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="center" w:pos="4536"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00932D64" w:rsidRDefault="007964D9" w:rsidP="00C866FB">
+  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...71 lines deleted...]
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:20.55pt;height:6pt;visibility:visible" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0DAC2919"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="03C95A14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBD299EC"/>
+    <w:lvl w:ilvl="0" w:tplc="D37CCE96">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="05D31567"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D82EEB26"/>
+    <w:lvl w:ilvl="0" w:tplc="9014B650">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="06AD46CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F724B73E"/>
+    <w:lvl w:ilvl="0" w:tplc="9670E236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="13A01894"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36E8D7DC"/>
+    <w:lvl w:ilvl="0" w:tplc="DE74A3D2">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2490" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="404434D5"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1B35090E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85A461D2"/>
-    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4920" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5640" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6360" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7080" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="49335AFD"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="21A1646B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D5C0ABC8"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1744" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="252C4DBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="510F73C6"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="26401C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1AFEF1DE"/>
-[...1 lines deleted...]
-      <w:start w:val="15"/>
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="63DF27E0"/>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="2B952648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DEAC02BE"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="78FCE6D2"/>
+    <w:lvl w:ilvl="0" w:tplc="FF46E256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="2066" w:hanging="1215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3218" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3938" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4658" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5378" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6098" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6818" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7538" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8258" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="67531AC5"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="2E355839"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D916E2FC"/>
-    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1378" w:hanging="810"/>
-[...3 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2940" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3640" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4360" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="5100" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5800" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6520" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="68357FAD"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="32A648F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="75968064"/>
-[...1 lines deleted...]
-      <w:start w:val="15"/>
+    <w:tmpl w:val="29005934"/>
+    <w:lvl w:ilvl="0" w:tplc="ED7649BC">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:ind w:left="1155" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2475" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4635" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5355" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6075" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6795" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="68D21240"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="33BD136D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4B2AEC28"/>
-[...1 lines deleted...]
-      <w:start w:val="37"/>
+    <w:tmpl w:val="F2703A6A"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="378A7777"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E53A8E14"/>
+    <w:lvl w:ilvl="0" w:tplc="2652686A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2BB07202" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4712C9E8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7D325C3E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3AB0CD20" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F8068A28" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9D1005CE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EC7C10FA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="99F0088E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="3C75180C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF0C7DBC"/>
+    <w:lvl w:ilvl="0" w:tplc="B2BEC6B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2060" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="42713622"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8AAD1B0"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="4FAC36B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336C0932"/>
+    <w:lvl w:ilvl="0" w:tplc="8D9E53BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="6376747E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="70BD4F30"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0DA2EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="C58625CE">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="785358BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CADABFB4"/>
+    <w:lvl w:ilvl="0" w:tplc="097E6B2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="7EE62060"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5A40C3E"/>
+    <w:lvl w:ilvl="0" w:tplc="3DE6234C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1174" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="82"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="80"/>
+  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
-    <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0081050F"/>
-[...208 lines deleted...]
-    <w:rsid w:val="00FE7527"/>
+    <w:rsidRoot w:val="00804637"/>
+    <w:rsid w:val="00002C4E"/>
+    <w:rsid w:val="00003E91"/>
+    <w:rsid w:val="00006AFC"/>
+    <w:rsid w:val="00013986"/>
+    <w:rsid w:val="00022339"/>
+    <w:rsid w:val="00026F6C"/>
+    <w:rsid w:val="00030FE0"/>
+    <w:rsid w:val="0007227E"/>
+    <w:rsid w:val="00093D98"/>
+    <w:rsid w:val="000A3EEC"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="000B2670"/>
+    <w:rsid w:val="000C427D"/>
+    <w:rsid w:val="000D526F"/>
+    <w:rsid w:val="000E4E62"/>
+    <w:rsid w:val="000E50A8"/>
+    <w:rsid w:val="000F0DA6"/>
+    <w:rsid w:val="000F60B9"/>
+    <w:rsid w:val="0010226B"/>
+    <w:rsid w:val="0010287C"/>
+    <w:rsid w:val="00105033"/>
+    <w:rsid w:val="00107D96"/>
+    <w:rsid w:val="001104E6"/>
+    <w:rsid w:val="00112232"/>
+    <w:rsid w:val="00125364"/>
+    <w:rsid w:val="00130E5B"/>
+    <w:rsid w:val="00132D30"/>
+    <w:rsid w:val="0013343B"/>
+    <w:rsid w:val="00144ECD"/>
+    <w:rsid w:val="001460D6"/>
+    <w:rsid w:val="001517F4"/>
+    <w:rsid w:val="00161689"/>
+    <w:rsid w:val="00170627"/>
+    <w:rsid w:val="00171439"/>
+    <w:rsid w:val="001810DA"/>
+    <w:rsid w:val="00183149"/>
+    <w:rsid w:val="001A1970"/>
+    <w:rsid w:val="001A51F0"/>
+    <w:rsid w:val="001A5E30"/>
+    <w:rsid w:val="001A7B14"/>
+    <w:rsid w:val="001C0DCC"/>
+    <w:rsid w:val="001C5A38"/>
+    <w:rsid w:val="001C5F40"/>
+    <w:rsid w:val="001C65F7"/>
+    <w:rsid w:val="001D20FA"/>
+    <w:rsid w:val="001D5E68"/>
+    <w:rsid w:val="001E466B"/>
+    <w:rsid w:val="001E775D"/>
+    <w:rsid w:val="001F6AD1"/>
+    <w:rsid w:val="002022F8"/>
+    <w:rsid w:val="00203CC3"/>
+    <w:rsid w:val="0020486F"/>
+    <w:rsid w:val="002119B7"/>
+    <w:rsid w:val="0021305F"/>
+    <w:rsid w:val="00213E63"/>
+    <w:rsid w:val="00225DF7"/>
+    <w:rsid w:val="00235877"/>
+    <w:rsid w:val="00243656"/>
+    <w:rsid w:val="002471C7"/>
+    <w:rsid w:val="00247D85"/>
+    <w:rsid w:val="00253A77"/>
+    <w:rsid w:val="00266A71"/>
+    <w:rsid w:val="00270BDC"/>
+    <w:rsid w:val="002715D7"/>
+    <w:rsid w:val="00281DBD"/>
+    <w:rsid w:val="0029435B"/>
+    <w:rsid w:val="002951CB"/>
+    <w:rsid w:val="002A4556"/>
+    <w:rsid w:val="002B00B4"/>
+    <w:rsid w:val="002C2205"/>
+    <w:rsid w:val="002E1548"/>
+    <w:rsid w:val="003075BB"/>
+    <w:rsid w:val="00316E3D"/>
+    <w:rsid w:val="0031701F"/>
+    <w:rsid w:val="003206D9"/>
+    <w:rsid w:val="00321B0F"/>
+    <w:rsid w:val="00321C1D"/>
+    <w:rsid w:val="00323463"/>
+    <w:rsid w:val="00326FC9"/>
+    <w:rsid w:val="00333389"/>
+    <w:rsid w:val="00336061"/>
+    <w:rsid w:val="003451D0"/>
+    <w:rsid w:val="00350385"/>
+    <w:rsid w:val="00353CA1"/>
+    <w:rsid w:val="00362BB5"/>
+    <w:rsid w:val="00371B12"/>
+    <w:rsid w:val="00376187"/>
+    <w:rsid w:val="003767D2"/>
+    <w:rsid w:val="003767F0"/>
+    <w:rsid w:val="003850CD"/>
+    <w:rsid w:val="00385401"/>
+    <w:rsid w:val="003867E1"/>
+    <w:rsid w:val="003878B2"/>
+    <w:rsid w:val="003934E4"/>
+    <w:rsid w:val="00396EC1"/>
+    <w:rsid w:val="003B0075"/>
+    <w:rsid w:val="003B0E67"/>
+    <w:rsid w:val="003B5F42"/>
+    <w:rsid w:val="003C7B57"/>
+    <w:rsid w:val="003D47AD"/>
+    <w:rsid w:val="0041131C"/>
+    <w:rsid w:val="00413698"/>
+    <w:rsid w:val="00414BF7"/>
+    <w:rsid w:val="004350FA"/>
+    <w:rsid w:val="004461AD"/>
+    <w:rsid w:val="00451EB4"/>
+    <w:rsid w:val="00463A00"/>
+    <w:rsid w:val="004655F6"/>
+    <w:rsid w:val="00466247"/>
+    <w:rsid w:val="00466D5B"/>
+    <w:rsid w:val="00467B57"/>
+    <w:rsid w:val="00474C92"/>
+    <w:rsid w:val="00476701"/>
+    <w:rsid w:val="0048484A"/>
+    <w:rsid w:val="00484BC8"/>
+    <w:rsid w:val="0049323B"/>
+    <w:rsid w:val="004A0456"/>
+    <w:rsid w:val="004A373B"/>
+    <w:rsid w:val="004A6566"/>
+    <w:rsid w:val="004B35CD"/>
+    <w:rsid w:val="004B39DE"/>
+    <w:rsid w:val="004B4234"/>
+    <w:rsid w:val="004B4316"/>
+    <w:rsid w:val="004C51B8"/>
+    <w:rsid w:val="004D4577"/>
+    <w:rsid w:val="004F050A"/>
+    <w:rsid w:val="004F7C13"/>
+    <w:rsid w:val="00502ADF"/>
+    <w:rsid w:val="00513A34"/>
+    <w:rsid w:val="00534E16"/>
+    <w:rsid w:val="00543425"/>
+    <w:rsid w:val="00544E7C"/>
+    <w:rsid w:val="00546CB1"/>
+    <w:rsid w:val="005512BC"/>
+    <w:rsid w:val="00555A4B"/>
+    <w:rsid w:val="0056527E"/>
+    <w:rsid w:val="00566DE4"/>
+    <w:rsid w:val="00575045"/>
+    <w:rsid w:val="00580D98"/>
+    <w:rsid w:val="005902F4"/>
+    <w:rsid w:val="00597451"/>
+    <w:rsid w:val="005A24C3"/>
+    <w:rsid w:val="005A74A0"/>
+    <w:rsid w:val="005B05E9"/>
+    <w:rsid w:val="005B0C3E"/>
+    <w:rsid w:val="005B7C10"/>
+    <w:rsid w:val="005D2AEE"/>
+    <w:rsid w:val="005D58E3"/>
+    <w:rsid w:val="005E0AB4"/>
+    <w:rsid w:val="005E2E84"/>
+    <w:rsid w:val="005E47A6"/>
+    <w:rsid w:val="005F130C"/>
+    <w:rsid w:val="005F3340"/>
+    <w:rsid w:val="005F5AB3"/>
+    <w:rsid w:val="006003A3"/>
+    <w:rsid w:val="00614317"/>
+    <w:rsid w:val="006232B5"/>
+    <w:rsid w:val="0062358E"/>
+    <w:rsid w:val="00631936"/>
+    <w:rsid w:val="00632179"/>
+    <w:rsid w:val="0063749B"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rsid w:val="00652B79"/>
+    <w:rsid w:val="00653736"/>
+    <w:rsid w:val="00662351"/>
+    <w:rsid w:val="00663833"/>
+    <w:rsid w:val="006676BB"/>
+    <w:rsid w:val="006707DC"/>
+    <w:rsid w:val="00684150"/>
+    <w:rsid w:val="006958E4"/>
+    <w:rsid w:val="006960B8"/>
+    <w:rsid w:val="006976FA"/>
+    <w:rsid w:val="00697D0E"/>
+    <w:rsid w:val="006A20A6"/>
+    <w:rsid w:val="006A5796"/>
+    <w:rsid w:val="006B039D"/>
+    <w:rsid w:val="006B5D6D"/>
+    <w:rsid w:val="006B6AE9"/>
+    <w:rsid w:val="006C22D3"/>
+    <w:rsid w:val="006C41B5"/>
+    <w:rsid w:val="006C5973"/>
+    <w:rsid w:val="006C6987"/>
+    <w:rsid w:val="006D01E8"/>
+    <w:rsid w:val="006E25ED"/>
+    <w:rsid w:val="006E49C0"/>
+    <w:rsid w:val="006E6EA8"/>
+    <w:rsid w:val="007237F1"/>
+    <w:rsid w:val="00753981"/>
+    <w:rsid w:val="00757178"/>
+    <w:rsid w:val="00757CCD"/>
+    <w:rsid w:val="00761D2E"/>
+    <w:rsid w:val="00762F37"/>
+    <w:rsid w:val="00770236"/>
+    <w:rsid w:val="007825B2"/>
+    <w:rsid w:val="00787CC7"/>
+    <w:rsid w:val="00787EB5"/>
+    <w:rsid w:val="00792C51"/>
+    <w:rsid w:val="007C60D9"/>
+    <w:rsid w:val="007D41E6"/>
+    <w:rsid w:val="007D7E10"/>
+    <w:rsid w:val="007E1DFE"/>
+    <w:rsid w:val="007E20FF"/>
+    <w:rsid w:val="007F2C90"/>
+    <w:rsid w:val="00804637"/>
+    <w:rsid w:val="00812B0D"/>
+    <w:rsid w:val="00813652"/>
+    <w:rsid w:val="008144F7"/>
+    <w:rsid w:val="00816817"/>
+    <w:rsid w:val="008222FE"/>
+    <w:rsid w:val="00825309"/>
+    <w:rsid w:val="008265E5"/>
+    <w:rsid w:val="0082698B"/>
+    <w:rsid w:val="00836364"/>
+    <w:rsid w:val="00843ADC"/>
+    <w:rsid w:val="0085366E"/>
+    <w:rsid w:val="00853BF2"/>
+    <w:rsid w:val="00856DF9"/>
+    <w:rsid w:val="00861C42"/>
+    <w:rsid w:val="00864A6A"/>
+    <w:rsid w:val="008740BC"/>
+    <w:rsid w:val="008757BF"/>
+    <w:rsid w:val="008816CC"/>
+    <w:rsid w:val="00887759"/>
+    <w:rsid w:val="0089142E"/>
+    <w:rsid w:val="0089170F"/>
+    <w:rsid w:val="00895736"/>
+    <w:rsid w:val="008A2FF8"/>
+    <w:rsid w:val="008B2A23"/>
+    <w:rsid w:val="008B2AB4"/>
+    <w:rsid w:val="008B4F0A"/>
+    <w:rsid w:val="008B578E"/>
+    <w:rsid w:val="008B6755"/>
+    <w:rsid w:val="008C461F"/>
+    <w:rsid w:val="008D35E0"/>
+    <w:rsid w:val="008E7417"/>
+    <w:rsid w:val="008F1CA4"/>
+    <w:rsid w:val="009007C9"/>
+    <w:rsid w:val="0090453D"/>
+    <w:rsid w:val="00910507"/>
+    <w:rsid w:val="009208C8"/>
+    <w:rsid w:val="00925F2A"/>
+    <w:rsid w:val="00927895"/>
+    <w:rsid w:val="00932002"/>
+    <w:rsid w:val="00935EDB"/>
+    <w:rsid w:val="0094370E"/>
+    <w:rsid w:val="00954C24"/>
+    <w:rsid w:val="00957C8F"/>
+    <w:rsid w:val="0096443B"/>
+    <w:rsid w:val="00971A39"/>
+    <w:rsid w:val="00971AE2"/>
+    <w:rsid w:val="00973F4E"/>
+    <w:rsid w:val="00974341"/>
+    <w:rsid w:val="00975CFC"/>
+    <w:rsid w:val="00980344"/>
+    <w:rsid w:val="009808E2"/>
+    <w:rsid w:val="00980A49"/>
+    <w:rsid w:val="009854AE"/>
+    <w:rsid w:val="00987868"/>
+    <w:rsid w:val="00990CD4"/>
+    <w:rsid w:val="009A4F5E"/>
+    <w:rsid w:val="009A59BD"/>
+    <w:rsid w:val="009B037A"/>
+    <w:rsid w:val="009B12C2"/>
+    <w:rsid w:val="009B2B3D"/>
+    <w:rsid w:val="009B6EC8"/>
+    <w:rsid w:val="009B71FD"/>
+    <w:rsid w:val="009C7033"/>
+    <w:rsid w:val="009D0CFF"/>
+    <w:rsid w:val="009D1FB4"/>
+    <w:rsid w:val="009D1FDC"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rsid w:val="009E7717"/>
+    <w:rsid w:val="009F2976"/>
+    <w:rsid w:val="009F5B6D"/>
+    <w:rsid w:val="009F61F1"/>
+    <w:rsid w:val="00A03FE8"/>
+    <w:rsid w:val="00A10DC1"/>
+    <w:rsid w:val="00A1394F"/>
+    <w:rsid w:val="00A13AEB"/>
+    <w:rsid w:val="00A14455"/>
+    <w:rsid w:val="00A14BEB"/>
+    <w:rsid w:val="00A177E2"/>
+    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="00A3787D"/>
+    <w:rsid w:val="00A40DB9"/>
+    <w:rsid w:val="00A538AA"/>
+    <w:rsid w:val="00A55ADC"/>
+    <w:rsid w:val="00A61337"/>
+    <w:rsid w:val="00A61D0E"/>
+    <w:rsid w:val="00A67B9F"/>
+    <w:rsid w:val="00A70D36"/>
+    <w:rsid w:val="00A75CC5"/>
+    <w:rsid w:val="00A76266"/>
+    <w:rsid w:val="00A802B3"/>
+    <w:rsid w:val="00A821D1"/>
+    <w:rsid w:val="00A901E8"/>
+    <w:rsid w:val="00A917D1"/>
+    <w:rsid w:val="00A9357F"/>
+    <w:rsid w:val="00A93E1A"/>
+    <w:rsid w:val="00A97F8E"/>
+    <w:rsid w:val="00AA279F"/>
+    <w:rsid w:val="00AB4197"/>
+    <w:rsid w:val="00AB638C"/>
+    <w:rsid w:val="00AC3C84"/>
+    <w:rsid w:val="00AC66BE"/>
+    <w:rsid w:val="00AD0C0E"/>
+    <w:rsid w:val="00AD3787"/>
+    <w:rsid w:val="00AD69CA"/>
+    <w:rsid w:val="00AE494F"/>
+    <w:rsid w:val="00AF105E"/>
+    <w:rsid w:val="00AF5F88"/>
+    <w:rsid w:val="00B01C15"/>
+    <w:rsid w:val="00B03668"/>
+    <w:rsid w:val="00B078B7"/>
+    <w:rsid w:val="00B10B90"/>
+    <w:rsid w:val="00B15390"/>
+    <w:rsid w:val="00B211DD"/>
+    <w:rsid w:val="00B21B61"/>
+    <w:rsid w:val="00B22A2F"/>
+    <w:rsid w:val="00B30BE9"/>
+    <w:rsid w:val="00B320F2"/>
+    <w:rsid w:val="00B34BD9"/>
+    <w:rsid w:val="00B5423D"/>
+    <w:rsid w:val="00B54B1F"/>
+    <w:rsid w:val="00B62375"/>
+    <w:rsid w:val="00B74EB4"/>
+    <w:rsid w:val="00B85F5E"/>
+    <w:rsid w:val="00BA0462"/>
+    <w:rsid w:val="00BA30B3"/>
+    <w:rsid w:val="00BA3FFE"/>
+    <w:rsid w:val="00BA65CC"/>
+    <w:rsid w:val="00BA7419"/>
+    <w:rsid w:val="00BB19B0"/>
+    <w:rsid w:val="00BB2AA2"/>
+    <w:rsid w:val="00BB2FB4"/>
+    <w:rsid w:val="00BB3F7C"/>
+    <w:rsid w:val="00BB7F2A"/>
+    <w:rsid w:val="00BC5457"/>
+    <w:rsid w:val="00BD3D17"/>
+    <w:rsid w:val="00BD4E7E"/>
+    <w:rsid w:val="00C018E2"/>
+    <w:rsid w:val="00C07EF5"/>
+    <w:rsid w:val="00C132F5"/>
+    <w:rsid w:val="00C14899"/>
+    <w:rsid w:val="00C23C90"/>
+    <w:rsid w:val="00C2756B"/>
+    <w:rsid w:val="00C32225"/>
+    <w:rsid w:val="00C46DAF"/>
+    <w:rsid w:val="00C65456"/>
+    <w:rsid w:val="00C6660C"/>
+    <w:rsid w:val="00C71E39"/>
+    <w:rsid w:val="00C72D47"/>
+    <w:rsid w:val="00C849D4"/>
+    <w:rsid w:val="00C84A15"/>
+    <w:rsid w:val="00C963F6"/>
+    <w:rsid w:val="00CA1B05"/>
+    <w:rsid w:val="00CA229F"/>
+    <w:rsid w:val="00CA3D2D"/>
+    <w:rsid w:val="00CB00B9"/>
+    <w:rsid w:val="00CB1D54"/>
+    <w:rsid w:val="00CB5EF3"/>
+    <w:rsid w:val="00CC060F"/>
+    <w:rsid w:val="00CC387E"/>
+    <w:rsid w:val="00CC3C49"/>
+    <w:rsid w:val="00CC4C82"/>
+    <w:rsid w:val="00CD39C1"/>
+    <w:rsid w:val="00CD533C"/>
+    <w:rsid w:val="00CE4D97"/>
+    <w:rsid w:val="00CF13A1"/>
+    <w:rsid w:val="00D007BF"/>
+    <w:rsid w:val="00D03F33"/>
+    <w:rsid w:val="00D11C87"/>
+    <w:rsid w:val="00D14E01"/>
+    <w:rsid w:val="00D17785"/>
+    <w:rsid w:val="00D20B3D"/>
+    <w:rsid w:val="00D232FD"/>
+    <w:rsid w:val="00D41893"/>
+    <w:rsid w:val="00D44259"/>
+    <w:rsid w:val="00D44403"/>
+    <w:rsid w:val="00D618E0"/>
+    <w:rsid w:val="00D647E3"/>
+    <w:rsid w:val="00D73A5C"/>
+    <w:rsid w:val="00D818FE"/>
+    <w:rsid w:val="00D83FD4"/>
+    <w:rsid w:val="00D90C92"/>
+    <w:rsid w:val="00D91CBC"/>
+    <w:rsid w:val="00D94C96"/>
+    <w:rsid w:val="00DA7FA5"/>
+    <w:rsid w:val="00DB1C67"/>
+    <w:rsid w:val="00DC6F96"/>
+    <w:rsid w:val="00DD173B"/>
+    <w:rsid w:val="00DD29C9"/>
+    <w:rsid w:val="00DD5678"/>
+    <w:rsid w:val="00DE24BB"/>
+    <w:rsid w:val="00DE43A5"/>
+    <w:rsid w:val="00E0407C"/>
+    <w:rsid w:val="00E10237"/>
+    <w:rsid w:val="00E13568"/>
+    <w:rsid w:val="00E1789E"/>
+    <w:rsid w:val="00E21264"/>
+    <w:rsid w:val="00E22AAA"/>
+    <w:rsid w:val="00E27FE5"/>
+    <w:rsid w:val="00E37BD5"/>
+    <w:rsid w:val="00E40EC0"/>
+    <w:rsid w:val="00E47B67"/>
+    <w:rsid w:val="00E7487A"/>
+    <w:rsid w:val="00E9048C"/>
+    <w:rsid w:val="00E93930"/>
+    <w:rsid w:val="00E950C5"/>
+    <w:rsid w:val="00E96353"/>
+    <w:rsid w:val="00EB5B7D"/>
+    <w:rsid w:val="00EB7B28"/>
+    <w:rsid w:val="00ED071E"/>
+    <w:rsid w:val="00ED2158"/>
+    <w:rsid w:val="00EE58ED"/>
+    <w:rsid w:val="00EF652A"/>
+    <w:rsid w:val="00EF7A5A"/>
+    <w:rsid w:val="00F044C2"/>
+    <w:rsid w:val="00F13D34"/>
+    <w:rsid w:val="00F1403B"/>
+    <w:rsid w:val="00F24810"/>
+    <w:rsid w:val="00F33CA2"/>
+    <w:rsid w:val="00F350FF"/>
+    <w:rsid w:val="00F55A12"/>
+    <w:rsid w:val="00F57798"/>
+    <w:rsid w:val="00F66E5B"/>
+    <w:rsid w:val="00F76B41"/>
+    <w:rsid w:val="00F810B6"/>
+    <w:rsid w:val="00F85889"/>
+    <w:rsid w:val="00F901EB"/>
+    <w:rsid w:val="00F96924"/>
+    <w:rsid w:val="00FA0E24"/>
+    <w:rsid w:val="00FA6966"/>
+    <w:rsid w:val="00FB4B35"/>
+    <w:rsid w:val="00FB5F7B"/>
+    <w:rsid w:val="00FB63D1"/>
+    <w:rsid w:val="00FC3FD8"/>
+    <w:rsid w:val="00FC79C3"/>
+    <w:rsid w:val="00FD58DF"/>
+    <w:rsid w:val="00FE03F8"/>
+    <w:rsid w:val="00FF572E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17410"/>
+    <o:shapedefaults v:ext="edit" spidmax="22530"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule362" type="connector" idref="#_x0000_s1101"/>
-[...60 lines deleted...]
-        <o:r id="V:Rule697" type="connector" idref="#Прямая со стрелкой 46"/>
+        <o:r id="V:Rule63" type="connector" idref="#Прямая со стрелкой 40"/>
+        <o:r id="V:Rule64" type="connector" idref="#Соединительная линия уступом 26"/>
+        <o:r id="V:Rule65" type="connector" idref="#Прямая со стрелкой 100"/>
+        <o:r id="V:Rule66" type="connector" idref="#Прямая со стрелкой 63"/>
+        <o:r id="V:Rule67" type="connector" idref="#Соединительная линия уступом 61"/>
+        <o:r id="V:Rule68" type="connector" idref="#Прямая со стрелкой 90"/>
+        <o:r id="V:Rule69" type="connector" idref="#Прямая со стрелкой 123"/>
+        <o:r id="V:Rule70" type="connector" idref="#Прямая со стрелкой 27"/>
+        <o:r id="V:Rule71" type="connector" idref="#Прямая со стрелкой 94"/>
+        <o:r id="V:Rule72" type="connector" idref="#Соединительная линия уступом 67"/>
+        <o:r id="V:Rule73" type="connector" idref="#Прямая со стрелкой 20"/>
+        <o:r id="V:Rule74" type="connector" idref="#Соединительная линия уступом 68"/>
+        <o:r id="V:Rule75" type="connector" idref="#Прямая со стрелкой 16"/>
+        <o:r id="V:Rule76" type="connector" idref="#Прямая со стрелкой 85"/>
+        <o:r id="V:Rule77" type="connector" idref="#Прямая со стрелкой 22"/>
+        <o:r id="V:Rule78" type="connector" idref="#Прямая со стрелкой 39"/>
+        <o:r id="V:Rule79" type="connector" idref="#Соединительная линия уступом 43"/>
+        <o:r id="V:Rule80" type="connector" idref="#Прямая со стрелкой 9"/>
+        <o:r id="V:Rule81" type="connector" idref="#Прямая со стрелкой 126"/>
+        <o:r id="V:Rule82" type="connector" idref="#Прямая со стрелкой 96"/>
+        <o:r id="V:Rule83" type="connector" idref="#Прямая со стрелкой 99"/>
+        <o:r id="V:Rule84" type="connector" idref="#Прямая со стрелкой 108"/>
+        <o:r id="V:Rule85" type="connector" idref="#Прямая со стрелкой 111"/>
+        <o:r id="V:Rule86" type="connector" idref="#Соединительная линия уступом 8"/>
+        <o:r id="V:Rule87" type="connector" idref="#Прямая со стрелкой 109"/>
+        <o:r id="V:Rule88" type="connector" idref="#Прямая со стрелкой 87"/>
+        <o:r id="V:Rule89" type="connector" idref="#Прямая со стрелкой 69"/>
+        <o:r id="V:Rule90" type="connector" idref="#Прямая со стрелкой 114"/>
+        <o:r id="V:Rule91" type="connector" idref="#Прямая со стрелкой 19"/>
+        <o:r id="V:Rule92" type="connector" idref="#Соединительная линия уступом 62"/>
+        <o:r id="V:Rule93" type="connector" idref="#_x0000_s1161"/>
+        <o:r id="V:Rule94" type="connector" idref="#Соединительная линия уступом 75"/>
+        <o:r id="V:Rule95" type="connector" idref="#Соединительная линия уступом 64"/>
+        <o:r id="V:Rule96" type="connector" idref="#Прямая со стрелкой 23"/>
+        <o:r id="V:Rule97" type="connector" idref="#Соединительная линия уступом 103"/>
+        <o:r id="V:Rule98" type="connector" idref="#Прямая со стрелкой 112"/>
+        <o:r id="V:Rule99" type="connector" idref="#Прямая со стрелкой 71"/>
+        <o:r id="V:Rule100" type="connector" idref="#Прямая со стрелкой 98"/>
+        <o:r id="V:Rule101" type="connector" idref="#Прямая со стрелкой 115"/>
+        <o:r id="V:Rule102" type="connector" idref="#Прямая со стрелкой 3"/>
+        <o:r id="V:Rule103" type="connector" idref="#Соединительная линия уступом 21"/>
+        <o:r id="V:Rule104" type="connector" idref="#Прямая со стрелкой 66"/>
+        <o:r id="V:Rule105" type="connector" idref="#Прямая со стрелкой 42"/>
+        <o:r id="V:Rule106" type="connector" idref="#Прямая со стрелкой 97"/>
+        <o:r id="V:Rule107" type="connector" idref="#Соединительная линия уступом 14"/>
+        <o:r id="V:Rule108" type="connector" idref="#Прямая со стрелкой 104"/>
+        <o:r id="V:Rule109" type="connector" idref="#Прямая со стрелкой 116"/>
+        <o:r id="V:Rule110" type="connector" idref="#Прямая со стрелкой 17"/>
+        <o:r id="V:Rule111" type="connector" idref="#Прямая со стрелкой 65"/>
+        <o:r id="V:Rule112" type="connector" idref="#Прямая со стрелкой 30"/>
+        <o:r id="V:Rule113" type="connector" idref="#_x0000_s1162"/>
+        <o:r id="V:Rule114" type="connector" idref="#Соединительная линия уступом 72"/>
+        <o:r id="V:Rule115" type="connector" idref="#Прямая со стрелкой 125"/>
+        <o:r id="V:Rule116" type="connector" idref="#Прямая со стрелкой 15"/>
+        <o:r id="V:Rule117" type="connector" idref="#Прямая со стрелкой 28"/>
+        <o:r id="V:Rule118" type="connector" idref="#Соединительная линия уступом 41"/>
+        <o:r id="V:Rule119" type="connector" idref="#Прямая со стрелкой 13"/>
+        <o:r id="V:Rule120" type="connector" idref="#Прямая со стрелкой 74"/>
+        <o:r id="V:Rule121" type="connector" idref="#Прямая со стрелкой 70"/>
+        <o:r id="V:Rule122" type="connector" idref="#Прямая со стрелкой 38"/>
+        <o:r id="V:Rule123" type="connector" idref="#Прямая со стрелкой 54"/>
+        <o:r id="V:Rule124" type="connector" idref="#Прямая со стрелкой 119"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...18 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -12065,639 +14065,554 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="000B0C93"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B0C93"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00927895"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...31 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00987868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00987868"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar1">
+    <w:name w:val="Body Text Char1"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00797FDC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="00987868"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="009D1FB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="002666DE"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A36110"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="002666DE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="002666DE"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A36110"/>
     <w:pPr>
-      <w:tabs>
-[...29 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...54 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
-[...18 lines deleted...]
-    <w:rsid w:val="00C54B4C"/>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00A36110"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006232B5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
-    <w:name w:val="page number"/>
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="000F11EE"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00F810B6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="000F11EE"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F810B6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:overflowPunct/>
-[...3 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:rsid w:val="00F810B6"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C866FB"/>
+    <w:rsid w:val="00A538AA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="20"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...188 lines deleted...]
-    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1760901702">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -12723,51 +14638,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -12895,97 +14810,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11466</Characters>
+  <Pages>10</Pages>
+  <Words>1796</Words>
+  <Characters>10241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Павлодар облысы јкімдігініѕ</vt:lpstr>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
       <vt:lpstr/>
-      <vt:lpstr>осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</vt:lpstr>
-      <vt:lpstr>осы қаулы аумақтық әділет органында мемлекеттік тіркелгеннен кейін он күнтізбелі</vt:lpstr>
       <vt:lpstr/>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>AlexSoft</Company>
+  <Company>Akimat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13451</CharactersWithSpaces>
+  <CharactersWithSpaces>12013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
+  <dc:subject/>
+  <dc:creator>Computer</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>