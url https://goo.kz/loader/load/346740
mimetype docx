--- v0 (2025-12-10)
+++ v1 (2026-02-03)
@@ -1,15848 +1,12097 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="0018568E" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...2 lines deleted...]
-        <w:ind w:left="5670"/>
+    <w:p w:rsidR="0081050F" w:rsidRPr="001A07BC" w:rsidRDefault="0081050F" w:rsidP="0081050F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B7B03" w:rsidRPr="00E319E7" w:rsidRDefault="006B7B03" w:rsidP="003C3943">
+      <w:pPr>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B7B03" w:rsidRPr="00E319E7" w:rsidRDefault="006B7B03" w:rsidP="006B7B03">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2016 жылғы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B7B03" w:rsidRPr="00E319E7" w:rsidRDefault="006B7B03" w:rsidP="006B7B03">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40/2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E319E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="003C3943" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:left="4679" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:left="4679" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылғы «24» маусымдағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:left="4679" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№181/6 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...56 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызмет регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...28 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...11 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...120 lines deleted...]
-        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе) ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Павлодар облысы аудандары мен қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтінішті қабылдау және мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Азаматтарға арналған үкімет» мемлекеттік корпорациясы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...61 lines deleted...]
-        <w:t xml:space="preserve">» (далее </w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммерциялық емес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...72 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақционерлік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоғамы (бұдан әрі – Мемлекеттік корпорация)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«электрондық үкіметтің» www.e.gov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызметті көрсету нысаны: электрондық (ішінара автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет көрсетудің нәтижесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00703243" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...47 lines deleted...]
-        <w:t>веб-портал «электронного прави</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе) ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартының (бұдан әрі – Стандарт)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...369 lines deleted...]
-        <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...284 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1677 lines deleted...]
-        <w:t>;</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымшасына сәйкес нысан бойынша бірыңғай жинақтаушы зейнетақы қорына берілетін анықтама;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9797"/>
+        <w:gridCol w:w="9853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidTr="00A538AA">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="003C3943" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9797" w:type="dxa"/>
+            <w:tcW w:w="9853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="007D0C8C" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00210660" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="0D0D0D"/>
-                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A61D0E">
-[...1 lines deleted...]
-                <w:sz w:val="28"/>
+            <w:r w:rsidRPr="00210660">
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2)   Стандарттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00210660">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z90" w:history="1">
+              <w:r w:rsidRPr="00210660">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:szCs w:val="28"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00210660">
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:anchor="z92" w:history="1">
+              <w:r w:rsidRPr="00210660">
+                <w:rPr>
+                  <w:bCs/>
+                  <w:szCs w:val="28"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t xml:space="preserve">қосымшасына </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00210660">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00210660">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәйке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00210660">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с  нысан   бойынша   ішкі   істер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="rtejustify"/>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">органдарына кәмелетке толмаған балалардың мүліктеріне иелік ету үшін берілетін анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарттың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z90" w:history="1">
+        <w:r w:rsidRPr="00C04819">
+          <w:rPr>
+            <w:bCs/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00C04819">
+          <w:rPr>
+            <w:bCs/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve">қосымшасына </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша банктерге кәмелетке толмаған балалардың мүліктеріне иелік ету үшін берілетін анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік қызметті көрсету жөніндегі рәсімдерді (іс-қимылды) бастау үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мыналар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға жүгіну кезінде: Стандарттың 9-тармағында көрсетілген қажетті құжаттарды ұсынумен осы Стандарттың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4, 5, 6-қосымшаларына сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініші; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортал арқылы жүгіну кезінде: көрсетілетін қызметті алушының                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЭЦҚ-мен куәландырылған электронды құжат нысанындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрау және баланың туу туралы куәлігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мөрімен расталады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының «жеке кабинетіне» көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ қол қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет көрсету процесінің (іс-қимылының) құрамына кіретін әрбір рәсімнің (іс-қимылдың) мазмұны, ұзақтығы мен оны орындау реттілігі, соның ішінде рәсімдердің (іс-қимылдың) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік корпорацияда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажетті құжат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ары келіп түскен сәттен бастап қабылдауды және тіркеуді жүзеге асырады, құжаттарды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызметті көрсетушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұрыштама қоюға жібереді – 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(отыз) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің басшысы құжаттарды қарастырады, жауапты маманды анықтайды – 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті берушінің жауапты орындаушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келіп түскен құжаттарды қарастырады, бiрыңғай жинақтаушы зейнетақы қорына және (немесе) ерiктi жинақтаушы зейнетақы қорына, банктерге, iшкi iстер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3085" w:rsidRDefault="00DB1286" w:rsidP="00EA3085">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">толмаған </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұра </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ресімдеу </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берiлетiн а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нықтама </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайындайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3085" w:rsidRDefault="00EA3085" w:rsidP="00EA3085">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00EA3085">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс күні; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) көрсетілетін қызметті берушінің басшысы анықтаманы қарастырады және қол қояды –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) көрсетілетін қызметті берушінің жауапты орындаушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есепке алу журналына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анықтаманы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тіркейді және мемлекеттік қызмет көрсетудің нәтижесін Мемлекеттік корпорацияға береді – 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="009C3766" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Нәтижесі – бiрыңғай жинақтаушы зейнетақы қорына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, iшкi iстер органдарына кәмелетке толмаған балалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не иелік ету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, банктерге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3766">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кәмелетке толмаған балалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3766">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүлкіне иелік ету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3766">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="001D6A92" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="001D6A92" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="001A3F80" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Мемлекеттік қызмет көрсету процесіне қатысатын құрылымдық бөлімшелердің (қызметкерлердің) тізбесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="8"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2) көрсетілетін қызметті берушінің басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         3) көрсетілетін қызметті берушінің жауапты орындаушысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Әрбір рәсімнің (іс-қимылдың) ұзақтығын көрсете отырып, құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдер (іс-қимылдар) реттілігінің сипаттамасы осы регламенттің 1-қосымшасына сәйкес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кестемен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="001D6A92" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="001D6A92" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік қызмет көрсету процесінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="001A3F80" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Әрбір рәсімнің (іс-қимылдың) ұзақтығын көрсете отырып, Мемлекеттік корпорацияға жүгіну </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>тәртібін сипаттау осы регла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">менттің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-қосымшасына сәйкес – 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(он бес) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>минут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) мемлекеттік көрсетілетін қызметті алушы Мемлекеттік корпорация  операторына қажетті құжаттарды және өтінішті тапсырады, ол электрондық кезек ретімен «кедергісіз» қызмет көрсету арқылы операциялық залда жүзеге асырылады. Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызмет Стандартының 7-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда Мемлекеттік корпорациясының қызметкері өтінішті қабылдаудан бас тартады және мемлекеттік көрсетілетін қызмет Стандартын</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 7-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1286">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002244B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">втоматизированное рабочее место </w:t>
-[...41 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve">2)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002244B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-процесс   –   қызмет     көрсету    үшін   Мемлекеттік    корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1286">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:r w:rsidRPr="002244B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>операторының  Мемлекеттік  корпорацияның  ықпалдастырылған  ақпараттық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүйесінің автоматтандырылған жұмыс орнына (бұдан әрі – ЫАЖ АЖО) логин мен парольді енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>3)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-процесс – Мемлекеттік корпорация операторының қызметті таңдауы, экранға мемлекеттік қызметті көрсету үшін сұрау нысанын шығаруы және Мемлекеттік корпорация операторының көрсетілетін қызметті алушының деректерін, сондай-ақ көрсетілетін қызметті алушы өкілінің сенім хат бойынша (нотари</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...101 lines deleted...]
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алды түрде куәландырылған сенім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хат болған жағдайда) деректерін енгізуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)  3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-процесс  –  электрондық  үкімет  шлюзі  (бұдан әрі – ЭҮШ)  арқылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>4)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке тұлғалар мемлекеттік деректер қорына (бұдан әрі – ЖТ МДҚ) көрсетілетін қызметті алушының деректері туралы, сондай-ақ Бірыңғай нотариалдық ақпараттық жүйеге (бұдан әрі – БНАЖ) – көрсетілеті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...61 lines deleted...]
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н қызметті алушы өкілінің сенім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хат деректері туралы сұрауды жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>5)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-шарт – ЖТ МДҚ-да көрсетілетін қызметті алушы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деректерінің және БНАЖ-да сенім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хат деректерінің бар болуын тексеру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...47 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-процесс – ЖТ МДҚ-да көрсетілетін қызметті алушы деректерінің және БНАЖ-да сенім хат деректерінің болмауына байланысты деректерді алу мүмкін болмауы туралы хабарламаны қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527C94">
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...201 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-процесс – ЭҮШ арқылы өңірлік электрондық үкімет шлюзінің ақпараттық жұмыс орнына (бұдан әрі – ӨЭҮШ АЖО) Мемлекеттік корпорация операторының ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) жіберу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Әрбір рәсімді (іс-қимылды) көрсете отырып, мемлекеттік қызметті көрсетудің нәтижесін Мемлекеттік корпорация арқылы алу рәсімін                        (іс-қимылды) сипаттау: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-процесс – ӨЭҮШ АЖО-да электрондық құжатты тіркейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушы қоса берген</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="0D0D0D"/>
-[...12 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестігін және негіздемелерін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты сұратылып отырған қызметтен бас тарту </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="0D0D0D"/>
-[...59 lines deleted...]
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...45 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8-процесс – көрсетілетін қызметті алушының Мемлекеттік корпорация операторы арқылы ӨЭҮШ АЖО-да қалыптастырылған қызметтің нәтижесін (анықтаманы немесе бас тарту туралы дәлелді жауап) алуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-        <w:t>2)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ортал арқылы мемлекеттік  қызметті көрсету кезінде жүгіну тәртібін және к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті беруші мен көрсетілетін қызметті алушы  рәсімдерінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>) реттілігін сипаттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...83 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(он бес) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...433 lines deleted...]
-        <w:t>ортале для получения услуги;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушы жеке сәйкестендіру нөмірінің (бұдан әрі – ЖСН), сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9797"/>
+        <w:gridCol w:w="9853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidTr="00A538AA">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="003C3943" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9797" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="002244B5" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A538AA">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="002244B5">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...29 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          2)  1-процесс  –  қызметті  алу  үшін   көрсетілетін  қызметті  алушының</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орталда ЖСН мен паролін енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) 1-шарт – ЖСН мен пароль </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тіркелген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушы туралы деректердің түпнұсқалығын порталда тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...47 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 2-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты порталдың авторизациялаудан бас тарту туралы хабарламаны қалыптастыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...107 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) 3-процесс – көрсетілетін қызметті алушының осы регламентте көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұрау нысанын шығару және нысан талаптары мен оның құрылымын ескере отырып, көрсетілетін қызметті алушының нысанды толтыруы (деректерді енгізуі), қажетті құжаттардың электрондық түріндегі көшірмелерін сұраныс нысанына бекіту, сондай-ақ сұрауды куәландыру (қол қою) үшін көрсетілетін қызметті алушының ЭЦҚ тіркеу куәлігін таңдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...310 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) 2-шарт – порталда ЭЦҚ тіркеу куәлігінің қолдану мерзімін және  қайтарылған (күші жойылған) тіркеу куәліктерінің тізімінде жоқтығын, сондай-ақ сәйкестендіру деректерінің сәйкестігін (сұрауда көрсетілген ЖСН мен ЭЦҚ тіркеу куәлігінде көрсетілген ЖСН арасында) тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:t>7)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) 4-процесс – көрсетілетін қызметті алушының ЭЦҚ расталмауына байланысты сұратылып </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">процесс </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтен бас тарту </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...35 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527C94">
-[...110 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) 5-процесс – көрсетілетін қызметті беруші сұрауды өңдеуі үшін ЭҮШ арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) ӨЭҮШ АЖО-ға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...107 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) 3-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушының қоса берілген құжаттарының сәйкестігін және негіздерін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:t>10)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) 6-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты сұратылып отырған қызметтен бас тарту </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...80 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...79 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) 7-процесс – көрсетілетін қызметті алушының ӨЭҮШ АЖО қалыптастырған қызметтің нәтижесін (электрондық құжат нысанындағы хабарламаны) алуы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының «жеке кабинетіне» жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара іс-қимыл диаграммасы осы регламенттің 3-қосымшасында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="001D6A92">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) рәсімдер                 (іс-қимылдар) реттілігін толық сипаттау, сондай-ақ өзге де мемлекеттік қызметті берушілермен және (немесе) Мемлекеттік корпорациямен өзара </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...49 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау, мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау осы регламенттің 4-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызметтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процестерінің анықтамалығында</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6A92">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1286">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D6A92" w:rsidRPr="00C04819" w:rsidRDefault="001D6A92" w:rsidP="001D6A92">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...130 lines deleted...]
-          <w:pgMar w:top="1418" w:right="907" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001D6A92" w:rsidRPr="00C04819" w:rsidSect="00EA3085">
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1304" w:right="794" w:bottom="1077" w:left="1474" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="25"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
-          <w:docGrid w:linePitch="326"/>
+          <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...3 lines deleted...]
-        <w:ind w:left="7797"/>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5672"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...113 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D32118">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Описани</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе)  ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5672"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір рәсімнің (іс-қимылдың) ұзақтығын көрсетумен құрылымдық бөлімшелердің (қызметкерлердің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арасындағы рәсімдердің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (іс-қимы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лдар) реттілігін си</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>паттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14743" w:type="dxa"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblW w:w="14850" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2915"/>
+        <w:gridCol w:w="438"/>
+        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2410"/>
-        <w:gridCol w:w="2408"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="2409"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00926308" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="003C3943" w:rsidTr="00C866FB">
         <w:trPr>
-          <w:trHeight w:val="394"/>
+          <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14175" w:type="dxa"/>
+            <w:tcW w:w="14412" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі процестің (жұмыс барысының, ағының) іс-қимылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00926308" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:trPr>
-          <w:trHeight w:val="580"/>
+          <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-              <w:t>№ действия (хода, потока, работ)</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2915" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="003C3943" w:rsidTr="00C866FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құрылымдық бөлімше (қызметкер) атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...33 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t>Структурные подразделения (работники)</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2915" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...21 lines deleted...]
-              <w:t>канцелярии услугодателя</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t>Руководитель услугодателя</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Ответственный исполнитель услугодателя </w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t>Руководитель услугодателя</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Іс-қимылдың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процестің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:t>, операци</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы және оны сипаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...33 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының Мемлекеттік корпорациядан алынған құжаттарын қабылдауды және тіркеуді жүзеге асырады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="007D0C8C" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A61D0E">
-[...4 lines deleted...]
-              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2915" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных из </w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерделейді, анықтаманы ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сімдейді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">и  определяет ответственного исполнителя </w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтаманы қарастырады және оған қол қояды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...5 lines deleted...]
-              <w:t>Изучает документы, оформляет справку</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтаманы тіркейді</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
+        <w:trPr>
+          <w:trHeight w:val="517"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...31 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="007D0C8C" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A61D0E">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2915" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...42 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...5 lines deleted...]
-              <w:t>Справка</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...64 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аяқталу нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="007D0C8C" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A61D0E">
-[...4 lines deleted...]
-              <w:t>Сроки исполнения</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшыға қарауға беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2915" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...23 lines deleted...]
-              <w:t>минут</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрыштама</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтаманы басшыға қарастыруға және қол қоюға жіберу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00D32118" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32118">
-[...13 lines deleted...]
-              <w:t>(один) рабочий день</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00164843">
-[...19 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорацияға жібереді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00164843">
-[...18 lines deleted...]
-              <w:t>рабочий день</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орындау мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(отыз) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс күні </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс күні </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс күні </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс күні </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5672"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5672"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5672"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5672"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D6A92" w:rsidRDefault="001D6A92" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...30 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:kern w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D6A92" w:rsidRDefault="001D6A92" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D6A92" w:rsidRDefault="001D6A92" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">единый накопительный пенсионный фонд и (или) добровольный накопительный пенсионный фонд, банки, в органы внутренних дел для распоряжения имуществом несовершеннолетних детей и оформления </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе)  ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9285"/>
+          <w:tab w:val="center" w:pos="10121"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="0D0D0D"/>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="0D0D0D"/>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...40 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функционалдық өзара іс-қимыл диаграммасы</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="14175" w:type="dxa"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="14110"/>
+        <w:gridCol w:w="14175"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14394" w:type="dxa"/>
+            <w:tcW w:w="14175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1315" type="#_x0000_t130" style="position:absolute;margin-left:10.7pt;margin-top:3.5pt;width:153.4pt;height:39.7pt;z-index:2;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1315">
+                <v:shape id="_x0000_s1352" type="#_x0000_t130" style="position:absolute;margin-left:327pt;margin-top:3.5pt;width:88.7pt;height:42.1pt;z-index:251993088;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1352">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
-                          <w:ind w:left="-142"/>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>АРМ ИС Государственной корпорации</w:t>
+                          <w:t>ӨЭҮШ АЖО</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1325" type="#_x0000_t130" style="position:absolute;margin-left:327pt;margin-top:3.5pt;width:110.45pt;height:39.7pt;z-index:12;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1325">
+                <v:rect id="_x0000_s1353" style="position:absolute;margin-left:191.75pt;margin-top:3.5pt;width:56.8pt;height:42.1pt;z-index:251994112;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1353">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
-[...72 lines deleted...]
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ГБД ФЛ/ГБД ЮЛ</w:t>
+                          <w:t>ЖТ МДҚ/ЗТ МДҚ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1315" type="#_x0000_t130" style="position:absolute;margin-left:13.7pt;margin-top:3.5pt;width:111.05pt;height:46.6pt;z-index:251955200;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1315">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C04819">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Мемлекеттік корпорация</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="003D5C1B">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> ЫАЖ АЖО</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...34 lines deleted...]
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1317" type="#_x0000_t32" style="position:absolute;margin-left:359.25pt;margin-top:11pt;width:0;height:40.45pt;flip:y;z-index:4;visibility:visible">
+                <v:shape id="_x0000_s1317" type="#_x0000_t32" style="position:absolute;margin-left:342.2pt;margin-top:38.4pt;width:34.05pt;height:0;rotation:270;z-index:251957248;visibility:visible" adj="-285304,-1,-285304">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1316" type="#_x0000_t32" style="position:absolute;margin-left:70.7pt;margin-top:9.4pt;width:0;height:42pt;flip:y;z-index:3;visibility:visible">
+                <v:shape id="_x0000_s1318" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:21.35pt;width:0;height:35.2pt;z-index:251958272;visibility:visible">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1351" type="#_x0000_t32" style="position:absolute;margin-left:204.2pt;margin-top:41.2pt;width:33.9pt;height:0;rotation:270;z-index:251992064;visibility:visible" adj="-198573,-1,-198573">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00184413">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1318" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:7.55pt;width:0;height:35.2pt;z-index:5;visibility:visible">
-[...11 lines deleted...]
-                <v:shape id="_x0000_s1324" type="#_x0000_t32" style="position:absolute;margin-left:221.15pt;margin-top:11pt;width:0;height:40.4pt;flip:y;z-index:11;visibility:visible">
+                <v:shape id="_x0000_s1316" type="#_x0000_t32" style="position:absolute;margin-left:44.05pt;margin-top:40.4pt;width:32.3pt;height:0;rotation:270;z-index:251956224;visibility:visible" adj="-100778,-1,-100778">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00A538AA" w:rsidRPr="00527C94">
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1349" type="#_x0000_t4" style="position:absolute;margin-left:514.15pt;margin-top:34.75pt;width:65.45pt;height:56.2pt;z-index:251990016;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+            <v:textbox style="mso-next-textbox:#_x0000_s1349">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                  <w:r w:rsidRPr="003D5C1B">
+                    <w:t>2-</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>ш</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003D5C1B">
+                    <w:t>арт</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1348" type="#_x0000_t4" style="position:absolute;margin-left:284.5pt;margin-top:40.45pt;width:53.15pt;height:50.5pt;z-index:251988992;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+            <v:textbox style="mso-next-textbox:#_x0000_s1348">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003D5C1B">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1-шарт </w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="187"/>
-        <w:tblW w:w="14351" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
+        <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-        <w:gridCol w:w="13817"/>
+        <w:gridCol w:w="401"/>
+        <w:gridCol w:w="13882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00E23FF8" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="3960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00E23FF8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00E23FF8" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1451" style="position:absolute;left:0;text-align:left;margin-left:19.8pt;margin-top:160.65pt;width:33pt;height:30pt;z-index:138;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1451">
+                <v:oval id="_x0000_s1335" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:9.5pt;width:33pt;height:30pt;z-index:251975680;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1335">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13817" w:type="dxa"/>
+            <w:tcW w:w="13882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00E23FF8" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+                <v:shape id="_x0000_s1330" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:23.05pt;width:17.25pt;height:0;z-index:251970560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
-                  <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                  </v:formulas>
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <v:handles>
+                    <v:h position="#0,center"/>
+                  </v:handles>
+                  <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1322" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:472.35pt;margin-top:.35pt;width:65.45pt;height:50.55pt;z-index:9;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                <v:shape id="_x0000_s1333" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:453.5pt;margin-top:21.3pt;width:21.05pt;height:.2pt;flip:y;z-index:251973632;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10774,31206600,-578736" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1322" style="position:absolute;left:0;text-align:left;margin-left:395.35pt;margin-top:10.55pt;width:58.15pt;height:27.75pt;z-index:251962368;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#_x0000_s1322">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
-[...113 lines deleted...]
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 8</w:t>
+                          <w:t xml:space="preserve">  6-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
-[...10 lines deleted...]
-                <v:shape id="_x0000_s1444" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:131;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                <v:shape id="_x0000_s1328" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:74pt;margin-top:23pt;width:17pt;height:.05pt;z-index:251968512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-125474400,-234424" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1446" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:133;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
-[...48 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1437">
+                <v:rect id="_x0000_s1324" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:54.15pt;height:36.35pt;z-index:251964416;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1324">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 4</w:t>
+                          <w:t xml:space="preserve">   1-процесс </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1453" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:232.7pt;margin-top:130.9pt;width:45pt;height:.05pt;rotation:90;z-index:140;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-169624800,-178920" strokeweight="1pt">
-[...60 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1438">
+                <v:rect id="_x0000_s1325" style="position:absolute;left:0;text-align:left;margin-left:91.9pt;margin-top:12.15pt;width:52.25pt;height:33.35pt;z-index:251965440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1325">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 6</w:t>
+                          <w:t xml:space="preserve">  2-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1436" style="position:absolute;left:0;text-align:left;margin-left:316.8pt;margin-top:8.95pt;width:52.3pt;height:29.35pt;z-index:123;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1436">
+                <v:rect id="_x0000_s1319" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:34.95pt;z-index:251959296;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1319">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 5</w:t>
+                          <w:t>3-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1435" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:28.85pt;z-index:122;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1435">
+                <v:rect id="_x0000_s1320" style="position:absolute;left:0;text-align:left;margin-left:316.8pt;margin-top:8.95pt;width:57.95pt;height:30.95pt;z-index:251960320;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1320">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
-                          <w:jc w:val="center"/>
+                          <w:ind w:right="-86"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                        </w:pPr>
-                        <w:r>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 3</w:t>
+                          <w:t>5-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1441" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:48pt;height:27.75pt;z-index:128;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1441">
+                <v:rect id="_x0000_s1323" style="position:absolute;left:0;text-align:left;margin-left:565.15pt;margin-top:4.5pt;width:61.75pt;height:35.4pt;z-index:251963392;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1323">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
-                          <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 2</w:t>
+                          <w:t xml:space="preserve">     8-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1440" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:127;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1440">
+                <v:shape id="_x0000_s1332" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:251972608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1334" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:251974656;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1339" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:503pt;margin-top:133.45pt;width:40.7pt;height:.05pt;rotation:90;z-index:251979776;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-168631200,-300277" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1355" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:251996160;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1327" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:488.05pt;margin-top:64.5pt;width:33pt;height:0;rotation:90;z-index:251967488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-393873,-1,-393873" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1354" style="position:absolute;left:0;text-align:left;margin-left:480.5pt;margin-top:80.3pt;width:57.7pt;height:27.75pt;z-index:251995136;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1354">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
-                          <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00D75BB4">
+                        <w:r>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  Процесс 1</w:t>
+                          <w:t xml:space="preserve">    </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="003D5C1B">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>7-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-          </w:p>
-[...40 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1456" type="#_x0000_t32" style="position:absolute;margin-left:532.95pt;margin-top:76.1pt;width:141.35pt;height:0;rotation:90;z-index:143;visibility:visible" adj="-107160,-1,-107160" strokeweight="1pt">
-[...25 lines deleted...]
-                <v:shape id="_x0000_s1443" type="#_x0000_t32" style="position:absolute;margin-left:488.8pt;margin-top:18.85pt;width:27.9pt;height:0;rotation:90;z-index:130;visibility:visible" adj="-464787,-1,-464787" strokeweight="1pt">
+                <v:shape id="_x0000_s1340" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:471.35pt;margin-top:131.85pt;width:37.5pt;height:.05pt;rotation:90;flip:x;z-index:251980800;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",168631200,-306720" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1442" type="#_x0000_t32" style="position:absolute;margin-left:270.5pt;margin-top:4.9pt;width:0;height:31.5pt;z-index:129;visibility:visible" strokeweight="1pt">
-[...55 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1461">
+                <v:rect id="_x0000_s1321" style="position:absolute;left:0;text-align:left;margin-left:244.9pt;margin-top:80.3pt;width:48pt;height:27.75pt;z-index:251961344;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1321">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="003D5C1B" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="003D5C1B">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t>Процесс 7</w:t>
+                          <w:t>4-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1326" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:45.5pt;width:0;height:31.5pt;z-index:251966464;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1337" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:232.7pt;margin-top:130.9pt;width:45pt;height:.05pt;rotation:90;z-index:251977728;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-169624800,-178920" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1338" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:285.9pt;margin-top:108.45pt;width:0;height:45.75pt;z-index:251978752;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1331" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:298.05pt;margin-top:21.5pt;width:18.75pt;height:0;z-index:251971584;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1329" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:251969536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00E23FF8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1341" type="#_x0000_t32" style="position:absolute;margin-left:537.6pt;margin-top:71.7pt;width:115.3pt;height:0;rotation:90;z-index:251981824;visibility:visible" adj="-132213,-1,-132213" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
               <w:ind w:left="148"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E23FF8">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00E23FF8" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1935"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1464" type="#_x0000_t34" style="position:absolute;margin-left:495pt;margin-top:28.05pt;width:46.3pt;height:.05pt;rotation:90;z-index:151;visibility:visible" adj=",-175608000,-291157" strokeweight="1pt">
-                  <v:stroke endarrow="block"/>
+                <v:shape id="_x0000_s1336" type="#_x0000_t32" style="position:absolute;margin-left:8.5pt;margin-top:13.65pt;width:0;height:36.7pt;flip:y;z-index:251976704;visibility:visible" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1455" type="#_x0000_t34" style="position:absolute;margin-left:466.9pt;margin-top:28pt;width:46.15pt;height:.05pt;rotation:90;flip:x;z-index:142;visibility:visible" adj="10788,175435200,-278577" strokeweight="1pt">
-[...38 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1460">
+                <v:oval id="_x0000_s1344" style="position:absolute;margin-left:240.5pt;margin-top:4.5pt;width:30pt;height:29.25pt;z-index:251984896;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1344">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1463" style="position:absolute;left:0;text-align:left;margin-left:578.95pt;margin-top:66.25pt;width:64.3pt;height:32.6pt;z-index:150;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
-[...5 lines deleted...]
-                </v:shape>
+                <v:oval id="_x0000_s1345" style="position:absolute;margin-left:270.5pt;margin-top:3.75pt;width:30pt;height:30pt;z-index:251985920;visibility:visible;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1458" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:37.7pt;width:30pt;height:30pt;z-index:145;visibility:visible;v-text-anchor:middle"/>
-[...10 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1457">
+                <v:oval id="_x0000_s1347" style="position:absolute;margin-left:474.55pt;margin-top:3pt;width:30pt;height:29.25pt;z-index:251987968;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1347">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1346" style="position:absolute;margin-left:508.2pt;margin-top:4.5pt;width:30pt;height:30pt;z-index:251986944;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">                                                                                                                                                                 </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1286">
+              <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-              <w:tab/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="585470" cy="323215"/>
+                  <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
+                  <wp:docPr id="290" name="Рисунок 290"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 290"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="585470" cy="323215"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRDefault="00070082" w:rsidP="00A538AA">
-[...60 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00FC44A8" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="325"/>
-[...334 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14317" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13826"/>
+        <w:gridCol w:w="14317"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidTr="00DE43A5">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00070082">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:pict>
-                <v:shape id="_x0000_s1327" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:10.4pt;width:74.25pt;height:28.5pt;z-index:14;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1327">
+                <v:shape id="_x0000_s1342" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:251982848;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:pict>
+                <v:rect id="_x0000_s1350" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:251991040" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1350">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
-                          <w:ind w:left="-142"/>
-                          <w:jc w:val="both"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-[...1 lines deleted...]
-                            <w:lang w:val="kk-KZ"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-[...1 lines deleted...]
-                            <w:lang w:val="kk-KZ"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>ИС ПЭП</w:t>
+                          <w:t>Запрос</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:pict>
+                <v:shape id="_x0000_s1343" style="position:absolute;left:0;text-align:left;margin-left:605.65pt;margin-top:427.05pt;width:64.3pt;height:32.6pt;z-index:251983872;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="6381"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="6381"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе)  ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="6381"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="6381"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="001D6A92">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="001D6A92">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функционалдық өзара іс-қимыл диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="202"/>
+        <w:tblW w:w="14283" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14283"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
+        <w:trPr>
+          <w:trHeight w:val="843"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1370" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:9.65pt;width:75pt;height:29.25pt;z-index:57;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1370">
+                <v:rect id="_x0000_s1368" style="position:absolute;margin-left:205.45pt;margin-top:3.95pt;width:56.8pt;height:36.85pt;z-index:252009472;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1368">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00136C1E" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="4"/>
-                            <w:szCs w:val="4"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00136C1E">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Портал</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1360" type="#_x0000_t130" style="position:absolute;margin-left:432.2pt;margin-top:3.95pt;width:88.05pt;height:39.85pt;z-index:252001280;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1360">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00136C1E" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-221"/>
-                          <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00136C1E">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ШЭП</w:t>
+                          <w:t>ӨЭҮШ АЖО</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1373" style="position:absolute;margin-left:205.45pt;margin-top:11.45pt;width:56.8pt;height:29.35pt;z-index:60;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1373">
+                <v:shape id="_x0000_s1365" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:3.95pt;width:75pt;height:39.85pt;z-index:252006400;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1365">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00136C1E" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
-[...26 lines deleted...]
-                          <w:ind w:left="-142"/>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                      </w:p>
-[...17 lines deleted...]
-                          <w:ind w:left="-142" w:right="-221"/>
+                        <w:r w:rsidRPr="00136C1E">
                           <w:rPr>
-                            <w:sz w:val="4"/>
-                            <w:szCs w:val="4"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                        </w:pPr>
-[...16 lines deleted...]
-                          <w:t>АРМ РШЭП</w:t>
+                          <w:t>ЭҮШ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1372" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:59;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
+                <v:shape id="_x0000_s1366" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:17.3pt;width:26.25pt;height:0;z-index:252007424;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1371" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:58;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
-                  <v:stroke endarrow="block"/>
+                <v:shape id="_x0000_s1359" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:3.95pt;width:74.25pt;height:34.95pt;z-index:252000256;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1359">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ЭҮП АЖ</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00A538AA" w:rsidRPr="00527C94">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A538AA" w:rsidRPr="00527C94">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-                <w:noProof/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1331" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:18;visibility:visible">
+                <v:shape id="_x0000_s1364" type="#_x0000_t32" style="position:absolute;margin-left:231.35pt;margin-top:18.05pt;width:0;height:40.4pt;flip:y;z-index:252005376;visibility:visible">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1363" type="#_x0000_t34" style="position:absolute;margin-left:368.65pt;margin-top:38.1pt;width:40.5pt;height:.05pt;rotation:90;flip:x;z-index:252004352;visibility:visible" adj=",93960000,-245200">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1330" type="#_x0000_t32" style="position:absolute;margin-left:366.95pt;margin-top:8.6pt;width:0;height:40.45pt;flip:y;z-index:17;visibility:visible">
+                <v:shape id="_x0000_s1362" type="#_x0000_t32" style="position:absolute;margin-left:366.95pt;margin-top:17.9pt;width:0;height:40.45pt;flip:y;z-index:252003328;visibility:visible">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1369" type="#_x0000_t32" style="position:absolute;margin-left:240pt;margin-top:8.5pt;width:0;height:40.4pt;flip:y;z-index:56;visibility:visible">
+                <v:shape id="_x0000_s1367" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:2.65pt;width:26.25pt;height:.05pt;rotation:180;z-index:252008448;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1329" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:16;visibility:visible">
+                <v:shape id="_x0000_s1361" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:14.95pt;width:0;height:42pt;flip:y;z-index:252002304;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
-            </w:r>
-[...6 lines deleted...]
-              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="008D4438" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...3 lines deleted...]
-          <w:vanish/>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="45"/>
         <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="419"/>
         <w:gridCol w:w="13864"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00AC4EA1">
         <w:trPr>
           <w:trHeight w:val="3818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="401" w:type="dxa"/>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00527C94">
+            <w:r w:rsidRPr="00C04819">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>П</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-[...48 lines deleted...]
-                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1353" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:38.9pt;width:33pt;height:30pt;z-index:40;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1353">
+                <v:oval id="_x0000_s1448" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:10.8pt;width:33pt;height:30pt;z-index:252091392;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1448">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ү</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00070082">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1367" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:69pt;height:50.55pt;z-index:54;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1367">
+                <v:shape id="_x0000_s1427" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:91pt;margin-top:3.5pt;width:53.15pt;height:44.25pt;z-index:252069888;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1427">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A25A2B">
+                        <w:r w:rsidRPr="00482A38">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Условие</w:t>
-[...26 lines deleted...]
-                          <w:t>3</w:t>
+                          <w:t>1-шарт</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1333" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:20;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1333">
+                <v:rect id="_x0000_s1428" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:252070912;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1428">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00D75BB4">
+                        <w:r w:rsidRPr="007856C2">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  Процесс 3</w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>3-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1343" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:30;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                <v:shape id="_x0000_s1438" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:252081152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1352" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:39;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                <v:shape id="_x0000_s1440" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:241.35pt;margin-top:27.85pt;width:17.25pt;height:0;z-index:252083200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1442" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:387.3pt;margin-top:21.4pt;width:26.25pt;height:0;z-index:252085248;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1447" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:252090368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1336" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:84.6pt;width:60.45pt;height:27.75pt;z-index:23;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1336">
+                <v:rect id="_x0000_s1434" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:84.6pt;width:48pt;height:27.75pt;z-index:252077056;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1434">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...7 lines deleted...]
-                        <w:r>
+                        <w:r w:rsidRPr="00482A38">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 6</w:t>
+                          <w:t>2-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1342" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:29;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1435" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:252078080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1357" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:441.25pt;margin-top:139.7pt;width:54.6pt;height:0;rotation:90;z-index:44;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-223813,-1,-223813" strokeweight="1pt">
+                <v:shape id="_x0000_s1444" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:252087296;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1358" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:406.35pt;margin-top:141.25pt;width:57.75pt;height:.05pt;rotation:90;flip:x;z-index:45;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10791,169624800,-199131" strokeweight="1pt">
+                <v:shape id="_x0000_s1445" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:252088320;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",169624800,-98673" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1339" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:84.6pt;width:48pt;height:27.75pt;z-index:26;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-[...32 lines deleted...]
-                </v:rect>
+                <v:oval id="_x0000_s1446" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:252089344;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1340" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:27;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
-[...46 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1360">
+                <v:oval id="_x0000_s1455" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:252098560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1455">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1335" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:82.2pt;width:48pt;height:27.75pt;z-index:22;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1335">
+                <v:shape id="_x0000_s1436" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:252079104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1443" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:484.8pt;margin-top:23.05pt;width:55.3pt;height:0;z-index:252086272;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-227327,-1,-227327" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1441" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:311.75pt;margin-top:23.05pt;width:18.75pt;height:0;z-index:252084224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1439" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:252082176;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1460" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:260.65pt;margin-top:1.95pt;width:53.15pt;height:50.5pt;z-index:252103680;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1460">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2-шарт</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1432" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:35.4pt;z-index:252075008;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1432">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>7-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1461" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:65.45pt;height:50.55pt;z-index:252104704;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1461">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:right="-201"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">3-шарт </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1429" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:252071936;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1429">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> 5-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1433" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:252076032;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1433">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00482A38">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 4</w:t>
+                          <w:t xml:space="preserve">1-процесс </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1341" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:28;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1454" type="#_x0000_t32" style="position:absolute;margin-left:514.95pt;margin-top:82.35pt;width:121.5pt;height:0;rotation:90;z-index:252097536;visibility:visible" adj="-116151,-1,-116151" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1437" type="#_x0000_t32" style="position:absolute;margin-left:434.3pt;margin-top:13.5pt;width:23pt;height:0;rotation:90;z-index:252080128;visibility:visible" adj="-504923,-1,-504923" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:noProof/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:noProof/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1344" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:31;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
-[...12 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1366">
+                <v:rect id="_x0000_s1431" style="position:absolute;margin-left:414.95pt;margin-top:-.5pt;width:60.45pt;height:29.9pt;z-index:252073984;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1431">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
-[...60 lines deleted...]
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...7 lines deleted...]
-                        <w:r w:rsidRPr="00A25A2B">
+                        <w:r w:rsidRPr="00482A38">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 7</w:t>
+                          <w:t>6-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...163 lines deleted...]
-              </w:pict>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
-[...182 lines deleted...]
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1935"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-                <w:noProof/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
+              </w:tabs>
+              <w:ind w:left="148"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1362" style="position:absolute;margin-left:259.8pt;margin-top:7.7pt;width:30pt;height:29.25pt;z-index:49;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1362">
+                <v:shape id="_x0000_s1452" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:435.25pt;margin-top:25.2pt;width:46.9pt;height:.05pt;rotation:90;z-index:252095488;visibility:visible" adj=",-167853600,-255631" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1453" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:405.15pt;margin-top:23.75pt;width:43.95pt;height:.05pt;rotation:90;flip:x;z-index:252096512;visibility:visible" adj="11180,169128000,-255047" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1458" style="position:absolute;left:0;text-align:left;margin-left:445.4pt;margin-top:44.85pt;width:30pt;height:30pt;z-index:252101632;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1459" style="position:absolute;left:0;text-align:left;margin-left:411.25pt;margin-top:44.85pt;width:30pt;height:29.25pt;z-index:252102656;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1459">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1363" style="position:absolute;margin-left:291.3pt;margin-top:6.3pt;width:30pt;height:30pt;z-index:50;visibility:visible;v-text-anchor:middle"/>
+                <v:rect id="_x0000_s1430" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:.15pt;width:56.1pt;height:26.25pt;z-index:252072960;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1430">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00482A38" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:right="-86"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00482A38">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>4-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
               </w:pict>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1361" style="position:absolute;left:0;text-align:left;margin-left:545.65pt;margin-top:16.9pt;width:64.3pt;height:32.6pt;z-index:48;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
-[...4 lines deleted...]
-                  <o:lock v:ext="edit" verticies="t"/>
+                <v:shape id="_x0000_s1451" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:291.85pt;margin-top:44.4pt;width:39.8pt;height:0;rotation:90;z-index:252094464;visibility:visible" adj="-216027,-1,-216027" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1365" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:3.05pt;width:30pt;height:29.25pt;z-index:52;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1365">
+                <v:shape id="_x0000_s1450" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:256.05pt;margin-top:42.05pt;width:39pt;height:0;rotation:90;z-index:252093440;visibility:visible" adj="-203483,-1,-203483" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1457" style="position:absolute;left:0;text-align:left;margin-left:300.5pt;margin-top:62.65pt;width:30pt;height:30pt;z-index:252100608;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1456" style="position:absolute;left:0;text-align:left;margin-left:260.65pt;margin-top:62.65pt;width:30pt;height:29.25pt;z-index:252099584;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1456">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00070082">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1449" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:13.7pt;width:0;height:36.7pt;flip:y;z-index:252092416;visibility:visible" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">                                                                                                                                                            </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1286">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:pict>
-[...21 lines deleted...]
-              <w:tab/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="657860" cy="323215"/>
+                  <wp:effectExtent l="19050" t="0" r="8890" b="0"/>
+                  <wp:docPr id="289" name="Рисунок 289"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 289"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="657860" cy="323215"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...49 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="392" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13826"/>
+        <w:gridCol w:w="14252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00527C94" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14167" w:type="dxa"/>
+            <w:tcW w:w="14252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00A82E4C" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82E4C">
-[...5 lines deleted...]
-              <w:t>Услугополучатель</w:t>
+            <w:r>
+              <w:pict>
+                <v:shape id="_x0000_s1356" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:243.65pt;width:15.75pt;height:11.25pt;z-index:251997184;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:pict>
+                <v:shape id="_x0000_s1357" style="position:absolute;left:0;text-align:left;margin-left:586.15pt;margin-top:211.8pt;width:64.3pt;height:32.6pt;z-index:251998208;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:pict>
+                <v:rect id="_x0000_s1358" style="position:absolute;left:0;text-align:left;margin-left:-1.3pt;margin-top:7.5pt;width:22.5pt;height:32.1pt;z-index:251999232" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1358">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="002B6692" w:rsidRDefault="00CD6F6A" w:rsidP="00DB1286">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="002B6692">
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>сұрау</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DB1286" w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...2 lines deleted...]
-        <w:ind w:left="4963" w:right="120" w:firstLine="709"/>
+    <w:p w:rsidR="001D6A92" w:rsidRDefault="001D6A92" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5443"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="25"/>
-[...23 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4963" w:right="120" w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D6A92" w:rsidRDefault="001D6A92" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5443"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4963" w:right="120" w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5443"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:kern w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:noProof/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе)  ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="5443"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="5443"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="5443"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бірыңғай жинақтаушы зейнетақы қорына және (немесе)  ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04819">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік қызмет көрсету бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1314" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:30.7pt;margin-top:418.9pt;width:36.7pt;height:0;rotation:270;z-index:1;visibility:visible" adj="-70597,-1,-70597" strokeweight="1pt">
-[...211 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1374">
+          <v:roundrect id="_x0000_s1586" style="position:absolute;left:0;text-align:left;margin-left:397.45pt;margin-top:1.1pt;width:109.05pt;height:50.25pt;z-index:252108800" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1586">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
+                    <w:t>Көрсетілетін қызметті берушінің</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қызметкері</w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="001E0AA7" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1593" style="position:absolute;left:0;text-align:left;margin-left:612.7pt;margin-top:1.1pt;width:118.15pt;height:51.85pt;z-index:252115968" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1593">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
+                    <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1584" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:1.1pt;width:116.9pt;height:50.25pt;z-index:252106752" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1584">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00C01DD4">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Услугополучатель</w:t>
+                    <w:t>Көрсетілетін қызметті алушы</w:t>
                   </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1404" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:1.1pt;width:164.2pt;height:50.25pt;z-index:91" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1404">
+          <v:roundrect id="_x0000_s1587" style="position:absolute;left:0;text-align:left;margin-left:506.5pt;margin-top:1.1pt;width:106.2pt;height:50.25pt;z-index:252109824" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1587">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="001E0AA7" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1613" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:1.1pt;width:164.2pt;height:50.25pt;z-index:252136448" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1613">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C04819" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00C04819">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Мемлекеттік корпорация </w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00694037" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C04819" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00694037">
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1585" style="position:absolute;left:0;text-align:left;margin-left:261.95pt;margin-top:1.1pt;width:142.5pt;height:50.25pt;z-index:252107776" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1585">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:t>Портал</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1375" style="position:absolute;left:0;text-align:left;margin-left:261.95pt;margin-top:1.1pt;width:142.5pt;height:50.25pt;z-index:62" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1375">
+          <v:roundrect id="_x0000_s1614" style="position:absolute;margin-left:99.4pt;margin-top:5.35pt;width:164.2pt;height:269.35pt;z-index:252137472" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1594" style="position:absolute;margin-left:612.7pt;margin-top:5.35pt;width:118.15pt;height:269.35pt;z-index:252116992" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1594">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жұмыс күні</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>(бір)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жұмыс күні</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="0065629A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="004031D0" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="0065629A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="0065629A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004031D0">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1 жұмыс күн</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>і</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004031D0">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="0065629A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004031D0">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ішінде</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="004031D0" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1376" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:1.1pt;width:102.05pt;height:50.25pt;z-index:63" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1376">
+          <v:roundrect id="_x0000_s1591" style="position:absolute;margin-left:508.05pt;margin-top:5.35pt;width:99.8pt;height:269.35pt;z-index:252113920" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1591">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:spacing w:after="100" w:afterAutospacing="1"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жұмыс күні </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00ED7906" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:spacing w:after="100" w:afterAutospacing="1"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Сотрудник </w:t>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жұмыс күні </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00ED7906" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00ED7906" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:spacing w:after="100" w:afterAutospacing="1"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>услугодателя</w:t>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жұмыс күні </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1590" style="position:absolute;margin-left:404.45pt;margin-top:5.35pt;width:102.05pt;height:269.35pt;z-index:252112896" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1590">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:t xml:space="preserve">30 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(отыз) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:t>минут</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1377" style="position:absolute;left:0;text-align:left;margin-left:506.5pt;margin-top:1.1pt;width:96.05pt;height:50.25pt;z-index:64" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1377">
+          <v:roundrect id="_x0000_s1589" style="position:absolute;margin-left:261.95pt;margin-top:5.35pt;width:142.5pt;height:269.35pt;z-index:252111872" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1589">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
-                    <w:jc w:val="center"/>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:ind w:left="360"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00AC4EA1" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:pStyle w:val="a3"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="9"/>
+                    </w:numPr>
+                    <w:overflowPunct/>
+                    <w:autoSpaceDE/>
+                    <w:autoSpaceDN/>
+                    <w:adjustRightInd/>
                     <w:rPr>
                       <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00AC4EA1">
                     <w:rPr>
                       <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Руководство </w:t>
+                    <w:t xml:space="preserve">(он бес) </w:t>
                   </w:r>
-                </w:p>
-[...2 lines deleted...]
-                    <w:jc w:val="center"/>
+                  <w:r w:rsidRPr="00AC4EA1">
                     <w:rPr>
                       <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
-[...2338 lines deleted...]
-                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1421" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:707.35pt;margin-top:-17.5pt;width:0;height:410.95pt;z-index:108" o:connectortype="straight"/>
+          <v:roundrect id="_x0000_s1588" style="position:absolute;margin-left:-17.5pt;margin-top:5.35pt;width:116.9pt;height:269.35pt;z-index:252110848" arcsize="10923f"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1412" style="position:absolute;left:0;text-align:left;margin-left:604.3pt;margin-top:-17.5pt;width:127.3pt;height:446.55pt;z-index:99" arcsize="10923f"/>
+          <v:shape id="_x0000_s1606" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:454.85pt;margin-top:.9pt;width:.05pt;height:18.55pt;z-index:252129280" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1420" style="position:absolute;left:0;text-align:left;margin-left:509.95pt;margin-top:-17.5pt;width:94.35pt;height:446.55pt;z-index:107" arcsize="10923f"/>
+          <v:shape id="_x0000_s1636" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:178.25pt;margin-top:2pt;width:0;height:17.45pt;flip:y;z-index:252160000" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1419" style="position:absolute;left:0;text-align:left;margin-left:404.3pt;margin-top:-17.5pt;width:105.65pt;height:446.55pt;z-index:106" arcsize="10923f"/>
+          <v:shape id="_x0000_s1635" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.45pt;margin-top:3.35pt;width:0;height:19.05pt;z-index:252158976" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1425" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:27.8pt;margin-top:323.7pt;width:0;height:30.5pt;z-index:112" o:connectortype="straight">
-[...1 lines deleted...]
-          </v:shape>
+          <v:shape id="_x0000_s1634" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.85pt;width:423pt;height:.05pt;z-index:252157952" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1413" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.65pt;margin-top:99.6pt;width:.05pt;height:282.35pt;flip:y;z-index:100" o:connectortype="straight">
-[...1 lines deleted...]
-          </v:shape>
+          <v:roundrect id="_x0000_s1592" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:18.45pt;width:57.75pt;height:27.75pt;z-index:252114944" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1422" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.65pt;margin-top:381.95pt;width:475.7pt;height:0;flip:x;z-index:109" o:connectortype="straight">
-[...1 lines deleted...]
-          </v:shape>
+          <v:shape id="_x0000_s1633" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.85pt;width:0;height:17.6pt;flip:y;z-index:252156928" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1415" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.55pt;margin-top:369.8pt;width:73.4pt;height:.05pt;flip:x;z-index:102" o:connectortype="straight">
-[...22 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1411">
+          <v:rect id="_x0000_s1597" style="position:absolute;left:0;text-align:left;margin-left:618.35pt;margin-top:1.35pt;width:102.75pt;height:78.2pt;z-index:252120064">
+            <v:textbox style="mso-next-textbox:#_x0000_s1597">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="007615C4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>В</w:t>
+                    <w:t>Құжаттарды тексер</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007615C4">
+                  <w:r w:rsidRPr="00C01DD4">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> срок, указанный в расписке о приеме соответствующих документов, выдача </w:t>
+                    <w:t>у</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>справки</w:t>
-[...6 lines deleted...]
-                    <w:t xml:space="preserve">  услугополучателю</w:t>
+                    <w:t>ді жүзеге асырады, анықтаманы дайындайды</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00070082">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1403" style="position:absolute;left:0;text-align:left;margin-left:1.8pt;margin-top:354.2pt;width:57.75pt;height:27.75pt;z-index:90" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+          <v:rect id="_x0000_s1596" style="position:absolute;left:0;text-align:left;margin-left:514pt;margin-top:1.35pt;width:83.3pt;height:75.75pt;z-index:252119040">
+            <v:textbox style="mso-next-textbox:#_x0000_s1596">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Құжаттарды қарастырады, жауапты орындаушыны анықтайды</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1595" style="position:absolute;left:0;text-align:left;margin-left:416.15pt;margin-top:8.55pt;width:82.6pt;height:110.8pt;z-index:252118016">
+            <v:textbox style="mso-next-textbox:#_x0000_s1595">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C04819">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік корпорациядан</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>құжат қабылдауды жүзеге асырады және басшыға</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00B560E0">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жібереді </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00625E51" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00625E51" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1615" style="position:absolute;left:0;text-align:left;margin-left:109.5pt;margin-top:4.65pt;width:136.85pt;height:78.2pt;z-index:252138496">
+            <v:textbox style="mso-next-textbox:#_x0000_s1615">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Стандарттың</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C04819">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 9-тармағ</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C04819">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>на сәйкес Мемлекеттік корпорация операторына</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> құжаттарды және өтінішті ұсынады</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="001E0AA7" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1603" style="position:absolute;left:0;text-align:left;margin-left:275.6pt;margin-top:8.45pt;width:114pt;height:60.4pt;z-index:252126208">
+            <v:textbox style="mso-next-textbox:#_x0000_s1603">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ЖСН, сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="001E0AA7" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1637" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:392.6pt;margin-top:8.55pt;width:18.45pt;height:.05pt;z-index:252161024" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1599" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:597.3pt;margin-top:8.5pt;width:21.05pt;height:.05pt;flip:y;z-index:252122112" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1598" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:493.65pt;margin-top:8.45pt;width:20.35pt;height:.05pt;z-index:252121088" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1618" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:58.1pt;margin-top:13.7pt;width:51.4pt;height:0;z-index:252141568" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1602" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-13.9pt;margin-top:7pt;width:744.75pt;height:0;z-index:252125184" o:connectortype="straight">
+            <v:stroke dashstyle="dash"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1625" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:43.3pt;margin-top:8.1pt;width:0;height:170pt;z-index:252148736" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1638" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:710.65pt;margin-top:10.55pt;width:0;height:58.9pt;z-index:252162048" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1604" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.45pt;margin-top:1.45pt;width:0;height:14.25pt;z-index:252127232" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1641" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:43.3pt;margin-top:8.1pt;width:66.2pt;height:0;z-index:252165120" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1600" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:597.3pt;margin-top:10.65pt;width:108.8pt;height:42.9pt;rotation:180;flip:y;z-index:252123136" o:connectortype="elbow" adj="-666,181561,-154257">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1605" style="position:absolute;left:0;text-align:left;margin-left:272.95pt;margin-top:1.95pt;width:124.5pt;height:106.1pt;z-index:252128256">
+            <v:textbox style="mso-next-textbox:#_x0000_s1605">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Қызмет көрсету не</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>құжаттарды қа</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>-</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> былдаудан бас тарту үшін Стандарттың 9-тармағына сәйкес қоса берілген құжаттардың сәйкестігін тексеру</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="001E0AA7" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1619" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:178.25pt;margin-top:.1pt;width:0;height:14.25pt;z-index:252142592" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1616" style="position:absolute;left:0;text-align:left;margin-left:105.65pt;margin-top:10.65pt;width:146.7pt;height:143pt;z-index:252139520">
+            <v:textbox style="mso-next-textbox:#_x0000_s1616">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Стандарттың </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>9-тармағына сәйкес көрсетілетін қызметті алушы</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> құжаттардың толық </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>пакетін ұсын</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ба</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ған жағдайда, </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C04819">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік корпорация</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003D5C1B">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қызметкері өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы қолхат береді</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1639" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:383.6pt;margin-top:14.5pt;width:.75pt;height:53.25pt;z-index:252163072" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1601" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.35pt;margin-top:10.65pt;width:0;height:22.5pt;z-index:252124160" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1607" style="position:absolute;left:0;text-align:left;margin-left:514pt;margin-top:12.2pt;width:83.3pt;height:68.25pt;z-index:252130304">
+            <v:textbox style="mso-next-textbox:#_x0000_s1607">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C01DD4" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C01DD4">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Анықтаманы қарастырады және оған қол қояды</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1632" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:27.8pt;margin-top:323.7pt;width:0;height:30.5pt;z-index:252155904" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1624" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.55pt;margin-top:369.8pt;width:73.4pt;height:.05pt;flip:x;z-index:252147712" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1612" style="position:absolute;left:0;text-align:left;margin-left:1.8pt;margin-top:354.2pt;width:57.75pt;height:27.75pt;z-index:252135424" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
             <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00C64D43" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...251 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1424" type="#_x0000_t32" style="position:absolute;margin-left:27.8pt;margin-top:1.8pt;width:361.8pt;height:0;flip:x;z-index:111" o:connectortype="straight"/>
+          <v:rect id="_x0000_s1608" style="position:absolute;margin-left:619.45pt;margin-top:12.55pt;width:101.65pt;height:78.5pt;z-index:252131328">
+            <v:textbox style="mso-next-textbox:#_x0000_s1608">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00C04819" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C04819">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Анықтаманы журналға тіркейді,           Мемлекеттік корпорацияға жібереді</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A538AA" w:rsidRPr="00C64D43" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...50 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1631" type="#_x0000_t32" style="position:absolute;margin-left:383.55pt;margin-top:11.45pt;width:.05pt;height:56.3pt;z-index:252154880" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1609" type="#_x0000_t34" style="position:absolute;margin-left:586.8pt;margin-top:1.4pt;width:31.55pt;height:16.05pt;z-index:252132352" o:connectortype="elbow" adj="10783,-631985,-450280">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1626" type="#_x0000_t32" style="position:absolute;margin-left:41.5pt;margin-top:-28.6pt;width:.05pt;height:362.45pt;z-index:252149760" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1620" style="position:absolute;margin-left:117.4pt;margin-top:-13.65pt;width:127pt;height:98.2pt;z-index:252143616">
+            <v:textbox style="mso-next-textbox:#_x0000_s1620">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00ED7906" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Тиісті құжаттарды қабылдау турал</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ы қолхатта көрсетілген мерзімде</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> көрсетілетін қызметті алушыға анықтаманы беру</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1629" type="#_x0000_t32" style="position:absolute;margin-left:702.6pt;margin-top:-108.05pt;width:0;height:446.35pt;z-index:252152832" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1642" type="#_x0000_t32" style="position:absolute;margin-left:384.6pt;margin-top:-28.6pt;width:0;height:338.95pt;z-index:252166144" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1621" style="position:absolute;margin-left:606.35pt;margin-top:-24.2pt;width:127.3pt;height:456.2pt;z-index:252144640" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1628" style="position:absolute;margin-left:512pt;margin-top:-24.2pt;width:94.35pt;height:456.2pt;z-index:252151808" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1627" style="position:absolute;margin-left:406.35pt;margin-top:-24.2pt;width:105.65pt;height:456.2pt;z-index:252150784" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1610" style="position:absolute;margin-left:263.85pt;margin-top:-28.6pt;width:142.5pt;height:456.2pt;z-index:252133376" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1610">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582E12" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582E12" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582E12" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="000E4060" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1617" style="position:absolute;margin-left:98.6pt;margin-top:-28.6pt;width:165.25pt;height:456.2pt;z-index:252140544" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1617">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                    </w:rPr>
+                    <w:drawing>
+                      <wp:inline distT="0" distB="0" distL="0" distR="0">
+                        <wp:extent cx="4609465" cy="9525"/>
+                        <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                        <wp:docPr id="7" name="Рисунок 7"/>
+                        <wp:cNvGraphicFramePr>
+                          <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                        </wp:cNvGraphicFramePr>
+                        <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="0" name="Picture 7"/>
+                                <pic:cNvPicPr>
+                                  <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                </pic:cNvPicPr>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId14"/>
+                                <a:srcRect/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="1720215" cy="3555"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln w="9525">
+                                  <a:noFill/>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </pic:spPr>
+                            </pic:pic>
+                          </a:graphicData>
+                        </a:graphic>
+                      </wp:inline>
+                    </w:drawing>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00ED7906" w:rsidRDefault="00CD6F6A" w:rsidP="00AC4EA1">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>15</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(он бес) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00ED7906">
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1611" style="position:absolute;margin-left:-17.25pt;margin-top:-28.6pt;width:115.85pt;height:456.2pt;z-index:252134400" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1622" type="#_x0000_t32" style="position:absolute;margin-left:226.95pt;margin-top:13.1pt;width:0;height:256.2pt;flip:y;z-index:252145664" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1623" type="#_x0000_t32" style="position:absolute;margin-left:135.6pt;margin-top:1.75pt;width:0;height:265.5pt;z-index:252146688" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRPr="00703243" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1643" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:18.75pt;margin-top:6.9pt;width:0;height:23.4pt;z-index:252167168" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1640" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:18.75pt;margin-top:6.85pt;width:365.85pt;height:.05pt;z-index:252164096" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1645" style="position:absolute;left:0;text-align:left;margin-left:5.8pt;margin-top:7.3pt;width:57.75pt;height:27.75pt;z-index:252169216" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184413">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1630" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:226.9pt;margin-top:.25pt;width:475.7pt;height:0;flip:x;z-index:252153856" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00184413" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1644" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:63.55pt;margin-top:.5pt;width:72.05pt;height:0;flip:x;z-index:252168192" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4EA1" w:rsidRDefault="00AC4EA1" w:rsidP="00AC4EA1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C3943" w:rsidRDefault="003C3943" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00703243" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00703243">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00703243" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00703243" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3021"/>
-        <w:gridCol w:w="11197"/>
+        <w:gridCol w:w="3022"/>
+        <w:gridCol w:w="11196"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="3022" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00070082" w:rsidP="00A538AA">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1429" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:116" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1423" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:252065792" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...16 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB"/>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11416" w:type="dxa"/>
+            <w:tcW w:w="11196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00694037">
-[...4 lines deleted...]
-              <w:t>начало или завершение оказания государственной услуги</w:t>
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="3022" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00070082" w:rsidP="00A538AA">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1431" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:118;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1425" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:252067840;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...16 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB"/>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11416" w:type="dxa"/>
+            <w:tcW w:w="11196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...12 lines deleted...]
-              <w:t>наименование процедуры</w:t>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="3022" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00070082" w:rsidP="00A538AA">
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00184413" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1430" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:117" o:connectortype="straight">
+                <v:shape id="_x0000_s1424" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:5.65pt;width:73.5pt;height:0;z-index:252066816" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11416" w:type="dxa"/>
+            <w:tcW w:w="11196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A538AA" w:rsidRPr="00694037" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...12 lines deleted...]
-              <w:t>переход  к следующей процедуре</w:t>
+          <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00C866FB">
+            <w:r w:rsidRPr="00C04819">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>келесі рәсімге өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
-[...10 lines deleted...]
-        <w:ind w:left="5670"/>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRPr="00C04819" w:rsidRDefault="00DB1286" w:rsidP="00DB1286">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00893FD3" w:rsidRDefault="000F11EE" w:rsidP="000F11EE"/>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00893FD3" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00893FD3" w:rsidRDefault="000F11EE" w:rsidP="000F11EE"/>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00893FD3" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-      <w:pgNumType w:start="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00E319E7" w:rsidRDefault="00C866FB" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F11EE" w:rsidRPr="00E319E7" w:rsidRDefault="000F11EE" w:rsidP="000F11EE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB1286" w:rsidRDefault="00DB1286" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DB1286" w:rsidSect="00DB1286">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="907" w:right="1418" w:bottom="1474" w:left="1418" w:header="851" w:footer="510" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="001A07BC" w:rsidRDefault="00C866FB" w:rsidP="003C3943">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C866FB" w:rsidRPr="001A07BC" w:rsidSect="003C3943">
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1304" w:right="737" w:bottom="1077" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="37"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007D0C8C" w:rsidRDefault="007D0C8C" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EE647C" w:rsidRDefault="00EE647C" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007D0C8C" w:rsidRDefault="007D0C8C" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EE647C" w:rsidRDefault="00EE647C" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007D0C8C" w:rsidRDefault="007D0C8C" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EE647C" w:rsidRDefault="00EE647C" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007D0C8C" w:rsidRDefault="007D0C8C" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EE647C" w:rsidRDefault="00EE647C" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00097D9F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00932D64" w:rsidRDefault="00184413" w:rsidP="00C866FB">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="a7"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00CD6F6A" w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00CD6F6A">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>52</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
-  <w:p w:rsidR="00DE43A5" w:rsidRPr="008A1A2D" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00DE43A5" w:rsidRPr="00AF7583" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00C74275" w:rsidP="007B1817">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a7"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:t>52</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00C74275" w:rsidP="00CC0029">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a7"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4790"/>
+        <w:tab w:val="left" w:pos="5340"/>
+      </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:t>51</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:numPicBullet w:numPicBulletId="0">
-[...24 lines deleted...]
-  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00000003"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="0DAC2919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="143800B0"/>
+    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...340 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6000" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6720" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="404434D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85A461D2"/>
+    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2760" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4200" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4920" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5640" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6360" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="7080" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="1B35090E"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="49335AFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="D5C0ABC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="21A1646B"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="510F73C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F280A516"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="1AFEF1DE"/>
+    <w:lvl w:ilvl="0" w:tplc="D43A3AFA">
+      <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1744" w:hanging="1035"/>
-[...112 lines deleted...]
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="26401C22"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="63DF27E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="106413B2"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="DEAC02BE"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3218" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3938" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4658" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5378" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6098" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6818" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7538" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8258" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="67531AC5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D916E2FC"/>
+    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1378" w:hanging="810"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2920" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="68357FAD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75968064"/>
+    <w:lvl w:ilvl="0" w:tplc="703AC314">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
@@ -15880,2238 +12129,601 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="2B952648"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="68D21240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78FCE6D2"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="4B2AEC28"/>
+    <w:lvl w:ilvl="0" w:tplc="E54C25D2">
+      <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2066" w:hanging="1215"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...112 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1680" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2400" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3840" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4560" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6000" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7260" w:hanging="180"/>
-[...1186 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6720" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
-[...82 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-[...2 lines deleted...]
-  <w:doNotTrackMoves/>
+  <w:zoom w:percent="50"/>
   <w:defaultTabStop w:val="708"/>
-  <w:doNotHyphenateCaps/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...15 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00804637"/>
-[...437 lines deleted...]
-    <w:rsid w:val="00FF572E"/>
+    <w:rsidRoot w:val="0081050F"/>
+    <w:rsid w:val="000074F9"/>
+    <w:rsid w:val="00016353"/>
+    <w:rsid w:val="00050E4D"/>
+    <w:rsid w:val="00061464"/>
+    <w:rsid w:val="00072458"/>
+    <w:rsid w:val="000959E0"/>
+    <w:rsid w:val="000C1A58"/>
+    <w:rsid w:val="000D2115"/>
+    <w:rsid w:val="000D69BC"/>
+    <w:rsid w:val="000E338A"/>
+    <w:rsid w:val="000F11EE"/>
+    <w:rsid w:val="000F5639"/>
+    <w:rsid w:val="00102A88"/>
+    <w:rsid w:val="00125DDC"/>
+    <w:rsid w:val="0016532B"/>
+    <w:rsid w:val="00166326"/>
+    <w:rsid w:val="0016633C"/>
+    <w:rsid w:val="00184413"/>
+    <w:rsid w:val="00187D10"/>
+    <w:rsid w:val="001A07BC"/>
+    <w:rsid w:val="001B49AC"/>
+    <w:rsid w:val="001C4BB3"/>
+    <w:rsid w:val="001D0BAD"/>
+    <w:rsid w:val="001D6A92"/>
+    <w:rsid w:val="001E4D80"/>
+    <w:rsid w:val="00204B58"/>
+    <w:rsid w:val="002264BC"/>
+    <w:rsid w:val="00233993"/>
+    <w:rsid w:val="00244A8A"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rsid w:val="0027047E"/>
+    <w:rsid w:val="002748FD"/>
+    <w:rsid w:val="00293D55"/>
+    <w:rsid w:val="002A44A0"/>
+    <w:rsid w:val="002D486D"/>
+    <w:rsid w:val="002D6F63"/>
+    <w:rsid w:val="002E3AED"/>
+    <w:rsid w:val="002E565D"/>
+    <w:rsid w:val="003137CD"/>
+    <w:rsid w:val="00341798"/>
+    <w:rsid w:val="00382C6F"/>
+    <w:rsid w:val="003A183A"/>
+    <w:rsid w:val="003A6898"/>
+    <w:rsid w:val="003A6D03"/>
+    <w:rsid w:val="003B5072"/>
+    <w:rsid w:val="003C3943"/>
+    <w:rsid w:val="003C6327"/>
+    <w:rsid w:val="003E3598"/>
+    <w:rsid w:val="003F1218"/>
+    <w:rsid w:val="003F60A9"/>
+    <w:rsid w:val="00405405"/>
+    <w:rsid w:val="0042305D"/>
+    <w:rsid w:val="00432072"/>
+    <w:rsid w:val="00435318"/>
+    <w:rsid w:val="00444F5F"/>
+    <w:rsid w:val="004931F1"/>
+    <w:rsid w:val="00496442"/>
+    <w:rsid w:val="004B61CF"/>
+    <w:rsid w:val="004C5B29"/>
+    <w:rsid w:val="00505400"/>
+    <w:rsid w:val="0051592C"/>
+    <w:rsid w:val="00526424"/>
+    <w:rsid w:val="00537FD0"/>
+    <w:rsid w:val="005447C3"/>
+    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="005A000C"/>
+    <w:rsid w:val="005A1F6E"/>
+    <w:rsid w:val="005C036C"/>
+    <w:rsid w:val="005C4986"/>
+    <w:rsid w:val="005E4BAC"/>
+    <w:rsid w:val="005F2675"/>
+    <w:rsid w:val="00624CA3"/>
+    <w:rsid w:val="00630259"/>
+    <w:rsid w:val="00632641"/>
+    <w:rsid w:val="00637901"/>
+    <w:rsid w:val="00643951"/>
+    <w:rsid w:val="00645B2D"/>
+    <w:rsid w:val="006531DF"/>
+    <w:rsid w:val="006675F7"/>
+    <w:rsid w:val="006713B1"/>
+    <w:rsid w:val="006876E5"/>
+    <w:rsid w:val="00690701"/>
+    <w:rsid w:val="00693154"/>
+    <w:rsid w:val="006A2578"/>
+    <w:rsid w:val="006B3307"/>
+    <w:rsid w:val="006B46A1"/>
+    <w:rsid w:val="006B7B03"/>
+    <w:rsid w:val="006D13C3"/>
+    <w:rsid w:val="006D7F4D"/>
+    <w:rsid w:val="006E52D0"/>
+    <w:rsid w:val="006E6B33"/>
+    <w:rsid w:val="00705709"/>
+    <w:rsid w:val="00732EDD"/>
+    <w:rsid w:val="007335EE"/>
+    <w:rsid w:val="00741115"/>
+    <w:rsid w:val="007535F0"/>
+    <w:rsid w:val="00753D8B"/>
+    <w:rsid w:val="00776D53"/>
+    <w:rsid w:val="007A25DC"/>
+    <w:rsid w:val="007A6BAB"/>
+    <w:rsid w:val="007B1817"/>
+    <w:rsid w:val="007C4397"/>
+    <w:rsid w:val="007D5315"/>
+    <w:rsid w:val="007D651D"/>
+    <w:rsid w:val="007D7071"/>
+    <w:rsid w:val="007E55D5"/>
+    <w:rsid w:val="007F1EF5"/>
+    <w:rsid w:val="00801643"/>
+    <w:rsid w:val="00807DA9"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="00823FE7"/>
+    <w:rsid w:val="0083736D"/>
+    <w:rsid w:val="008421A9"/>
+    <w:rsid w:val="00844694"/>
+    <w:rsid w:val="00851AAA"/>
+    <w:rsid w:val="008536F9"/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rsid w:val="0086201C"/>
+    <w:rsid w:val="008D17F3"/>
+    <w:rsid w:val="00920BCA"/>
+    <w:rsid w:val="00920E91"/>
+    <w:rsid w:val="00924C6F"/>
+    <w:rsid w:val="00924E8B"/>
+    <w:rsid w:val="00930EFE"/>
+    <w:rsid w:val="009419BF"/>
+    <w:rsid w:val="00945A77"/>
+    <w:rsid w:val="0094656B"/>
+    <w:rsid w:val="00962D42"/>
+    <w:rsid w:val="00972408"/>
+    <w:rsid w:val="0098364B"/>
+    <w:rsid w:val="0098432C"/>
+    <w:rsid w:val="00985499"/>
+    <w:rsid w:val="00991698"/>
+    <w:rsid w:val="0099608A"/>
+    <w:rsid w:val="009C47CC"/>
+    <w:rsid w:val="009F0F72"/>
+    <w:rsid w:val="00A216C2"/>
+    <w:rsid w:val="00A51A4F"/>
+    <w:rsid w:val="00A577BE"/>
+    <w:rsid w:val="00A67353"/>
+    <w:rsid w:val="00A75A52"/>
+    <w:rsid w:val="00A81E2D"/>
+    <w:rsid w:val="00A95237"/>
+    <w:rsid w:val="00AA3B9A"/>
+    <w:rsid w:val="00AB15A6"/>
+    <w:rsid w:val="00AC4EA1"/>
+    <w:rsid w:val="00AC54A7"/>
+    <w:rsid w:val="00AD13EB"/>
+    <w:rsid w:val="00AD5B06"/>
+    <w:rsid w:val="00B11E9D"/>
+    <w:rsid w:val="00B23C73"/>
+    <w:rsid w:val="00B31BB5"/>
+    <w:rsid w:val="00B37FFD"/>
+    <w:rsid w:val="00B6265B"/>
+    <w:rsid w:val="00B85629"/>
+    <w:rsid w:val="00BB331A"/>
+    <w:rsid w:val="00C13C9E"/>
+    <w:rsid w:val="00C276A0"/>
+    <w:rsid w:val="00C3207E"/>
+    <w:rsid w:val="00C32CA3"/>
+    <w:rsid w:val="00C41D4B"/>
+    <w:rsid w:val="00C46CD0"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rsid w:val="00C74275"/>
+    <w:rsid w:val="00C866FB"/>
+    <w:rsid w:val="00CA5C9D"/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rsid w:val="00CB2F28"/>
+    <w:rsid w:val="00CC0029"/>
+    <w:rsid w:val="00CC0F6C"/>
+    <w:rsid w:val="00CD6F6A"/>
+    <w:rsid w:val="00CF6733"/>
+    <w:rsid w:val="00D041FB"/>
+    <w:rsid w:val="00D042C7"/>
+    <w:rsid w:val="00D153C1"/>
+    <w:rsid w:val="00D16D0D"/>
+    <w:rsid w:val="00D42DE4"/>
+    <w:rsid w:val="00D45F18"/>
+    <w:rsid w:val="00D612B9"/>
+    <w:rsid w:val="00D67350"/>
+    <w:rsid w:val="00D963C6"/>
+    <w:rsid w:val="00D96A0F"/>
+    <w:rsid w:val="00DA0E38"/>
+    <w:rsid w:val="00DA1629"/>
+    <w:rsid w:val="00DB0E49"/>
+    <w:rsid w:val="00DB1286"/>
+    <w:rsid w:val="00DB768D"/>
+    <w:rsid w:val="00DE312A"/>
+    <w:rsid w:val="00DE656A"/>
+    <w:rsid w:val="00DF298A"/>
+    <w:rsid w:val="00E034C9"/>
+    <w:rsid w:val="00E1147E"/>
+    <w:rsid w:val="00E150FC"/>
+    <w:rsid w:val="00E34568"/>
+    <w:rsid w:val="00E64914"/>
+    <w:rsid w:val="00E84B78"/>
+    <w:rsid w:val="00E8746B"/>
+    <w:rsid w:val="00EA3085"/>
+    <w:rsid w:val="00EB0F9D"/>
+    <w:rsid w:val="00EE647C"/>
+    <w:rsid w:val="00EF55E6"/>
+    <w:rsid w:val="00F05850"/>
+    <w:rsid w:val="00F14891"/>
+    <w:rsid w:val="00F31AD4"/>
+    <w:rsid w:val="00F56337"/>
+    <w:rsid w:val="00FC30F8"/>
+    <w:rsid w:val="00FD635A"/>
+    <w:rsid w:val="00FD6FBD"/>
+    <w:rsid w:val="00FE7527"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21506"/>
+    <o:shapedefaults v:ext="edit" spidmax="17410"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule73" type="connector" idref="#_x0000_s1392"/>
-[...70 lines deleted...]
-        <o:r id="V:Rule144" type="connector" idref="#_x0000_s1401"/>
+        <o:r id="V:Rule350" type="connector" idref="#_x0000_s1326"/>
+        <o:r id="V:Rule352" type="connector" idref="#_x0000_s1637"/>
+        <o:r id="V:Rule353" type="connector" idref="#_x0000_s1355"/>
+        <o:r id="V:Rule370" type="connector" idref="#_x0000_s1328"/>
+        <o:r id="V:Rule372" type="connector" idref="#_x0000_s1341"/>
+        <o:r id="V:Rule374" type="connector" idref="#_x0000_s1317"/>
+        <o:r id="V:Rule378" type="connector" idref="#_x0000_s1439"/>
+        <o:r id="V:Rule382" type="connector" idref="#_x0000_s1454"/>
+        <o:r id="V:Rule384" type="connector" idref="#_x0000_s1364"/>
+        <o:r id="V:Rule386" type="connector" idref="#_x0000_s1435"/>
+        <o:r id="V:Rule394" type="connector" idref="#_x0000_s1601"/>
+        <o:r id="V:Rule400" type="connector" idref="#_x0000_s1449"/>
+        <o:r id="V:Rule403" type="connector" idref="#_x0000_s1331"/>
+        <o:r id="V:Rule404" type="connector" idref="#_x0000_s1644"/>
+        <o:r id="V:Rule407" type="connector" idref="#_x0000_s1619"/>
+        <o:r id="V:Rule409" type="connector" idref="#_x0000_s1340"/>
+        <o:r id="V:Rule412" type="connector" idref="#_x0000_s1618"/>
+        <o:r id="V:Rule417" type="connector" idref="#_x0000_s1642"/>
+        <o:r id="V:Rule434" type="connector" idref="#_x0000_s1634"/>
+        <o:r id="V:Rule437" type="connector" idref="#_x0000_s1622"/>
+        <o:r id="V:Rule439" type="connector" idref="#_x0000_s1443"/>
+        <o:r id="V:Rule442" type="connector" idref="#_x0000_s1636"/>
+        <o:r id="V:Rule443" type="connector" idref="#_x0000_s1337"/>
+        <o:r id="V:Rule447" type="connector" idref="#_x0000_s1316"/>
+        <o:r id="V:Rule449" type="connector" idref="#_x0000_s1639"/>
+        <o:r id="V:Rule451" type="connector" idref="#_x0000_s1604"/>
+        <o:r id="V:Rule452" type="connector" idref="#_x0000_s1436"/>
+        <o:r id="V:Rule458" type="connector" idref="#_x0000_s1440"/>
+        <o:r id="V:Rule459" type="connector" idref="#_x0000_s1332"/>
+        <o:r id="V:Rule460" type="connector" idref="#_x0000_s1598"/>
+        <o:r id="V:Rule462" type="connector" idref="#_x0000_s1336"/>
+        <o:r id="V:Rule463" type="connector" idref="#_x0000_s1624"/>
+        <o:r id="V:Rule470" type="connector" idref="#_x0000_s1329"/>
+        <o:r id="V:Rule478" type="connector" idref="#_x0000_s1363"/>
+        <o:r id="V:Rule480" type="connector" idref="#_x0000_s1630"/>
+        <o:r id="V:Rule490" type="connector" idref="#_x0000_s1351"/>
+        <o:r id="V:Rule492" type="connector" idref="#_x0000_s1451"/>
+        <o:r id="V:Rule508" type="connector" idref="#_x0000_s1631"/>
+        <o:r id="V:Rule511" type="connector" idref="#_x0000_s1333"/>
+        <o:r id="V:Rule515" type="connector" idref="#_x0000_s1441"/>
+        <o:r id="V:Rule524" type="connector" idref="#_x0000_s1643"/>
+        <o:r id="V:Rule538" type="connector" idref="#_x0000_s1606"/>
+        <o:r id="V:Rule547" type="connector" idref="#_x0000_s1424"/>
+        <o:r id="V:Rule550" type="connector" idref="#_x0000_s1633"/>
+        <o:r id="V:Rule551" type="connector" idref="#_x0000_s1438"/>
+        <o:r id="V:Rule562" type="connector" idref="#_x0000_s1632"/>
+        <o:r id="V:Rule565" type="connector" idref="#_x0000_s1444"/>
+        <o:r id="V:Rule569" type="connector" idref="#_x0000_s1640"/>
+        <o:r id="V:Rule580" type="connector" idref="#_x0000_s1367"/>
+        <o:r id="V:Rule581" type="connector" idref="#_x0000_s1625"/>
+        <o:r id="V:Rule584" type="connector" idref="#_x0000_s1600"/>
+        <o:r id="V:Rule590" type="connector" idref="#_x0000_s1361"/>
+        <o:r id="V:Rule591" type="connector" idref="#_x0000_s1330"/>
+        <o:r id="V:Rule597" type="connector" idref="#_x0000_s1450"/>
+        <o:r id="V:Rule601" type="connector" idref="#_x0000_s1609"/>
+        <o:r id="V:Rule606" type="connector" idref="#_x0000_s1318"/>
+        <o:r id="V:Rule610" type="connector" idref="#_x0000_s1362"/>
+        <o:r id="V:Rule617" type="connector" idref="#_x0000_s1599"/>
+        <o:r id="V:Rule623" type="connector" idref="#_x0000_s1629"/>
+        <o:r id="V:Rule625" type="connector" idref="#_x0000_s1437"/>
+        <o:r id="V:Rule626" type="connector" idref="#_x0000_s1626"/>
+        <o:r id="V:Rule627" type="connector" idref="#_x0000_s1602"/>
+        <o:r id="V:Rule629" type="connector" idref="#_x0000_s1442"/>
+        <o:r id="V:Rule636" type="connector" idref="#_x0000_s1338"/>
+        <o:r id="V:Rule645" type="connector" idref="#_x0000_s1366"/>
+        <o:r id="V:Rule648" type="connector" idref="#_x0000_s1452"/>
+        <o:r id="V:Rule649" type="connector" idref="#_x0000_s1623"/>
+        <o:r id="V:Rule660" type="connector" idref="#_x0000_s1635"/>
+        <o:r id="V:Rule672" type="connector" idref="#_x0000_s1638"/>
+        <o:r id="V:Rule680" type="connector" idref="#_x0000_s1339"/>
+        <o:r id="V:Rule681" type="connector" idref="#_x0000_s1453"/>
+        <o:r id="V:Rule682" type="connector" idref="#_x0000_s1445"/>
+        <o:r id="V:Rule684" type="connector" idref="#_x0000_s1327"/>
+        <o:r id="V:Rule686" type="connector" idref="#_x0000_s1641"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
-    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -18159,554 +12771,639 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="0081050F"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-[...146 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00927895"/>
+    <w:rsid w:val="0055073C"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн, Знак4"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0081050F"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="009E57B2"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0081050F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
-    </w:rPr>
-[...83 lines deleted...]
-      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009D1FB4"/>
+    <w:rsid w:val="0081050F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-    <w:name w:val="Абзац списка1"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
     <w:qFormat/>
-    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="00853CB8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="708"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="21"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA6FFE"/>
     <w:rPr>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af0">
-[...1 lines deleted...]
-    <w:rsid w:val="00A36110"/>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
-[...3 lines deleted...]
-    <w:rsid w:val="006232B5"/>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E4BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
-    <w:name w:val="Strong"/>
+    <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000F11EE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F810B6"/>
+    <w:rsid w:val="000F11EE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
-    <w:rsid w:val="00A538AA"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C866FB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...12 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -18732,51 +13429,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -18904,88 +13601,97 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1CB3F55-8E80-47E2-BE65-D430D0C3FB1F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2169</Words>
-  <Characters>12364</Characters>
+  <Words>2408</Words>
+  <Characters>13728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</vt:lpstr>
+      <vt:lpstr>осы қаулы аумақтық әділет органында мемлекеттік тіркелгеннен кейін он күнтізбелі</vt:lpstr>
       <vt:lpstr/>
-      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Akimat</Company>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14504</CharactersWithSpaces>
+  <CharactersWithSpaces>16104</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title/>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>