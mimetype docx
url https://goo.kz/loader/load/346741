--- v0 (2025-12-08)
+++ v1 (2026-02-03)
@@ -1,9587 +1,10285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00263348" w:rsidP="00DA2D70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00BD2A19" w:rsidRDefault="00BD2A19" w:rsidP="00BD2A19">
+      <w:pPr>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD2A19" w:rsidRDefault="00BD2A19" w:rsidP="00BD2A19">
+      <w:pPr>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2016 жылғы «19» ақпандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD2A19" w:rsidRDefault="00BD2A19" w:rsidP="00BD2A19">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 39/2  қаулысына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="003707C5" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003707C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B627C5" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00360758">
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы әкімдігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B627C5" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мамырдағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B627C5" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 153/5   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...63 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттiк көрсетiлетiн қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...28 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00BD53F8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00BD53F8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00577B79" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83679">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83679">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік көрсетілетін қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрі – мемлекеттік көрсетілетін қызмет) Павлодар облысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалалары мен аудандарының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жергілікті атқарушы органдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D58ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Азаматтарға арналған үкімет» мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)  www.e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76205">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76205">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>gov.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kz «электрондық үкіме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE349F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету нысаны: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық (ішінара автоматтандырылған) және (немесе) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағаз </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызметті көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724289">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі орта, жалпы орта білім беру ұй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ымдарында экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724289">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартына 1-қосымшаға сәйкес нысан бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83679">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>егізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру туралы бұйрықтың көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00F61B09" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н беру нысаны: электронды түрде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00BD53F8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандартының 9-тармағында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсетілген қажетті құжаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоса </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экстернат нысанында оқуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті алушының өтініші мемлекеттік қызмет көрсету бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімді (іс-қимылды)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастау үшін негіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрамына кіретін әрбір рәсімнің (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) мазмұны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оның орындалу ұзақтығы мен реттілігі, оның ішінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімнің (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өту кезеңдері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңсе қызметк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ері мемлекеттік корпорациядан немесе веб-порталдан алынған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжатт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ард</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы қабылдауды және тіркеуді жүзеге асырады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, және к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті берушінің басшысына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарауға береді </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F40">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>он бес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>минуттан а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>спайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  қарайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жауапты орындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтайды</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F40">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жауапты орындаушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еліп түскен құжаттарды қарай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ды, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уға рұқсат беру туралы бұйрығын ресімдейді, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысына қарауға және қол қоюға жібереді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F40">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс күн; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) көрсетілетін қызметті берушінің басшысы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру туралы бұйрығын қарай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қол қояды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006169B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңсе қызметкері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не жібереді </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F40">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екі)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4143">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеңсе қызметкері экстернат нысанында оқуға рұқсат беру туралы бұйрықты тіркейді және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсетудің нәтижесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D58ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға жібереді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F40">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>он бес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>минуттан а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>спайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A772C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Мемлекеттік қызмет көрсету процесінің (іс-қимылдар) нәтижесі осы мемлекеттік көрсетілетін қызмет стандартына 1-қосымшаға сәйкес нысан бойынша негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A772C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру туралы бұйрықтың көшірмесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A772C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="001F2A56" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="001F2A56" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проце</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сінде көрсетілетін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметті берушінің құрылымдық бөлімшелерінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(қызметкерлерінің) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзара іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="001F2A56" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мет көрсету процесіне қатысатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006169B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрылымдық бөлімшелер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қызметкерлердің) тіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2DBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006169B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңсе қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006169B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жауапты орындаушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096693">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Рәсімдер (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096693">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) реттілігін сипатта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096693">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы регламенттің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096693">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымшасына сәйкес кестемен  қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік корпорациямен өзара іс-қимыл тәртібін, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сондай-ақ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>проце</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сінде ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00BD53F8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету мерзімі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...129 lines deleted...]
-          <w:b/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...40 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті алушы қажетті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>құжаттар топтамасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D58ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға, сондай-ақ порталға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2D34">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2D34">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2D34">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>сәттен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2D34">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 (он бес) жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="009E2BDF">
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="009E2BDF">
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушіге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...47 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының құжаттар топтамасын тапсыруы үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(он бес) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="00FD5C5D" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>3) к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(он бес) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>4) к</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...54 lines deleted...]
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алушы а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ттестаттаудан өту үшін өтінішті ағымдағы оқу жылының 1 желтоқсанынан кешіктірмей береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="001B4013" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...59 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D58ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>арқылы мемлекеттік қызметті көрсету кезінде жүгіну тәртібін және к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті беруші мен көрсетілетін қызметті алушы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімдерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>іс-қимылдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) реттілігін сипаттау:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...151 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C56F22">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжатт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ард</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы қабылдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E2BDF">
-[...28 lines deleted...]
-        <w:pStyle w:val="aa"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандар</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тың 9-тармағына сәйкес көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорация қызметкері өтінішті қабылдаудан бас тартады және </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарты</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="001B4013" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="aa"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-шарт –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің қызмет көрсету ү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шін көрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандартта көрсетілген құжаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестігін және негіздер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="aa"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның құжаттарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етілетін қызметті берушіге жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D58ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның қызметкері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етілетін қызметті берушіден н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83679">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>егізгі орта, жалпы орта білім беру ұйымдарында эк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру туралы бұйрықтың көшірмесін алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00D30335" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4013">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D58ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкері арқылы мемлекеттік қызметтің нәтижесін алуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...185 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортал арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі - портал) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметті көрсету кезінде жүгіну тәртібін және к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті беруші мен көрсетілетін қызметті алушы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімдерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) реттілігін сипаттау:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Consolas"/>
-[...102 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушы жеке сәйкестендіру нөмірінің (бұдан әрі – ЖСН), сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...120 lines deleted...]
-        <w:pStyle w:val="aa"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 1-процесс – қызметті алу үшін көрсетілетін қызметті алушының порталда ЖСН мен паролін енгізуі (авторизациялау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...104 lines deleted...]
-        <w:pStyle w:val="aa"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) 1-шарт – ЖСН мен пароль арқылы тіркелген көрсетілетін қызметті алушы туралы деректердің түпнұсқалығын порталда тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...163 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 2-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты порталда авторизациялаудан бас тарту туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B76EDF" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...115 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76EDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) 3-процесс – көрсетілетін қызметті алушының осы регламентте көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұрау нысанын шығару және нысан талаптары мен оның құрылымын ескере отырып, көрсетілетін қызметті алушының нысанды толтыруы (деректерді енгізуі), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76EDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандартта көрсетілген қажетті құжаттардың электрондық түріндегі көшірмелерін сұраныс нысанына бекіту, сондай-ақ сұрауды куәландыру (қол қою) үшін көрсетілетін қызметті алушының электрондық-цифрлық қолтаңбаның (бұдан әрі – ЭЦҚ) тіркеу куәлігін таңдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B76EDF" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...232 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76EDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) 2-шарт – порталда ЭЦҚ тіркеу куәлігінің қолдану мерзімін және  қайтарылған (күші жойылған) тіркеу куәліктерінің тізімінде жоқтығын,   сондай-ақ сәйкестендіру деректерінің сәйкестігін (сұрауда көрсетілген ЖСН мен ЭЦҚ тіркеу куәлігінде көрсетілген ЖСН арасында) тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B76EDF" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...54 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76EDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) 4-процесс – көрсетілетін қызметті алушының ЭЦҚ расталмауына байланысты сұратылатын қызметтен бас тарту хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B840CB" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...208 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B840CB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) 5-процесс – көрсетілетін қызметті беруші сұрауды өңдеу үшін электрондық үкіметінің шлюзі (бұдан әрі – ЭҮШ) арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды электрондық үкіметтің өңірлік шлюзінің автоматтандырылған жұмыс орнына (бұдан әрі – ӨЭҮШ АЖО) жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="009A6D52" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...32 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6D52">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) 3-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушы ұсынған құжаттардың стандартта көрсетілген құжаттарымен сәйкестігін және негіздерін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="009A6D52" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6D52">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) 6-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты сұратылып отырған қызметтен бас тарту туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00813AC7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813AC7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) 7-процесс – көрсетілетін қызметті алушының ӨЭҮШ АЖО қалыптастырылған қызметтің нәтижесін (электрондық құжат нысанындағы хабарламаны) алуы. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының «жеке кабинетіне» жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара іс-қимыл диаграммасы осы регламенттің 2-қосымшасына сәйкес келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00C571D0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="0D0D0D"/>
-[...71 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)  рәсімдерінің (іс-қимылдардың) өзара </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реттілігін толық сипаттау, сондай-ақ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсету процесінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік корпорацияның өзара іс-қимыл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртібін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">толық сипаттау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C571D0">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы регламенттің 3-қосымшасына сәйкес бизнес-процестердің анықтамалығында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...876 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="009E1FEC" w:rsidSect="004B43BA">
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1005" w:right="851" w:bottom="1304" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1304" w:right="851" w:bottom="1304" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00EB7413" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:left="9204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7413" w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға рұқсат беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00EB7413" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:left="9204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00EB7413" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B67634" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрылымдық бөлімшелер (қызметкерлер) арасында  рәсімдердің (іс-қимылдар) реттілігін сипаттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67634">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B67634" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7513" w:type="dxa"/>
-[...255 lines deleted...]
-        <w:tblW w:w="14850" w:type="dxa"/>
+        <w:tblW w:w="14600" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="438"/>
-        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2057"/>
         <w:gridCol w:w="2977"/>
-        <w:gridCol w:w="1985"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2125"/>
+        <w:gridCol w:w="2338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00BC678D" w:rsidTr="006B3F32">
         <w:trPr>
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14412" w:type="dxa"/>
+            <w:tcW w:w="14033" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...4 lines deleted...]
-              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі процестің (жұмыс барысының, ағымының) іс-қимылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00926308" w:rsidTr="006B3F32">
         <w:trPr>
-          <w:trHeight w:val="698"/>
+          <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...4 lines deleted...]
-              <w:t>1.</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>№ действия (хода работ)</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-қимылдың  (жұмыс барысының) №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
-            </w:r>
-[...46 lines deleted...]
-              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...33 lines deleted...]
-              <w:t>2.</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2338" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00926308" w:rsidTr="006B3F32">
+        <w:trPr>
+          <w:trHeight w:val="868"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...4 lines deleted...]
-              <w:t>Структурные подразделения (работники)</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құрылымдық бөлімше (қызметкер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...38 lines deleted...]
-              <w:t>услугодателя</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...69 lines deleted...]
-              <w:t>Руководитель услугодателя</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...60 lines deleted...]
-              <w:t>3.</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2338" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00BC678D" w:rsidTr="006B3F32">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Іс-қимылдың  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процестің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B3F32">
+              <w:t>операци</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы және оны сипаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Consolas"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...4 lines deleted...]
-              <w:t>Осуществляет прием и регистрацию полученных из Государственной корпорации документов</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушыдан немесе Мемлекеттік корпорация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарайды және жауапты орындаушыны анықтайды</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="26"/>
-[...217 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:vMerge/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="af1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rStyle w:val="s0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұжаттарды қарайды, бұйрықты ресімдейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рұқсат беру туралы бұйрықты қарайды, қол қояды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2338" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұйрықты тіркейді,  экстернат нысанында оқуға рұқсат беру туралы бұйрықтың көшірмесін береді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00BC678D" w:rsidTr="006B3F32">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Форма завершения</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аяқталу нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Передача на рассмотрение руководителю</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшыға қарауға береді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Резолюция</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрыштама</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...6 lines deleted...]
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...62 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...34 lines deleted...]
-              <w:t>5.</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экстернат нысанында оқ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7413">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уға рұқсат туралы бұйрықты басшыға қарауға және қол қоюға жіберу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Сроки исполнения</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экстернат нысанында оқ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7413">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уға рұқсат беру туралы бұйрық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2338" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметтің нәтижесін Мемлекеттік корпорацияға жіберу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00993DA4" w:rsidTr="006B3F32">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орындау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...26 lines deleted...]
-              <w:t>минут</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 (он бес) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...107 lines deleted...]
-              <w:t xml:space="preserve"> рабочих дня</w:t>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 (бір) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="00D03194">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
+              <w:pStyle w:val="af1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
+            <w:r w:rsidRPr="006B3F32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00D03194">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0001296D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3F32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>минут</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(он) жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 (екі) жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2338" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B3F32">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 (он бес) минут </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
-[...11 lines deleted...]
-          <w:headerReference w:type="default" r:id="rId10"/>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="009E1FEC" w:rsidSect="004B43BA">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-          <w:pgMar w:top="851" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-          <w:pgNumType w:start="4"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
-[...41 lines deleted...]
-        <w:ind w:left="4536"/>
+    <w:p w:rsidR="003647A9" w:rsidRPr="00EB7413" w:rsidRDefault="003647A9" w:rsidP="003647A9">
+      <w:pPr>
+        <w:ind w:left="9204"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...37 lines deleted...]
-        <w:ind w:left="7788"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003647A9" w:rsidRDefault="003647A9" w:rsidP="003647A9">
+      <w:pPr>
+        <w:ind w:left="9204"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:iCs/>
-[...36 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7413">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003647A9" w:rsidRDefault="003647A9" w:rsidP="003647A9">
+      <w:pPr>
+        <w:ind w:left="9204"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003647A9" w:rsidRPr="00EB7413" w:rsidRDefault="003647A9" w:rsidP="003647A9">
+      <w:pPr>
+        <w:ind w:left="9204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6A84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6A84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функционалдық өзара </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6A84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...44 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1561"/>
-        <w:tblW w:w="14433" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1314"/>
+        <w:tblW w:w="14355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="424"/>
-        <w:gridCol w:w="14009"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="13936"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidTr="004B43BA">
         <w:trPr>
-          <w:trHeight w:val="2974"/>
+          <w:trHeight w:val="2969"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcW w:w="419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB0BD9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB0BD9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1814" style="position:absolute;left:0;text-align:left;margin-left:13pt;margin-top:.9pt;width:33.55pt;height:29.9pt;z-index:251847680;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsdbKXNAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1FuEzEQ/UfiDpb/6SbbJG1W2VRVSxBS&#10;gUqFAzheb9bC6zFjJ5twGM5Q8cslciTG3jSkwBfCH5bHM36eeW9mdrVtDdso9BpsyYdnA86UlVBp&#10;uyr5p4+LV5ec+SBsJQxYVfKd8vxq/vLFrHOFyqEBUylkBGJ90bmSNyG4Isu8bFQr/Bk4ZclZA7Yi&#10;kImrrELREXprsnwwmGQdYOUQpPKebm97J58n/LpWMnyoa68CMyWn3ELaMe3LuGfzmShWKFyj5SEN&#10;8Q9ZtEJb+vQIdSuCYGvUf0C1WiJ4qMOZhDaDutZSpRqomuHgt2oeGuFUqoXI8e5Ik/9/sPL95h6Z&#10;rkqen084s6Ilkfbf9t/3j/sfbJJHgjrnC4p7cPcYS/TuDuRnzyzcNMKu1DUidI0SFaU1jPHZswfR&#10;8PSULbt3UBG6WAdIXG1rbCMgscC2SZLdURK1DUzS5SifDC7HnElynV9ML86TZJkonh479OGNgpbF&#10;Q8mVMdr5SJooxObOh5iPKJ6iUv5gdLXQxiQDV8sbg2wjqEEWaaUSqMzTMGNZV/LpOB8n5Gc+fwox&#10;SOtvEAhrW6V2i1y9PpyD0KY/U5bGHsiLfPW8h+1ym+QZPymxhGpHbCL0vUyzR4cG8CtnHfVxyf2X&#10;tUDFmXlrSZHpcDSKjZ+M0fgiJwNPPctTj7CSoEouA3LWGzehH5e1Q71q6K9hosDCNelY60Rw1LjP&#10;61AAdWvi/TBZcRxO7RT1a/7nPwEAAP//AwBQSwMEFAAGAAgAAAAhADSKaWHeAAAABgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwkAQhe8m/IfNmHiTbWnSQO2WCEGNBmJE43npDm1Dd7bpbqH8e8eT&#10;Ht+8yXvfy5ejbcUZe984UhBPIxBIpTMNVQq+Pp/u5yB80GR06wgVXNHDspjc5Doz7kIfeN6HSnAI&#10;+UwrqEPoMil9WaPVfuo6JPaOrrc6sOwraXp94XDbylkUpdLqhrih1h2uayxP+8EqeH5/WchkWEVH&#10;et3Nd9/bzfUt2Sh1dzs+PoAIOIa/Z/jFZ3QomOngBjJetApmKU8JfOcBbC+SGMRBQRqnIItc/scv&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCsdbKXNAIAAEcEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA0imlh3gAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1814">
+                <v:oval id="_x0000_s1205" style="position:absolute;left:0;text-align:left;margin-left:13.8pt;margin-top:8.15pt;width:33pt;height:30pt;z-index:251701248;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1205">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
+            <w:r w:rsidR="009E1FEC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ү</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14009" w:type="dxa"/>
+            <w:tcW w:w="13936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00624E02">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                  </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <v:handles>
+                    <v:h position="#0,center"/>
+                  </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1808" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:394.95pt;margin-top:23pt;width:26.25pt;height:0;z-index:251841536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0+lo5YgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOkjhC5KCQ7G7S&#10;NkDSA9AiZRGlSIJkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNkKtGDGciVz&#10;nBzEGDFZKcrlPMdvr6eDEUbWEUmJUJLleMUsPh8/f3bW6YwNVaMEZQYBiLRZp3PcOKezKLJVw1pi&#10;D5RmEg5rZVriYGvmETWkA/RWRMM4Po46Zag2qmLWwtdyc4jHAb+uWeXe1LVlDokcAzcXVhPWmV+j&#10;8RnJ5obohldbGuQfWLSES0i6hyqJI+jG8D+gWl4ZZVXtDirVRqquecVCDVBNEv9WzVVDNAu1QHOs&#10;3rfJ/j/Y6vXi0iBOczwcwqgkaWFI/af17fq+/9F/Xt+j9cf+AZb13fq2/9J/77/1D/1XlI586zpt&#10;M0Ao5KXxxVdLeaUvVPXOIqmKhsg5CyVcrzSgJj4iehLiN1YDgVn3SlHwITdOhT4ua9N6SOgQWoZx&#10;rfbjYkuHKvh4CM/JEUbV7igi2S5OG+teMtUib+TYOkP4vHGFkhI0oUwSspDFhXWeFcl2AT6pVFMu&#10;RJCGkKgD6sOTOA4RVglO/an3s2Y+K4RBC+LVFZ5QI5w8djPqRtKA1jBCJ1vbES7ARi40xxkO7RIM&#10;+3QtoxgJBhfKWxt+QvqMUDow3lobgb0/jU8no8koHaTD48kgjcty8GJapIPjaXJyVB6WRVEmHzz5&#10;JM0aTimTnv9O7En6d2LaXruNTPdy33cqeooeWgpkd+9AOszej3sjnJmiq0vjq/MyAH0H5+1d9Bfo&#10;8T54/fpjjH8CAAD//wMAUEsDBBQABgAIAAAAIQAPF4Xd3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcEHVIoxJCnIogBXGlIM5uvCSh8TqynTb8PYs4wHF2RrNvyu1iR3FE&#10;HwZHCm5WCQik1pmBOgVvr811DiJETUaPjlDBFwbYVudnpS6MO9ELHnexE1xCodAK+hinQsrQ9mh1&#10;WLkJib0P562OLH0njdcnLrejTJNkI60eiD/0esLHHtvDbrYKrpytP0NzeKrnrG18vXl/xi5V6vJi&#10;ebgHEXGJf2H4wWd0qJhp72YyQYwKbvM7Ro8KsjVv4kCepWsQ+9+DrEr5f0H1DQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPT6WjliAgAAeQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAA8Xhd3cAAAACQEAAA8AAAAAAAAAAAAAAAAAvAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1183" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:75.2pt;margin-top:20pt;width:23.15pt;height:.05pt;z-index:251678720;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00624E02">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1795" style="position:absolute;left:0;text-align:left;margin-left:338.1pt;margin-top:10.55pt;width:56.8pt;height:36.25pt;z-index:251828224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATNeVMUgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdLPbpGlW2VRVSxFS&#10;gUqFB3C83qyF1zZjJ5tyQuKKxCPwEFwQP32GzRsx9qYhBU6IPVgez/jzzPfN7PRk3SiyEuCk0QVN&#10;DwaUCM1NKfWioK9eXjw6psR5pkumjBYFvRGOnswePpi2NheZqY0qBRAE0S5vbUFr722eJI7XomHu&#10;wFih0VkZaJhHExZJCaxF9EYl2WBwlLQGSguGC+fw9Lx30lnEryrB/YuqcsITVVDMzccV4joPazKb&#10;snwBzNaSb9Ng/5BFw6TGR3dQ58wzsgT5B1QjORhnKn/ATZOYqpJcxBqwmnTwWzXXNbMi1oLkOLuj&#10;yf0/WP58dQVElgXNsgklmjUoUvdp827zsfve3W7ed5+72+7b5kP3o/vSfSXpJFDWWpfjzWt7BaFo&#10;Zy8Nf+2INmc10wtxCmDaWrASE01DfHLvQjAcXiXz9pkp8T229Cayt66gCYDIC1lHkW52Iom1JxwP&#10;x1l6eIRScnQdjrPxcBRfYPndZQvOPxGmIWFTUMAeiOBsdel8SIbldyExeaNkeSGVigYs5mcKyIph&#10;v1zEb4vu9sOUJm1BJ6NsFJHv+dw+xCB+f4NopMfGV7Ip6PEuiOWBtce6jG3pmVT9HlNWektjYK5X&#10;wK/n6yjdTpO5KW+QVzB9n+Nc4qY28JaSFnu8oO7NkoGgRD3VqM0kHQ7DUERjOBpnaMC+Z77vYZoj&#10;VEG5B0p648z3o7S0IBc1vpVGPrQ5RUUrGdkOavd5bQvATo4ibKcujMq+HaN+/RtmPwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAP8WAh/fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofN&#10;mHgxdoEDrZSlIUZjjB6EeultCyNLZGcJu6X47x1P9jQzeS9vvpfvFjuIGSffO1IQryIQSI1re+oU&#10;fO6f7zcgfNDU6sERKvhBD7vi+irXWevOVOFch05wCPlMKzAhjJmUvjFotV+5EYm1LzdZHficOtlO&#10;+szhdpBJFKXS6p74g9EjPhpsvuuTVXBw7+6pjPBlNPvXMN+V1dtHXSl1e7OUWxABl/Bvhj98RoeC&#10;mY7uRK0Xg4J0nSZsVZDEMQg2rDcP3OXIC09Z5PKyQfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAEzXlTFICAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA/xYCH98AAAAJAQAADwAAAAAAAAAAAAAAAACsBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1795">
+                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1172" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:91pt;margin-top:3.25pt;width:57.1pt;height:44.25pt;z-index:251667456;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1172">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
-                          <w:spacing w:after="0"/>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00AB0BD9">
+                        <w:r>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Процесс </w:t>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>1-шарт</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1178" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:55.35pt;height:27.75pt;z-index:251673600;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1178">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00AB0BD9">
+                        <w:r>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>5</w:t>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>1-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процес</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">с </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00624E02">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1794" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:251827200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzWHAJUgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE3U7m6jpqtVlyKk&#10;BVZaeADXcRoLxzZjt2k5IXFdiUfgIbggfvYZ0jdi4rTdLnBC5GB5PDPfzHwzk/H5ulJkJcBJozMa&#10;9/qUCM1NLvUio29ez56cUeI80zlTRouMboSj55PHj8a1TUViSqNyAQRBtEtrm9HSe5tGkeOlqJjr&#10;GSs0KgsDFfMowiLKgdWIXqko6fdPotpAbsFw4Ry+XnZKOgn4RSG4f1UUTniiMoq5+XBCOOftGU3G&#10;LF0As6XkuzTYP2RRMakx6AHqknlGliD/gKokB+NM4XvcVJEpCslFqAGrifu/VXNTMitCLUiOswea&#10;3P+D5S9X10BkntEkOaFEswqb1Hzefth+an40d9uPzZfmrvm+vW1+Nl+bbySOW8pq61L0vLHX0Bbt&#10;7JXhbx3RZloyvRAXAKYuBcsx0WAfPXBoBYeuZF6/MDnGY0tvAnvrAqoWEHkh69CkzaFJYu0Jx8ez&#10;eDg6HVLCUTXoJ8NRaGLE0r2zBeefCVOR9pJRwBkI4Gx15Twmj6Z7k5C8UTKfSaWCAIv5VAFZMZyX&#10;WfjaetHFHZspTeqMjobJMCA/0LljiH74/gZRSY+Dr2SFFR2MWNqy9lTnYSw9k6q7Y3ylMY09c10H&#10;/Hq+Dq27b8rc5BskFkw36LiYeCkNvKekxiHPqHu3ZCAoUc81NmcUDwbtVgRhMDxNUIBjzfxYwzRH&#10;qIxyD5R0wtR3u7S0IBclxooDIdpcYEsLGehuk+7y2lWAoxwo3a1duyvHcrC6/zlMfgEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANHoXeTgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odm&#10;TLwYt4i4i0jZEKMxRg/CevHWpSMQ6ZTQLov/3vGkx8n78t43+Xaxg5hx8r0jBVerCARS40xPrYL3&#10;3eNlCsIHTUYPjlDBN3rYFqcnuc6MO1KFcx1awSXkM62gC2HMpPRNh1b7lRuROPt0k9WBz6mVZtJH&#10;LreDjKNoLa3uiRc6PeJ9h81XfbAKPtyreygjfBq73XOYL8rq5a2ulDo/W8o7EAGX8AfDrz6rQ8FO&#10;e3cg48Wg4PomiRnlYJ2AYCBJ4w2IvYLNbQqyyOX/D4ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHNYcAlSAgAAZAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANHoXeTgAAAACQEAAA8AAAAAAAAAAAAAAAAArAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1794">
+                <v:shape id="_x0000_s1185" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:241.35pt;margin-top:23pt;width:23.85pt;height:.05pt;z-index:251680768;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-129945600,-301766" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1177" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:30.25pt;z-index:251672576;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1177">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
-                          <w:spacing w:after="0"/>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="003F1ABB">
+                        <w:r w:rsidRPr="00D91F7C">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>7-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1173" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:251668480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1173">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> 3-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Прямая со стрелкой 48" o:spid="_x0000_s1187" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:387.3pt;margin-top:21.4pt;width:26.25pt;height:0;z-index:251682816;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1192" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1188" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:484.8pt;margin-top:23.05pt;width:55.3pt;height:0;z-index:251683840;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-227327,-1,-227327" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1186" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:311.75pt;margin-top:23.05pt;width:18.75pt;height:0;z-index:251681792;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1184" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:251679744;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Ромб 57" o:spid="_x0000_s1201" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:260.65pt;margin-top:1.95pt;width:53.15pt;height:50.5pt;z-index:251697152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 57">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2-шарт</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Ромб 58" o:spid="_x0000_s1202" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:65.45pt;height:50.55pt;z-index:251698176;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 58">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:right="-201"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">3-шарт </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1174" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:251669504;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1174">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>5-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1198" type="#_x0000_t34" style="position:absolute;margin-left:514.9pt;margin-top:78.55pt;width:121.5pt;height:.05pt;rotation:90;z-index:251694080;visibility:visible" adj=",-138866400,-116151" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 41" o:spid="_x0000_s1182" type="#_x0000_t32" style="position:absolute;margin-left:427.25pt;margin-top:3.75pt;width:0;height:30pt;z-index:251677696;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 30" o:spid="_x0000_s1179" style="position:absolute;margin-left:91pt;margin-top:25.3pt;width:49.2pt;height:27.75pt;z-index:251674624;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 30">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="00AB0BD9">
+                        <w:r w:rsidRPr="00D91F7C">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Процесс </w:t>
+                          <w:t>2-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 40" o:spid="_x0000_s1181" type="#_x0000_t32" style="position:absolute;margin-left:283.2pt;margin-top:8.25pt;width:10.2pt;height:0;rotation:90;z-index:251676672;visibility:visible" adj="-805024,-1,-805024" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1208" type="#_x0000_t34" style="position:absolute;margin-left:313.8pt;margin-top:13.3pt;width:13pt;height:.05pt;z-index:251704320;visibility:visible" adj=",-152301600,-378831" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1180" type="#_x0000_t32" style="position:absolute;margin-left:114.6pt;margin-top:4.15pt;width:9.85pt;height:0;rotation:90;z-index:251675648;visibility:visible" adj="-463578,-1,-463578" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 70" o:spid="_x0000_s1195" type="#_x0000_t32" style="position:absolute;margin-left:326.6pt;margin-top:15.85pt;width:0;height:45.75pt;z-index:251691008;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 53" o:spid="_x0000_s1189" type="#_x0000_t32" style="position:absolute;margin-left:122.55pt;margin-top:35.95pt;width:55.65pt;height:0;rotation:90;z-index:251684864;visibility:visible" adj="-88515,-1,-88515" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1207" type="#_x0000_t34" style="position:absolute;margin-left:140.2pt;margin-top:8.05pt;width:13pt;height:.05pt;z-index:251703296;visibility:visible" adj=",-152301600,-378831" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 33" o:spid="_x0000_s1176" style="position:absolute;margin-left:413.55pt;margin-top:1.55pt;width:60.45pt;height:27.75pt;z-index:251671552;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 33">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
-                          <w:spacing w:after="0"/>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00AB0BD9">
+                        <w:r w:rsidRPr="00D91F7C">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>3</w:t>
+                          <w:t>6-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1175" style="position:absolute;margin-left:253.1pt;margin-top:-.25pt;width:60.1pt;height:20.95pt;z-index:251670528;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1175">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>4-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00624E02">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
-[...251 lines deleted...]
-                <v:shape id="_x0000_s1809" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:503pt;margin-top:20.5pt;width:45.8pt;height:.05pt;z-index:251842560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1RrGZfwIAALEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm27DhC5KCQ7G7S&#10;NkDSA9AiZbGlSIFkLBtFgaQXyBF6hW666Ac5g3yjDhnZSNpNUVQLihRn3sx7M6PTs00t0Jppw5VM&#10;cXQUYsRkoSiXqxS/vVoMphgZSyQlQkmW4i0z+Gz2/Nlp2yRsqColKNMIQKRJ2ibFlbVNEgSmqFhN&#10;zJFqmITLUumaWDjqVUA1aQG9FsEwDCdBqzRttCqYMfA1f7jEM49flqywb8rSMItEiiE361ft16Vb&#10;g9kpSVaaNBUv+jTIP2RREy4h6AEqJ5aga83/gKp5oZVRpT0qVB2osuQF8xyATRT+xuayIg3zXEAc&#10;0xxkMv8Ptni9vtCI0xQPRyOMJKmhSN3n3c3urvvZfdndod1tdw/L7tPupvva/ei+d/fdNxSfOOna&#10;xiSAkMkL7cgXG3nZnKvivUFSZRWRK+YpXG0bQI2cR/DExR1MAwks21eKgg25tsrruCl17SBBIbTx&#10;5doeysU2FhXwcTyNJhMoagFXk9HYw5Nk79loY18yVSO3SfGSSZspKaEjlB75GGR9bqwvGu2JE/ou&#10;wqisBfTAmgg0DuHpcXvrgCR7ZOcq1YIL4btISNQCy+ExuLgrowSn7tYf9GqZCY0AFXj4p8d9YlZz&#10;C+MgeJ3i6cGIJBUjdC6pD2MJF7BH1otqNQeZBcMuds0oRoLBILqdU5skQrrwIFnP1YnnG/PDSXgy&#10;n86n8SAeTuaDOMzzwYtFFg8mi+h4nI/yLMujj45JFCcVp5RJR2Y/JFH8d03Yj+tDex/G5CBb8BTd&#10;pwwp7t8+ad8zrk0eGm6p6PZC73sJ5sIb9zPsBu/xGfaP/zSzXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;APNLcFDeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQSzuhwkrTaUzs&#10;jFYQXNPGNBWNUzXZ1vHrcU/sZD376fl7xXpyvTjiGDpPCtJFAgKp8aajVsHH++7+CUSImozuPaGC&#10;MwZYl9dXhc6NP9Eej1VsBYdQyLUCG+OQSxkai06HhR+Q+PbtR6cjy7GVZtQnDne9XCZJJp3uiD9Y&#10;PeDWYvNTHZyC369tVX2e7Usd7jbL/etK7jL7ptTtzbR5BhFxiv9mmPEZHUpmqv2BTBA9a07nMlHB&#10;Q8pzdiSrxwxEPW9SkGUhLzuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC1RrGZfwIA&#10;ALEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDzS3BQ&#10;3gAAAAsBAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 74" o:spid="_x0000_s1196" type="#_x0000_t32" style="position:absolute;margin-left:458.65pt;margin-top:23.1pt;width:19.75pt;height:0;rotation:90;z-index:251692032;visibility:visible" adj="-612893,-1,-612893" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00624E02">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1807" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:319.25pt;margin-top:23.1pt;width:18.75pt;height:0;z-index:251840512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUPHRnYwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2sJI4QOSgku5u0&#10;DZD0ALRIWUQpUiBpy0ZRIM0FcoReoZsu+kHOIN+oQ/rTpN0URbWghhrOmzczjzq/WDUCLZk2XMkM&#10;R0chRkyWinI5z/Dbm+lghJGxRFIilGQZXjODL8bPn513bcpiVStBmUYAIk3atRmurW3TIDBlzRpi&#10;jlTLJDgrpRtiYavnAdWkA/RGBHEYngSd0rTVqmTGwNdi68Rjj19VrLRvqsowi0SGgZv1q/brzK3B&#10;+Jykc03ampc7GuQfWDSES0h6gCqIJWih+R9QDS+1MqqyR6VqAlVVvGS+BqgmCn+r5romLfO1QHNM&#10;e2iT+X+w5evllUacZjgeQn8kaWBI/afN7ea+/9F/3tyjzcf+AZbN3ea2/9J/77/1D/1XlJy61nWt&#10;SQEhl1faFV+u5HV7qcp3BkmV10TOmS/hZt0CauQigichbmNaIDDrXikKZ8jCKt/HVaUbBwkdQis/&#10;rvVhXGxlUQkf4+Eoio8xKveugKT7uFYb+5KpBjkjw8Zqwue1zZWUoAmlI5+FLC+NdaxIug9wSaWa&#10;ciG8NIREHVCPT8PQRxglOHVed87o+SwXGi2JU5d/fI3geXxMq4WkHq1mhE52tiVcgI2sb47VHNol&#10;GHbpGkYxEgwulLO2/IR0GaF0YLyztgJ7fxaeTUaTUTJI4pPJIAmLYvBimieDk2l0elwMizwvog+O&#10;fJSkNaeUScd/L/Yo+Tsx7a7dVqYHuR86FTxF9y0Fsvu3J+1n78a9Fc5M0fWVdtU5GYC+/eHdXXQX&#10;6PHen/r1xxj/BAAA//8DAFBLAwQUAAYACAAAACEA/YpUNtwAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG70i8Q2QkLmhLKSNMpelEkYq4bqCds8a0ZY1TNelW3h4jDnC0/en39+eb2fXi&#10;hGPoPGm4XSYgkGpvO2o0vL9VizWIEA1Z03tCDV8YYFNcXuQms/5MWzztYiM4hEJmNLQxDpmUoW7R&#10;mbD0AxLfPvzoTORxbKQdzZnDXS/TJFHSmY74Q2sGfG6xPu4mp+HGu/IzVMeXclrV1Viq/Ss2qdbX&#10;V/PTI4iIc/yD4Uef1aFgp4OfyAbRa1B363tGNaxUCoIB9aC43OF3IYtc/m9QfAMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAUPHRnYwIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD9ilQ23AAAAAkBAAAPAAAAAAAAAAAAAAAAAL0EAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 76" o:spid="_x0000_s1197" type="#_x0000_t32" style="position:absolute;margin-left:423.7pt;margin-top:24.75pt;width:23.05pt;height:0;rotation:90;z-index:251693056;visibility:visible" adj="-493942,-1,-493942" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00624E02">
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 92" o:spid="_x0000_s1200" style="position:absolute;margin-left:459.25pt;margin-top:31.55pt;width:30pt;height:30pt;z-index:251696128;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1804" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251837440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTzzwugAIAALEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2sOLYQOSgku5u0&#10;DZD0ALRIWWwpUiAZf1AUSHqBHKFX6KaLfpAzyDfqkJGNpN0URbWgSHH4Zt7jG52ebRqBVkwbrmSG&#10;o6MQIyZLRblcZvjt1XwwxshYIikRSrIMb5nBZ9Pnz07XbcpiVStBmUYAIk26bjNcW9umQWDKmjXE&#10;HKmWSdislG6IhaVeBlSTNaA3IojDcBSslaatViUzBr4WD5t46vGripX2TVUZZpHIMNRm/aj9uHBj&#10;MD0l6VKTtuZlXwb5hyoawiUkPUAVxBJ0rfkfUA0vtTKqskelagJVVbxkngOwicLf2FzWpGWeC4hj&#10;2oNM5v/Blq9XFxpxmuE4PsZIkgYuqfu8u9nddT+7L7s7tLvt7mHYfdrddF+7H9337r77hpKhk27d&#10;mhQQcnmhHflyIy/bc1W+N0iqvCZyyTyFq20LqJE7ETw54hamhQIW61eKQgy5tsrruKl04yBBIbTx&#10;17U9XBfbWFTCx3iShCEUXcLWaHjs4Um6P9lqY18y1SA3yfCCSZsrKcERSg99DrI6N9ZfGu2JE/ou&#10;wqhqBHhgRQRKJuNJ0uP20QFJ98juqFRzLoR3kZBoDSzjkzD08EYJTt2uizN6uciFRoAKPPzT4z4J&#10;a7iFdhC8yfD4EETSmhE6k9SnsYQLmCPrRbWag8yCYZe7YRQjwaAR3cypTVIhXXqQrOfqxPPG/DAJ&#10;J7PxbJwMkng0GyRhUQxezPNkMJpHJ8fFsMjzIvromERJWnNKmXRk9k0SJX9nwr5dH+x9aJODbMFT&#10;dF8ylLh/+6K9Z5xNHgy3UHR7ofdegr7wwX0Pu8Z7vIb54z/N9BcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAV3ot83QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNoBY5Sm0wab&#10;OCGxgeCaNaapSJyqybby73FPcPOzn56/Vy4G78QR+9gGUpBPMhBIdTAtNQre3zZXcxAxaTLaBUIF&#10;PxhhUZ2flbow4URbPO5SIziEYqEV2JS6QspYW/Q6TkKHxLev0HudWPaNNL0+cbh3cpplM+l1S/zB&#10;6g4fLdbfu4NXcC9f1oN53TyHj/Wn2z65VW6XK6UuL4blA4iEQ/ozw4jP6FAx0z4cyEThWF/f3rFV&#10;wc2MO42G+ZSH/bjIQVal/N+g+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCTzzwugAIA&#10;ALEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAV3ot8&#10;3QAAAAkBAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" adj="10777" strokeweight="1pt">
-[...94 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1796">
+                <v:oval id="_x0000_s1206" style="position:absolute;margin-left:413.55pt;margin-top:32.95pt;width:33pt;height:30pt;z-index:251702272;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1206">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
-[...1113 lines deleted...]
-                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-          </w:p>
-[...69 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 68" o:spid="_x0000_s1194" type="#_x0000_t34" style="position:absolute;margin-left:256.25pt;margin-top:17.8pt;width:27.45pt;height:.05pt;rotation:90;z-index:251689984;visibility:visible" adj="10780,-157377600,-284734" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 90" o:spid="_x0000_s1199" style="position:absolute;margin-left:311.75pt;margin-top:31.55pt;width:30pt;height:30pt;z-index:251695104;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Oval 71" o:spid="_x0000_s1792" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:1.6pt;width:25.25pt;height:22.2pt;z-index:251825152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByPhMuJQIAAEQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu61R02nqKEIa&#10;26TBD3AcJ7FwfObsNi2/novTlg54QuTB8uXOn7/vO9/ydt8ZtlPoNdiCZ5OUM2UlVNo2Bf/6ZfPu&#10;hjMfhK2EAasKflCe367evln2LldTaMFUChmBWJ/3ruBtCC5PEi9b1Qk/AacsJWvATgQKsUkqFD2h&#10;dyaZpulV0gNWDkEq7+nv/Zjkq4hf10qGp7r2KjBTcOIW4opxLYc1WS1F3qBwrZZHGuIfWHRCW7r0&#10;DHUvgmBb1H9AdVoieKjDREKXQF1rqaIGUpOlv6l5aYVTUQuZ493ZJv//YOXj7hmZrgo+n3NmRUc9&#10;etoJw66zwZve+ZxKXtwzDuq8ewD5zTML61bYRt0hQt8qURGjWJ+8OjAEno6ysv8MFSGLbYBo077G&#10;bgAkA9g+duNw7obaBybp5/tpenVNpCSlpjfZYha7lYj8dNihDx8VdGzYFFwZo50f/BK52D34QPyp&#10;+lQV+YPR1UYbEwNsyrVBRmoLvonfIJmO+MsyY1lP6hbpPI3Qr5L+EiON398wELa2ik9tMOvDcR+E&#10;NuOe7jSWrj4ZNhof9uU+tmY6P/WihOpAfiKMD5kGjzYt4A/OenrEBffftwIVZ+aTpZ4sshm5xkIM&#10;ZvPrKQV4mSkvM8JKgiq4DMjZGKzDOCtbh7pp6a4semDhjjpZ62jxQHrkdVRATzXaeByrYRYu41j1&#10;a/hXPwEAAP//AwBQSwMEFAAGAAgAAAAhAKWr3KzfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;jk1Pg0AURfcm/ofJM3FnBxD7gTyaWiOuTCO1RndTeAKReUOYaYv/3ulKlzf35tyTLkfdiSMNtjWM&#10;EE4CEMSlqVquEd62TzdzENYprlRnmBB+yMIyu7xIVVKZE7/SsXC18BC2iUJonOsTKW3ZkFZ2Ynpi&#10;332ZQSvn41DLalAnD9edjIJgKrVq2T80qqd1Q+V3cdAI+cN68/iy3ew+cg5Xebu7e38uPhGvr8bV&#10;PQhHo/sbw1nfq0PmnfbmwJUVHcIiXPglwm0E4lzHUQxijxDPpiCzVP73z34BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAcj4TLiUCAABEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEApavcrN8AAAAHAQAADwAAAAAAAAAAAAAAAAB/BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#Oval 71">
+                <v:oval id="_x0000_s1204" style="position:absolute;margin-left:253.1pt;margin-top:31.55pt;width:33pt;height:30pt;z-index:251700224;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1204">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00413698" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:b/>
-[...1 lines deleted...]
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00413698">
+                        <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
-                            <w:b/>
-[...1 lines deleted...]
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-              </w:tabs>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1191" style="position:absolute;margin-left:136.05pt;margin-top:28.65pt;width:30pt;height:30pt;z-index:251686912;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1190" type="#_x0000_t32" style="position:absolute;margin-left:86.05pt;margin-top:16.4pt;width:24.55pt;height:0;rotation:90;z-index:251685888;visibility:visible" adj="-167345,-1,-167345" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1203" style="position:absolute;margin-left:79.7pt;margin-top:29.25pt;width:33pt;height:30pt;z-index:251699200;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1203">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1193" type="#_x0000_t32" style="position:absolute;margin-left:-13.1pt;margin-top:33.05pt;width:43.15pt;height:0;rotation:270;z-index:251688960;visibility:visible" adj="-50233,-1,-50233" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="009E1FEC">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Сообщение завершающее</w:t>
+              <w:t xml:space="preserve">                                                                                                                                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="176"/>
+        <w:tblW w:w="14283" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14283"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00473E55" w:rsidTr="004B43BA">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="14283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Oval 65" o:spid="_x0000_s1786" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:2.35pt;width:25.25pt;height:23pt;z-index:251819008;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyXJ15HAIAADAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xouzRqulp1KUJa&#10;2JUWPsB1nMbC8Zix23T5esZOt3SBJ0QeLE9mfHzOmfHy+tgbdlDoNdiaF5OcM2UlNNruav71y+bN&#10;O858ELYRBqyq+ZPy/Hr1+tVycJUqoQPTKGQEYn01uJp3Ibgqy7zsVC/8BJyylGwBexEoxF3WoBgI&#10;vTdZmefzbABsHIJU3tPf2zHJVwm/bZUM923rVWCm5sQtpBXTuo1rtlqKaofCdVqeaIh/YNELbenS&#10;M9StCILtUf8B1WuJ4KENEwl9Bm2rpUoaSE2R/6bmsRNOJS1kjndnm/z/g5WfDw/IdFPz2ZQzK3rq&#10;0f1BGDafRW8G5ysqeXQPGNV5dwfym2cW1p2wO3WDCEOnREOMilifvTgQA09H2Xb4BA0hi32AZNOx&#10;xT4CkgHsmLrxdO6GOgYm6efbMp9fzTiTlCoXZZGnbmWiej7s0IcPCnoWNzVXxmjno1+iEoc7HyIf&#10;UT1XJf5gdLPRxqQAd9u1QUZqa75JX5JAMi/LjGVDzRezcpaQX+T8JUSevr9BIOxtkyYtevX+tA9C&#10;m3FPLI09mRf9Gn3fQvNE3iGMQ0uPjDYd4A/OBhrYmvvve4GKM/PRkv+LYjqNE56C6eyqpAAvM9vL&#10;jLCSoGouA3I2Buswvou9Q73r6K4iCbZwQ11rdbIzdnTkdaJLY5lcPj2hOPeXcar69dBXPwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIV5U+zfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwkAURfcm&#10;/sPkmbiTGaAKrX0lalCjkRDQuB7aR9vYedN0plD+3mGly5t7c+5JF4NpxIE6V1tGGI8UCOLcFjWX&#10;CF+fzzdzEM5rLnRjmRBO5GCRXV6kOinskTd02PpSBAi7RCNU3reJlC6vyGg3si1x6Pa2M9qH2JWy&#10;6PQxwE0jJ0rdSaNrDg+Vbumpovxn2xuEl/VrLKf9o9rz22q++v5Ynt6nS8Trq+HhHoSnwf+N4awf&#10;1CELTjvbc+FEgxCP47BEiGYgznU0iUDsEG7VDGSWyv/+2S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAslydeRwCAAAwBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAhXlT7N8AAAAHAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
+                </v:shapetype>
+                <v:shape id="Блок-схема: сохраненные данные 8" o:spid="_x0000_s1213" type="#_x0000_t130" style="position:absolute;margin-left:13.8pt;margin-top:.5pt;width:96.65pt;height:19.3pt;z-index:251708416;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 8">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Э</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Ү</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>П</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> АЖ</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> АЖ</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D91F7C">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АЖ</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
               </w:pict>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="AutoShape 66" o:spid="_x0000_s1787" type="#_x0000_t130" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:8.1pt;width:69.5pt;height:17.65pt;z-index:251820032;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQ9LgPNgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r068OEuNOkXRrsOA&#10;bi3Q7QMYWbaFyaJHKXG6rx8lp1m67TTMB0EUyUfykfTF5b63YqfJG3SVnJ/NpNBOYW1cW8mvX27f&#10;rKTwAVwNFp2u5JP28nL9+tXFOJQ6xw5trUkwiPPlOFSyC2Eos8yrTvfgz3DQjpUNUg+BRWqzmmBk&#10;9N5m+Wy2zEakeiBU2nt+vZmUcp3wm0arcN80XgdhK8m5hXRSOjfxzNYXULYEQ2fUIQ34hyx6MI6D&#10;HqFuIIDYkvkDqjeK0GMTzhT2GTaNUTrVwNXMZ79V89jBoFMtTI4fjjT5/werPu8eSJi6ksVbKRz0&#10;3KOrbcAUWiyXkaBx8CXbPQ4PFEv0wx2qb144vO7AtfqKCMdOQ81pzaN99sIhCp5dxWb8hDXDA8Mn&#10;rvYN9RGQWRD71JKnY0v0PgjFj6tVviy4cYpVeb6YF0WKAOWz80A+fNDYi3ipZGNx5LQo3DtrnH4M&#10;SNBGDqGE3Z0PMT0on51SOWhNfWusTQK1m2tLYgc8L7fpO8Tzp2bWibGS50VeJOQXOn8KMUvf3yB6&#10;E3jwrem5xqMRlJHH965OYxnA2OnOKVt3IDZyOfUk7Df71Lr82KYN1k9MNeE06LyYfOmQfkgx8pBX&#10;0n/fAmkp7EfH7TqfLxZxK5KwKN7lLNCpZnOqAacYqpIqkBSTcB2mXdoOZNqOY80TIQ7jDDUm0R0H&#10;YMrrUAGPcurCYe3irpzKyerXz2H9EwAA//8DAFBLAwQUAAYACAAAACEA5XSOO+AAAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqpGpLFOJUpRLcoFBQJW5uvE0i4nUaO2n4&#10;e7YnOO7MaPZNthptIwbsfO1IQTyNQCAVztRUKvj8eLpLQPigyejGESr4QQ+r/Poq06lxZ3rHYRdK&#10;wSXkU62gCqFNpfRFhVb7qWuR2Du6zurAZ1dK0+kzl9tGzqJoKa2uiT9UusVNhcX3rrcKJutT371M&#10;vo774TXenB7f9lvrn5W6vRnXDyACjuEvDBd8RoecmQ6uJ+NFo2CezDnJ+nIG4uIn9ywcFCziBcg8&#10;k/8H5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkPS4DzYCAABkBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5XSOO+AAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
-                  <v:textbox style="mso-next-textbox:#AutoShape 66">
+                <v:shape id="_x0000_s1219" type="#_x0000_t130" style="position:absolute;margin-left:332.7pt;margin-top:2.85pt;width:75pt;height:25.8pt;z-index:251714560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1219">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ЭҮШ</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00AB0BD9">
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1214" type="#_x0000_t130" style="position:absolute;margin-left:436.75pt;margin-top:1.8pt;width:88.05pt;height:29.25pt;z-index:251709440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ӨЭҮШ АЖО</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ИС ПЭП</w:t>
-                        </w:r>
+                        </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-          </w:p>
-[...54 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="AutoShape 68" o:spid="_x0000_s1789" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:24.95pt;width:81.35pt;height:29.6pt;z-index:251822080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHcfgTLAIAAFUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/082GpE1X2VRVSxFS&#10;gUqFD5jY3qyFb4ydbMrXM/amIQWeEPtgeTzjMzPnjHd5tbeG7RRG7V3L67MJZ8oJL7XbtPzrl7s3&#10;C85iAifBeKda/qQiv1q9frUcQqOmvvdGKmQE4mIzhJb3KYWmqqLolYV45oNy5Ow8Wkhk4qaSCAOh&#10;W1NNJ5PzavAoA3qhYqTT29HJVwW/65RIn7suqsRMy6m2VFYs6zqv1WoJzQYh9FocyoB/qMKCdpT0&#10;CHULCdgW9R9QVgv00XfpTHhb+a7TQpUeqJt68ls3jz0EVXohcmI40hT/H6z4tHtApmXL5zVnDixp&#10;dL1NvqRm54tM0BBiQ3GP4QFzizHce/EtMudvenAbdY3oh16BpLLqHF+9uJCNSFfZevjoJcEDwReu&#10;9h3aDEgssH2R5OkoidonJuhwtrg4X5Bwglxv6/piMS8ZoHm+HDCm98pbljctlxqsd7Lgw+4+plwP&#10;NM9RpX5vtLzTxhQDN+sbg2wHNCB35TskiKdhxrGh5Zfz6bwgv/DFU4hJ+f4GYXWiSTfatnxxDIIm&#10;E/fOyTKHCbQZ91SycQcmM3mjCGm/3hetpkdd1l4+Ebfox8mml0ib3uMPzgaa6pbH71tAxZn54Eif&#10;y3o2y8+gGLP5xZQMPPWsTz3gBEG1XCTkbDRu0vh4tgH1pqdcdSHE+Tw0nS50Z8XHug4d0OwWFQ7v&#10;LD+OU7tE/fobrH4CAAD//wMAUEsDBBQABgAIAAAAIQB6ANuK3QAAAAcBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUjcqFMKaRuyqRBQEIceaDlwdOMlMY3XwXbb8Pe4JziOZvTmlYvB&#10;duJAPhjHCONRBoK4dtpwg/C+WV7NQISoWKvOMSH8UIBFdX5WqkK7I7/RYR0bkSAcCoXQxtgXUoa6&#10;JavCyPXEqft03qqYom+k9uqY4LaT11mWS6sMp4dW9fTQUr1b7y2CMmbl/epF7z74deK+nx+flpsv&#10;xMuL4f4ORKQh/o3hpJ/UoUpOW7dnHUSHMB/P0xJhOgFxqvPZFMQW4Ta/AVmV8r9/9QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDHcfgTLAIAAFUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB6ANuK3QAAAAcBAAAPAAAAAAAAAAAAAAAAAIYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;">
-[...38 lines deleted...]
-                  </v:textbox>
+                <v:shape id="Прямая со стрелкой 17" o:spid="_x0000_s1216" type="#_x0000_t32" style="position:absolute;margin-left:357.25pt;margin-top:39.4pt;width:19.35pt;height:0;rotation:270;z-index:251711488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-488763,-1,-488763">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Rectangle 67" o:spid="_x0000_s1788" style="position:absolute;left:0;text-align:left;margin-left:36.35pt;margin-top:4.75pt;width:48pt;height:20.2pt;z-index:251821056;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXKMPLLAIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06RR091GTVerLkVI&#10;C6xY+ADHcRIL3xi7TZevZ+x0Sxd4QuTB8mTGJ2fOGWd9c9SKHAR4aU1N57OcEmG4baXpa/r1y+7N&#10;NSU+MNMyZY2o6ZPw9Gbz+tV6dJUo7GBVK4AgiPHV6Go6hOCqLPN8EJr5mXXCYLKzoFnAEPqsBTYi&#10;ulZZkefLbLTQOrBceI9v76Yk3ST8rhM8fOo6LwJRNUVuIa2Q1iau2WbNqh6YGyQ/0WD/wEIzafCj&#10;Z6g7FhjZg/wDSksO1tsuzLjVme06yUXqAbuZ57918zgwJ1IvKI53Z5n8/4PlHw8PQGRb07KgxDCN&#10;Hn1G1ZjplSDLqyjQ6HyFdY/uAWKL3t1b/s0TY7cDlolbADsOgrVIax7rsxcHYuDxKGnGD7ZFeLYP&#10;Nml17EBHQFSBHJMlT2dLxDEQji+X+WqZo3EcU0W5LBfJsoxVz4cd+PBOWE3ipqaA3BM4O9z7EMmw&#10;6rkkkbdKtjupVAqgb7YKyIHhdOzSk/hjj5dlypCxpquyKBPyi5y/hMjT8zcILQOOuZK6ptfnIlZF&#10;1d6aNg1hYFJNe6SszEnGqNzkQDg2x2RUcTalse0TCgt2Gmu8hrgZLPygZMSRrqn/vmcgKFHvDZqz&#10;mi9QPhJSsCivCgzgMtNcZpjhCFVTHoCSKdiG6ebsHch+wG/NkyDG3qKlnUxyR7snXqcOcHCTC6dL&#10;Fm/GZZyqfv0KNj8BAAD//wMAUEsDBBQABgAIAAAAIQBMXW7J3QAAAAcBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUhcEHWooG1CNlWEQAjBgaRcuLnxEkfE6yh20/D3uCc4jmb05uXb&#10;2fZiotF3jhFuFgkI4sbpjluEj93T9QaED4q16h0Twg952BbnZ7nKtDtyRVMdWhEh7DOFYEIYMil9&#10;Y8gqv3ADcey+3GhViHFspR7VMcJtL5dJspJWdRwfjBrowVDzXR8swqd7c49lQs+D2b2E6aqsXt/r&#10;CvHyYi7vQQSaw98YTvpRHYrotHcH1l70COvlOi4R0jsQp3q1iXmPcJumIItc/vcvfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAXKMPLLAIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBMXW7J3QAAAAcBAAAPAAAAAAAAAAAAAAAAAIYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;">
-                  <v:textbox style="mso-next-textbox:#Rectangle 67">
+                <v:shape id="Прямая со стрелкой 28" o:spid="_x0000_s1218" type="#_x0000_t32" style="position:absolute;margin-left:223.05pt;margin-top:38.05pt;width:33.9pt;height:0;rotation:270;z-index:251713536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-198096,-1,-198096">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1222" style="position:absolute;margin-left:205.5pt;margin-top:2.85pt;width:56.8pt;height:18.25pt;z-index:251717632;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1222">
                     <w:txbxContent>
-                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00D91F7C">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-                          <w:t xml:space="preserve">Процесс  </w:t>
+                          <w:t xml:space="preserve">  Портал</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1221" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.6pt;width:26.25pt;height:.05pt;rotation:180;z-index:251716608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10779,-102600000,-418423" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1220" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:21.1pt;width:26.25pt;height:0;z-index:251715584;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 16" o:spid="_x0000_s1215" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:19.8pt;width:0;height:42pt;flip:y;z-index:251710464;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="009E1FEC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 18" o:spid="_x0000_s1217" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:251712512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00EC1B56" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="007920F5" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="002E3D00" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13842" w:type="dxa"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E1FEC" w:rsidTr="004B43BA">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1169" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:243.65pt;width:15.75pt;height:11.25pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00D82E4B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1170" style="position:absolute;left:0;text-align:left;margin-left:586.15pt;margin-top:211.8pt;width:64.3pt;height:32.6pt;z-index:251665408;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="009E1FEC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                                  </w:t>
+            </w:r>
+            <w:r w:rsidR="009E1FEC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="585470" cy="323215"/>
+                  <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
+                  <wp:docPr id="3" name="Рисунок 3"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="585470" cy="323215"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidTr="004B43BA">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1171" style="position:absolute;left:0;text-align:left;margin-left:2.3pt;margin-top:.65pt;width:22.5pt;height:32.1pt;z-index:251666432;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1171">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00701305" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>сұрау</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="009E1FEC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушы                                                                                         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC678D" w:rsidRDefault="00BC678D" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="002860D6" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002860D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13749" w:type="dxa"/>
+        <w:tblInd w:w="534" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3085"/>
+        <w:gridCol w:w="10664"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1161" style="position:absolute;left:0;text-align:left;margin-left:51.4pt;margin-top:1.5pt;width:25.25pt;height:23pt;z-index:251656192;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1161">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00FD14E3" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Процесс</w:t>
+            <w:r w:rsidRPr="00FD14E3">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD14E3">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тапқы хабарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1168" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:1.6pt;width:25.25pt;height:22.2pt;z-index:251663360;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1168">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00413698" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00413698">
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соңғы хабарлама</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1162" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:2.35pt;width:25.25pt;height:23pt;z-index:251657216;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарапайым соңғы оқиға</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00DD29EE" w:rsidTr="004B43BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1163" type="#_x0000_t130" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:8.1pt;width:69.5pt;height:17.65pt;z-index:251658240;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1163">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">ЭҮП АЖ </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D5CD8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық үкімет порталының ақпараттық жүйесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1164" style="position:absolute;left:0;text-align:left;margin-left:36.35pt;margin-top:4.75pt;width:48pt;height:20.2pt;z-index:251659264;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1164">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Процесс  </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Процесс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1165" type="#_x0000_t4" style="position:absolute;margin-left:36.35pt;margin-top:3.65pt;width:67.85pt;height:24.55pt;z-index:251660288;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1165">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD2D50" w:rsidRPr="002860D6" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">    </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002860D6">
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Шарт </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Условие</w:t>
+            <w:r w:rsidRPr="009D5CD8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шарт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="AutoShape 69" o:spid="_x0000_s1790" type="#_x0000_t32" style="position:absolute;margin-left:45.95pt;margin-top:15.8pt;width:47.75pt;height:0;z-index:251823104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Uir7PgIAAHcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO2yAU3VfqPyD2Gdupk0msOKORnXQz&#10;bSPN9AMIYBsVAwISJ6r6773gJJ1pN1VVL/DF93kOB68eTr1ER26d0KrE2V2KEVdUM6HaEn992U4W&#10;GDlPFCNSK17iM3f4Yf3+3WowBZ/qTkvGLYIiyhWDKXHnvSmSxNGO98TdacMVOBtte+Jha9uEWTJA&#10;9V4m0zSdJ4O2zFhNuXPwtR6deB3rNw2n/kvTOO6RLDHM5uNq47oPa7JekaK1xHSCXsYg/zBFT4SC&#10;prdSNfEEHaz4o1QvqNVON/6O6j7RTSMojxgATZb+hua5I4ZHLECOMzea3P8rSz8fdxYJVuIZ0KNI&#10;D2f0ePA6tkbzZSBoMK6AuErtbIBIT+rZPGn6zSGlq46olsfol7OB5CxkJG9SwsYZaLMfPmkGMQQa&#10;RLZOje1DSeABneKhnG+Hwk8eUfg4T+f5dIYRvboSUlzzjHX+I9c9CkaJnbdEtJ2vtFJw8tpmsQs5&#10;PjkfpiLFNSE0VXorpIwCkAoNMPr0Pk1jhtNSsOANcc62+0padCRBQ/GJGMHzOiyUronrxjgG1igu&#10;qw+KxS4dJ2xzsT0REmzkI2neCqBRchzG6DnDSHK4TsEa55YqTAKUAJKLNcrr+zJdbhabRT7Jp/PN&#10;JE/revK4rfLJfJvdz+oPdVXV2Y8AKsuLTjDGVcB1lXqW/52ULpduFOlN7DcGk7fVI9Uw7PUdh46a&#10;CDIYBbXX7LyzAV2QB6g7Bl9uYrg+r/cx6tf/Yv0TAAD//wMAUEsDBBQABgAIAAAAIQAnyFuB4AAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0HaytxQdQJVKUJcaoKwQWKEAk/4ubG&#10;2yRqvI5spw1vjysOcNyd0cw32WrUHTugda0hAfEsAoZUGdVSLeCtfLhcAnNekpKdIRTwjQ5W+eQs&#10;k6kyR3rFQ+FrFkLIpVJA432fcu6qBrV0M9MjBW1nrJY+nLbmyspjCNcdv4qiBdeypdDQyB7vGqz2&#10;xaBDyeZ5ff/4WdiX+cX7U2mGpPz48kKcT8f1LTCPo/8zwwk/oEMemLZmIOVYJyCJk+AUcB0vgJ30&#10;5c0c2Pb3wfOM/x+Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4Uir7PgIAAHcEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAnyFuB4AAAAAgB&#10;AAAPAAAAAAAAAAAAAAAAAJgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1166" type="#_x0000_t32" style="position:absolute;margin-left:45.95pt;margin-top:15.8pt;width:47.75pt;height:0;z-index:251661312;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-64936,-1,-64936" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Поток сообщений</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хабарлама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5CD8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ағымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="AutoShape 70" o:spid="_x0000_s1791" type="#_x0000_t32" style="position:absolute;margin-left:51.4pt;margin-top:16.45pt;width:32.95pt;height:0;z-index:251824128;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxqlR+NQIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6p7YzN02NOkVhJ7t0&#10;W4B2D6BIcixMFgVJjRMMe/dRys/a7TIM80GmzL+PH0nf3e8HTXbSeQWmpsVVTok0HIQy25p+fV5N&#10;5pT4wIxgGoys6UF6er94/+5utJWcQg9aSEcwiPHVaGvah2CrLPO8lwPzV2ClQWUHbmABr26bCcdG&#10;jD7obJrns2wEJ6wDLr3Hr+1RSRcpftdJHr50nZeB6JoitpBOl85NPLPFHau2jtle8RMM9g8oBqYM&#10;Jr2Eallg5MWpP0INijvw0IUrDkMGXae4TDVgNUX+WzVPPbMy1YLkeHuhyf+/sPzzbu2IEjUtbykx&#10;bMAePbwESKnJTSJotL5Cu8asXSyR782TfQT+zRMDTc/MVibr54NF5yJSmr1xiRdvMc1m/AQCbRgm&#10;SGztOzfEkMgD2aemHC5NkftAOH4si3k5u6aEn1UZq85+1vnwUcJAolBTHxxT2z40YAx2HlyRsrDd&#10;ow8RFavODjGpgZXSOg2ANmRE6NObPE8eHrQSURvtvNtuGu3IjsUZSk+qETWvzRy8GJGi9ZKJ5UkO&#10;TGmUSUjkBKeQLi1pTDdIQYmWuDZROuLTJmbE0hHxSTqO0ffb/HY5X87LSTmdLSdl3raTh1VTTmar&#10;4ua6/dA2TVv8iOCLsuqVENJE/OeRLsq/G5nTch2H8TLUF6ayt9ETpQj2/E6gU+9ju+MO+moD4rB2&#10;sbp4wylOxqeNi2vy+p6sfv0XFj8BAAD//wMAUEsDBBQABgAIAAAAIQClTEYW2wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOsQUCghTkWQgri2oJ7deElC43VkO234e7bi&#10;AMfZGc28LdazHcQRfegdKbhdJiCQGmd6ahV8vNeLFYgQNRk9OEIF3xhgXV5eFDo37kQbPG5jK7iE&#10;Qq4VdDGOuZSh6dDqsHQjEnufzlsdWfpWGq9PXG4HmSZJJq3uiRc6PeJLh81hO1kFN85WX6E+vFbT&#10;fVP7Ktu9YZsqdX01Pz+BiDjHvzCc8RkdSmbau4lMEAPrJGX0qOAufQRxDmSrBxD734MsC/n/g/IH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8apUfjUCAABfBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApUxGFtsAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1167" type="#_x0000_t32" style="position:absolute;margin-left:51.4pt;margin-top:16.45pt;width:32.95pt;height:0;z-index:251662336;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Поток управления</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басқару</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5CD8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ағымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00F66822" w:rsidTr="004B43BA">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="457200" cy="361950"/>
-[...1 lines deleted...]
-                  <wp:docPr id="4" name="Рисунок 7"/>
+                  <wp:extent cx="429260" cy="323215"/>
+                  <wp:effectExtent l="19050" t="0" r="8890" b="0"/>
+                  <wp:docPr id="9" name="Рисунок 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7"/>
+                          <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11"/>
+                          <a:blip r:embed="rId8" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="457200" cy="361950"/>
+                            <a:ext cx="429260" cy="323215"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln w="9525">
-[...4 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00F66822" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Электронный документ, представляемый конечному получателю</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Соңғы қызмет алушыға берілетін  электрондық  құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00D91F7C" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:ind w:left="-142" w:right="-221"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB0BD9">
-[...5 lines deleted...]
-              <w:t>ШЭП</w:t>
+            <w:r w:rsidRPr="00D91F7C">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЭҮШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Шлюз электронного правительства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электрондық үкімет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5CD8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шлюзі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00BC678D" w:rsidTr="004B43BA">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00D91F7C" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:ind w:left="-142" w:right="-221"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB0BD9">
-[...5 lines deleted...]
-              <w:t>АРМ РШЭП</w:t>
+            <w:r w:rsidRPr="00D91F7C">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӨЭҮШ АЖО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001296D">
-[...5 lines deleted...]
-              <w:t>Автоматизированное рабочее место регионального шлюза электронного правительства</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өңірлік э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D5CD8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лектрондық үкіметі шлюзінің автоматтандырылған жұмыс орны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14567" w:type="dxa"/>
+        <w:tblStyle w:val="af2"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="298"/>
+        <w:tblW w:w="14992" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7666"/>
-        <w:gridCol w:w="6901"/>
+        <w:gridCol w:w="7054"/>
+        <w:gridCol w:w="7938"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00E67FB9" w:rsidTr="003647A9">
         <w:trPr>
           <w:trHeight w:val="1299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7666" w:type="dxa"/>
+            <w:tcW w:w="7054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00EB2DDB" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00926A8B" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
             <w:pPr>
               <w:pStyle w:val="af"/>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00926A8B" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+            <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00926A8B" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+            <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00926A8B" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+            <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00926A8B" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+            <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6901" w:type="dxa"/>
+            <w:tcW w:w="7938" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
             <w:pPr>
-              <w:pStyle w:val="af"/>
-[...2 lines deleted...]
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E752EA">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Приложение 3 </w:t>
+            <w:r w:rsidRPr="00DE1CD7">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE1CD7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Негізгі орта, жалпы орта білім беру ұйымдарында </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
             <w:pPr>
-              <w:pStyle w:val="af"/>
-[...2 lines deleted...]
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E752EA">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">к регламенту оказания государственной услуги </w:t>
+            <w:r w:rsidRPr="00DE1CD7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>экстернат нысанында оқ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7413">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE1CD7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уға рұқсат беру» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA2D70" w:rsidRPr="00EB2DDB" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+          <w:p w:rsidR="009E1FEC" w:rsidRPr="004B03A0" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
             <w:pPr>
-              <w:pStyle w:val="af"/>
-[...2 lines deleted...]
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E752EA">
-[...4 lines deleted...]
-              <w:t>«Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+            <w:r w:rsidRPr="00DE1CD7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC678D" w:rsidRPr="00AB0BD9" w:rsidRDefault="00BC678D" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B661F0" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AB0BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B661F0">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B661F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B661F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсетудің  бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 298" o:spid="_x0000_s1856" style="position:absolute;left:0;text-align:left;margin-left:532.85pt;margin-top:10.05pt;width:161.25pt;height:41pt;z-index:251890688;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkM+f89QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0naJm2jpdO0MYQ0&#10;YGIgnl3baQyOHWy36fj1XNtpVliFAC0PVnyvfe738fnFvpVox40VWlU4O0sx4opqJtSmwp8/3bxa&#10;YGQdUYxIrXiFH7jFF6uXL877ruQT3WjJuEEAomzZdxVunOvKJLG04S2xZ7rjCpS1Ni1xsDWbhBnS&#10;A3ork0maFkmvDeuMptxakF5HJV4F/Lrm1H2oa8sdkhUG31xYTVjXfk1W56TcGNI1gg5ukP/woiVC&#10;gdER6po4grZGPIFqBTXa6tqdUd0muq4F5SEGiCZLf4vmviEdD7FAcmw3psk+Hyx9v7szSLAKz6YY&#10;KdJCjS63TgfTaLJc+Az1nS3h4H13Z3yMtrvV9JtFSl81RG34pTG6bzhh4Ffmzye/XPAbC1fRun+n&#10;GeATwA/J2tem9YCQBrQPNXkYa8L3DlEQZtN8NstzjCjopkU2zfJggpSH252x7g3XLfI/FTZ6q9hH&#10;KHwwQXa31oXCsCE6wr5iVLcSyrwjEmVFUcwHxOFwQsoD5lBSdiOkREa7L8I1ITXez6C0B3yLOg0J&#10;iOLQv/xKGgQ2IGJKuXJZuCG3LaQhyosUPm+clCCGTo3i2aOYyK4hUZqn2fIQ+4gPyYams9GV6EEe&#10;bnvJeOrPXmT+wgk3ggjgR5gTxoa7/2DtGWMOoQ/5l0IhaMYK5yF7MOuWEsmhsWNLhtEMdQzZVqgH&#10;zWQOcQfftRSjcoz3OdNmjy20wgHrSdFWeHGUfD9DrxUL/eCIkPEfopTKO8kDnw3x6i1A3DesR0z4&#10;tp8spjCssAFymy7SIl3OMSJyA6xMncEnm/cvA40N9aRLT7fH6FdoliOXAyl4Hoh84vbrfeCdIuB4&#10;klhr9gA0AWPmx8i/KvDTaPMDox4YusL2+5YYjpF8q2DSltls5ik9bGb5fAIbc6xZH2uIogA1JCNu&#10;rlx8CLadEZsGbMUBVdoTYC3cgcmiXwOtAQ/HMYhvhif643049fiyrX4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCW8sT53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1G6gKYQ4&#10;FaAyAUNbBtjc+EhC7XOwnTb997gTjE/36d33ysVoDdujD50jCdOJAIZUO91RI+F983x1CyxERVoZ&#10;RyjhiAEW1flZqQrtDrTC/To2LJVQKJSENsa+4DzULVoVJq5HSrcv562KKfqGa68OqdwangmRc6s6&#10;Sh9a1eNTi/VuPVgJy/jd+PD58dK97Y5mOcxWP/PXRykvL8aHe2ARx/gHw0k/qUOVnLZuIB2YSVnc&#10;3M0SK+E6A3YCsjxLY7YScjEFXpX8/4TqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQz&#10;5/z1AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJbyxPnfAAAACgEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 298" o:spid="_x0000_s1244" style="position:absolute;left:0;text-align:left;margin-left:532.85pt;margin-top:10.05pt;width:161.25pt;height:41pt;z-index:251740160;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkM+f89QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0naJm2jpdO0MYQ0&#10;YGIgnl3baQyOHWy36fj1XNtpVliFAC0PVnyvfe738fnFvpVox40VWlU4O0sx4opqJtSmwp8/3bxa&#10;YGQdUYxIrXiFH7jFF6uXL877ruQT3WjJuEEAomzZdxVunOvKJLG04S2xZ7rjCpS1Ni1xsDWbhBnS&#10;A3ork0maFkmvDeuMptxakF5HJV4F/Lrm1H2oa8sdkhUG31xYTVjXfk1W56TcGNI1gg5ukP/woiVC&#10;gdER6po4grZGPIFqBTXa6tqdUd0muq4F5SEGiCZLf4vmviEdD7FAcmw3psk+Hyx9v7szSLAKz6YY&#10;KdJCjS63TgfTaLJc+Az1nS3h4H13Z3yMtrvV9JtFSl81RG34pTG6bzhh4Ffmzye/XPAbC1fRun+n&#10;GeATwA/J2tem9YCQBrQPNXkYa8L3DlEQZtN8NstzjCjopkU2zfJggpSH252x7g3XLfI/FTZ6q9hH&#10;KHwwQXa31oXCsCE6wr5iVLcSyrwjEmVFUcwHxOFwQsoD5lBSdiOkREa7L8I1ITXez6C0B3yLOg0J&#10;iOLQv/xKGgQ2IGJKuXJZuCG3LaQhyosUPm+clCCGTo3i2aOYyK4hUZqn2fIQ+4gPyYams9GV6EEe&#10;bnvJeOrPXmT+wgk3ggjgR5gTxoa7/2DtGWMOoQ/5l0IhaMYK5yF7MOuWEsmhsWNLhtEMdQzZVqgH&#10;zWQOcQfftRSjcoz3OdNmjy20wgHrSdFWeHGUfD9DrxUL/eCIkPEfopTKO8kDnw3x6i1A3DesR0z4&#10;tp8spjCssAFymy7SIl3OMSJyA6xMncEnm/cvA40N9aRLT7fH6FdoliOXAyl4Hoh84vbrfeCdIuB4&#10;klhr9gA0AWPmx8i/KvDTaPMDox4YusL2+5YYjpF8q2DSltls5ik9bGb5fAIbc6xZH2uIogA1JCNu&#10;rlx8CLadEZsGbMUBVdoTYC3cgcmiXwOtAQ/HMYhvhif643049fiyrX4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCW8sT53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1G6gKYQ4&#10;FaAyAUNbBtjc+EhC7XOwnTb997gTjE/36d33ysVoDdujD50jCdOJAIZUO91RI+F983x1CyxERVoZ&#10;RyjhiAEW1flZqQrtDrTC/To2LJVQKJSENsa+4DzULVoVJq5HSrcv562KKfqGa68OqdwangmRc6s6&#10;Sh9a1eNTi/VuPVgJy/jd+PD58dK97Y5mOcxWP/PXRykvL8aHe2ARx/gHw0k/qUOVnLZuIB2YSVnc&#10;3M0SK+E6A3YCsjxLY7YScjEFXpX8/4TqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQz&#10;5/z1AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJbyxPnfAAAACgEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 298">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00074FA4">
+                  <w:r w:rsidRPr="0059175A">
                     <w:rPr>
-                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Сотрудник канцелярии услугодателя </w:t>
+                    <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00074FA4" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00624E02">
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 258" o:spid="_x0000_s1838" style="position:absolute;left:0;text-align:left;margin-left:352.1pt;margin-top:10.35pt;width:165pt;height:33.9pt;z-index:251872256;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawDPH+AIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0napl9aOk0bQ0gD&#10;Jgbi2bWdxuDYxnabbr+eazvNClQI0PIQxdf2ued+nZxf7FuJdtw6oVWFi7McI66oZkJtKvz5082r&#10;OUbOE8WI1IpX+IE7fLF6+eK8M0s+0o2WjFsEIMotO1PhxnuzzDJHG94Sd6YNV7BZa9sSD0u7yZgl&#10;HaC3Mhvl+TTrtGXGasqdA+t12sSriF/XnPoPde24R7LCwM3Ht43vdXhnq3Oy3FhiGkF7GuQ/WLRE&#10;KHA6QF0TT9DWit+gWkGtdrr2Z1S3ma5rQXmMAaIp8l+iuW+I4TEWSI4zQ5rc88HS97s7iwSr8GSG&#10;kSIt1Ohy63V0jUblPGSoM24JB+/NnQ0xOnOr6TeHlL5qiNrwS2t113DCgFcRzmc/XQgLB1fRunun&#10;GeATwI/J2te2DYCQBrSPNXkYasL3HlEwFuPxYl5C6SjsjWejoohFy8jycNtY599w3aLwUWGrt4p9&#10;hMJHF2R363wsDOujI+wrRnUrocw7IlExnU5nkTRZ9ocB+4DZl5TdCCmR1f6L8E1MTeAZN90B3yGj&#10;IQHJHPuXX0mLwAdETClXvog35LaFNCT7NIcn9SCYoVOTefJkJtI0JFnLvFiUPdMBH5INTecSlcSg&#10;jLeDZTj1ZxZFuHCCxiHRA8wJZ/3df/D2jDHH0Pv8S6EQNGOFy5g9aBhHieTQ2Kkl42jGOgauUqEO&#10;dkYziDty11IMm0O8z5k2d+yhFR5UT4q2wvOj5IcZeq1Y1CRPhEzfEKVUgSSPetbHq7cAcd+wDjER&#10;2n40hznBsABxG8/zab6AeSZyA6pMvcUnm/cvA00NFVkdd+np9hh4xWY5ohxFIehA0hO/X++j7pTT&#10;0NNBJNaaPYBMwJiFMQp/FfhotH3EqAOFrrD7viWWYyTfKpi0RTGZBEmPi0k5G8HCHu+sj3eIogDV&#10;JyMtrnz6EWyNFZsGfKUBVToIYC38QckSr17WQIfTGKR/RhD643U89fRnW/0AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAmLScS3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1C5S&#10;ShriVIDKBAwtDLC58ZGE2ucQO2367zkmmO5O7+nd98rV5J044BC7QBrmMwUCqQ62o0bD2+vjVQ4i&#10;JkPWuECo4YQRVtX5WWkKG460wcM2NYJDKBZGQ5tSX0gZ6xa9ibPQI7H2GQZvEp9DI+1gjhzunbxW&#10;aiG96Yg/tKbHhxbr/Xb0Gtbpqxnix/tT97I/ufWYbb5vnu+1vryY7m5BJJzSnxl+8RkdKmbahZFs&#10;FE5DtswztrLAg/VcLXnZaVioOciqlP8LVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;WsAzx/gCAAAhBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJi0nEt4AAAAIAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 258" o:spid="_x0000_s1230" style="position:absolute;left:0;text-align:left;margin-left:352.1pt;margin-top:10.35pt;width:165pt;height:33.9pt;z-index:251725824;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawDPH+AIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0napl9aOk0bQ0gD&#10;Jgbi2bWdxuDYxnabbr+eazvNClQI0PIQxdf2ued+nZxf7FuJdtw6oVWFi7McI66oZkJtKvz5082r&#10;OUbOE8WI1IpX+IE7fLF6+eK8M0s+0o2WjFsEIMotO1PhxnuzzDJHG94Sd6YNV7BZa9sSD0u7yZgl&#10;HaC3Mhvl+TTrtGXGasqdA+t12sSriF/XnPoPde24R7LCwM3Ht43vdXhnq3Oy3FhiGkF7GuQ/WLRE&#10;KHA6QF0TT9DWit+gWkGtdrr2Z1S3ma5rQXmMAaIp8l+iuW+I4TEWSI4zQ5rc88HS97s7iwSr8GSG&#10;kSIt1Ohy63V0jUblPGSoM24JB+/NnQ0xOnOr6TeHlL5qiNrwS2t113DCgFcRzmc/XQgLB1fRunun&#10;GeATwI/J2te2DYCQBrSPNXkYasL3HlEwFuPxYl5C6SjsjWejoohFy8jycNtY599w3aLwUWGrt4p9&#10;hMJHF2R363wsDOujI+wrRnUrocw7IlExnU5nkTRZ9ocB+4DZl5TdCCmR1f6L8E1MTeAZN90B3yGj&#10;IQHJHPuXX0mLwAdETClXvog35LaFNCT7NIcn9SCYoVOTefJkJtI0JFnLvFiUPdMBH5INTecSlcSg&#10;jLeDZTj1ZxZFuHCCxiHRA8wJZ/3df/D2jDHH0Pv8S6EQNGOFy5g9aBhHieTQ2Kkl42jGOgauUqEO&#10;dkYziDty11IMm0O8z5k2d+yhFR5UT4q2wvOj5IcZeq1Y1CRPhEzfEKVUgSSPetbHq7cAcd+wDjER&#10;2n40hznBsABxG8/zab6AeSZyA6pMvcUnm/cvA00NFVkdd+np9hh4xWY5ohxFIehA0hO/X++j7pTT&#10;0NNBJNaaPYBMwJiFMQp/FfhotH3EqAOFrrD7viWWYyTfKpi0RTGZBEmPi0k5G8HCHu+sj3eIogDV&#10;JyMtrnz6EWyNFZsGfKUBVToIYC38QckSr17WQIfTGKR/RhD643U89fRnW/0AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAmLScS3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1C5S&#10;ShriVIDKBAwtDLC58ZGE2ucQO2367zkmmO5O7+nd98rV5J044BC7QBrmMwUCqQ62o0bD2+vjVQ4i&#10;JkPWuECo4YQRVtX5WWkKG460wcM2NYJDKBZGQ5tSX0gZ6xa9ibPQI7H2GQZvEp9DI+1gjhzunbxW&#10;aiG96Yg/tKbHhxbr/Xb0Gtbpqxnix/tT97I/ufWYbb5vnu+1vryY7m5BJJzSnxl+8RkdKmbahZFs&#10;FE5DtswztrLAg/VcLXnZaVioOciqlP8LVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;WsAzx/gCAAAhBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJi0nEt4AAAAIAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 258">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00074FA4">
+                  <w:r w:rsidRPr="00CD49D3">
                     <w:rPr>
                       <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00210D2E" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
-[...5 lines deleted...]
-                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00210D2E" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00624E02">
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 253" o:spid="_x0000_s1835" style="position:absolute;left:0;text-align:left;margin-left:28.3pt;margin-top:8.8pt;width:110.5pt;height:35.15pt;z-index:251869184;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBGwDa9wIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu1DAQfUfiHyy/0yR731WzVdVShMSl&#10;oiCevbazMTh2sL3Nlq9nPM6mC6wQoOYhimfsM2cuPjm/2Dea3EvnlTUlLc5ySqThViizLemnjzcv&#10;FpT4wIxg2hpZ0gfp6cX6+bPzrl3Jka2tFtIRADF+1bUlrUNoV1nmeS0b5s9sKw04K+saFmDptplw&#10;rAP0RmejPJ9lnXWidZZL78F6nZx0jfhVJXl4X1VeBqJLCtwCvh2+N/Gdrc/ZautYWyve02D/waJh&#10;ykDQAeqaBUZ2Tv0G1SjurLdVOOO2yWxVKS4xB8imyH/J5q5mrcRcoDi+Hcrknw6Wv7u/dUSJkk6g&#10;U4Y10KPLXbAYmoym41ihrvUr2HjX3rqYo2/fWP7VE2Ovama28tI529WSCeBVxP3ZTwfiwsNRsune&#10;WgH4DPCxWPvKNREQykD22JOHoSdyHwgHY1Hk88kEWsfBN55PlyNsWsZWh9Ot8+GVtA2JHyV1dmfE&#10;B2g8hmD3b3zAxog+Oya+UFI1Gtp8zzQpZrPZHEmzVb8ZsA+YfUvFjdKaOBs+q1BjaSJPdPoDviet&#10;hQIkM86vvNKOQAzImHNpQoEn9K6BMiT7LIcnzSCYYVKTefJoZrqtWbJO82I57ZkO+FBsGDqfqCQG&#10;UzwdLcOuP7Mo4oETNA6FHmBOBOvP/kO0J8wZU+/rr5UhMIwlnWL1YGA8Z1rCYKeRxKuJfYxctSEd&#10;eEZzyBu5W60G55DvU5bNH0doVADV06op6eKo+PEOvTQCNSkwpdM3ZKlNJClRz/p87Q4g7mrREaHi&#10;2I8W4yXcYKFA3MaLfJYv55QwvQVV5sHRk8P7l4mmgUJWx1N6ejwGXjgsR5RRFKIOJD0J+80edWeG&#10;/YkisbHiAWQCrlm8RvGvAh+1dd8p6UChS+q/7ZiTlOjXBm7askBdCLiYTOcgDMQdezbHHmY4QPXF&#10;SIurkH4Eu9apbQ2x0gU1NgpgpcJByRKvXtZAh9M1SP+MKPTHa9z1+Gdb/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALSp3UveAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNioQ0JT&#10;CHEqQGUChhYG2Nz4kYTazyF22vTf85hgPN3p7rtyOTkr9jiEzpOCy1kCAqn2pqNGwdvr48U1iBA1&#10;GW09oYIjBlhWpyelLow/0Br3m9gILqFQaAVtjH0hZahbdDrMfI/E3qcfnI4sh0aaQR+43FmZJkku&#10;ne6IF1rd40OL9W4zOgWr+NUM4eP9qXvZHe1qnK+/F8/3Sp2fTXe3ICJO8S8Mv/iMDhUzbf1IJgjL&#10;enGTclRBdgWC/Wye5SC2CvI0B1mV8v+B6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBB&#10;GwDa9wIAACEHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC0qd1L3gAAAAgBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 253" o:spid="_x0000_s1227" style="position:absolute;left:0;text-align:left;margin-left:28.3pt;margin-top:8.8pt;width:110.5pt;height:35.15pt;z-index:251722752;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBGwDa9wIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu1DAQfUfiHyy/0yR731WzVdVShMSl&#10;oiCevbazMTh2sL3Nlq9nPM6mC6wQoOYhimfsM2cuPjm/2Dea3EvnlTUlLc5ySqThViizLemnjzcv&#10;FpT4wIxg2hpZ0gfp6cX6+bPzrl3Jka2tFtIRADF+1bUlrUNoV1nmeS0b5s9sKw04K+saFmDptplw&#10;rAP0RmejPJ9lnXWidZZL78F6nZx0jfhVJXl4X1VeBqJLCtwCvh2+N/Gdrc/ZautYWyve02D/waJh&#10;ykDQAeqaBUZ2Tv0G1SjurLdVOOO2yWxVKS4xB8imyH/J5q5mrcRcoDi+Hcrknw6Wv7u/dUSJkk6g&#10;U4Y10KPLXbAYmoym41ihrvUr2HjX3rqYo2/fWP7VE2Ovama28tI529WSCeBVxP3ZTwfiwsNRsune&#10;WgH4DPCxWPvKNREQykD22JOHoSdyHwgHY1Hk88kEWsfBN55PlyNsWsZWh9Ot8+GVtA2JHyV1dmfE&#10;B2g8hmD3b3zAxog+Oya+UFI1Gtp8zzQpZrPZHEmzVb8ZsA+YfUvFjdKaOBs+q1BjaSJPdPoDviet&#10;hQIkM86vvNKOQAzImHNpQoEn9K6BMiT7LIcnzSCYYVKTefJoZrqtWbJO82I57ZkO+FBsGDqfqCQG&#10;UzwdLcOuP7Mo4oETNA6FHmBOBOvP/kO0J8wZU+/rr5UhMIwlnWL1YGA8Z1rCYKeRxKuJfYxctSEd&#10;eEZzyBu5W60G55DvU5bNH0doVADV06op6eKo+PEOvTQCNSkwpdM3ZKlNJClRz/p87Q4g7mrREaHi&#10;2I8W4yXcYKFA3MaLfJYv55QwvQVV5sHRk8P7l4mmgUJWx1N6ejwGXjgsR5RRFKIOJD0J+80edWeG&#10;/YkisbHiAWQCrlm8RvGvAh+1dd8p6UChS+q/7ZiTlOjXBm7askBdCLiYTOcgDMQdezbHHmY4QPXF&#10;SIurkH4Eu9apbQ2x0gU1NgpgpcJByRKvXtZAh9M1SP+MKPTHa9z1+Gdb/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALSp3UveAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNioQ0JT&#10;CHEqQGUChhYG2Nz4kYTazyF22vTf85hgPN3p7rtyOTkr9jiEzpOCy1kCAqn2pqNGwdvr48U1iBA1&#10;GW09oYIjBlhWpyelLow/0Br3m9gILqFQaAVtjH0hZahbdDrMfI/E3qcfnI4sh0aaQR+43FmZJkku&#10;ne6IF1rd40OL9W4zOgWr+NUM4eP9qXvZHe1qnK+/F8/3Sp2fTXe3ICJO8S8Mv/iMDhUzbf1IJgjL&#10;enGTclRBdgWC/Wye5SC2CvI0B1mV8v+B6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBB&#10;GwDa9wIAACEHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC0qd1L3gAAAAgBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 253">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:color w:val="000000"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="00074FA4">
+                  <w:r w:rsidRPr="0059175A">
                     <w:rPr>
-                      <w:color w:val="000000"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Услугополучатель</w:t>
+                    <w:t>Көрсетілетін қызметті алушы</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00624E02">
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 255" o:spid="_x0000_s1836" style="position:absolute;left:0;text-align:left;margin-left:150.35pt;margin-top:8.8pt;width:177.75pt;height:35.45pt;z-index:251870208;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4toQB+QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z2m6pjctnaaNISQu&#10;EwPx7NpOY3DsYLtNx6/n+DjNClQI0PIQxcf2d75z+3JxuW802UnnlTUlzc9GlEjDrVBmU9JPH29f&#10;zCnxgRnBtDWypA/S08vV82cXXbuUY1tbLaQjAGL8smtLWofQLrPM81o2zJ/ZVhrYrKxrWICl22TC&#10;sQ7QG52NR6Np1lknWme59B6sN2mTrhC/qiQP76vKy0B0SYFbwLfD9zq+s9UFW24ca2vFexrsP1g0&#10;TBlwOkDdsMDI1qnfoBrFnfW2CmfcNpmtKsUlxgDR5KNformvWSsxFkiOb4c0+aeD5e92d44oUdLJ&#10;lBLDGqjR1TZYdE3GRREz1LV+CQfv2zsXY/TtG8u/emLsdc3MRl45Z7taMgG88ng+++lCXHi4Stbd&#10;WysAnwE+JmtfuSYCQhrIHmvyMNRE7gPhYMzHs8lkUlDCYe98VizGWLSMLQ+3W+fDK2kbEj9K6uzW&#10;iA9QeHTBdm98wMKIPjomvlBSNRrKvGOa5NPpdIak2bI/DNgHzL6k4lZpTZwNn1WoMTWRJ276A74n&#10;rYUEJDP2r7zWjoAPiJhzaUKON/S2gTQk+3QET+pBMEOnJvPk0cx0W7NkLUb5AssB/AZ8SDY0nU9U&#10;EoMCb0fLcOrPLPJ44QSNQ6IHmBPO+rv/4O0JY8bQ+/xrZQg0Y0kLzB7MuudMS2js1JI4mljHyFUb&#10;0mFvQdzI3Wo1bA7xPmXa/LGHRgVQPa2aks6Pkh9n6KURqEmBKZ2+IUptIkmJetbHa7cAcV+LjggV&#10;2348P1+A1goF4nY+H01HixklTG9AlXlw9GTz/mWgqaGQ1XGXnm6PgRc2yxFlFIWoA0lPwn69R90p&#10;cPqiSKyteACZgDGLYxT/KvBRW/edkg4UuqT+25Y5SYl+bWDSFvlkEiUdF5NiBsJA3PHO+niHGQ5Q&#10;fTLS4jqkH8G2dWpTg680oMZGAaxUOChZ4tXLGuhwGoP0z4hCf7zGU49/ttUPAAAA//8DAFBLAwQU&#10;AAYACAAAACEA8wMVzd4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPvU7DQBCEeyTe4bRIdORs&#10;kINjvI4AhQooEihCd7EX2+R+zN05cd6epYJyNKOZb8rlZLQ4kA+9swjpLAFBtnZNb1uE97enqxxE&#10;iMo2SjtLCCcKsKzOz0pVNO5o13TYxFZwiQ2FQuhiHAopQ92RUWHmBrLsfTpvVGTpW9l4deRyo+V1&#10;ksylUb3lhU4N9NhRvd+MBmEVv1ofPrbP/ev+pFdjtv6+fXlAvLyY7u9ARJriXxh+8RkdKmbaudE2&#10;QWiEmzxLOYqwAMF2lmf8ZIcwT1KQVSn/81c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APi2hAH5AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPMDFc3eAAAABwEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 255" o:spid="_x0000_s1228" style="position:absolute;left:0;text-align:left;margin-left:150.35pt;margin-top:8.8pt;width:177.75pt;height:35.45pt;z-index:251723776;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4toQB+QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z2m6pjctnaaNISQu&#10;EwPx7NpOY3DsYLtNx6/n+DjNClQI0PIQxcf2d75z+3JxuW802UnnlTUlzc9GlEjDrVBmU9JPH29f&#10;zCnxgRnBtDWypA/S08vV82cXXbuUY1tbLaQjAGL8smtLWofQLrPM81o2zJ/ZVhrYrKxrWICl22TC&#10;sQ7QG52NR6Np1lknWme59B6sN2mTrhC/qiQP76vKy0B0SYFbwLfD9zq+s9UFW24ca2vFexrsP1g0&#10;TBlwOkDdsMDI1qnfoBrFnfW2CmfcNpmtKsUlxgDR5KNformvWSsxFkiOb4c0+aeD5e92d44oUdLJ&#10;lBLDGqjR1TZYdE3GRREz1LV+CQfv2zsXY/TtG8u/emLsdc3MRl45Z7taMgG88ng+++lCXHi4Stbd&#10;WysAnwE+JmtfuSYCQhrIHmvyMNRE7gPhYMzHs8lkUlDCYe98VizGWLSMLQ+3W+fDK2kbEj9K6uzW&#10;iA9QeHTBdm98wMKIPjomvlBSNRrKvGOa5NPpdIak2bI/DNgHzL6k4lZpTZwNn1WoMTWRJ276A74n&#10;rYUEJDP2r7zWjoAPiJhzaUKON/S2gTQk+3QET+pBMEOnJvPk0cx0W7NkLUb5AssB/AZ8SDY0nU9U&#10;EoMCb0fLcOrPLPJ44QSNQ6IHmBPO+rv/4O0JY8bQ+/xrZQg0Y0kLzB7MuudMS2js1JI4mljHyFUb&#10;0mFvQdzI3Wo1bA7xPmXa/LGHRgVQPa2aks6Pkh9n6KURqEmBKZ2+IUptIkmJetbHa7cAcV+LjggV&#10;2348P1+A1goF4nY+H01HixklTG9AlXlw9GTz/mWgqaGQ1XGXnm6PgRc2yxFlFIWoA0lPwn69R90p&#10;cPqiSKyteACZgDGLYxT/KvBRW/edkg4UuqT+25Y5SYl+bWDSFvlkEiUdF5NiBsJA3PHO+niHGQ5Q&#10;fTLS4jqkH8G2dWpTg680oMZGAaxUOChZ4tXLGuhwGoP0z4hCf7zGU49/ttUPAAAA//8DAFBLAwQU&#10;AAYACAAAACEA8wMVzd4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPvU7DQBCEeyTe4bRIdORs&#10;kINjvI4AhQooEihCd7EX2+R+zN05cd6epYJyNKOZb8rlZLQ4kA+9swjpLAFBtnZNb1uE97enqxxE&#10;iMo2SjtLCCcKsKzOz0pVNO5o13TYxFZwiQ2FQuhiHAopQ92RUWHmBrLsfTpvVGTpW9l4deRyo+V1&#10;ksylUb3lhU4N9NhRvd+MBmEVv1ofPrbP/ev+pFdjtv6+fXlAvLyY7u9ARJriXxh+8RkdKmbaudE2&#10;QWiEmzxLOYqwAMF2lmf8ZIcwT1KQVSn/81c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APi2hAH5AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPMDFc3eAAAABwEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 255">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00074FA4">
+                  <w:r w:rsidRPr="0059175A">
                     <w:rPr>
-                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Государственная корпорация</w:t>
+                    <w:t>Мемлекеттік корпорация</w:t>
                   </w:r>
                 </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
       <w:r w:rsidRPr="00AB0BD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0BD9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
-      <w:r w:rsidRPr="00624E02">
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1833" style="position:absolute;margin-left:532.85pt;margin-top:21.45pt;width:166.5pt;height:320.65pt;z-index:251867136;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiZfQvqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd13bR0mnaGEIa&#10;MDF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYc2+koTAIJkYvI58ff+fuO9/aXlUQLbqzQKsfp&#10;Vg8jrqhmQs1y/PzZ8b0xRtYRxYjUiuf4nFu8P7l7Z6+pM97XpZaMGwQgymZNnePSuTpLEktLXhG7&#10;pWuuwFhoUxEHopklzJAG0CuZ9Hu9YdJow2qjKbcWtEfRiCcBvyg4dU+KwnKHZI4hNxf+Jvyn/p9M&#10;9kg2M6QuBe3SIP+QRUWEgqA3UEfEETQ34hZUJajRVhdui+oq0UUhKA81QDVp77dqzkpS81ALNMfW&#10;N22y/w+WPl6cGiRYjrd3MVKkghm1H9uL1ZvV2/ZTe9l+bq/aq9W79itqv4PyQ/utvQ6m6/Zy9R6M&#10;X9oLlI58I5vaZoB3Vp8a3wpbn2j60iKlD0uiZvzAGN2UnDBIP/X+yS8XvGDhKpo2jzSDNMjc6dDT&#10;ZWEqDwjdQsswuvOb0fGlQxSU6XZ/POjDhCnYBqPddJSG4SYkW1+vjXUPuK6QP+TY6LliT4EgIQZZ&#10;nFgXBsi6LhD2AqOikkCHBZEoHQ6HoUpA7JzhtMYM9Wop2LGQMgiewPxQGgSXczydpSGMnFdQXNSl&#10;Pf9FBoIeeBr1nYrIuiRRA0SPjhAxbIYHhv6BtBlTKtRAJ/ojcP5bQoRSrtztpHbWoUh2K6c/R6+E&#10;g02Wosrx2IN0ZfiB31cs7JkjQsYzQEnVMcAPPZLHLafLwMXYac+IqWbnwAmj4+bCSwOHUpvXGDWw&#10;tTm2r+bEcIzkQwW82k0HA7/mQRjsjDwjzKZlumkhigJUjqkzGEXh0MXHYV4bMSshVmyR0gfAxkK4&#10;NW1jXl0FsJthGt074pd/Uw5eP1+7yQ8AAAD//wMAUEsDBBQABgAIAAAAIQA6Rajj4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI+9TsMwFIV3JN7Bukhs1K6BBIU4FSAhwYBaWjqwObGJI+zryHbb&#10;8PY4E2z36H46P/VqcpYcdYiDRwHLBQOisfNqwF7Ax+756g5ITBKVtB61gB8dYdWcn9WyUv6E7/q4&#10;TT3JJhgrKcCkNFaUxs5oJ+PCjxrz78sHJ1OWoacqyFM2d5Zyxgrq5IA5wchRPxndfW8PTsDG7DYv&#10;jzIwXuw/17zdL9/sqxXi8mJ6uAeS9JT+YJjr5+rQ5E6tP6CKxGbNbq+LzArgPG+YCV7MVyugLMsb&#10;oE1N/49ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiZfQvqgIAADUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6Rajj4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAAAQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1225" style="position:absolute;margin-left:532.85pt;margin-top:21.45pt;width:166.5pt;height:320.65pt;z-index:251720704;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiZfQvqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd13bR0mnaGEIa&#10;MDF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYc2+koTAIJkYvI58ff+fuO9/aXlUQLbqzQKsfp&#10;Vg8jrqhmQs1y/PzZ8b0xRtYRxYjUiuf4nFu8P7l7Z6+pM97XpZaMGwQgymZNnePSuTpLEktLXhG7&#10;pWuuwFhoUxEHopklzJAG0CuZ9Hu9YdJow2qjKbcWtEfRiCcBvyg4dU+KwnKHZI4hNxf+Jvyn/p9M&#10;9kg2M6QuBe3SIP+QRUWEgqA3UEfEETQ34hZUJajRVhdui+oq0UUhKA81QDVp77dqzkpS81ALNMfW&#10;N22y/w+WPl6cGiRYjrd3MVKkghm1H9uL1ZvV2/ZTe9l+bq/aq9W79itqv4PyQ/utvQ6m6/Zy9R6M&#10;X9oLlI58I5vaZoB3Vp8a3wpbn2j60iKlD0uiZvzAGN2UnDBIP/X+yS8XvGDhKpo2jzSDNMjc6dDT&#10;ZWEqDwjdQsswuvOb0fGlQxSU6XZ/POjDhCnYBqPddJSG4SYkW1+vjXUPuK6QP+TY6LliT4EgIQZZ&#10;nFgXBsi6LhD2AqOikkCHBZEoHQ6HoUpA7JzhtMYM9Wop2LGQMgiewPxQGgSXczydpSGMnFdQXNSl&#10;Pf9FBoIeeBr1nYrIuiRRA0SPjhAxbIYHhv6BtBlTKtRAJ/ojcP5bQoRSrtztpHbWoUh2K6c/R6+E&#10;g02Wosrx2IN0ZfiB31cs7JkjQsYzQEnVMcAPPZLHLafLwMXYac+IqWbnwAmj4+bCSwOHUpvXGDWw&#10;tTm2r+bEcIzkQwW82k0HA7/mQRjsjDwjzKZlumkhigJUjqkzGEXh0MXHYV4bMSshVmyR0gfAxkK4&#10;NW1jXl0FsJthGt074pd/Uw5eP1+7yQ8AAAD//wMAUEsDBBQABgAIAAAAIQA6Rajj4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI+9TsMwFIV3JN7Bukhs1K6BBIU4FSAhwYBaWjqwObGJI+zryHbb&#10;8PY4E2z36H46P/VqcpYcdYiDRwHLBQOisfNqwF7Ax+756g5ITBKVtB61gB8dYdWcn9WyUv6E7/q4&#10;TT3JJhgrKcCkNFaUxs5oJ+PCjxrz78sHJ1OWoacqyFM2d5Zyxgrq5IA5wchRPxndfW8PTsDG7DYv&#10;jzIwXuw/17zdL9/sqxXi8mJ6uAeS9JT+YJjr5+rQ5E6tP6CKxGbNbq+LzArgPG+YCV7MVyugLMsb&#10;oE1N/49ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiZfQvqgIAADUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6Rajj4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAAAQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1833">
+            <v:textbox style="mso-next-textbox:#_x0000_s1225">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00624E02">
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1831" style="position:absolute;margin-left:352.1pt;margin-top:17.05pt;width:165pt;height:329.35pt;z-index:251865088;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAniZCqqwIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u1DAQfkfiDpbfaTbb/SlRs1XVUoRU&#10;oKJwAK/tbAyObWzvZtsnJB5B4gycASFBS8sVsjdi7GTLQiWQEHmIPDOeb/6+8e7espJowa0TWuU4&#10;3ephxBXVTKhZjl88P7q3g5HzRDEiteI5PuMO703u3tmtTcb7utSScYsARLmsNjkuvTdZkjha8oq4&#10;LW24AmOhbUU8iHaWMEtqQK9k0u/1RkmtLTNWU+4caA9bI55E/KLg1D8tCsc9kjmG3Hz82/ifhn8y&#10;2SXZzBJTCtqlQf4hi4oIBUFvoA6JJ2huxS2oSlCrnS78FtVVootCUB5rgGrS3m/VnJbE8FgLNMeZ&#10;mza5/wdLnyxOLBIsx9tDjBSpYEbNx+Zi9Wb1tvnUXDafm6vmavWu+Yqa76D80HxrrqPpurlcvQfj&#10;l+YCpePQyNq4DPBOzYkNrXDmWNNXDil9UBI14/vW6rrkhEH6abif/OIQBAeuaFo/1gzSIHOvY0+X&#10;ha0CIHQLLePozm5Gx5ceUVCm/e3eaBsmTME2GPfTfn8YY5Bs7W6s8w+5rlA45NjquWLPgCAxBlkc&#10;Ox8HyLouEPYSo6KSQIcFkSgdjUaxyoRk3WU4rTFjvVoKdiSkjEIgMD+QFoFzjqezNIaR8wqKa3Vp&#10;L3wtA0EPPG31nYpIU5JWA0RvL0LEuBkBGPoH0mZMqVAdOjGGy39LiFDKlb+d1HAdimS3cvpz9Ep4&#10;2GQpqhzvBJCujDDwB4rFPfNEyPYMUFJ1DAhDb8njl9Nl5OI4OgdGTDU7A05Y3W4uvDRwKLU9x6iG&#10;rc2xez0nlmMkHyng1f10MAhrHoXBcNwHwW5appsWoihA5Zh6i1ErHPj2cZgbK2YlxGpbpPQ+sLEQ&#10;fk3bNq+uAtjNOI3uHQnLvynHWz9fu8kPAAAA//8DAFBLAwQUAAYACAAAACEAPCuJM+IAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHommaxqkACQkG1NLSoZsTmzjCPkex&#10;24a3x0wwnU736b/vr9aTs+Ssx9B7FJDNGBCNrVc9dgI+9s93BZAQJSppPWoB3zrAur6+qmSp/AXf&#10;9XkXO5JCMJRSgIlxKCkNrdFOhpkfNKbbpx+djGkdO6pGeUnhzlLOWE6d7DF9MHLQT0a3X7uTE7A1&#10;++3LoxwZzw/HDW8O2Zt9tULc3kwPKyBRT/EPhl/9pA51cmr8CVUgVkCezRcJFXBfpJmAgi3nQBoB&#10;iyXnQOuK/q9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAniZCqqwIAADUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8K4kz4gAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1223" style="position:absolute;margin-left:352.1pt;margin-top:17.05pt;width:165pt;height:329.35pt;z-index:251718656;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAniZCqqwIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u1DAQfkfiDpbfaTbb/SlRs1XVUoRU&#10;oKJwAK/tbAyObWzvZtsnJB5B4gycASFBS8sVsjdi7GTLQiWQEHmIPDOeb/6+8e7espJowa0TWuU4&#10;3ephxBXVTKhZjl88P7q3g5HzRDEiteI5PuMO703u3tmtTcb7utSScYsARLmsNjkuvTdZkjha8oq4&#10;LW24AmOhbUU8iHaWMEtqQK9k0u/1RkmtLTNWU+4caA9bI55E/KLg1D8tCsc9kjmG3Hz82/ifhn8y&#10;2SXZzBJTCtqlQf4hi4oIBUFvoA6JJ2huxS2oSlCrnS78FtVVootCUB5rgGrS3m/VnJbE8FgLNMeZ&#10;mza5/wdLnyxOLBIsx9tDjBSpYEbNx+Zi9Wb1tvnUXDafm6vmavWu+Yqa76D80HxrrqPpurlcvQfj&#10;l+YCpePQyNq4DPBOzYkNrXDmWNNXDil9UBI14/vW6rrkhEH6abif/OIQBAeuaFo/1gzSIHOvY0+X&#10;ha0CIHQLLePozm5Gx5ceUVCm/e3eaBsmTME2GPfTfn8YY5Bs7W6s8w+5rlA45NjquWLPgCAxBlkc&#10;Ox8HyLouEPYSo6KSQIcFkSgdjUaxyoRk3WU4rTFjvVoKdiSkjEIgMD+QFoFzjqezNIaR8wqKa3Vp&#10;L3wtA0EPPG31nYpIU5JWA0RvL0LEuBkBGPoH0mZMqVAdOjGGy39LiFDKlb+d1HAdimS3cvpz9Ep4&#10;2GQpqhzvBJCujDDwB4rFPfNEyPYMUFJ1DAhDb8njl9Nl5OI4OgdGTDU7A05Y3W4uvDRwKLU9x6iG&#10;rc2xez0nlmMkHyng1f10MAhrHoXBcNwHwW5appsWoihA5Zh6i1ErHPj2cZgbK2YlxGpbpPQ+sLEQ&#10;fk3bNq+uAtjNOI3uHQnLvynHWz9fu8kPAAAA//8DAFBLAwQUAAYACAAAACEAPCuJM+IAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHommaxqkACQkG1NLSoZsTmzjCPkex&#10;24a3x0wwnU736b/vr9aTs+Ssx9B7FJDNGBCNrVc9dgI+9s93BZAQJSppPWoB3zrAur6+qmSp/AXf&#10;9XkXO5JCMJRSgIlxKCkNrdFOhpkfNKbbpx+djGkdO6pGeUnhzlLOWE6d7DF9MHLQT0a3X7uTE7A1&#10;++3LoxwZzw/HDW8O2Zt9tULc3kwPKyBRT/EPhl/9pA51cmr8CVUgVkCezRcJFXBfpJmAgi3nQBoB&#10;iyXnQOuK/q9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAniZCqqwIAADUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8K4kz4gAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1831">
+            <v:textbox style="mso-next-textbox:#_x0000_s1223">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 289" o:spid="_x0000_s1848" style="position:absolute;margin-left:44.6pt;margin-top:21.45pt;width:79.75pt;height:102.95pt;z-index:251882496;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLd7L05wIAAOUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m63rV0mjaGkLhM&#10;DMSzazuNwbGD7TYdv57j4zQUqBBM60NkH9vfOd+5fL243Dea7KTzypqSFmc5JdJwK5TZlPTTx9sX&#10;c0p8YEYwbY0s6YP09HL1/NlF1y7lyNZWC+kIgBi/7NqS1iG0yyzzvJYN82e2lQYOK+saFmDrNplw&#10;rAP0RmejPJ9mnXWidZZL78F6kw7pCvGrSvLwvqq8DESXFGIL+HX4Xcdvtrpgy41jba14HwZ7RBQN&#10;UwacDlA3LDCydeoPqEZxZ72twhm3TWarSnGJHIBNkf/G5r5mrUQukBzfDmnyTwfL3+3uHFGipOMR&#10;JYY1UKOrbbDomozmi5ihrvVLuHjf3rnI0bdvLP/qibHXNTMbeeWc7WrJBMRVxPvZLw/ixsNTsu7e&#10;WgH4DPAxWfvKNREQ0kD2WJOHoSZyHwgH43wxKmYTSjgcLcZFPsOaZWx5eNw6H15J25C4KKmzWyM+&#10;QN3RA9u98QHrInpyTHyhpGo0VHnHNCmm0+kMY2bL/jJgHzD7iopbpTVxNnxWocbMxDDx0B/wPWkt&#10;8E9mbF95rR0BH0CYc2lCgS/0toEsJPs0h19qQTBDoybz+GCGSAYkyCp0l09Ok68J3ouW4dbf/RXx&#10;wQmHh5QOMCec9W//w9uj2CHJPqdaGQL9VdIJZgTG13OmJfRq6jKcNqxNjEob0sHJaAYMMUqr1XA4&#10;MHvKBPljD9h3qCZxEl4agevAlE5rIKZNjEuiKvUU7TZId1+LjggVu3c0P1+AYgoFEnU+z6f5YkYJ&#10;0xvQVh4cPdmD/8gtdQtGddxsp2s/xIWdcBQyjnac5qQKYb/eo3pMzw9CsbbiAYYdpiVOQ/xvgEVt&#10;3XdKOtDZkvpvW+YkJfq1gYFZFONxFGbcjCezEWzc8cn6+IQZDlAlDZAVXF6HJObb1qlNDZ7SlBkb&#10;RaxS4aBGKapemkBLU4cn3Y9ifbzHWz//nVY/AAAA//8DAFBLAwQUAAYACAAAACEA/CZkH98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq1Ak0CnEqQELiwqEFxNWNlyTC&#10;XgfbbdK/xz3BcTRPs2/rzWwNO6IPgyMJq2UGDKl1eqBOwvvb800JLERFWhlHKOGEATbN5UWtKu0m&#10;2uJxFzuWRihUSkIf41hxHtoerQpLNyKl7st5q2KKvuPaqymNW8NFlt1xqwZKF3o14lOP7ffuYCW8&#10;+q14+ckeT2H9MXwupls0oVxIeX01P9wDizjHPxjO+kkdmuS0dwfSgZmUy0IkVEJerIAlIBfFGtj+&#10;3IgceFPz/y80vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLd7L05wIAAOUGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8JmQf3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 289" o:spid="_x0000_s1240" style="position:absolute;margin-left:44.6pt;margin-top:21.45pt;width:79.75pt;height:102.95pt;z-index:251736064;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLd7L05wIAAOUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m63rV0mjaGkLhM&#10;DMSzazuNwbGD7TYdv57j4zQUqBBM60NkH9vfOd+5fL243Dea7KTzypqSFmc5JdJwK5TZlPTTx9sX&#10;c0p8YEYwbY0s6YP09HL1/NlF1y7lyNZWC+kIgBi/7NqS1iG0yyzzvJYN82e2lQYOK+saFmDrNplw&#10;rAP0RmejPJ9mnXWidZZL78F6kw7pCvGrSvLwvqq8DESXFGIL+HX4Xcdvtrpgy41jba14HwZ7RBQN&#10;UwacDlA3LDCydeoPqEZxZ72twhm3TWarSnGJHIBNkf/G5r5mrUQukBzfDmnyTwfL3+3uHFGipOMR&#10;JYY1UKOrbbDomozmi5ihrvVLuHjf3rnI0bdvLP/qibHXNTMbeeWc7WrJBMRVxPvZLw/ixsNTsu7e&#10;WgH4DPAxWfvKNREQ0kD2WJOHoSZyHwgH43wxKmYTSjgcLcZFPsOaZWx5eNw6H15J25C4KKmzWyM+&#10;QN3RA9u98QHrInpyTHyhpGo0VHnHNCmm0+kMY2bL/jJgHzD7iopbpTVxNnxWocbMxDDx0B/wPWkt&#10;8E9mbF95rR0BH0CYc2lCgS/0toEsJPs0h19qQTBDoybz+GCGSAYkyCp0l09Ok68J3ouW4dbf/RXx&#10;wQmHh5QOMCec9W//w9uj2CHJPqdaGQL9VdIJZgTG13OmJfRq6jKcNqxNjEob0sHJaAYMMUqr1XA4&#10;MHvKBPljD9h3qCZxEl4agevAlE5rIKZNjEuiKvUU7TZId1+LjggVu3c0P1+AYgoFEnU+z6f5YkYJ&#10;0xvQVh4cPdmD/8gtdQtGddxsp2s/xIWdcBQyjnac5qQKYb/eo3pMzw9CsbbiAYYdpiVOQ/xvgEVt&#10;3XdKOtDZkvpvW+YkJfq1gYFZFONxFGbcjCezEWzc8cn6+IQZDlAlDZAVXF6HJObb1qlNDZ7SlBkb&#10;RaxS4aBGKapemkBLU4cn3Y9ifbzHWz//nVY/AAAA//8DAFBLAwQUAAYACAAAACEA/CZkH98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq1Ak0CnEqQELiwqEFxNWNlyTC&#10;XgfbbdK/xz3BcTRPs2/rzWwNO6IPgyMJq2UGDKl1eqBOwvvb800JLERFWhlHKOGEATbN5UWtKu0m&#10;2uJxFzuWRihUSkIf41hxHtoerQpLNyKl7st5q2KKvuPaqymNW8NFlt1xqwZKF3o14lOP7ffuYCW8&#10;+q14+ckeT2H9MXwupls0oVxIeX01P9wDizjHPxjO+kkdmuS0dwfSgZmUy0IkVEJerIAlIBfFGtj+&#10;3IgceFPz/y80vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLd7L05wIAAOUGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8JmQf3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 289">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="002860D6" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00AB0BD9">
+                  <w:r w:rsidRPr="0059175A">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Подает необходимые документы и заявление</w:t>
+                    <w:t>Қажетті  құжаттарды және өтініш</w:t>
                   </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ті</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0059175A">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> тапсырады</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="002860D6" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1834" style="position:absolute;margin-left:150.5pt;margin-top:17.05pt;width:184.35pt;height:329.35pt;z-index:251868160;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq7DIGqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRt12zV0mnaGEIa&#10;MDF4ANd2GoNjG9ttOq6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuO9/aXlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/PzZ8b0djJwnihGpFc/xOXd4f3L3zl5txryvSy0ZtwhAlBvXJsel92acJI6WvCJu&#10;SxuuwFhoWxEPop0lzJIa0CuZ9Hu9UVJry4zVlDsH2qPWiCcRvyg49U+KwnGPZI4hNx//Nv6n4Z9M&#10;9sh4ZokpBe3SIP+QRUWEgqA3UEfEEzS34hZUJajVThd+i+oq0UUhKI81QDVp77dqzkpieKwFmuPM&#10;TZvc/4OljxenFgmW40GGkSIVzKj52Fys3qzeNp+ay+Zzc9Vcrd41X1HzHZQfmm/NdTRdN5er92D8&#10;0lygNAuNrI0bA96ZObWhFc6caPrSIaUPS6Jm/MBaXZecMEg/Df7JLxeC4OAqmtaPNIM0yNzr2NNl&#10;YasACN1Cyzi685vR8aVHFJTpYNAb9LcxomAbZrtplsbhJmS8vm6s8w+4rlA45NjquWJPgSAxBlmc&#10;OB8HyLouEPYCo6KSQIcFkSgdjUaxSkDsnOG0xoz1ainYsZAyCoHA/FBaBJdzPJ2lMYycV1Bcq0t7&#10;4WsZCHrgaavvVESakrQaIHrrCBHjZgRg6B9ImzGlQjV0op+B898SIpRy5W8ntb0ORca3cvpz9Ep4&#10;2GQpqhzvBJCujDDw+4rFPfNEyPYMUFJ1DAhDb8njl9Nl5GI2WPNpqtk5cMLqdnPhpYFDqe1rjGrY&#10;2hy7V3NiOUbyoQJe7abDYVjzKAy3sz4IdtMy3bQQRQEqx9RbjFrh0LePw9xYMSshVtsipQ+AjYXw&#10;a9q2eXUVwG7GaXTvSFj+TTl6/XztJj8AAAD//wMAUEsDBBQABgAIAAAAIQAT09RZ4QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqBNXTaqQSQVISLBAlJYu2DmxiSP8iGK3&#10;DX/PsILdjObozrn1ZnaWnfQUh+AR8kUGTPsuqMH3CO/7x5s1sJikV9IGrxG+dYRNc3lRy0qFs3/T&#10;p13qGYX4WEkEk9JYcR47o52MizBqT7fPMDmZaJ16riZ5pnBnuciygjs5ePpg5KgfjO6+dkeHsDX7&#10;7dO9nDJRHD5eRXvIX+yzRby+mu9ugSU9pz8YfvVJHRpyasPRq8gswrIsloQiiFwAI2C1XlGXFqEs&#10;aeBNzf9XaH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAquwyBqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE9PUWeEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1226" style="position:absolute;margin-left:150.5pt;margin-top:17.05pt;width:184.35pt;height:329.35pt;z-index:251721728;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq7DIGqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRt12zV0mnaGEIa&#10;MDF4ANd2GoNjG9ttOq6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuO9/aXlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/PzZ8b0djJwnihGpFc/xOXd4f3L3zl5txryvSy0ZtwhAlBvXJsel92acJI6WvCJu&#10;SxuuwFhoWxEPop0lzJIa0CuZ9Hu9UVJry4zVlDsH2qPWiCcRvyg49U+KwnGPZI4hNx//Nv6n4Z9M&#10;9sh4ZokpBe3SIP+QRUWEgqA3UEfEEzS34hZUJajVThd+i+oq0UUhKI81QDVp77dqzkpieKwFmuPM&#10;TZvc/4OljxenFgmW40GGkSIVzKj52Fys3qzeNp+ay+Zzc9Vcrd41X1HzHZQfmm/NdTRdN5er92D8&#10;0lygNAuNrI0bA96ZObWhFc6caPrSIaUPS6Jm/MBaXZecMEg/Df7JLxeC4OAqmtaPNIM0yNzr2NNl&#10;YasACN1Cyzi685vR8aVHFJTpYNAb9LcxomAbZrtplsbhJmS8vm6s8w+4rlA45NjquWJPgSAxBlmc&#10;OB8HyLouEPYCo6KSQIcFkSgdjUaxSkDsnOG0xoz1ainYsZAyCoHA/FBaBJdzPJ2lMYycV1Bcq0t7&#10;4WsZCHrgaavvVESakrQaIHrrCBHjZgRg6B9ImzGlQjV0op+B898SIpRy5W8ntb0ORca3cvpz9Ep4&#10;2GQpqhzvBJCujDDw+4rFPfNEyPYMUFJ1DAhDb8njl9Nl5GI2WPNpqtk5cMLqdnPhpYFDqe1rjGrY&#10;2hy7V3NiOUbyoQJe7abDYVjzKAy3sz4IdtMy3bQQRQEqx9RbjFrh0LePw9xYMSshVtsipQ+AjYXw&#10;a9q2eXUVwG7GaXTvSFj+TTl6/XztJj8AAAD//wMAUEsDBBQABgAIAAAAIQAT09RZ4QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqBNXTaqQSQVISLBAlJYu2DmxiSP8iGK3&#10;DX/PsILdjObozrn1ZnaWnfQUh+AR8kUGTPsuqMH3CO/7x5s1sJikV9IGrxG+dYRNc3lRy0qFs3/T&#10;p13qGYX4WEkEk9JYcR47o52MizBqT7fPMDmZaJ16riZ5pnBnuciygjs5ePpg5KgfjO6+dkeHsDX7&#10;7dO9nDJRHD5eRXvIX+yzRby+mu9ugSU9pz8YfvVJHRpyasPRq8gswrIsloQiiFwAI2C1XlGXFqEs&#10;aeBNzf9XaH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAquwyBqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE9PUWeEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1834">
+            <v:textbox style="mso-next-textbox:#_x0000_s1226">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="Скругленный прямоугольник 17" o:spid="_x0000_s1224" style="position:absolute;margin-left:28.3pt;margin-top:10.6pt;width:110.5pt;height:335.8pt;z-index:251719680;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq1NKuqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd15Zo6TRtDCEN&#10;mBg8gGs7jcGxje023a6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuOd/eWlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/OL50b0xRs4TxYjUiuf4jDu8N7l7Z7c2Ge/rUkvGLQIQ5bLa5Lj03mRJ4mjJK+K2&#10;tOEKjIW2FfEg2lnCLKkBvZJJv9cbJrW2zFhNuXOgPWyNeBLxi4JT/7QoHPdI5hhy8/Fv438a/slk&#10;l2QzS0wpaJcG+YcsKiIUBL2BOiSeoLkVt6AqQa12uvBbVFeJLgpBeawBqkl7v1VzWhLDYy3QHGdu&#10;2uT+Hyx9sjixSLAcD1KMFKlgRs3H5mL1ZvW2+dRcNp+bq+Zq9a75iprvoPzQfGuuo+m6uVy9B+OX&#10;5gKlo9DI2rgM8E7NiQ2tcOZY01cOKX1QEjXj+9bquuSEQfpp8E9+uRAEB1fRtH6sGaRB5l7Hni4L&#10;WwVA6BZaxtGd3YyOLz2ioEx7/e1hHyZMwTYYb48G23G4CcnW1411/iHXFQqHHFs9V+wZECTGIItj&#10;5+MAWdcFwl5iVFQS6LAgEqXD4TBWCYidM5zWmLFeLQU7ElJGIRCYH0iL4HKOp7M0hpHzCoprdWkv&#10;fC0DQQ88bfWdikhTklYDRG8dIWLcjAAM/QNpM6ZUqIZO9Efg/LeECKVc+dtJ7axDkexWTn+OXgkP&#10;myxFleNxAOnKCAN/oFjcM0+EbM8AJVXHgDD0ljx+OV1GLg7Haz5NNTsDTljdbi68NHAotT3HqIat&#10;zbF7PSeWYyQfKeDV/XQwCGsehcHOKDDCblqmmxaiKEDlmHqLUSsc+PZxmBsrZiXEaluk9D6wsRB+&#10;Tds2r64C2M04je4dCcu/KUevn6/d5AcAAAD//wMAUEsDBBQABgAIAAAAIQCVfqF84QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqB236iPEqQAJCRaopaWL7pzYxBF+RLbb&#10;hr9nWMFqdDVHd85U69FZctYx9cELKCYMiPZtUL3vBHzsn++WQFKWXkkbvBbwrROs6+urSpYqXPy7&#10;Pu9yR7DEp1IKMDkPJaWpNdrJNAmD9rj7DNHJjDF2VEV5wXJnKWdsTp3sPV4wctBPRrdfu5MTsDX7&#10;7cujjIzPD8cNbw7Fm321QtzejA/3QLIe8x8Mv/qoDjU6NeHkVSIW82LFERXAC5wITGdsBqQRsFhO&#10;GdC6ov9fqH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6tTSrqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlX6hfOEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
+            <v:fill opacity="13107f"/>
+            <v:stroke joinstyle="miter"/>
+            <v:textbox style="mso-next-textbox:#Скругленный прямоугольник 17">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="0010226B" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="0059175A" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="Скругленный прямоугольник 17" o:spid="_x0000_s1832" style="position:absolute;margin-left:28.3pt;margin-top:10.6pt;width:110.5pt;height:335.8pt;z-index:251866112;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq1NKuqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd15Zo6TRtDCEN&#10;mBg8gGs7jcGxje023a6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuOd/eWlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/OL50b0xRs4TxYjUiuf4jDu8N7l7Z7c2Ge/rUkvGLQIQ5bLa5Lj03mRJ4mjJK+K2&#10;tOEKjIW2FfEg2lnCLKkBvZJJv9cbJrW2zFhNuXOgPWyNeBLxi4JT/7QoHPdI5hhy8/Fv438a/slk&#10;l2QzS0wpaJcG+YcsKiIUBL2BOiSeoLkVt6AqQa12uvBbVFeJLgpBeawBqkl7v1VzWhLDYy3QHGdu&#10;2uT+Hyx9sjixSLAcD1KMFKlgRs3H5mL1ZvW2+dRcNp+bq+Zq9a75iprvoPzQfGuuo+m6uVy9B+OX&#10;5gKlo9DI2rgM8E7NiQ2tcOZY01cOKX1QEjXj+9bquuSEQfpp8E9+uRAEB1fRtH6sGaRB5l7Hni4L&#10;WwVA6BZaxtGd3YyOLz2ioEx7/e1hHyZMwTYYb48G23G4CcnW1411/iHXFQqHHFs9V+wZECTGIItj&#10;5+MAWdcFwl5iVFQS6LAgEqXD4TBWCYidM5zWmLFeLQU7ElJGIRCYH0iL4HKOp7M0hpHzCoprdWkv&#10;fC0DQQ88bfWdikhTklYDRG8dIWLcjAAM/QNpM6ZUqIZO9Efg/LeECKVc+dtJ7axDkexWTn+OXgkP&#10;myxFleNxAOnKCAN/oFjcM0+EbM8AJVXHgDD0ljx+OV1GLg7Haz5NNTsDTljdbi68NHAotT3HqIat&#10;zbF7PSeWYyQfKeDV/XQwCGsehcHOKDDCblqmmxaiKEDlmHqLUSsc+PZxmBsrZiXEaluk9D6wsRB+&#10;Tds2r64C2M04je4dCcu/KUevn6/d5AcAAAD//wMAUEsDBBQABgAIAAAAIQCVfqF84QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqB236iPEqQAJCRaopaWL7pzYxBF+RLbb&#10;hr9nWMFqdDVHd85U69FZctYx9cELKCYMiPZtUL3vBHzsn++WQFKWXkkbvBbwrROs6+urSpYqXPy7&#10;Pu9yR7DEp1IKMDkPJaWpNdrJNAmD9rj7DNHJjDF2VEV5wXJnKWdsTp3sPV4wctBPRrdfu5MTsDX7&#10;7cujjIzPD8cNbw7Fm321QtzejA/3QLIe8x8Mv/qoDjU6NeHkVSIW82LFERXAC5wITGdsBqQRsFhO&#10;GdC6ov9fqH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6tTSrqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlX6hfOEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
-[...2 lines deleted...]
-            <v:textbox style="mso-next-textbox:#Скругленный прямоугольник 17">
+          <v:roundrect id="AutoShape 299" o:spid="_x0000_s1245" style="position:absolute;margin-left:550.1pt;margin-top:13.55pt;width:122.25pt;height:177.25pt;z-index:251741184;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawNdrrgIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N007SNNl2tekFI&#10;C6xY+ADXdpqAYwfbbbog/p3xJC1deEEIXhJfj+ecOTM3t8dGkYO0rja6oMlVTInU3Iha7wr68cNm&#10;NKPEeaYFU0bLgj5JR28XL1/cdG0ux6YySkhLAES7vGsLWnnf5lHkeCUb5q5MKzVslsY2zMPU7iJh&#10;WQfojYrGcZxFnbGitYZL52B11W/SBeKXpeT+XVk66YkqKMTm8Wvxuw3faHHD8p1lbVXzIQz2F1E0&#10;rNbw6BlqxTwje1v/BtXU3BpnSn/FTROZsqy5RA7AJol/YfNYsVYiFxDHtWeZ3L+D5W8PD5bUoqDX&#10;Y0o0ayBHd3tv8Gkyns+DQl3rcjj42D7YwNG194Z/dkSbZcX0Tt5Za7pKMgFxJeF89OxCmDi4Srbd&#10;GyMAnwE+inUsbRMAQQZyxJw8nXMij55wWEziWZLGE0o47CWzLL3OMGsRy0/XW+v8K2kaEgYFtWav&#10;xXvIPL7BDvfOY2bEQI+JT5SUjYI8H5giSZZlU4ya5cNhwD5hhpvabGql0ClKkw7CmMeTGNGdUbUI&#10;u6hLMK1cKksAF2hyLrWf4Dm1b4B7vz6dxPFgPFgGe/bLJ1Zo/YACOoLWlw8gM4wjqL3WAsee1aof&#10;w3mlQyQg3sA6yIg+/DaP5+vZepaO0nG2HqXxajW62yzTUbZJppPV9Wq5XCXfQ7BJmle1EFIHXqea&#10;SNI/89xQnb2bz1XxjMWZ4P+RKXpOAFUEFU5/1AUNGjzZe9sft0esgWl6svvWiCewrDV9x4AOB4PK&#10;2K+UdNAtCuq+7JmVlKjXGmw/T9I0tBecpJPpGCb2cmd7ucM0B6iCekr64dL3LWnf2npXwUsJukab&#10;UIpl7U811Uc1FBh0BCQ1dK/Qci7neOpnj138AAAA//8DAFBLAwQUAAYACAAAACEApIUJ4uEAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPSU/DMBSE70j8B+shcaN2FkoU4lQsqnpAAnWR4OjGJonw&#10;ptht3X/P6wluM3qf5s00i2Q0OaopjM5yyGYMiLKdk6PtOey2y7sKSIjCSqGdVRzOKsCivb5qRC3d&#10;ya7VcRN7giE21ILDEKOvKQ3doIwIM+eVxdu3m4yIaKeeykmcMNxomjM2p0aMFj8MwquXQXU/m4Ph&#10;kO5f1+/PD+dV+ohvX/6z0sXKLzm/vUlPj0CiSvEPhkt9rA4tdtq7g5WBaPRsXmbIoqpKIBciL0pU&#10;ew5FljOgbUP/j2h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrA12uuAgAAqwUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKSFCeLhAAAADAEA&#10;AA8AAAAAAAAAAAAAAAAACAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#AutoShape 299">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRPr="0010226B" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="15"/>
+                      <w:szCs w:val="15"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Қ</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00CD49D3">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ұжаттарды қабылдайды және тіркейді, бұйрықты ресімдейді, </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>тіркейді, көрсетілетін қызметті алушыға оқуға рұқсат беру туралы бұйрықтың көшірмесін береді</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00CD49D3">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00624E02">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="000000"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 299" o:spid="_x0000_s1857" style="position:absolute;margin-left:550.1pt;margin-top:13.55pt;width:122.25pt;height:177.25pt;z-index:251891712;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawNdrrgIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N007SNNl2tekFI&#10;C6xY+ADXdpqAYwfbbbog/p3xJC1deEEIXhJfj+ecOTM3t8dGkYO0rja6oMlVTInU3Iha7wr68cNm&#10;NKPEeaYFU0bLgj5JR28XL1/cdG0ux6YySkhLAES7vGsLWnnf5lHkeCUb5q5MKzVslsY2zMPU7iJh&#10;WQfojYrGcZxFnbGitYZL52B11W/SBeKXpeT+XVk66YkqKMTm8Wvxuw3faHHD8p1lbVXzIQz2F1E0&#10;rNbw6BlqxTwje1v/BtXU3BpnSn/FTROZsqy5RA7AJol/YfNYsVYiFxDHtWeZ3L+D5W8PD5bUoqDX&#10;Y0o0ayBHd3tv8Gkyns+DQl3rcjj42D7YwNG194Z/dkSbZcX0Tt5Za7pKMgFxJeF89OxCmDi4Srbd&#10;GyMAnwE+inUsbRMAQQZyxJw8nXMij55wWEziWZLGE0o47CWzLL3OMGsRy0/XW+v8K2kaEgYFtWav&#10;xXvIPL7BDvfOY2bEQI+JT5SUjYI8H5giSZZlU4ya5cNhwD5hhpvabGql0ClKkw7CmMeTGNGdUbUI&#10;u6hLMK1cKksAF2hyLrWf4Dm1b4B7vz6dxPFgPFgGe/bLJ1Zo/YACOoLWlw8gM4wjqL3WAsee1aof&#10;w3mlQyQg3sA6yIg+/DaP5+vZepaO0nG2HqXxajW62yzTUbZJppPV9Wq5XCXfQ7BJmle1EFIHXqea&#10;SNI/89xQnb2bz1XxjMWZ4P+RKXpOAFUEFU5/1AUNGjzZe9sft0esgWl6svvWiCewrDV9x4AOB4PK&#10;2K+UdNAtCuq+7JmVlKjXGmw/T9I0tBecpJPpGCb2cmd7ucM0B6iCekr64dL3LWnf2npXwUsJukab&#10;UIpl7U811Uc1FBh0BCQ1dK/Qci7neOpnj138AAAA//8DAFBLAwQUAAYACAAAACEApIUJ4uEAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPSU/DMBSE70j8B+shcaN2FkoU4lQsqnpAAnWR4OjGJonw&#10;ptht3X/P6wluM3qf5s00i2Q0OaopjM5yyGYMiLKdk6PtOey2y7sKSIjCSqGdVRzOKsCivb5qRC3d&#10;ya7VcRN7giE21ILDEKOvKQ3doIwIM+eVxdu3m4yIaKeeykmcMNxomjM2p0aMFj8MwquXQXU/m4Ph&#10;kO5f1+/PD+dV+ohvX/6z0sXKLzm/vUlPj0CiSvEPhkt9rA4tdtq7g5WBaPRsXmbIoqpKIBciL0pU&#10;ew5FljOgbUP/j2h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrA12uuAgAAqwUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKSFCeLhAAAADAEA&#10;AA8AAAAAAAAAAAAAAAAACAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
-            <v:textbox style="mso-next-textbox:#AutoShape 299">
+          <v:line id="_x0000_s1236" style="position:absolute;z-index:251731968;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="532.85pt,22.05pt" to="556.9pt,22.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgQX/nKgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1uEzEU3iNxB8t7MpOmQTDKpIuWsqkg&#10;onAA12MnFh7bsk1msgPWSDkCV+gCpEoFzjBzI549P6GAhEBsLI/f9733vs/PszipS4m2zDqhVY6n&#10;kxQjpqguhFrn+NXL8wePMHKeqIJIrViOd8zhk+X9e4vKZOxIb7QsmEWQRLmsMjneeG+yJHF0w0ri&#10;JtowBUGubUk8fNp1UlhSQfZSJkdp+jCptC2M1ZQ5B6dnXRAvY37OGfXPOXfMI5lj6M3H1cb1KqzJ&#10;ckGytSVmI2jfBvmHLkoiFBQdU50RT9AbK35JVQpqtdPcT6guE825oCxqADXT9Cc1lxtiWNQC5jgz&#10;2uT+X1r6bLuySBQ5ns0wUqSEO2o+tm/bffOluW73qH3XfGs+N5+am+Zrc9O+h/1t+wH2Idjc9sd7&#10;NH08C2ZWxmWQ81StbLCD1urSXGj62kEsuRMMH850sJrbMsDBD1THy9mNl8NqjygcztL58WyOER1C&#10;CckGnrHOP2W6RGGTYylUsI1kZHvhfKhMsgESjqVCVY6P5scpjAQtDah3ah0ZTktRnAspAy5OITuV&#10;Fm0JzI+vp0EiJLuD8kTIJ6pAfmfAPGKtrnqYVL3oTmdU7HeSdT28YByMB2XTrnIY+UMxQilTfigo&#10;FaADjUNrIzH9M7HHByqLz+FvyCMjVtbKj+RSKG1/V/3gEe/wgwOd7mDBlS52KzvMA8x1tLR/g+Hh&#10;/Pgd6Yc/xfI7AAAA//8DAFBLAwQUAAYACAAAACEAn+ojz98AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPPU/DMBCGdyT+g3VILIg6SSGlIU6FkBASZSiBgdGNTRJhny3bTcO/5xADbPfx6L3n6s1s&#10;DZt0iKNDAfkiA6axc2rEXsDb68PlDbCYJCppHGoBXzrCpjk9qWWl3BFf9NSmnlEIxkoKGFLyFeex&#10;G7SVceG8Rtp9uGBlojb0XAV5pHBreJFlJbdyRLowSK/vB919tgcrYMLHdXuVX7w/ebMNO75Sz36n&#10;hDg/m+9ugSU9pz8YfvRJHRpy2rsDqsiMgOtyXRAqYFksgRFQ5isq9r8D3tT8/wfNNwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAgQX/nKgIAAHEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCf6iPP3wAAAAkBAAAPAAAAAAAAAAAAAAAAAIQEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1235" style="position:absolute;flip:y;z-index:251730944;visibility:visible;mso-wrap-distance-left:3.17494mm;mso-wrap-distance-right:3.17494mm;mso-height-relative:margin" from="532.85pt,6.9pt" to="532.85pt,22.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj4pd7JAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZDcpoLDKpodW5VJB&#10;RIG767UTC//JNtnNDTgj5RF4hR5AqlTgGXbfiLE32bSFC4iLZc/PN/N9M7uz40ZJtGbOC6NLPB7l&#10;GDFNTSX0ssRvXp89mmLkA9EVkUazEm+Yx8fzhw9mtS3YxKyMrJhDAKJ9UdsSr0KwRZZ5umKK+JGx&#10;TIOTG6dIgKdbZpUjNaArmU3y/GlWG1dZZyjzHqynvRPPEz7njIaXnHsWkCwx9BbS6dJ5Gc9sPiPF&#10;0hG7EnTXBvmHLhQRGooOUKckEPTeid+glKDOeMPDiBqVGc4FZYkDsBnn99hcrIhliQuI4+0gk/9/&#10;sPTFeuGQqEp8BJPSRMGM2i/dh27bfm+vui3qPrY/22/t1/a6/dFed5/gftN9hnt0tjc78xaNp8+i&#10;mLX1BWCe6IWLctBGX9hzQ9958GV3nPHhbR/WcKcQl8K+hR1KOoIyqElj2gxjYk1AtDdSsI6PJvk0&#10;TTAjRUSIBa3z4TkzCsVLiaXQUUBSkPW5D7GHQ0g0S43qEk+ePM5hOaiyoIPXy5ThjRTVmZAyxqV9&#10;ZCfSoTWBTQrNOJIFsFtR8JJ6x7InliiGjWR9qVeMg9JAoKd4D5NQynTY40oN0TGNQwdDYt53Fj+O&#10;QzN3E3fxMZWl/f+b5CEjVTY6DMlKaOP+VP0gBe/j9wr0vKMEl6baLNx+AWCRk3K7jy5+KbffKf3w&#10;a5j/AgAA//8DAFBLAwQUAAYACAAAACEAXX5p9d4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2Qkbixdp41Rmk4IUbhNYiAhbmlj2rLGiZqs63h6jDjA0f4//f6cbybbixGH0DlS&#10;MJ8lIJBqZzpqFLy+lFdrECFqMrp3hApOGGBTnJ/lOjPuSM847mIjuIRCphW0MfpMylC3aHWYOY/E&#10;2YcbrI48Do00gz5yue1lmiQraXVHfKHVHu9brPe7g1Xg36pPvS/L9Yjvzenp4Xrrvx63Sl1eTHe3&#10;ICJO8Q+GH31Wh4KdKncgE0SvYLm6SRnlYL4EwcDvolKwSBcgi1z+/6D4BgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOPil3skAgAAYgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAF1+afXeAAAACQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" strokeweight="2pt">
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1234" style="position:absolute;flip:y;z-index:251729920;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" from="111.2pt,6.9pt" to="532.85pt,6.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXNY18OwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Z5OwgWWjDauKQC+0&#10;i7Tb3o3tEKv+km0IqOp/79gButteqqocjD2eeX5v/JyHx6OS6MCdF0bXuLjJMeKaGib0rsZfXlaj&#10;GUY+EM2INJrX+MQ9fpy/f/fQ24qPTWck4w4BiPZVb2vchWCrLPO044r4G2O5hs3WOEUCLN0uY470&#10;gK5kNs7zadYbx6wzlHsP0WbYxPOE37achqe29TwgWWPgFtLo0riNYzZ/INXOEdsJeqZB/oGFIkLD&#10;oVeohgSC9k78AaUEdcabNtxQozLTtoLypAHUFPlvap47YnnSAs3x9tom//9g6efDxiHBanxbYqSJ&#10;gjtaC81RcV/E5vTWV5Cz0BsX5dGjfrZrQ795pM2iI3rHE8mXk4XCVJG9KYkLb+GIbf/JMMgh+2BS&#10;p46tU6iVwn6NhREcuoGO6WpO16vhx4AoBIvJZDy5m2BEL3sZqSJELLTOh4/cKBQnNZbAPwGSw9oH&#10;EAGpl5SYrs1KSJluXmrU13g8KfM8VXgjBYu7MS+ZkC+kQwcC9gnHgabcK5AyxIo8/gYXQRy8NsRT&#10;CI69QiQSb9CVCOB8KVSNZ69QOk7YUrPELhAhhzlASR05QT9A03k2OOz7fX6/nC1n5agcT5ejMm+a&#10;0YfVohxNV8XdpLltFoum+BHlFWXVCca4jgovbi/Kv3PT+d0NPr36/drL7C160gtkL/+JdLJGdMPg&#10;q61hp42L9xNdAgZPyefHGF/Q63XK+vXJmP8EAAD//wMAUEsDBBQABgAIAAAAIQDvuuwY3QAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI6xTsMwFEV3JP7BekgsqHVIIUCIUxVEpS4MtAywufFrksZ+&#10;jmw3CX+PYYHx6l6de4rlZDQb0PnWkoDreQIMqbKqpVrA+249uwfmgyQltSUU8IUeluX5WSFzZUd6&#10;w2EbahYh5HMpoAmhzzn3VYNG+rntkWJ3sM7IEKOruXJyjHCjeZokGTeypfjQyB6fG6y67ckI2Bw1&#10;f/p8Pb5cfVg/HNa+W42uE+LyYlo9Ags4hb8x/OhHdSij096eSHmmBSzSm7s4FZAtgMX+NntIge1/&#10;My8L/t+//AYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAXNY18OwIAAHoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvuuwY3QAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="2pt">
+            <v:stroke joinstyle="miter"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D82E4B">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="AutoShape 280" o:spid="_x0000_s1238" style="position:absolute;margin-left:380.6pt;margin-top:18.3pt;width:118.6pt;height:143.8pt;z-index:251734016;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT7EOqsAIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/dxOX9BZtulr1gpAW&#10;WLHwAa7tNAHHDrbbdBfx74wnbenCC0Lwktge+/icM+O5vjk0muyV87U1BWVXKSXKCCtrsy3op4/r&#10;wZQSH7iRXFujCvqoPL2Zv3xx3bW5GtrKaqkcARDj864taBVCmyeJF5VquL+yrTIQLK1reICp2ybS&#10;8Q7QG50M03ScdNbJ1lmhvIfVZR+kc8QvSyXC+7L0KhBdUOAW8Ovwu4nfZH7N863jbVWLIw3+Fywa&#10;Xhu49Ay15IGTnat/g2pq4ay3ZbgStklsWdZCoQZQw9Jf1DxUvFWoBczx7dkm/+9gxbv9vSO1LOgQ&#10;7DG8gRzd7oLFq8lwig51rc9h40N776JG395Z8cUTYxcVN1t165ztKsUl8GLR0eTZgTjxcJRsurdW&#10;Aj4HfDTrULomAoIN5IA5eTznRB0CEbDI2JSxFLgJiLFZNhpnyCnh+el463x4rWxD4qCgzu6M/ACZ&#10;xzv4/s4HzIw8yuPyMyVloyHPe64JG4/HE2TN8+NmwD5hxpPGrmutsVK0IV2kkY5SRPdW1zJG0ZdY&#10;tGqhHQFckCmEMmGE+/SuAe39+mSUgp4ebtdAefbLJ1VY+hEFfASvLy9AZXgwur0yEseB17ofw35t&#10;IhMw76g62oh1+G2WzlbT1TQbZMPxapCly+Xgdr3IBuM1m4yWr5aLxZJ9j2RZlle1lMpEXac3wbI/&#10;q7nj6+yr+fwqnqk4C/w/NiXPBaCL4MLpj75ggcaajH3C5+GwOeAbmMxiXuLSxspHKFln+44BHQ4G&#10;lXVPlHTQLQrqv+64U5ToNwbKfsYyKEsScJKNJvExucvI5jLCjQCoggZK+uEi9C1p17p6W8FNDKvG&#10;2PgUyzoAKaTcszpOoCOgqGP3ii3nco67fvbY+Q8AAAD//wMAUEsDBBQABgAIAAAAIQBwWAGF4gAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqNOatiHEqXio6qISqA8Jlm5s&#10;kgh7HMVu6/49wwqWM3N059xykZxlJzOEzqOE8SgDZrD2usNGwn63vMuBhahQK+vRSLiYAIvq+qpU&#10;hfZn3JjTNjaMQjAUSkIbY19wHurWOBVGvjdIty8/OBVpHBquB3WmcGf5JMtm3KkO6UOrevPSmvp7&#10;e3QS0vR18/Y8v6zSe1x/9h+5Fat+KeXtTXp6BBZNin8w/OqTOlTkdPBH1IFZCbPxXBAqYZJPgRGQ&#10;Z4IWBwlC3D8Ar0r+v0L1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABPsQ6qwAgAAqwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHBYAYXiAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAACgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAZBgAA&#10;AAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#AutoShape 280">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00B26B67">
+                  <w:r w:rsidRPr="00CD49D3">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных документов, </w:t>
-[...26 lines deleted...]
-                    <w:t xml:space="preserve">приказ, </w:t>
+                    <w:t>Көрсетілетін қызметті алушы ЖСН, сондай-ақ парольдің  көмегімен порталда тіркеледі</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">регистрирует и </w:t>
-[...28 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t xml:space="preserve"> (авторизациялау)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRPr="004B03A0" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="15"/>
-                      <w:szCs w:val="15"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1844" style="position:absolute;z-index:251878400;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="532.85pt,22.05pt" to="556.9pt,22.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgQX/nKgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1uEzEU3iNxB8t7MpOmQTDKpIuWsqkg&#10;onAA12MnFh7bsk1msgPWSDkCV+gCpEoFzjBzI549P6GAhEBsLI/f9733vs/PszipS4m2zDqhVY6n&#10;kxQjpqguhFrn+NXL8wePMHKeqIJIrViOd8zhk+X9e4vKZOxIb7QsmEWQRLmsMjneeG+yJHF0w0ri&#10;JtowBUGubUk8fNp1UlhSQfZSJkdp+jCptC2M1ZQ5B6dnXRAvY37OGfXPOXfMI5lj6M3H1cb1KqzJ&#10;ckGytSVmI2jfBvmHLkoiFBQdU50RT9AbK35JVQpqtdPcT6guE825oCxqADXT9Cc1lxtiWNQC5jgz&#10;2uT+X1r6bLuySBQ5ns0wUqSEO2o+tm/bffOluW73qH3XfGs+N5+am+Zrc9O+h/1t+wH2Idjc9sd7&#10;NH08C2ZWxmWQ81StbLCD1urSXGj62kEsuRMMH850sJrbMsDBD1THy9mNl8NqjygcztL58WyOER1C&#10;CckGnrHOP2W6RGGTYylUsI1kZHvhfKhMsgESjqVCVY6P5scpjAQtDah3ah0ZTktRnAspAy5OITuV&#10;Fm0JzI+vp0EiJLuD8kTIJ6pAfmfAPGKtrnqYVL3oTmdU7HeSdT28YByMB2XTrnIY+UMxQilTfigo&#10;FaADjUNrIzH9M7HHByqLz+FvyCMjVtbKj+RSKG1/V/3gEe/wgwOd7mDBlS52KzvMA8x1tLR/g+Hh&#10;/Pgd6Yc/xfI7AAAA//8DAFBLAwQUAAYACAAAACEAn+ojz98AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPPU/DMBCGdyT+g3VILIg6SSGlIU6FkBASZSiBgdGNTRJhny3bTcO/5xADbPfx6L3n6s1s&#10;DZt0iKNDAfkiA6axc2rEXsDb68PlDbCYJCppHGoBXzrCpjk9qWWl3BFf9NSmnlEIxkoKGFLyFeex&#10;G7SVceG8Rtp9uGBlojb0XAV5pHBreJFlJbdyRLowSK/vB919tgcrYMLHdXuVX7w/ebMNO75Sz36n&#10;hDg/m+9ugSU9pz8YfvRJHRpy2rsDqsiMgOtyXRAqYFksgRFQ5isq9r8D3tT8/wfNNwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAgQX/nKgIAAHEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCf6iPP3wAAAAkBAAAPAAAAAAAAAAAAAAAAAIQEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" strokeweight="2pt">
-[...35 lines deleted...]
-            <v:textbox style="mso-next-textbox:#AutoShape 280">
+          <v:roundrect id="AutoShape 256" o:spid="_x0000_s1229" style="position:absolute;margin-left:170.6pt;margin-top:18.3pt;width:140pt;height:67pt;z-index:251724800;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+nKO/rAIAAKoFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0SdpGS6epaRHS&#10;gInBD3BtpzE4drDdpgPx37l20tLBC0Lwkvjz+J5zz703t8dWogM3VmhV4uQqxogrqplQuxJ//LCZ&#10;zDGyjihGpFa8xE/c4tvlyxc3fVfwqW60ZNwgAFG26LsSN851RRRZ2vCW2CvdcQWbtTYtcTA1u4gZ&#10;0gN6K6NpHOdRrw3rjKbcWlithk28DPh1zal7V9eWOyRLDLG58DXhu/XfaHlDip0hXSPoGAb5iyha&#10;IhQ8eoaqiCNob8RvUK2gRltduyuq20jXtaA8cAA2SfwLm8eGdDxwAXFsd5bJ/jtY+vbwYJBgJb4G&#10;eRRpIUd3e6fD02ia5V6hvrMFHHzsHoznaLt7TT9bpPSqIWrH74zRfcMJg7gSfz56dsFPLFxF2/6N&#10;ZoBPAD+IdaxN6wFBBnQMOXk654QfHaKwmCTZdZJDbBT25tk8m4akRaQ43e6Mda+4bpEflNjovWLv&#10;IfHhCXK4ty4kho3sCPuEUd1KSPOBSJTkeT4LQZNiPAzYJ0x/U+mNkDIYRSrUQ0iLOIsDutVSML8b&#10;ZPGe5StpEOACS0q5clk4J/ctUB/WZ1kcj76DZXDnsHxiFZzvUUBGkPrygcAsxOHFXisWxo4IOYzh&#10;vFQ+EtBuZO1VDDb8togX6/l6nk7Sab6epHFVTe42q3SSb5JZVl1Xq1WVfPfBJmnRCMa48rxOJZGk&#10;f2a5sTgHM5+L4hmLM8H/I1P0nEBQEVQ4/YMuwZ/ekoO13XF7DCUwO7t9q9kTONbooWFAg4NBo81X&#10;jHpoFiW2X/bEcIzkawWuXyRp6rtLmKTZDDyKzOXO9nKHKApQJXYYDcOVGzrSvjNi18BLSXCN0r4S&#10;a+FOJTVENdYXNIRAamxevuNczsOpny12+QMAAP//AwBQSwMEFAAGAAgAAAAhALXEbkviAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyok5a0JsSpeKjqohKoBQmWbmySCHsc&#10;xW7r/j3DCpajObr33GqZnGVHM4beo4R8kgEz2HjdYyvh/W11I4CFqFAr69FIOJsAy/ryolKl9ifc&#10;muMutoxCMJRKQhfjUHIems44FSZ+MEi/Lz86FekcW65HdaJwZ/k0y+bcqR6poVODeepM8707OAmp&#10;eN6+PC7O6/QaN5/Dh7Cz9bCS8voqPdwDiybFPxh+9UkdanLa+wPqwKyEmVhMCZVwW9wBI6CYC9qy&#10;J1LkOfC64v8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfpyjv6wCAACqBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtcRuS+IAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAGBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#AutoShape 256">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...23 lines deleted...]
-                  </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> и пароля</w:t>
+                    <w:t xml:space="preserve">Көрсетілетін қызметті алушының мәліметінің болуын тексеру </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 256" o:spid="_x0000_s1837" style="position:absolute;margin-left:170.6pt;margin-top:18.3pt;width:140pt;height:67pt;z-index:251871232;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+nKO/rAIAAKoFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0SdpGS6epaRHS&#10;gInBD3BtpzE4drDdpgPx37l20tLBC0Lwkvjz+J5zz703t8dWogM3VmhV4uQqxogrqplQuxJ//LCZ&#10;zDGyjihGpFa8xE/c4tvlyxc3fVfwqW60ZNwgAFG26LsSN851RRRZ2vCW2CvdcQWbtTYtcTA1u4gZ&#10;0gN6K6NpHOdRrw3rjKbcWlithk28DPh1zal7V9eWOyRLDLG58DXhu/XfaHlDip0hXSPoGAb5iyha&#10;IhQ8eoaqiCNob8RvUK2gRltduyuq20jXtaA8cAA2SfwLm8eGdDxwAXFsd5bJ/jtY+vbwYJBgJb4G&#10;eRRpIUd3e6fD02ia5V6hvrMFHHzsHoznaLt7TT9bpPSqIWrH74zRfcMJg7gSfz56dsFPLFxF2/6N&#10;ZoBPAD+IdaxN6wFBBnQMOXk654QfHaKwmCTZdZJDbBT25tk8m4akRaQ43e6Mda+4bpEflNjovWLv&#10;IfHhCXK4ty4kho3sCPuEUd1KSPOBSJTkeT4LQZNiPAzYJ0x/U+mNkDIYRSrUQ0iLOIsDutVSML8b&#10;ZPGe5StpEOACS0q5clk4J/ctUB/WZ1kcj76DZXDnsHxiFZzvUUBGkPrygcAsxOHFXisWxo4IOYzh&#10;vFQ+EtBuZO1VDDb8togX6/l6nk7Sab6epHFVTe42q3SSb5JZVl1Xq1WVfPfBJmnRCMa48rxOJZGk&#10;f2a5sTgHM5+L4hmLM8H/I1P0nEBQEVQ4/YMuwZ/ekoO13XF7DCUwO7t9q9kTONbooWFAg4NBo81X&#10;jHpoFiW2X/bEcIzkawWuXyRp6rtLmKTZDDyKzOXO9nKHKApQJXYYDcOVGzrSvjNi18BLSXCN0r4S&#10;a+FOJTVENdYXNIRAamxevuNczsOpny12+QMAAP//AwBQSwMEFAAGAAgAAAAhALXEbkviAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyok5a0JsSpeKjqohKoBQmWbmySCHsc&#10;xW7r/j3DCpajObr33GqZnGVHM4beo4R8kgEz2HjdYyvh/W11I4CFqFAr69FIOJsAy/ryolKl9ifc&#10;muMutoxCMJRKQhfjUHIems44FSZ+MEi/Lz86FekcW65HdaJwZ/k0y+bcqR6poVODeepM8707OAmp&#10;eN6+PC7O6/QaN5/Dh7Cz9bCS8voqPdwDiybFPxh+9UkdanLa+wPqwKyEmVhMCZVwW9wBI6CYC9qy&#10;J1LkOfC64v8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfpyjv6wCAACqBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtcRuS+IAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAGBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
-            <v:textbox style="mso-next-textbox:#AutoShape 256">
+          <v:line id="_x0000_s1237" style="position:absolute;flip:y;z-index:251732992;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-right:3.17497mm;mso-width-relative:margin" from="124.35pt,11.4pt" to="170.6pt,11.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDT1zhTSgIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Z5PQQCEirCoCvdAW&#10;abe9e22HWPWXbC8BVf3vHTvALu2lqsrBjMczz2/Gb7K4PyqJDtx5YXSNi7scI66pYULva/z1cTOa&#10;YeQD0YxIo3mNT9zj++XbN4veVnxsOiMZdwhAtK96W+MuBFtlmacdV8TfGcs1HLbGKRJg6/YZc6QH&#10;dCWzcZ5Ps944Zp2h3HvwNsMhXib8tuU0fGlbzwOSNQZuIa0urU9xzZYLUu0dsZ2gZxrkH1goIjRc&#10;eoVqSCDo2Yk/oJSgznjThjtqVGbaVlCeaoBqivy3ah46YnmqBZrj7bVN/v/B0s+HnUOC1Xg8x0gT&#10;BW+0FZqjYj6LzemtryBmpXculkeP+sFuDf3ukTarjug9TyQfTxYSi5iR3aTEjbdwxVP/yTCIIc/B&#10;pE4dW6dQK4X9FhMjOHQDHdPTnK5Pw48BUXCO89m8mGBEL0cZqSJCzLPOh4/cKBSNGkugn/DIYetD&#10;ZPQSEsO12Qgp08NLjXrAnpR5njK8kYLF0xiXNMhX0qEDAfWE48BSPiuoZPAVefwNIgI/SG3wJxdc&#10;e4VIJG7QlQggfClUjWevUDpO2FqzxC4QIcFGITWXOGd6HPkqzjCSHOYtWkOBUkfK0C0o+WwN+vsx&#10;z+fr2XpWjsrxdD0q86YZfdisytF0U7yfNO+a1aopfsbqi7LqBGNcxwZcZqEo/05r56kcVHydhmur&#10;s1v01A4ge/lPpJNwolYG1T0Zdtq5WF3UEMg/BZ9HNc7X632KevmgLH8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCZx8j/2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsQwEIbvgu8QRvAiu4ldWaU2&#10;XURwPYlYZc9pM7bFZFKatFvf3hEP7nFmfr75/mK3eCdmHGMfSMP1WoFAaoLtqdXw8f60ugMRkyFr&#10;XCDU8I0RduX5WWFyG470hnOVWsEQirnR0KU05FLGpkNv4joMSHz7DKM3icexlXY0R4Z7JzOlttKb&#10;nvhDZwZ87LD5qiavYUPudagnet5Pvb+qXqq9m9VB68uL5eEeRMIl/YfhV5/VoWSnOkxko3DM2N5u&#10;OKohy7gCB26UykDUfwtZFvK0QfkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA09c4U0oC&#10;AACYBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmcfI&#10;/9sAAAAJAQAADwAAAAAAAAAAAAAAAACkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open" joinstyle="miter"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="Прямая соединительная линия 200" o:spid="_x0000_s1233" style="position:absolute;z-index:251728896;visibility:visible;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-bottom:-3e-5mm;mso-width-relative:margin" from="499.2pt,6.95pt" to="550.1pt,6.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiybP3JgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEmhCEVN97DLcllB&#10;xcIDeB2ntfCfbNOkN+CM1EfgFTiAtNICz5C8EWPnpywgIRAXy/bMNzPfN2MvTxop0I5Zx7UqcDZL&#10;MWKK6pKrTYFfvji/9wgj54kqidCKFXjPHD5Z3b2zrE3O5nqrRcksgiDK5bUp8NZ7kyeJo1smiZtp&#10;wxQYK20l8XC0m6S0pIboUiTzNH2Y1NqWxmrKnIPbs96IVzF+VTHqn1WVYx6JAkNtPq42rldhTVZL&#10;km8sMVtOhzLIP1QhCVeQdAp1RjxBry3/JZTk1GqnKz+jWia6qjhlkQOwydKf2FxuiWGRC4jjzCST&#10;+39h6dPd2iJeFngOnVJEQo/aD92b7tB+aT92B9S9bb+1n9tP7XX7tb3u3sH+pnsP+2Bsb4brA4Jm&#10;BDFr43KIearWNshBG3VpLjR95cCW3DKGgzO9W1NZGdxBD9TE5uyn5rDGIwqX97N0kS0woqMpIfmI&#10;M9b5J0xLFDYFFlwF2UhOdhfOh8wkH13CtVCoBsKLB1AzotIAe6c2EeG04OU5FyL4xSlkp8KiHYH5&#10;8U0WKEKwW16ecPFYlcjvDYhHrNX14CbUQLrnGRn7vWB9Dc9ZBcIDs6zPHEb+mIxQypQfEwoF3gFW&#10;QWkTMP0zcPAPUBafw9+AJ0TMrJWfwJIrbX+X/ahR1fuPCvS8gwRXutyv7TgPMNdR0uENhofz4znC&#10;jz/F6jsAAAD//wMAUEsDBBQABgAIAAAAIQAA+yV83wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8QwEIXvgv8hjOBF3KRLXbU2XUQQQfewVg8es83YFpNJSLLd+u/N4kFv82Yeb75Xr2dr2IQh&#10;jo4kFAsBDKlzeqRewvvb4+UNsJgUaWUcoYRvjLBuTk9qVWl3oFec2tSzHEKxUhKGlHzFeewGtCou&#10;nEfKt08XrEpZhp7roA453Bq+FGLFrRopfxiUx4cBu692byVM9HTblsXFx7M3L2HLr/XGb7WU52fz&#10;/R2whHP6M8MRP6NDk5l2bk86MpO1KK6W2SuhLApgR4dYlXna/W54U/P/HZofAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACLJs/cmAgAAcQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAAD7JXzfAAAACwEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1239" style="position:absolute;z-index:251735040;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="310.6pt,-.05pt" to="380.6pt,-.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBCCRIJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZJOUVtUqmx5ayqWC&#10;iMIDuF47sfCfbJPd3IAzUh+BV+BQpEoFnmH3jRh7f0IBCYG4WLZnvpn5vhl7cVIribbMeWF0gWeT&#10;KUZMU1MKvS7wq5fnj44x8oHokkijWYF3zOOT5cMHi8rmbG42RpbMIQiifV7ZAm9CsHmWebphiviJ&#10;sUyDkRunSICjW2elIxVEVzKbT6dHWWVcaZ2hzHu4PeuMeJnic85oeM65ZwHJAkNtIa0urVdxzZYL&#10;kq8dsRtB+zLIP1ShiNCQdAx1RgJBb5z4JZQS1BlveJhQozLDuaAscQA2s+lPbC43xLLEBcTxdpTJ&#10;/7+w9Nl25ZAoCzw/wkgTBT1qPrZv2+vmS/OpvUbtu+Zb87m5aW6br81t+x72d+0H2Edjc9dfXyNo&#10;RhSzsj6HmKd65aIctNaX9sLQ1x5s2T1jPHjbudXcqegOeqA6NWc3NofVAVG4PJgfHB9CC+lgykg+&#10;4Kzz4SkzCsVNgaXQUTaSk+2FDzEzyQeXeC01qoDw4WOoGVFlgb3X64TwRoryXEgZ/dIUslPp0JbA&#10;/IR6FilCsHtegQj5RJco7CyIR5wzVe8mdU+645kYh51kXQ0vGAfhgdmsyxxHfp+MUMp0GBJKDd4R&#10;xqG0ETj9M7D3j1CWnsPfgEdEymx0GMFKaON+l32vEe/8BwU63lGCK1PuVm6YB5jrJGn/BuPD+fGc&#10;4PufYvkdAAD//wMAUEsDBBQABgAIAAAAIQBdLHa62wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BSsQwFEX3gv8QnuBGnKSDjrU2HUQQQV2MnVm4zDTPtpi8hCTTqX9vdKPLw73ce+r1bA2bMMTR&#10;kYRiIYAhdU6P1EvYbR8vS2AxKdLKOEIJXxhh3Zye1KrS7khvOLWpZ3mEYqUkDCn5ivPYDWhVXDiP&#10;lLMPF6xKGUPPdVDHPG4NXwqx4laNlB8G5fFhwO6zPVgJEz3dtlfFxfuzNy9hw2/0q99oKc/P5vs7&#10;YAnn9FeGH/2sDk122rsD6ciMhFKIIlclLFfAcl5eF5n3v8ybmv/3b74BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAwQgkSCYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAXSx2utsAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="009E1FEC">
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="0059175A" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1250" type="#_x0000_t32" style="position:absolute;margin-left:124.35pt;margin-top:2.5pt;width:71.4pt;height:30.4pt;flip:y;z-index:251746304" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1248" type="#_x0000_t32" style="position:absolute;margin-left:82.1pt;margin-top:1.7pt;width:20.25pt;height:19.7pt;z-index:251744256" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1252" type="#_x0000_t32" style="position:absolute;margin-left:111.2pt;margin-top:1.7pt;width:0;height:14.85pt;z-index:251748352" o:connectortype="straight" strokeweight="2.25pt"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1247" type="#_x0000_t4" style="position:absolute;margin-left:93.4pt;margin-top:11.55pt;width:45.5pt;height:35.25pt;rotation:1113990fd;z-index:251743232" fillcolor="#8db3e2 [1311]" strokecolor="#00729a" strokeweight=".25pt">
+            <v:shadow color="#868686"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="009E1FEC" w:rsidRPr="00455B69">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1FEC">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ИЯ</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1FEC" w:rsidRPr="00455B69">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00455B69">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1251" type="#_x0000_t32" style="position:absolute;margin-left:133.45pt;margin-top:3.45pt;width:247.15pt;height:.05pt;z-index:251747328" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1249" type="#_x0000_t32" style="position:absolute;margin-left:133.45pt;margin-top:12.75pt;width:42.6pt;height:19.2pt;z-index:251745280" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1246" style="position:absolute;margin-left:176.05pt;margin-top:6.75pt;width:152.05pt;height:118.1pt;z-index:251742208" arcsize="10923f" strokecolor="#00729a" strokeweight="1.5pt">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRPr="006D3344" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006D3344">
+                  <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Проверка наличия данных услугополучателя</w:t>
+                    <w:t xml:space="preserve">Көрсетілетін қызметті алушының мәліметтерінің жоқтығына байланысты,  </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="004A4EFA" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>көрсеткіштерді алу мүмкіндігінің жоқтығы туралы хабарламаны қалыптастыру</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="009E1FEC" w:rsidRPr="00455B69">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00455B69">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00455B69">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖОҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82E4B">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1845" style="position:absolute;flip:y;z-index:251879424;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-right:3.17497mm;mso-width-relative:margin" from="124.35pt,11.4pt" to="170.6pt,11.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDT1zhTSgIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Z5PQQCEirCoCvdAW&#10;abe9e22HWPWXbC8BVf3vHTvALu2lqsrBjMczz2/Gb7K4PyqJDtx5YXSNi7scI66pYULva/z1cTOa&#10;YeQD0YxIo3mNT9zj++XbN4veVnxsOiMZdwhAtK96W+MuBFtlmacdV8TfGcs1HLbGKRJg6/YZc6QH&#10;dCWzcZ5Ps944Zp2h3HvwNsMhXib8tuU0fGlbzwOSNQZuIa0urU9xzZYLUu0dsZ2gZxrkH1goIjRc&#10;eoVqSCDo2Yk/oJSgznjThjtqVGbaVlCeaoBqivy3ah46YnmqBZrj7bVN/v/B0s+HnUOC1Xg8x0gT&#10;BW+0FZqjYj6LzemtryBmpXculkeP+sFuDf3ukTarjug9TyQfTxYSi5iR3aTEjbdwxVP/yTCIIc/B&#10;pE4dW6dQK4X9FhMjOHQDHdPTnK5Pw48BUXCO89m8mGBEL0cZqSJCzLPOh4/cKBSNGkugn/DIYetD&#10;ZPQSEsO12Qgp08NLjXrAnpR5njK8kYLF0xiXNMhX0qEDAfWE48BSPiuoZPAVefwNIgI/SG3wJxdc&#10;e4VIJG7QlQggfClUjWevUDpO2FqzxC4QIcFGITWXOGd6HPkqzjCSHOYtWkOBUkfK0C0o+WwN+vsx&#10;z+fr2XpWjsrxdD0q86YZfdisytF0U7yfNO+a1aopfsbqi7LqBGNcxwZcZqEo/05r56kcVHydhmur&#10;s1v01A4ge/lPpJNwolYG1T0Zdtq5WF3UEMg/BZ9HNc7X632KevmgLH8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCZx8j/2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsQwEIbvgu8QRvAiu4ldWaU2&#10;XURwPYlYZc9pM7bFZFKatFvf3hEP7nFmfr75/mK3eCdmHGMfSMP1WoFAaoLtqdXw8f60ugMRkyFr&#10;XCDU8I0RduX5WWFyG470hnOVWsEQirnR0KU05FLGpkNv4joMSHz7DKM3icexlXY0R4Z7JzOlttKb&#10;nvhDZwZ87LD5qiavYUPudagnet5Pvb+qXqq9m9VB68uL5eEeRMIl/YfhV5/VoWSnOkxko3DM2N5u&#10;OKohy7gCB26UykDUfwtZFvK0QfkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA09c4U0oC&#10;AACYBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmcfI&#10;/9sAAAAJAQAADwAAAAAAAAAAAAAAAACkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" strokeweight="2pt">
-            <v:stroke endarrow="open" joinstyle="miter"/>
+          <v:line id="Прямая соединительная линия 195" o:spid="_x0000_s1231" style="position:absolute;flip:y;z-index:251726848;visibility:visible;mso-wrap-distance-left:3.17494mm;mso-wrap-distance-right:3.17494mm;mso-height-relative:margin" from="617.1pt,0" to="617.1pt,70.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0jFuTHwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1u1DAU3iNxB8t7JslAKxpNpotWZVPB&#10;iAJ717FnLBzbss0kswPWSHMErtAFSJUKnCG5Ec9OJtMpKxAby34/n9/3vWfPTptKojWzTmhV4GyS&#10;YsQU1aVQywK/fXPx5DlGzhNVEqkVK/CGOXw6f/xoVpucTfVKy5JZBCDK5bUp8Mp7kyeJoytWETfR&#10;hilwcm0r4uFol0lpSQ3olUymaXqc1NqWxmrKnAPree/E84jPOaP+FeeOeSQLDLX5uNq4Xoc1mc9I&#10;vrTErAQdyiD/UEVFhIJLR6hz4gn6YMUfUJWgVjvN/YTqKtGcC8oiB2CTpQ/YXK2IYZELiOPMKJP7&#10;f7D05XphkSgLPJ1ipEgFPWq/dh+7bfujvem2qPvU/mq/t9/a2/Zne9t9hv1d9wX2wdneDeYtyk6O&#10;gpi1cTlgnqmFDXLQRl2ZS03fO/AlB85wcKYPa7itEJfCvIMZijqCMqiJbdqMbWKNR7Q3UrBm0/Tp&#10;yXFsYULyABFuNNb5F0xXKGwKLIUKCpKcrC+dD0XsQ4JZKlQD96NnaRrDnJaivBBSBmecQnYmLVoT&#10;mB/fZIEiINyLgpNUA7eeTiTmN5L1+K8ZB32h7J7YA0xCKVN+hysVRIc0DhWMiUNl4UnsizlMHOJD&#10;KotT/zfJY0a8WSs/JldCadvrcnj7Xgrex+8U6HkHCa51uVnYXdthfKNyw1ML7+P+OabvP4T5bwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsmnQqTSdEKJwm8RAQtzcxrRljVM1Wdfx68m0A9z87Kfn72XryXZipMG3jjXMZwoE&#10;ceVMy7WG97fiZgXCB2SDnWPScCQP6/zyIsPUuAO/0rgNtYgh7FPU0ITQp1L6qiGLfuZ64nj7coPF&#10;EOVQSzPgIYbbTi6UupMWW44fGuzpsaFqt91bDf1H+Y27oliN9FkfX56STf/zvNH6+mp6uAcRaAp/&#10;ZjjhR3TII1Pp9my86KKeL28je4hTsgRxcpw3pYaFShTIPJP/S+S/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADSMW5MfAgAAWAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" strokeweight="2pt">
+            <o:lock v:ext="edit" shapetype="f"/>
           </v:line>
         </w:pict>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict>
-          <v:line id="Прямая соединительная линия 200" o:spid="_x0000_s1841" style="position:absolute;z-index:251875328;visibility:visible;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-bottom:-3e-5mm;mso-width-relative:margin" from="499.2pt,6.95pt" to="550.1pt,6.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiybP3JgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEmhCEVN97DLcllB&#10;xcIDeB2ntfCfbNOkN+CM1EfgFTiAtNICz5C8EWPnpywgIRAXy/bMNzPfN2MvTxop0I5Zx7UqcDZL&#10;MWKK6pKrTYFfvji/9wgj54kqidCKFXjPHD5Z3b2zrE3O5nqrRcksgiDK5bUp8NZ7kyeJo1smiZtp&#10;wxQYK20l8XC0m6S0pIboUiTzNH2Y1NqWxmrKnIPbs96IVzF+VTHqn1WVYx6JAkNtPq42rldhTVZL&#10;km8sMVtOhzLIP1QhCVeQdAp1RjxBry3/JZTk1GqnKz+jWia6qjhlkQOwydKf2FxuiWGRC4jjzCST&#10;+39h6dPd2iJeFngOnVJEQo/aD92b7tB+aT92B9S9bb+1n9tP7XX7tb3u3sH+pnsP+2Bsb4brA4Jm&#10;BDFr43KIearWNshBG3VpLjR95cCW3DKGgzO9W1NZGdxBD9TE5uyn5rDGIwqX97N0kS0woqMpIfmI&#10;M9b5J0xLFDYFFlwF2UhOdhfOh8wkH13CtVCoBsKLB1AzotIAe6c2EeG04OU5FyL4xSlkp8KiHYH5&#10;8U0WKEKwW16ecPFYlcjvDYhHrNX14CbUQLrnGRn7vWB9Dc9ZBcIDs6zPHEb+mIxQypQfEwoF3gFW&#10;QWkTMP0zcPAPUBafw9+AJ0TMrJWfwJIrbX+X/ahR1fuPCvS8gwRXutyv7TgPMNdR0uENhofz4znC&#10;jz/F6jsAAAD//wMAUEsDBBQABgAIAAAAIQAA+yV83wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8QwEIXvgv8hjOBF3KRLXbU2XUQQQfewVg8es83YFpNJSLLd+u/N4kFv82Yeb75Xr2dr2IQh&#10;jo4kFAsBDKlzeqRewvvb4+UNsJgUaWUcoYRvjLBuTk9qVWl3oFec2tSzHEKxUhKGlHzFeewGtCou&#10;nEfKt08XrEpZhp7roA453Bq+FGLFrRopfxiUx4cBu692byVM9HTblsXFx7M3L2HLr/XGb7WU52fz&#10;/R2whHP6M8MRP6NDk5l2bk86MpO1KK6W2SuhLApgR4dYlXna/W54U/P/HZofAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACLJs/cmAgAAcQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAAD7JXzfAAAACwEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokeweight="2pt">
+          <v:line id="_x0000_s1243" style="position:absolute;flip:x;z-index:251739136;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-width-relative:margin" from="98.75pt,-.05pt" to="98.75pt,20.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgSuWBJwIAAHIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE2Xn1XUdA+7LJcV&#10;VCw8gNexWwv/yTZNegPOSH0EXoEDSCst8AzJGzF20pQFJATiYtkz883M93ns+UmjJNow54XRJc4n&#10;U4yYpqYSelXily/O7x1j5APRFZFGsxJvmccni7t35rUt2MysjayYQ5BE+6K2JV6HYIss83TNFPET&#10;Y5kGJzdOkQBHt8oqR2rIrmQ2m04fZrVxlXWGMu/BetY78SLl55zR8IxzzwKSJYbeQlpdWq/imi3m&#10;pFg5YteCDm2Qf+hCEaGh6JjqjASCXjvxSyolqDPe8DChRmWGc0FZ4gBs8ulPbC7XxLLEBcTxdpTJ&#10;/7+09Olm6ZCoSjw7wkgTBXfUfujedLv2S/ux26Hubfut/dx+aq/br+119w72N9172EdnezOYdwgu&#10;I4pZW19AzlO9dFEO2uhLe2HoKw++7JYzHrztwxruVAwHPVCTLmc7Xg5rAqK9kYI1z49nR49SrYwU&#10;e6B1PjxhRqG4KbEUOupGCrK58CGWJsU+JJqlRjUwfnAfmkZUWaDv9SohvJGiOhdSxrg0huxUOrQh&#10;MEChySNHSHYrKhAhH+sKha0F9Yhzph7CpB5Y90QT5bCVrO/hOeOgPFDL+8px5g/FCKVMh31BqSE6&#10;wji0NgKnfwYO8RHK0nv4G/CISJWNDiNYCW3c76ofNOJ9/F6BnneU4MpU26XbDwQMdpJ0eITx5fx4&#10;TvDDV7H4DgAA//8DAFBLAwQUAAYACAAAACEAL1s83uAAAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVIbFBrNwmPhjgVQkJIwKKkLFi68ZBExGPLdtPw9xixgOXMHN05t9rMZmQT&#10;+jBYkrBaCmBIrdUDdRLedg+LG2AhKtJqtIQSvjDApj49qVSp7ZFecWpix1IIhVJJ6GN0Jeeh7dGo&#10;sLQOKd0+rDcqptF3XHt1TOFm5JkQV9yogdKHXjm877H9bA5GwkSP66ZYXbw/ufHZb/m1fnFbLeX5&#10;2Xx3CyziHP9g+NFP6lAnp709kA5slJCLdZZQCUWRA0vA72IvIcvFJfC64v8r1N8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAYErlgScCAAByBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAL1s83uAAAAAKAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" strokeweight="2pt">
             <v:stroke endarrow="open"/>
             <o:lock v:ext="edit" shapetype="f"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D82E4B">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1847" style="position:absolute;z-index:251881472;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="310.6pt,-.05pt" to="380.6pt,-.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBCCRIJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZJOUVtUqmx5ayqWC&#10;iMIDuF47sfCfbJPd3IAzUh+BV+BQpEoFnmH3jRh7f0IBCYG4WLZnvpn5vhl7cVIribbMeWF0gWeT&#10;KUZMU1MKvS7wq5fnj44x8oHokkijWYF3zOOT5cMHi8rmbG42RpbMIQiifV7ZAm9CsHmWebphiviJ&#10;sUyDkRunSICjW2elIxVEVzKbT6dHWWVcaZ2hzHu4PeuMeJnic85oeM65ZwHJAkNtIa0urVdxzZYL&#10;kq8dsRtB+zLIP1ShiNCQdAx1RgJBb5z4JZQS1BlveJhQozLDuaAscQA2s+lPbC43xLLEBcTxdpTJ&#10;/7+w9Nl25ZAoCzw/wkgTBT1qPrZv2+vmS/OpvUbtu+Zb87m5aW6br81t+x72d+0H2Edjc9dfXyNo&#10;RhSzsj6HmKd65aIctNaX9sLQ1x5s2T1jPHjbudXcqegOeqA6NWc3NofVAVG4PJgfHB9CC+lgykg+&#10;4Kzz4SkzCsVNgaXQUTaSk+2FDzEzyQeXeC01qoDw4WOoGVFlgb3X64TwRoryXEgZ/dIUslPp0JbA&#10;/IR6FilCsHtegQj5RJco7CyIR5wzVe8mdU+645kYh51kXQ0vGAfhgdmsyxxHfp+MUMp0GBJKDd4R&#10;xqG0ETj9M7D3j1CWnsPfgEdEymx0GMFKaON+l32vEe/8BwU63lGCK1PuVm6YB5jrJGn/BuPD+fGc&#10;4PufYvkdAAD//wMAUEsDBBQABgAIAAAAIQBdLHa62wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BSsQwFEX3gv8QnuBGnKSDjrU2HUQQQV2MnVm4zDTPtpi8hCTTqX9vdKPLw73ce+r1bA2bMMTR&#10;kYRiIYAhdU6P1EvYbR8vS2AxKdLKOEIJXxhh3Zye1KrS7khvOLWpZ3mEYqUkDCn5ivPYDWhVXDiP&#10;lLMPF6xKGUPPdVDHPG4NXwqx4laNlB8G5fFhwO6zPVgJEz3dtlfFxfuzNy9hw2/0q99oKc/P5vs7&#10;YAnn9FeGH/2sDk122rsD6ciMhFKIIlclLFfAcl5eF5n3v8ybmv/3b74BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAwQgkSCYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAXSx2utsAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokeweight="2pt">
-[...161 lines deleted...]
-          <v:line id="_x0000_s1850" style="position:absolute;flip:y;z-index:251884544;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" from="93.4pt,19pt" to="170.7pt,19pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggHRWOgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hyQ0LGxEWFUEetm2&#10;K+22d2M7xKq/ZBsCqvrfO3aALu2lqsrB2OPx83szz1k8HJVEB+68MLrGxTjHiGtqmNC7Gn952Yzm&#10;GPlANCPSaF7jE/f4Yfn2zaK3FZ+YzkjGHQIQ7ave1rgLwVZZ5mnHFfFjY7mGzdY4RQIs3S5jjvSA&#10;rmQ2yfO7rDeOWWco9x6izbCJlwm/bTkNn9vW84BkjYFbSKNL4zaO2XJBqp0jthP0TIP8AwtFhIZL&#10;r1ANCQTtnfgDSgnqjDdtGFOjMtO2gvKkAdQU+W9qnjtiedICxfH2Wib//2Dpp8OTQ4LVuCwx0kRB&#10;jx6F5qi4L2JxeusryFnpJxfl0aN+to+GfvNIm1VH9I4nki8nCwfTiezmSFx4C1ds+4+GQQ7ZB5Mq&#10;dWydQq0U9ms8GMGhGuiYWnO6toYfA6IQnM5m8yk0kF62MlJFhHjOOh8+cKNQnNRYAv2ERw6PPoAG&#10;SL2kxHRtNkLK1HipUV/jybTM83TCGylY3I15yYN8JR06EHBPOA4s5V6BkiFW5PE3mAjiYLUhnkJw&#10;7RUikbhBVyKA8aVQNZ6/Quk4YWvNErtAhBzmACV15ATlAE3n2WCw7/f5/Xq+npejcnK3HpV504ze&#10;b1bl6G5TzKbNu2a1aoofUV5RVp1gjOuo8GL2ovw7M52f3WDTq92vtcxu0ZNeIHv5T6STM6IZBltt&#10;DTs9udifaBLwd0o+v8X4gF6vU9avL8byJwAAAP//AwBQSwMEFAAGAAgAAAAhAO+6fiHeAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj7FOwzAQhnck3sE6JBbU2rQRKiFOVRCVWBhaGGBz42uSxj5H&#10;tpuEt8eIAcb779N/3xXryRo2oA+tIwm3cwEMqXK6pVrC+9t2tgIWoiKtjCOU8IUB1uXlRaFy7Uba&#10;4bCPNUslFHIloYmxzzkPVYNWhbnrkdLu6LxVMY2+5tqrMZVbwxdC3HGrWkoXGtXjU4NVtz9bCS8n&#10;wx8/X0/PNx8uDMdt6Daj76S8vpo2D8AiTvEPhh/9pA5lcjq4M+nAjISluF8kVEKWLYElIBMiBYff&#10;gJcF//9B+Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCggHRWOgIAAHkEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvun4h3gAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="2pt">
+          <v:line id="_x0000_s1242" style="position:absolute;flip:y;z-index:251738112;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" from="98.75pt,-.05pt" to="176.05pt,-.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggHRWOgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hyQ0LGxEWFUEetm2&#10;K+22d2M7xKq/ZBsCqvrfO3aALu2lqsrB2OPx83szz1k8HJVEB+68MLrGxTjHiGtqmNC7Gn952Yzm&#10;GPlANCPSaF7jE/f4Yfn2zaK3FZ+YzkjGHQIQ7ave1rgLwVZZ5mnHFfFjY7mGzdY4RQIs3S5jjvSA&#10;rmQ2yfO7rDeOWWco9x6izbCJlwm/bTkNn9vW84BkjYFbSKNL4zaO2XJBqp0jthP0TIP8AwtFhIZL&#10;r1ANCQTtnfgDSgnqjDdtGFOjMtO2gvKkAdQU+W9qnjtiedICxfH2Wib//2Dpp8OTQ4LVuCwx0kRB&#10;jx6F5qi4L2JxeusryFnpJxfl0aN+to+GfvNIm1VH9I4nki8nCwfTiezmSFx4C1ds+4+GQQ7ZB5Mq&#10;dWydQq0U9ms8GMGhGuiYWnO6toYfA6IQnM5m8yk0kF62MlJFhHjOOh8+cKNQnNRYAv2ERw6PPoAG&#10;SL2kxHRtNkLK1HipUV/jybTM83TCGylY3I15yYN8JR06EHBPOA4s5V6BkiFW5PE3mAjiYLUhnkJw&#10;7RUikbhBVyKA8aVQNZ6/Quk4YWvNErtAhBzmACV15ATlAE3n2WCw7/f5/Xq+npejcnK3HpV504ze&#10;b1bl6G5TzKbNu2a1aoofUV5RVp1gjOuo8GL2ovw7M52f3WDTq92vtcxu0ZNeIHv5T6STM6IZBltt&#10;DTs9udifaBLwd0o+v8X4gF6vU9avL8byJwAAAP//AwBQSwMEFAAGAAgAAAAhAO+6fiHeAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj7FOwzAQhnck3sE6JBbU2rQRKiFOVRCVWBhaGGBz42uSxj5H&#10;tpuEt8eIAcb779N/3xXryRo2oA+tIwm3cwEMqXK6pVrC+9t2tgIWoiKtjCOU8IUB1uXlRaFy7Uba&#10;4bCPNUslFHIloYmxzzkPVYNWhbnrkdLu6LxVMY2+5tqrMZVbwxdC3HGrWkoXGtXjU4NVtz9bCS8n&#10;wx8/X0/PNx8uDMdt6Daj76S8vpo2D8AiTvEPhh/9pA5lcjq4M+nAjISluF8kVEKWLYElIBMiBYff&#10;gJcF//9B+Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCggHRWOgIAAHkEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvun4h3gAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="2pt">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00624E02">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="Прямая соединительная линия 195" o:spid="_x0000_s1839" style="position:absolute;flip:y;z-index:251873280;visibility:visible;mso-wrap-distance-left:3.17494mm;mso-wrap-distance-right:3.17494mm;mso-height-relative:margin" from="636.35pt,19pt" to="636.35pt,105.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0jFuTHwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1u1DAU3iNxB8t7JslAKxpNpotWZVPB&#10;iAJ717FnLBzbss0kswPWSHMErtAFSJUKnCG5Ec9OJtMpKxAby34/n9/3vWfPTptKojWzTmhV4GyS&#10;YsQU1aVQywK/fXPx5DlGzhNVEqkVK/CGOXw6f/xoVpucTfVKy5JZBCDK5bUp8Mp7kyeJoytWETfR&#10;hilwcm0r4uFol0lpSQ3olUymaXqc1NqWxmrKnAPree/E84jPOaP+FeeOeSQLDLX5uNq4Xoc1mc9I&#10;vrTErAQdyiD/UEVFhIJLR6hz4gn6YMUfUJWgVjvN/YTqKtGcC8oiB2CTpQ/YXK2IYZELiOPMKJP7&#10;f7D05XphkSgLPJ1ipEgFPWq/dh+7bfujvem2qPvU/mq/t9/a2/Zne9t9hv1d9wX2wdneDeYtyk6O&#10;gpi1cTlgnqmFDXLQRl2ZS03fO/AlB85wcKYPa7itEJfCvIMZijqCMqiJbdqMbWKNR7Q3UrBm0/Tp&#10;yXFsYULyABFuNNb5F0xXKGwKLIUKCpKcrC+dD0XsQ4JZKlQD96NnaRrDnJaivBBSBmecQnYmLVoT&#10;mB/fZIEiINyLgpNUA7eeTiTmN5L1+K8ZB32h7J7YA0xCKVN+hysVRIc0DhWMiUNl4UnsizlMHOJD&#10;KotT/zfJY0a8WSs/JldCadvrcnj7Xgrex+8U6HkHCa51uVnYXdthfKNyw1ML7+P+OabvP4T5bwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsmnQqTSdEKJwm8RAQtzcxrRljVM1Wdfx68m0A9z87Kfn72XryXZipMG3jjXMZwoE&#10;ceVMy7WG97fiZgXCB2SDnWPScCQP6/zyIsPUuAO/0rgNtYgh7FPU0ITQp1L6qiGLfuZ64nj7coPF&#10;EOVQSzPgIYbbTi6UupMWW44fGuzpsaFqt91bDf1H+Y27oliN9FkfX56STf/zvNH6+mp6uAcRaAp/&#10;ZjjhR3TII1Pp9my86KKeL28je4hTsgRxcpw3pYaFShTIPJP/S+S/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADSMW5MfAgAAWAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" strokeweight="2pt">
-[...22 lines deleted...]
-          <v:roundrect id="AutoShape 291" o:spid="_x0000_s1849" style="position:absolute;margin-left:36.55pt;margin-top:16.05pt;width:96.9pt;height:87.45pt;z-index:251883520;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyQkIn5wIAAOYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m6Nr1o6TRtDCFx&#10;mRiIZ9d2EoNjB9ttOn49xydpKFAhmJYHyz7H/s79y8XlvtFkJ51X1hQ0O0spkYZboUxV0E8fb18s&#10;KPGBGcG0NbKgD9LTy/XzZxddu5ITW1stpCMAYvyqawtah9CuksTzWjbMn9lWGlCW1jUswNFViXCs&#10;A/RGJ5M0zZPOOtE6y6X3IL3plXSN+GUpeXhfll4GogsKvgVcHa6buCbrC7aqHGtrxQc32CO8aJgy&#10;YHSEumGBka1Tf0A1ijvrbRnOuG0SW5aKS4wBosnS36K5r1krMRZIjm/HNPmng+XvdneOKAG1g0oZ&#10;1kCNrrbBomkyWWYxQ13rV3Dxvr1zMUbfvrH8qyfGXtfMVPLKOdvVkgnwC+8nvzyIBw9PyaZ7awXg&#10;M8DHZO1L10RASAPZY00exprIfSAchPNZOptD5TiosiyfzpZYtIStDq9b58MraRsSNwV1dmvEByg8&#10;mmC7Nz5gYcQQHRNfKCkbDWXeMU2yPM/nMUhAHC7D7oA5lFTcKq2Js+GzCjWmJvqJSn/A96S1kIBe&#10;jP0rr7UjYAMi5lyakOELvW0gDb08T+HrexDE0Km9eHoQgycjEnpY+d5ob2uG96JkvPV3e1l8cMLg&#10;IaUjzAljw9v/sPao6CDk6pBTrQyBBivoDDMCXeA50zI261AxmFysTfRKG9KBZjKHCNFLq9WoHCN7&#10;ygT5YwvYd0gncRReGoH7wJTu9xCYNtEvibQ0tI3dBunua9ERoWL3ThbnSxhEoYCjzhdpni7nlDBd&#10;Abny4OjJHvzH2PpuQa+Om+107Ue/sBOOXMbZjuPc00LYb/ZIH4v8wBQbKx5g2mFa4jTEnwNsauu+&#10;U9IB0RbUf9syJynRrw0MzDKbTiMz42E6m0/g4I41m2MNMxygChogK7i9Dj2bb1unqhos9VNmbGSx&#10;UoU42ZGBeq+GA5Bp3+E98Ue2Pj7jrZ+/p/UPAAAA//8DAFBLAwQUAAYACAAAACEAieYGE98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbCpqY9q0CnEqQEJiw6IFxNaNhyTC&#10;j2C7Tfr3DKuyHN2jO+dWm8lZdsSY+uAV3M4FMPRNML1vFby/Pd+sgaWsvdE2eFRwwgSb+vKi0qUJ&#10;o9/icZdbRiU+lVpBl/NQcp6aDp1O8zCgp+wrRKcznbHlJuqRyp3lUoiCO917+tDpAZ86bL53B6fg&#10;NW7ly494PKXVR/85G5do03qm1PXV9HAPLOOUzzD86ZM61OS0DwdvErMKpCiWhCpYSJpAwJ1crIDt&#10;KZGFBF5X/P+E+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAyQkIn5wIAAOYGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ5gYT3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 291" o:spid="_x0000_s1241" style="position:absolute;margin-left:36.55pt;margin-top:16.05pt;width:96.9pt;height:87.45pt;z-index:251737088;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyQkIn5wIAAOYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m6Nr1o6TRtDCFx&#10;mRiIZ9d2EoNjB9ttOn49xydpKFAhmJYHyz7H/s79y8XlvtFkJ51X1hQ0O0spkYZboUxV0E8fb18s&#10;KPGBGcG0NbKgD9LTy/XzZxddu5ITW1stpCMAYvyqawtah9CuksTzWjbMn9lWGlCW1jUswNFViXCs&#10;A/RGJ5M0zZPOOtE6y6X3IL3plXSN+GUpeXhfll4GogsKvgVcHa6buCbrC7aqHGtrxQc32CO8aJgy&#10;YHSEumGBka1Tf0A1ijvrbRnOuG0SW5aKS4wBosnS36K5r1krMRZIjm/HNPmng+XvdneOKAG1g0oZ&#10;1kCNrrbBomkyWWYxQ13rV3Dxvr1zMUbfvrH8qyfGXtfMVPLKOdvVkgnwC+8nvzyIBw9PyaZ7awXg&#10;M8DHZO1L10RASAPZY00exprIfSAchPNZOptD5TiosiyfzpZYtIStDq9b58MraRsSNwV1dmvEByg8&#10;mmC7Nz5gYcQQHRNfKCkbDWXeMU2yPM/nMUhAHC7D7oA5lFTcKq2Js+GzCjWmJvqJSn/A96S1kIBe&#10;jP0rr7UjYAMi5lyakOELvW0gDb08T+HrexDE0Km9eHoQgycjEnpY+d5ob2uG96JkvPV3e1l8cMLg&#10;IaUjzAljw9v/sPao6CDk6pBTrQyBBivoDDMCXeA50zI261AxmFysTfRKG9KBZjKHCNFLq9WoHCN7&#10;ygT5YwvYd0gncRReGoH7wJTu9xCYNtEvibQ0tI3dBunua9ERoWL3ThbnSxhEoYCjzhdpni7nlDBd&#10;Abny4OjJHvzH2PpuQa+Om+107Ue/sBOOXMbZjuPc00LYb/ZIH4v8wBQbKx5g2mFa4jTEnwNsauu+&#10;U9IB0RbUf9syJynRrw0MzDKbTiMz42E6m0/g4I41m2MNMxygChogK7i9Dj2bb1unqhos9VNmbGSx&#10;UoU42ZGBeq+GA5Bp3+E98Ue2Pj7jrZ+/p/UPAAAA//8DAFBLAwQUAAYACAAAACEAieYGE98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbCpqY9q0CnEqQEJiw6IFxNaNhyTC&#10;j2C7Tfr3DKuyHN2jO+dWm8lZdsSY+uAV3M4FMPRNML1vFby/Pd+sgaWsvdE2eFRwwgSb+vKi0qUJ&#10;o9/icZdbRiU+lVpBl/NQcp6aDp1O8zCgp+wrRKcznbHlJuqRyp3lUoiCO917+tDpAZ86bL53B6fg&#10;NW7ly494PKXVR/85G5do03qm1PXV9HAPLOOUzzD86ZM61OS0DwdvErMKpCiWhCpYSJpAwJ1crIDt&#10;KZGFBF5X/P+E+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAyQkIn5wIAAOYGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ5gYT3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 291">
               <w:txbxContent>
-                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00AB0BD9">
+                  <w:r w:rsidRPr="0059175A">
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Результат оказания государственной услуги</w:t>
+                    <w:t>Мемлекеттік қызмет көрсету нәтижесі</w:t>
                   </w:r>
                 </w:p>
-              </w:txbxContent>
-[...134 lines deleted...]
-                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00AB0BD9" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
                   <w:pPr>
+                    <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:color w:val="FFFFFF"/>
-[...1 lines deleted...]
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00CD49D3" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="AutoShape 265" o:spid="_x0000_s1232" type="#_x0000_t32" style="position:absolute;margin-left:133.45pt;margin-top:12.8pt;width:483.65pt;height:0;rotation:180;z-index:251727872;visibility:visible;mso-width-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkZikLUQIAAKMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6p7YzN02NOkVhJ7t0&#10;W4F2H6BKcixMEg1JiRMM+/dRcpqu22UYloNCSeTTI/nom9uD0WQvnVdga1pc5JRIy0Eou63p16fN&#10;bEmJD8wKpsHKmh6lp7er9+9uxqGSc+hBC+kIglhfjUNN+xCGKss876Vh/gIGafGyA2dYwK3bZsKx&#10;EdGNzuZ5vshGcGJwwKX3eNpOl3SV8LtO8vCl67wMRNcUuYW0urQ+xzVb3bBq69jQK36iwf6BhWHK&#10;4qNnqJYFRnZO/QFlFHfgoQsXHEwGXae4TDlgNkX+WzaPPRtkygWL44dzmfz/g+Wf9w+OKIG9W1Bi&#10;mcEe3e0CpKfJfHEZKzQOvkLHxj64mCM/2MfhHvg3Tyw0PbNbmdyfjgNGFzEiexMSN37Ad57HTyDQ&#10;h+ELqVyHzhniANtS5Ms8/tIx1oUcUpOO5ybJQyAcD6+w7dfYSv5ylbEqwkRmg/PhowRDolFTHxxT&#10;2z40YC0qAVyR0Nn+3odI8jUgBlvYKK2TILQlY03nl+WJjwetRLyNfkmbstGO7BmqKhwmVL0zmNx0&#10;VkypTFg7gxKczpPe8NkzRCLxBt3BzooU2Esm1ic7MKXRJiGVmDkHI40UjRSUaImjF60pJ20jSywX&#10;ZnmyJil+v86v18v1spyV88V6VuZtO7vbNOVssSmuLtsPbdO0xY9YoqKseiWEtDHnl7Eoyr+T3WlA&#10;J0GfB+Nc3ewteqoAkn35T6STfKJiJu09gzg+uJhdVBJOQnI+TW0ctV/3yev127L6CQAA//8DAFBL&#10;AwQUAAYACAAAACEA7afgSd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82Y&#10;eJMtiEJqt0RNJIEbSALHpTu2DbuztbuU6q93Gg96mzfz8uZ72aJ3VnTYhtqTgvEoAYFUeFNTqWD3&#10;/nY3BxGiJqOtJ1TwhQEW+fVVplPjL7TBbhtLwSEUUq2girFJpQxFhU6HkW+Q+PbhW6cjy7aUptUX&#10;DndWTpLkUTpdE3+odIOvFRan7dkpWO6WL13xucdve+q79Xq/OjSzlVK3N/3zE4iIffwzw4DP6JAz&#10;09GfyQRhWSf3kyl7h2kGYnCMpw/c5vi7kXkm/3fIfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDkZikLUQIAAKMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDtp+BJ3wAAAAsBAAAPAAAAAAAAAAAAAAAAAKsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" adj="-30726,-1,-30726" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82E4B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1211" style="position:absolute;left:0;text-align:left;margin-left:8.45pt;margin-top:2.8pt;width:36pt;height:32.25pt;z-index:251706368;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvi6PQ1gIAANEGAAAOAAAAZHJzL2Uyb0RvYy54bWy0VVtv0zAUfkfiP1h+Z0m6XtZq6TRtDCEN&#10;mBiIZ9d2EoNjB9ttWn49x8dpKTBxmaAPkX1sf+c7t6/nF9tWk410XllT0uIkp0QaboUydUnfv7t5&#10;dkaJD8wIpq2RJd1JTy+WT5+c991CjmxjtZCOAIjxi74raRNCt8gyzxvZMn9iO2ngsLKuZQG2rs6E&#10;Yz2gtzob5fk0660TnbNceg/W63RIl4hfVZKHN1XlZSC6pMAt4NfhdxW/2fKcLWrHukbxgQZ7BIuW&#10;KQNOD1DXLDCyduonqFZxZ72twgm3bWarSnGJMUA0Rf5DNPcN6yTGAsnx3SFN/t/B8tebO0eUKOmI&#10;EsNaKNHlOlj0TIq8iAnqO7+Ae/fdnYsh+u7W8k+eGHvVMFPLS+ds30gmgBbez757EDcenpJV/8oK&#10;wGeAj7naVq6NgJAFssWS7A4lkdtAOBjHkxmUmRIOR+N8PplNIqOMLfaPO+fDC2lbEhcldXZtxFso&#10;O3pgm1sfsCxiCI6Jj5RUrYYib5gmxXQ6nQ2Iw2XA3mMOBRU3SmvibPigQoOZiTTx0O/xPeksxJ/M&#10;2L3ySjsCPiBgzqUJBb7Q6xaykOzTHH6pA8EMfZrM470ZmByQMObaJ6fJ1wTvRcvh1q/9FfHBAw7R&#10;9Btnw9u/8Pao6IBFvc+pVoZAf5V0ghmBJvCcaQmtmroMhw1rE1lpQ3o4Gc0gQmRptToc/pcE+WMP&#10;2HcoJnESnhuB68CUTmsITJvIS6IoDW1j10G6+0b0RKjYvaOz0zkIplCgUKdn+TSfzyhhugZp5cHR&#10;B3vwD2NL3YKsjpvt4dofeGHbHVHG0Y7TnFRhZcUOJhtGI7Z+/B+ARWPdF0p60NSS+s9r5iQl+qWB&#10;6ZgX43EUYdzgZENIxyer4xNmOECVNEAKcHkVknCvO6fqBjylkTI2KlalQhSGqDaJ1bAB3UyzkzQ+&#10;CvPxHm99+ydafgUAAP//AwBQSwMEFAAGAAgAAAAhAD9etvLbAAAABgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/IO1SFyq1m6lpiHEqQAJiQuHFlCvbrwkEfE62G6T/j3LCY5PM5p55XZy&#10;vThjiJ0nDcuFAoFUe9tRo+H97Xmeg4jJkDW9J9RwwQjb6vqqNIX1I+3wvE+N4BGKhdHQpjQUUsa6&#10;RWfiwg9InH364ExiDI20wYw87nq5UiqTznTED60Z8KnF+mt/chpew2718q0eL3Hz0R1m4xr7mM+0&#10;vr2ZHu5BJJzSXxl+9VkdKnY6+hPZKHrm7I6bGtYZCI7znPGoYaOWIKtS/tevfgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvi6PQ1gIAANEGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQA/Xrby2wAAAAYBAAAPAAAAAAAAAAAAAAAAADAFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAOAYAAAAA&#10;" fillcolor="#95b3d7 [1940]" strokecolor="#4f81bd [3204]" strokeweight="1pt">
+            <v:fill color2="#4f81bd [3204]" focus="50%" type="gradient"/>
+            <v:shadow on="t" color="#243f60 [1604]" offset="1pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  қызметтің басталуы  немесе аяқталуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:left="707" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1853" type="#_x0000_t4" style="position:absolute;margin-left:11.45pt;margin-top:8.25pt;width:28.5pt;height:29.8pt;z-index:251887616;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXu9XUnQIAADkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/t0m6SdtETVe7W4qQ&#10;Flhp4QNc22ksfAm223RB/Dtjpy0tvCDES+KZsWfOHJ/x4vagJNpz64TRNc7GKUZcU8OE3tb486f1&#10;aI6R80QzIo3mNX7hDt8uX79a9F3FJ6Y1knGLIIl2Vd/VuPW+q5LE0ZYr4sam4xqCjbGKeDDtNmGW&#10;9JBdyWSSptOkN5Z11lDuHHhXQxAvY/6m4dR/bBrHPZI1Bmw+fm38bsI3WS5ItbWkawU9wiD/gEIR&#10;oaHoOdWKeIJ2VvyRSglqjTONH1OjEtM0gvLYA3STpb9189ySjsdegBzXnWly/y8t/bB/skgwuDug&#10;RxMFd3S38yaWRvMiENR3roJ9z92TDS267tHQLw5p89ASveV31pq+5YQBrCzsT64OBMPBUbTp3xsG&#10;6Qmkj1wdGqtCQmABHeKVvJyvhB88ouC8mWZlAcgohG5m83warywh1elwZ51/y41CYVFjJogymsX8&#10;ZP/ofMBDqtOuiN9IwdZCymgEofEHadGegEQIpVz7m3hc7hQAHvyzIk2PYgE3SGpwn8BEuYYssZi7&#10;LCB1KKNNKDhgGTzQIKALsdBqlMr3Mpvk6f2kHK2n89koX+fFqJyl81GalfflNM3LfLX+EbBledUK&#10;xrh+FJqfZJvlfyeL4wANgovCRX2Ny2JSxLav0Du73ZzJAQqOLACjV9uU8DDFUqgaz8+bSBVE8UYz&#10;aJtUngg5rJNr+JEy4OD0j6xECQXVDOrbGPYCCrIGbhjEAO8NLFpjv2HUw+zW2H3dEcsxku80qLDM&#10;8jwMezTyYjYBw15GNpcRoimkqrHHaFg++OGB2HVWbFuolEVitAmD0YgoqaDqARXgDgbMZ+zg+JaE&#10;B+DSjrt+vXjLnwAAAP//AwBQSwMEFAAGAAgAAAAhAKLoAdDdAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/IO1SNyo06CmbYhTIaQicUIEOPTmxksciNdR7LZJv57lVE6r2RnNvGIz&#10;uk4ccQitJwXzWQICqfampUbBx/v2bgUiRE1Gd55QwYQBNuX1VaFz40/0hscqNoJLKORagY2xz6UM&#10;tUWnw8z3SOx9+cHpyHJopBn0ictdJ9MkyaTTLfGC1T0+Wax/qoNTsPt83VbP9y+TW5yX3+eWxuAm&#10;q9Ttzfj4ACLiGC9h+MNndCiZae8PZILoFKTpmpP8zxYg2F+uWe/5ZnOQZSH/85e/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhANe71dSdAgAAOQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKLoAdDdAAAABwEAAA8AAAAAAAAAAAAAAAAA9wQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#76923c" stroked="f"/>
+          <v:roundrect id="_x0000_s1209" style="position:absolute;left:0;text-align:left;margin-left:11.45pt;margin-top:4.4pt;width:32.25pt;height:26.95pt;z-index:251705344;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAexLEJrQIAAKcFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N001u06WrVtAhp&#10;gRULH+DaThNw7GC7TRfEvzOepKULLwjBS+LL+HjO8Zm5uT02ihykdbXROU2uYkqk5kbUepfTjx82&#10;ozklzjMtmDJa5vRJOnq7fPnipmszOTaVUUJaAiDaZV2b08r7NosixyvZMHdlWqlhszS2YR6mdhcJ&#10;yzpAb1Q0juNp1BkrWmu4dA5Wi36TLhG/LCX378rSSU9UTiE3j1+L3234Rssblu0sa6uaD2mwv8ii&#10;YbWGS89QBfOM7G39G1RTc2ucKf0VN01kyrLmEjkAmyT+hc1jxVqJXEAc155lcv8Olr89PFhSC3g7&#10;SjRr4Ineg2hM75Qks0nQp2tdBmGP7YMNDF17b/hnR7RZVRAm76w1XSWZgKySEB89OxAmDo6SbffG&#10;CIBne29QqmNpmwAIIpAjvsjT+UXk0RMOi2m8mEAWhMPWdToeTzGjiGWnw611/pU0DQmDnFqz1yIQ&#10;wBvY4d55fBUxcGPiEyVlo+CND0yRZDqdzjBnlg3BgH3CDCe12dRKoUuUJh1QXMSTGNGdUbUIu6hK&#10;MKxcKUsAF0hyLrWfYJzaN8C8X59N4ngwHSyDNftlXIKb0fYBBVSE2eUFyAzzCFqvtcCxZ7XqxxCv&#10;dMgEpBtYBxHRg98W8WI9X8/TUTqerkdpXBSju80qHU03yWxSXBerVZF8D8kmaVbVQkgdeJ3qIUn/&#10;zG9DZfZOPlfEMxZngv9Hpug5AVQRVDj9URe0Z3Bk72x/3B7R/3M0QrDr1ognMKw1fbeA7gaDytiv&#10;lHTQKXLqvuyZlZSo1xpMv0jSNLQWnKST2Rgm9nJne7nDNAeonHpK+uHK9+1o39p6V8FNCbpGmzso&#10;lLL2p4rqsxrKC7oBkho6V2g3l3OM+tlflz8AAAD//wMAUEsDBBQABgAIAAAAIQAc1k+63gAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOAJoRsKn5U9YAEakGCoxsvSYS9&#10;tmK3Td8ec4LjaEYz39SLyRqxpzEMjhEuZxkI4tbpgTuE97flRQkiRMVaGceEcKQAi+b0pFaVdgde&#10;034TO5FKOFQKoY/RV1KGtierwsx54uR9udGqmOTYST2qQyq3RuZZNpdWDZwWeuXpsaf2e7OzCNPN&#10;0/rloTiuptf4/Ok/SnO18kvE87Pp/g5EpCn+heEXP6FDk5i2bsc6CIOQ57cpiVCmA8kui2sQW4R5&#10;XoBsavkfv/kBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHsSxCa0CAACnBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHNZPut4AAAAGAQAADwAA&#10;AAAAAAAAAAAAAAAHBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" fillcolor="#31849b [2408]" strokecolor="#31849b [2408]" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#_x0000_s1209">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD2D50" w:rsidRPr="00685CC7" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:left="707" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін  қызметті алушының және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚФБ рәсімінің (іс-қимылының) атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82E4B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1253" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:11.45pt;margin-top:6.65pt;width:45.5pt;height:35.25pt;z-index:251749376" fillcolor="#8db3e2 [1311]" strokecolor="#00729a" strokeweight=".25pt">
+            <v:shadow color="#868686"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- вариант выбора;</w:t>
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдау  нұсқасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E1FEC" w:rsidRPr="00482A36" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+      <w:pPr>
         <w:ind w:firstLine="1418"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1855" style="position:absolute;left:0;text-align:left;z-index:251889664;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="17.9pt,6.75pt" to="49.65pt,6.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+Zt8ZJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p0wA6iVzixmGDYj&#10;iBg4gMdtJxb+yTbpZAeskXIErsACpJEGOEP3jSi7P2EACYHYWG7Xe1X1nss9P9kqiTbMeWF0iaeT&#10;HCOmqamEXpX45Yvze48w8oHoikijWYl3zOOTxd0789oWbGbWRlbMIUiifVHbEq9DsEWWebpmiviJ&#10;sUxDkBunSIBPt8oqR2rIrmQ2y/MHWW1cZZ2hzHs4PeuCeJHyc85oeMa5ZwHJEkNvIa0urVdxzRZz&#10;UqwcsWtB+zbIP3ShiNBQdEx1RgJBr534JZUS1BlveJhQozLDuaAsaQA10/wnNZdrYlnSAuZ4O9rk&#10;/19a+nSzdEhUJZ49xEgTBXfUfGjftPvmS/Ox3aP2bfOt+dx8aq6br811+w72N+172Mdgc9Mf7xFc&#10;RjSztr6AnKd66aIddKsv7YWhrzzEslvB+OFtB9typyIc/EDbdDm78XLYNiAKh0f5/dnsGCM6hDJS&#10;DDzrfHjCjEJxU2IpdLSNFGRz4UOsTIoBEo+lRjUIPj6CnhFVFtR7vUoMb6SozoWUEZemkJ1KhzYE&#10;5idsp1EiJLuFCkTIx7pCYWfBPOKcqXuY1L3oTmdSHHaSdT08ZxyMB2XTrnIc+UMxQinTYSgoNaAj&#10;jUNrIzH/M7HHRypLz+FvyCMjVTY6jGQltHG/q37wiHf4wYFOd7TgylS7pRvmAeY6Wdq/wfhwfvxO&#10;9MOfYvEdAAD//wMAUEsDBBQABgAIAAAAIQBvEpT32wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7NSsQwFIX3gu8QruBGnHSso7Y2HUQQwXExVhcuM821LSY3ocl06tt7xYUuzw/nfNV6dlZMOMbB&#10;k4LlIgOB1HozUKfg7fXh/AZETJqMtp5QwRdGWNfHR5UujT/QC05N6gSPUCy1gj6lUEoZ2x6djgsf&#10;kDj78KPTieXYSTPqA487Ky+y7Eo6PRA/9DrgfY/tZ7N3CiZ6LJrL5dn7U7CbcSuvzXPYGqVOT+a7&#10;WxAJ5/RXhh98RoeamXZ+TyYKqyBfMXliP1+B4LwochC7Xy3rSv7nr78BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAvmbfGSYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbxKU99sAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokeweight="2pt">
+          <v:line id="_x0000_s1212" style="position:absolute;left:0;text-align:left;z-index:251707392;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="17.9pt,6.75pt" to="49.65pt,6.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+Zt8ZJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p0wA6iVzixmGDYj&#10;iBg4gMdtJxb+yTbpZAeskXIErsACpJEGOEP3jSi7P2EACYHYWG7Xe1X1nss9P9kqiTbMeWF0iaeT&#10;HCOmqamEXpX45Yvze48w8oHoikijWYl3zOOTxd0789oWbGbWRlbMIUiifVHbEq9DsEWWebpmiviJ&#10;sUxDkBunSIBPt8oqR2rIrmQ2y/MHWW1cZZ2hzHs4PeuCeJHyc85oeMa5ZwHJEkNvIa0urVdxzRZz&#10;UqwcsWtB+zbIP3ShiNBQdEx1RgJBr534JZUS1BlveJhQozLDuaAsaQA10/wnNZdrYlnSAuZ4O9rk&#10;/19a+nSzdEhUJZ49xEgTBXfUfGjftPvmS/Ox3aP2bfOt+dx8aq6br811+w72N+172Mdgc9Mf7xFc&#10;RjSztr6AnKd66aIddKsv7YWhrzzEslvB+OFtB9typyIc/EDbdDm78XLYNiAKh0f5/dnsGCM6hDJS&#10;DDzrfHjCjEJxU2IpdLSNFGRz4UOsTIoBEo+lRjUIPj6CnhFVFtR7vUoMb6SozoWUEZemkJ1KhzYE&#10;5idsp1EiJLuFCkTIx7pCYWfBPOKcqXuY1L3oTmdSHHaSdT08ZxyMB2XTrnIc+UMxQinTYSgoNaAj&#10;jUNrIzH/M7HHRypLz+FvyCMjVTY6jGQltHG/q37wiHf4wYFOd7TgylS7pRvmAeY6Wdq/wfhwfvxO&#10;9MOfYvEdAAD//wMAUEsDBBQABgAIAAAAIQBvEpT32wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7NSsQwFIX3gu8QruBGnHSso7Y2HUQQwXExVhcuM821LSY3ocl06tt7xYUuzw/nfNV6dlZMOMbB&#10;k4LlIgOB1HozUKfg7fXh/AZETJqMtp5QwRdGWNfHR5UujT/QC05N6gSPUCy1gj6lUEoZ2x6djgsf&#10;kDj78KPTieXYSTPqA487Ky+y7Eo6PRA/9DrgfY/tZ7N3CiZ6LJrL5dn7U7CbcSuvzXPYGqVOT+a7&#10;WxAJ5/RXhh98RoeamXZ+TyYKqyBfMXliP1+B4LwochC7Xy3rSv7nr78BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAvmbfGSYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbxKU99sAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="2pt">
             <v:stroke endarrow="open"/>
             <o:lock v:ext="edit" shapetype="f"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
-[...58 lines deleted...]
-    <w:sectPr w:rsidR="00315824" w:rsidSect="00263348">
+      <w:r w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1FEC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесі рәсімге (іс-қимылға) өту.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009E1FEC" w:rsidRPr="00482A36" w:rsidSect="00BC678D">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
-[...2 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+      <w:pgMar w:top="1418" w:right="1361" w:bottom="851" w:left="1077" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-    <w:panose1 w:val="020B0609020204030204"/>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="007D419D" w:rsidRDefault="00624E02" w:rsidP="00FE03F8">
+  <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-[...66 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
@@ -9696,2672 +10394,951 @@
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00000003"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="0DAC2919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="143800B0"/>
+    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...592 lines deleted...]
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="3120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="6000" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6720" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="26401C22"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="404434D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="106413B2"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="85A461D2"/>
+    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7080" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="2B952648"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4C193109"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78FCE6D2"/>
-    <w:lvl w:ilvl="0" w:tplc="FF46E256">
+    <w:tmpl w:val="2230E6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="16AE656A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2066" w:hanging="1215"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1931" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3371" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4091" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5531" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6251" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2E355839"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="67531AC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F6522BC8"/>
-    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
+    <w:tmpl w:val="D916E2FC"/>
+    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:ind w:left="1378" w:hanging="810"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...112 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1755" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2475" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2200" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3195" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2920" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3915" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3640" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4635" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4360" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5355" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5080" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6075" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6795" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6520" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="33BD136D"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="68D21240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F2703A6A"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="4B2AEC28"/>
+    <w:lvl w:ilvl="0" w:tplc="E54C25D2">
+      <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...112 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1931" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1680" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2651" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2400" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3371" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4091" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3840" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4811" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4560" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5531" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6251" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6000" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6971" w:hanging="180"/>
-[...592 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6720" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="12"/>
-[...62 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="60"/>
-  <w:embedSystemFonts/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:doNotHyphenateCaps/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00804637"/>
-[...449 lines deleted...]
-    <w:rsid w:val="00FF572E"/>
+    <w:rsidRoot w:val="0081050F"/>
+    <w:rsid w:val="000074F9"/>
+    <w:rsid w:val="0001580B"/>
+    <w:rsid w:val="00016353"/>
+    <w:rsid w:val="0002195E"/>
+    <w:rsid w:val="00050E4D"/>
+    <w:rsid w:val="000519F4"/>
+    <w:rsid w:val="00061464"/>
+    <w:rsid w:val="00072458"/>
+    <w:rsid w:val="000959E0"/>
+    <w:rsid w:val="000C1A58"/>
+    <w:rsid w:val="000D2115"/>
+    <w:rsid w:val="000D69BC"/>
+    <w:rsid w:val="000E338A"/>
+    <w:rsid w:val="000F5639"/>
+    <w:rsid w:val="00102A88"/>
+    <w:rsid w:val="00125DDC"/>
+    <w:rsid w:val="0016532B"/>
+    <w:rsid w:val="00166326"/>
+    <w:rsid w:val="0016633C"/>
+    <w:rsid w:val="00187D10"/>
+    <w:rsid w:val="001A07BC"/>
+    <w:rsid w:val="001B49AC"/>
+    <w:rsid w:val="001C4BB3"/>
+    <w:rsid w:val="001D0BAD"/>
+    <w:rsid w:val="001E4D80"/>
+    <w:rsid w:val="00204B58"/>
+    <w:rsid w:val="002264BC"/>
+    <w:rsid w:val="00233993"/>
+    <w:rsid w:val="00244A8A"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rsid w:val="0027047E"/>
+    <w:rsid w:val="002748FD"/>
+    <w:rsid w:val="00283D1C"/>
+    <w:rsid w:val="00293D55"/>
+    <w:rsid w:val="002B537F"/>
+    <w:rsid w:val="002B7F40"/>
+    <w:rsid w:val="002D614F"/>
+    <w:rsid w:val="002D6F63"/>
+    <w:rsid w:val="002E3AED"/>
+    <w:rsid w:val="002E565D"/>
+    <w:rsid w:val="002F3692"/>
+    <w:rsid w:val="0033143A"/>
+    <w:rsid w:val="003601C6"/>
+    <w:rsid w:val="003647A9"/>
+    <w:rsid w:val="00382C6F"/>
+    <w:rsid w:val="003A183A"/>
+    <w:rsid w:val="003A6898"/>
+    <w:rsid w:val="003A6D03"/>
+    <w:rsid w:val="003B5072"/>
+    <w:rsid w:val="003C6327"/>
+    <w:rsid w:val="003E3598"/>
+    <w:rsid w:val="003F1218"/>
+    <w:rsid w:val="003F60A9"/>
+    <w:rsid w:val="00405405"/>
+    <w:rsid w:val="0042305D"/>
+    <w:rsid w:val="00432072"/>
+    <w:rsid w:val="00435318"/>
+    <w:rsid w:val="00444F5F"/>
+    <w:rsid w:val="00487DE6"/>
+    <w:rsid w:val="004931F1"/>
+    <w:rsid w:val="00496442"/>
+    <w:rsid w:val="004B0366"/>
+    <w:rsid w:val="004B43BA"/>
+    <w:rsid w:val="004B61CF"/>
+    <w:rsid w:val="004C5B29"/>
+    <w:rsid w:val="00505400"/>
+    <w:rsid w:val="00526424"/>
+    <w:rsid w:val="00537FD0"/>
+    <w:rsid w:val="005447C3"/>
+    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00581A6B"/>
+    <w:rsid w:val="0059569B"/>
+    <w:rsid w:val="005A000C"/>
+    <w:rsid w:val="005A13CB"/>
+    <w:rsid w:val="005A1F6E"/>
+    <w:rsid w:val="005A5049"/>
+    <w:rsid w:val="005C036C"/>
+    <w:rsid w:val="005C458A"/>
+    <w:rsid w:val="005C4986"/>
+    <w:rsid w:val="005D076D"/>
+    <w:rsid w:val="005E161D"/>
+    <w:rsid w:val="005E4BAC"/>
+    <w:rsid w:val="005E6FA0"/>
+    <w:rsid w:val="005F2675"/>
+    <w:rsid w:val="00624CA3"/>
+    <w:rsid w:val="00630259"/>
+    <w:rsid w:val="00632641"/>
+    <w:rsid w:val="00637901"/>
+    <w:rsid w:val="00645B2D"/>
+    <w:rsid w:val="00660DC1"/>
+    <w:rsid w:val="006675F7"/>
+    <w:rsid w:val="006713B1"/>
+    <w:rsid w:val="00677CB7"/>
+    <w:rsid w:val="006876E5"/>
+    <w:rsid w:val="00690701"/>
+    <w:rsid w:val="00693154"/>
+    <w:rsid w:val="006A2069"/>
+    <w:rsid w:val="006A2578"/>
+    <w:rsid w:val="006B3307"/>
+    <w:rsid w:val="006B3F32"/>
+    <w:rsid w:val="006D13C3"/>
+    <w:rsid w:val="006D4E64"/>
+    <w:rsid w:val="006E52D0"/>
+    <w:rsid w:val="00705709"/>
+    <w:rsid w:val="00732EDD"/>
+    <w:rsid w:val="007335EE"/>
+    <w:rsid w:val="00741115"/>
+    <w:rsid w:val="007535F0"/>
+    <w:rsid w:val="00753D8B"/>
+    <w:rsid w:val="00776D53"/>
+    <w:rsid w:val="00781E48"/>
+    <w:rsid w:val="007A25DC"/>
+    <w:rsid w:val="007A6BAB"/>
+    <w:rsid w:val="007C4397"/>
+    <w:rsid w:val="007D5315"/>
+    <w:rsid w:val="007D7071"/>
+    <w:rsid w:val="007F1EF5"/>
+    <w:rsid w:val="00801643"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="0082161E"/>
+    <w:rsid w:val="00823FE7"/>
+    <w:rsid w:val="0083736D"/>
+    <w:rsid w:val="00844694"/>
+    <w:rsid w:val="0084657E"/>
+    <w:rsid w:val="00851AAA"/>
+    <w:rsid w:val="008536F9"/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rsid w:val="0086201C"/>
+    <w:rsid w:val="008D17F3"/>
+    <w:rsid w:val="008F5E97"/>
+    <w:rsid w:val="00920BCA"/>
+    <w:rsid w:val="00920E91"/>
+    <w:rsid w:val="00924C6F"/>
+    <w:rsid w:val="00924E8B"/>
+    <w:rsid w:val="00930EFE"/>
+    <w:rsid w:val="00935293"/>
+    <w:rsid w:val="00937514"/>
+    <w:rsid w:val="00941126"/>
+    <w:rsid w:val="00945A77"/>
+    <w:rsid w:val="0094656B"/>
+    <w:rsid w:val="00953D9E"/>
+    <w:rsid w:val="00962D42"/>
+    <w:rsid w:val="0098364B"/>
+    <w:rsid w:val="0098432C"/>
+    <w:rsid w:val="00985499"/>
+    <w:rsid w:val="00991698"/>
+    <w:rsid w:val="009A53F0"/>
+    <w:rsid w:val="009C47CC"/>
+    <w:rsid w:val="009E1FEC"/>
+    <w:rsid w:val="009F0F72"/>
+    <w:rsid w:val="00A0276F"/>
+    <w:rsid w:val="00A216C2"/>
+    <w:rsid w:val="00A256F7"/>
+    <w:rsid w:val="00A32B8C"/>
+    <w:rsid w:val="00A51A4F"/>
+    <w:rsid w:val="00A577BE"/>
+    <w:rsid w:val="00A67353"/>
+    <w:rsid w:val="00A75A52"/>
+    <w:rsid w:val="00A81E2D"/>
+    <w:rsid w:val="00A95237"/>
+    <w:rsid w:val="00AA3B9A"/>
+    <w:rsid w:val="00AB15A6"/>
+    <w:rsid w:val="00AC54A7"/>
+    <w:rsid w:val="00AD13EB"/>
+    <w:rsid w:val="00AD2548"/>
+    <w:rsid w:val="00AD5B06"/>
+    <w:rsid w:val="00B11E9D"/>
+    <w:rsid w:val="00B137A3"/>
+    <w:rsid w:val="00B23C73"/>
+    <w:rsid w:val="00B31BB5"/>
+    <w:rsid w:val="00B36E53"/>
+    <w:rsid w:val="00B37FFD"/>
+    <w:rsid w:val="00B6265B"/>
+    <w:rsid w:val="00B85629"/>
+    <w:rsid w:val="00BB331A"/>
+    <w:rsid w:val="00BC678D"/>
+    <w:rsid w:val="00BD2A19"/>
+    <w:rsid w:val="00BF11F2"/>
+    <w:rsid w:val="00C13C9E"/>
+    <w:rsid w:val="00C32CA3"/>
+    <w:rsid w:val="00C46CD0"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rsid w:val="00CB2F28"/>
+    <w:rsid w:val="00CB4ACD"/>
+    <w:rsid w:val="00CC0F6C"/>
+    <w:rsid w:val="00CD2D50"/>
+    <w:rsid w:val="00CD3990"/>
+    <w:rsid w:val="00CF6733"/>
+    <w:rsid w:val="00D041FB"/>
+    <w:rsid w:val="00D042C7"/>
+    <w:rsid w:val="00D153C1"/>
+    <w:rsid w:val="00D16D0D"/>
+    <w:rsid w:val="00D42DE4"/>
+    <w:rsid w:val="00D612B9"/>
+    <w:rsid w:val="00D67350"/>
+    <w:rsid w:val="00D82E4B"/>
+    <w:rsid w:val="00D963C6"/>
+    <w:rsid w:val="00D96A0F"/>
+    <w:rsid w:val="00DA0E38"/>
+    <w:rsid w:val="00DA1629"/>
+    <w:rsid w:val="00DB768D"/>
+    <w:rsid w:val="00DE312A"/>
+    <w:rsid w:val="00DE656A"/>
+    <w:rsid w:val="00DF298A"/>
+    <w:rsid w:val="00E1147E"/>
+    <w:rsid w:val="00E150FC"/>
+    <w:rsid w:val="00E15752"/>
+    <w:rsid w:val="00E34568"/>
+    <w:rsid w:val="00E64914"/>
+    <w:rsid w:val="00E84B78"/>
+    <w:rsid w:val="00E8746B"/>
+    <w:rsid w:val="00EB0F9D"/>
+    <w:rsid w:val="00EB716A"/>
+    <w:rsid w:val="00EB7413"/>
+    <w:rsid w:val="00EE2A6E"/>
+    <w:rsid w:val="00EE7EED"/>
+    <w:rsid w:val="00EF55E6"/>
+    <w:rsid w:val="00F05850"/>
+    <w:rsid w:val="00F14891"/>
+    <w:rsid w:val="00F31AD4"/>
+    <w:rsid w:val="00F56337"/>
+    <w:rsid w:val="00F66822"/>
+    <w:rsid w:val="00F95C4D"/>
+    <w:rsid w:val="00FA4765"/>
+    <w:rsid w:val="00FC1C03"/>
+    <w:rsid w:val="00FD635A"/>
+    <w:rsid w:val="00FD6FBD"/>
+    <w:rsid w:val="00FE7527"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22530"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule107" type="connector" idref="#_x0000_s1779"/>
-[...32 lines deleted...]
-        <o:r id="V:Rule198" type="connector" idref="#Прямая со стрелкой 74"/>
+        <o:r id="V:Rule98" type="connector" idref="#_x0000_s1190"/>
+        <o:r id="V:Rule103" type="connector" idref="#Прямая со стрелкой 16"/>
+        <o:r id="V:Rule105" type="connector" idref="#_x0000_s1188"/>
+        <o:r id="V:Rule106" type="connector" idref="#_x0000_s1250"/>
+        <o:r id="V:Rule107" type="connector" idref="#Прямая со стрелкой 40"/>
+        <o:r id="V:Rule109" type="connector" idref="#_x0000_s1167"/>
+        <o:r id="V:Rule110" type="connector" idref="#_x0000_s1185"/>
+        <o:r id="V:Rule112" type="connector" idref="#Прямая со стрелкой 18"/>
+        <o:r id="V:Rule113" type="connector" idref="#_x0000_s1186"/>
+        <o:r id="V:Rule114" type="connector" idref="#_x0000_s1166"/>
+        <o:r id="V:Rule121" type="connector" idref="#Прямая со стрелкой 41"/>
+        <o:r id="V:Rule131" type="connector" idref="#AutoShape 265"/>
+        <o:r id="V:Rule133" type="connector" idref="#Прямая со стрелкой 48"/>
+        <o:r id="V:Rule138" type="connector" idref="#_x0000_s1249"/>
+        <o:r id="V:Rule139" type="connector" idref="#Прямая со стрелкой 70"/>
+        <o:r id="V:Rule140" type="connector" idref="#Прямая со стрелкой 76"/>
+        <o:r id="V:Rule147" type="connector" idref="#_x0000_s1198"/>
+        <o:r id="V:Rule148" type="connector" idref="#_x0000_s1184"/>
+        <o:r id="V:Rule149" type="connector" idref="#_x0000_s1252"/>
+        <o:r id="V:Rule151" type="connector" idref="#_x0000_s1248"/>
+        <o:r id="V:Rule157" type="connector" idref="#_x0000_s1220"/>
+        <o:r id="V:Rule158" type="connector" idref="#Прямая со стрелкой 68"/>
+        <o:r id="V:Rule160" type="connector" idref="#Прямая со стрелкой 74"/>
+        <o:r id="V:Rule163" type="connector" idref="#_x0000_s1207"/>
+        <o:r id="V:Rule167" type="connector" idref="#_x0000_s1180"/>
+        <o:r id="V:Rule175" type="connector" idref="#Прямая со стрелкой 28"/>
+        <o:r id="V:Rule176" type="connector" idref="#_x0000_s1221"/>
+        <o:r id="V:Rule177" type="connector" idref="#_x0000_s1193"/>
+        <o:r id="V:Rule185" type="connector" idref="#Прямая со стрелкой 53"/>
+        <o:r id="V:Rule187" type="connector" idref="#Прямая со стрелкой 43"/>
+        <o:r id="V:Rule189" type="connector" idref="#_x0000_s1251"/>
+        <o:r id="V:Rule192" type="connector" idref="#_x0000_s1208"/>
+        <o:r id="V:Rule193" type="connector" idref="#Прямая со стрелкой 17"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -12433,492 +11410,678 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="0081050F"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0055073C"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн, Знак4"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a6"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="0081050F"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Без интервала1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002666DE"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:qFormat/>
+    <w:rsid w:val="00853CB8"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...4 lines deleted...]
-    <w:rsid w:val="000B0C93"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00853CB8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E4BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
+    <w:name w:val="rtejustify"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00487DE6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af2">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000B0C93"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="009E1FEC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...206 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="004B43BA"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...10 lines deleted...]
-    </w:rPr>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af0">
-[...8 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006232B5"/>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1760901702">
+    <w:div w:id="2007896298">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -12944,51 +12107,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -13116,72 +12279,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54859593-AEA2-48EC-847F-0FD52A1AA187}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1915</Words>
-  <Characters>10920</Characters>
+  <Words>1933</Words>
+  <Characters>11022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Павлодар облысы јкімдігініѕ</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Akimat</Company>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12810</CharactersWithSpaces>
+  <CharactersWithSpaces>12930</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
-  <dc:creator>Computer</dc:creator>
+  <dc:title/>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>