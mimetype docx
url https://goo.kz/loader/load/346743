--- v0 (2025-12-06)
+++ v1 (2026-01-01)
@@ -1,6401 +1,6545 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BD2A19" w:rsidRDefault="00BD2A19" w:rsidP="00BD2A19">
-[...1 lines deleted...]
-        <w:ind w:left="4956"/>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению  акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:left="4956"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  от «</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">февраля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3BB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>39/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:left="4956"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:left="4956"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от «28» мая 2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент  государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основном среднем, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="15840"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="15840"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основном среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – государственная услуга) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказывается организациями основного среднего и общего среднего образования Павлодарской области (далее –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) канцелярию услугодателя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екоммерческое акционерное общество «Государственная копорация «Правительство для граждан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдача дубликата  свидетельства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об основном среднем образовании, дубликата аттестата об общем среднем образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя по форме согласно приложению 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стандарта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дубликатов документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об основном среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», утвержденного приказом  образования и науки Республики Казахстан от 8 апреля 2015 года № 179 (далее – Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя осуществляет прием и  регистрацию полученных от услугополучателя или из Государственной корпорации  документов и передает на рассмотрение руководителю услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пятнадцать)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель услугодателя рассматривает документы и определяет ответственного исполнителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>один)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочий день; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>готовит дубликат документа, направляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на  рассмотрение  и   подписание   руководителю   услугодателя   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(одиннадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель услугодателя рассматривает дубликат документа,  подписывает  и направляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотруднику канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>один)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00CD367D" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>регистрирует в журнале учета дубликат документа и выдает результат государственной услуги услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>аправляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD367D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD367D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD367D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD367D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(пятнадцать)  минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD367D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результатом процедуры (действия) по оказанию государственной услуги является  дубликат свидетельства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об основном среднем образовании, дубликат аттестата об общем среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...232 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>орядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00826712" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента сдачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при обращении к услугодателю или в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        </w:rPr>
+        <w:t>Государственную  корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания в очереди для сдачи пакета документов - 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания - 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Описание процесса оказания государственной услуги через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственную  корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием каждой процедуры (действия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) процесс 1 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>прием документов и заявления от услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта, работник Государственной корпорации отказывает в приеме документов и выдает расписку об отказе в приеме заявления по форме согласно приложению 2 к Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) условие 1 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>проверка соответствия приложенных услугополучателем документов, указанных в стандарте и основания для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) процесс 2 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выдача расписки согласно приложению к стандарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        </w:rPr>
+        <w:t>4)  процесс 3 - направление документов услугополучателя услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) процесс 4 - получение от услугодателя дубликата документа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на бланке образца, действующего на момент принятия решения о выдаче дубликата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, удостоверенного подписью руководителя услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) процесс 5 - получение услугополучателем через сотрудника Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результата государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11. Подробное описание последовательности процедур (действий), взаимодействий структурных подразделений (работников) услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также описания  порядка взаимодействия с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной  корпорацией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отражается в справочнике бизнес-процессов согласно приложению 2  к настоящему регламенту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Государственная услуга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5726"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основном                                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F475E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2. Мемлекеттік қызметті көрсету процесінде көрсетілетін</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F475E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қызметті берушінің құрылымдық бөлімшелерінің</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F475E">
-[...2089 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10348" w:type="dxa"/>
-        <w:tblInd w:w="-633" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-318" w:tblpY="192"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="438"/>
-        <w:gridCol w:w="1579"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="1635"/>
+        <w:gridCol w:w="1699"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1701"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1767"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B43BA" w:rsidRPr="001D0DED" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidTr="00C25D6F">
         <w:trPr>
-          <w:trHeight w:val="1080"/>
+          <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-              <w:t>1.</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...3 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс барысының, ағымының) №</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ действия (хода, потока, работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidTr="00C25D6F">
+        <w:trPr>
+          <w:trHeight w:val="954"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidTr="00C25D6F">
+        <w:trPr>
+          <w:trHeight w:val="1774"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Осуществляет прием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и регистрацию  документов, полученных от услугодателя или из Государственной корпорации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-              <w:rPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассматривает и  определяет ответственного исполнителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Готовит</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дубликат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рассматривает дубликат документа и подписывает</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрирует дубликат в журнале учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidTr="00C25D6F">
+        <w:trPr>
+          <w:trHeight w:val="1357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...23 lines deleted...]
-              <w:t>2.</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
-[...4 lines deleted...]
-              <w:t>Құрылымдық бөлімше (қызметкерлер) атауы</w:t>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Передача на рассмотрение руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:ind w:left="-75"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:ind w:left="-75"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Направление дубликата документа на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Направляет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сотруднику канцелярии услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Выда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ет результат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или направляет в Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidTr="00C25D6F">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+              <w:t>5 (пятнадцать)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:ind w:left="-75"/>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...93 lines deleted...]
-              <w:t>(</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>проце</w:t>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(один) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD7073">
-[...58 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушыдан немесе Мемлекеттік корпорациядан құжаттарды қабылдауды және тіркеуді жүзеге асырады</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:ind w:left="-75"/>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...3 lines deleted...]
-              <w:t>Құжаттарды қарайды және жауапты орындаушыны анықтайды</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(одиннадцать) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:ind w:left="-75"/>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD7073">
-[...3 lines deleted...]
-              <w:t>Құжаттың телнұсқасын дайындайды</w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(один) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="00BD7073" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="004A1E1E" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:ind w:left="-75"/>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...287 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>К</w:t>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidRPr="0045039D">
-[...110 lines deleted...]
-              <w:t xml:space="preserve">15 </w:t>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(он бес) </w:t>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(пятнадцать) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD7073">
-[...132 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="004A1E1E">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B43BA" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
-      <w:pPr>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="004B43BA" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B607C2" w:rsidRPr="0041040A">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="2"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="5726"/>
         </w:tabs>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-599"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F69D4">
-[...11 lines deleted...]
-        <w:pStyle w:val="af1"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основном                                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="00533934" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533934">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача дубликатов документов об основном среднем, общем среднем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041040A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовании»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00B607C2">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...70 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:i/>
-[...51 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1294" style="position:absolute;left:0;text-align:left;margin-left:622.9pt;margin-top:12.35pt;width:104.2pt;height:44.15pt;z-index:251791360" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1866" style="position:absolute;left:0;text-align:left;margin-left:35.35pt;margin-top:12.35pt;width:89.25pt;height:40pt;z-index:251900928" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
             <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1294">
+            <v:textbox style="mso-next-textbox:#_x0000_s1866">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00BD7073">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Көрсетілетін қызметті берушінің</w:t>
+                    <w:t>Услугополучатель</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00BD7073">
-[...5 lines deleted...]
-                  <w:r w:rsidRPr="00BD7073">
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1867" style="position:absolute;left:0;text-align:left;margin-left:517.1pt;margin-top:12.35pt;width:88.5pt;height:40pt;z-index:251901952" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+            <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1867">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">жауапты </w:t>
-[...7 lines deleted...]
-                  <w:r w:rsidRPr="00BD7073">
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>орындаушысы</w:t>
+                    <w:t xml:space="preserve">Руководство </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1254" style="position:absolute;left:0;text-align:left;margin-left:35.35pt;margin-top:12.35pt;width:89.25pt;height:40pt;z-index:251750400" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1868" style="position:absolute;left:0;text-align:left;margin-left:361.85pt;margin-top:12.35pt;width:116.3pt;height:40pt;z-index:251902976" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
             <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1254">
+            <v:textbox style="mso-next-textbox:#_x0000_s1868">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00BD7073" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...3 lines deleted...]
-                  <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Сотрудник </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>канцелярии услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1255" style="position:absolute;left:0;text-align:left;margin-left:517.1pt;margin-top:12.35pt;width:88.5pt;height:40pt;z-index:251751424" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
-[...2 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1255">
+          <v:roundrect id="_x0000_s1869" style="position:absolute;left:0;text-align:left;margin-left:27.35pt;margin-top:67.2pt;width:103pt;height:265.55pt;z-index:251904000" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1870" style="position:absolute;left:0;text-align:left;margin-left:150.35pt;margin-top:63pt;width:175.5pt;height:265.55pt;z-index:251905024" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1870">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00BD7073" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
-[...103 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1259" style="position:absolute;left:0;text-align:left;margin-left:333.35pt;margin-top:63pt;width:165.75pt;height:265.55pt;z-index:251755520" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1259">
+          <v:roundrect id="_x0000_s1871" style="position:absolute;left:0;text-align:left;margin-left:333.35pt;margin-top:63pt;width:165.75pt;height:265.55pt;z-index:251906048" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1871">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:r>
                     <w:t xml:space="preserve">   </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>1 календарный  день</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1260" style="position:absolute;left:0;text-align:left;margin-left:48.3pt;margin-top:99.05pt;width:57.75pt;height:27.75pt;z-index:251756544" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1872" style="position:absolute;left:0;text-align:left;margin-left:48.3pt;margin-top:99.05pt;width:57.75pt;height:27.75pt;z-index:251907072" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
             <v:fill color2="#dbe5f1" angle="-45" focusposition="1" focussize="" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1260">
+            <v:textbox style="mso-next-textbox:#_x0000_s1872">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1261" style="position:absolute;left:0;text-align:left;margin-left:511.85pt;margin-top:63pt;width:102pt;height:265.55pt;z-index:251757568" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1261">
+          <v:roundrect id="_x0000_s1873" style="position:absolute;left:0;text-align:left;margin-left:511.85pt;margin-top:63pt;width:102pt;height:265.55pt;z-index:251908096" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1873">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA"/>
-[...7 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA"/>
-[...6 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>1 календарный  день</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+            <o:lock v:ext="edit" shapetype="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1874" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:486.45pt;margin-top:259.95pt;width:30.65pt;height:0;flip:x;z-index:251909120" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1875" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:214.05pt;margin-top:173.45pt;width:.05pt;height:16.85pt;z-index:251910144" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1876" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:711.85pt;margin-top:248.55pt;width:7pt;height:0;z-index:251911168" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1877" style="position:absolute;left:0;text-align:left;margin-left:35.35pt;margin-top:280.2pt;width:80.75pt;height:35.2pt;z-index:251912192" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+            <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1877">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...12 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1269">
+          <v:roundrect id="_x0000_s1878" style="position:absolute;left:0;text-align:left;margin-left:168.3pt;margin-top:82.35pt;width:135.05pt;height:37.55pt;z-index:251913216" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1878">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...23 lines deleted...]
-                  <w:r w:rsidRPr="00A331EF">
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t>Прием документов и заявления от услугополучателя</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00A331EF" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve">15 </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00BD7073">
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>(</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>он бес)</w:t>
+                    <w:t>пятнадцать)</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1270" style="position:absolute;left:0;text-align:left;margin-left:625.1pt;margin-top:67.2pt;width:102pt;height:265.55pt;z-index:251766784" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1270">
+          <v:roundrect id="_x0000_s1879" style="position:absolute;left:0;text-align:left;margin-left:155.6pt;margin-top:127pt;width:162pt;height:101.75pt;z-index:251914240" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1879">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA"/>
-[...7 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>В случае предоставления услугополучателем неполного пакета документов согласно</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>перечню, предусмотренному в</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>пункте 9 Стандарта,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>работник Государственной корпорации отказывает в приеме</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>заявления и</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">выдает расписку об отказе в приеме документов </w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
-[...20 lines deleted...]
-                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1271" style="position:absolute;left:0;text-align:left;margin-left:350.65pt;margin-top:209.75pt;width:131.25pt;height:81.85pt;z-index:251767808" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1271">
+          <v:roundrect id="_x0000_s1880" style="position:absolute;left:0;text-align:left;margin-left:190.35pt;margin-top:233.3pt;width:89.3pt;height:58.55pt;z-index:251915264" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1880">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00A331EF" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Құжаттың телңұсқасын есепке алу журналында тіркейді және көрсетілетін қызметті алушыға немесе Мемлекеттік корпорацияға жібереді - </w:t>
+                    <w:t xml:space="preserve">Выдача дубликата документа услугополучателю </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0041040A" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve">15 </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00BD7073">
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>(</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>он бес)</w:t>
+                    <w:t>пятнадцать) минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1881" style="position:absolute;left:0;text-align:left;margin-left:346.9pt;margin-top:91.35pt;width:131.25pt;height:108.85pt;z-index:251916288" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1881">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Осуществляет </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> минут</w:t>
+                    <w:t xml:space="preserve">прием и регистрацию документов </w:t>
                   </w:r>
-                </w:p>
-[...15 lines deleted...]
-                    <w:jc w:val="center"/>
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-[...6 lines deleted...]
-                    <w:t>Құжаттарды қарайды және жауапты орындаушыны анықтайды -</w:t>
+                    <w:t xml:space="preserve">и направляет на рассмотрение руководителю </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0041040A" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>1</w:t>
+                    <w:t xml:space="preserve">15 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">пятнадцать) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1882" style="position:absolute;left:0;text-align:left;margin-left:625.1pt;margin-top:67.2pt;width:102pt;height:265.55pt;z-index:251917312" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1882">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>1 календарный  день</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1883" style="position:absolute;left:0;text-align:left;margin-left:350.65pt;margin-top:209.75pt;width:131.25pt;height:81.85pt;z-index:251918336" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1883">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Регистрирует в журнале учета дубликат документа и выдает результат государственной услуги услугополучателю или направляет в Государственную корпорацию</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">15 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">пятнадцать) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1884" style="position:absolute;left:0;text-align:left;margin-left:523.1pt;margin-top:77.05pt;width:82.5pt;height:83.25pt;z-index:251919360" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1884">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Рассматривает документы и определяет ответственного исполнителя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
                   </w:r>
                   <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> (</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>бір)</w:t>
+                    <w:t>один) рабочий день</w:t>
                   </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1887" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:70.85pt;margin-top:75.6pt;width:348.75pt;height:0;z-index:251922432" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1888" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:70.85pt;margin-top:75.6pt;width:.05pt;height:23.25pt;z-index:251923456" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1889" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:419.6pt;margin-top:77.05pt;width:0;height:17.15pt;z-index:251924480" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1890" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:303.35pt;margin-top:107.5pt;width:43.55pt;height:.3pt;z-index:251925504" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1891" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:478.15pt;margin-top:119.95pt;width:44.95pt;height:.05pt;z-index:251926528" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1892" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:605.6pt;margin-top:120.15pt;width:31.5pt;height:0;z-index:251927552" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1894" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:605.6pt;margin-top:260.05pt;width:71.25pt;height:0;flip:x;z-index:251929600" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1895" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:279.65pt;margin-top:259.95pt;width:71pt;height:0;flip:x;z-index:251930624" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1896" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:419.6pt;margin-top:292.25pt;width:0;height:14.95pt;z-index:251931648" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1897" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:116.1pt;margin-top:307.4pt;width:303.5pt;height:.1pt;flip:x y;z-index:251932672" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1898" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:235.1pt;margin-top:292.25pt;width:.05pt;height:15.05pt;z-index:251933696" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1899" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:85pt;margin-top:103.3pt;width:83.3pt;height:51.75pt;flip:y;z-index:251934720" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1900" style="position:absolute;left:0;text-align:left;margin-left:57pt;margin-top:132pt;width:29.55pt;height:17.35pt;z-index:251935744" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1900">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>да</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1901" style="position:absolute;left:0;text-align:left;margin-left:57pt;margin-top:183.7pt;width:29.55pt;height:17.35pt;z-index:251936768" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1901">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>нет</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shapetype id="_x0000_t110" coordsize="21600,21600" o:spt="110" path="m10800,l,10800,10800,21600,21600,10800xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1902" type="#_x0000_t110" style="position:absolute;left:0;text-align:left;margin-left:48.3pt;margin-top:153.3pt;width:48.1pt;height:21.9pt;z-index:251937792" fillcolor="#95b3d7 [1940]" strokecolor="#95b3d7 [1940]" strokeweight="1pt">
+            <v:fill color2="#dbe5f1 [660]" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#243f60 [1604]" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1903" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:85pt;margin-top:171.15pt;width:70.6pt;height:19.45pt;z-index:251938816" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1904" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:70.85pt;margin-top:214.35pt;width:0;height:65.25pt;z-index:251939840" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:shape id="_x0000_s1905" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:70.85pt;margin-top:214.35pt;width:84.75pt;height:0;z-index:251940864" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1906" style="position:absolute;left:0;text-align:left;margin-left:637.1pt;margin-top:12.35pt;width:81.75pt;height:44.15pt;z-index:251941888" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+            <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1906">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Ответственный </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">исполнитель </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1907" style="position:absolute;left:0;text-align:left;margin-left:168.3pt;margin-top:12.35pt;width:135.05pt;height:40pt;z-index:251942912" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+            <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1907">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Государственная корпорация</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1886" style="position:absolute;left:0;text-align:left;margin-left:629.75pt;margin-top:1.95pt;width:89.85pt;height:95.55pt;z-index:251921408" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1886">
+              <w:txbxContent>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Готовит дубликат  документа и направляет на рассмотрение и подписание руководителю</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                   <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>жұмыс күні</w:t>
+                    <w:t xml:space="preserve">11 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0041040A">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>одиннадцать)  рабочих дней</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55715">
         <w:pict>
-          <v:roundrect id="_x0000_s1274" style="position:absolute;left:0;text-align:left;margin-left:637.1pt;margin-top:75.6pt;width:82.5pt;height:97.05pt;z-index:251770880" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1274">
+          <v:shape id="_x0000_s1893" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:676.9pt;margin-top:23.9pt;width:0;height:88.25pt;z-index:251928576" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00B607C2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55715">
+        <w:pict>
+          <v:roundrect id="_x0000_s1885" style="position:absolute;left:0;text-align:left;margin-left:523.1pt;margin-top:12pt;width:82.5pt;height:107.05pt;z-index:251920384" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1885">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00935293" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A331EF">
-[...7 lines deleted...]
-                  <w:r w:rsidRPr="00A331EF">
+                  <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t xml:space="preserve">Рассматривает дубликат документа, подписывает и направляет </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>-</w:t>
+                    <w:t>сотруднику канцелярии услугодателя</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0041040A" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>11</w:t>
+                    <w:t xml:space="preserve">1 </w:t>
                   </w:r>
                   <w:r w:rsidRPr="0041040A">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> (</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>он бір)</w:t>
-[...14 lines deleted...]
-                    <w:t>жұмыс күні</w:t>
+                    <w:t>один) рабочий день</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00A331EF" w:rsidRDefault="00CD2D50" w:rsidP="004B43BA">
+                <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00B24890">
-[...212 lines deleted...]
-    <w:p w:rsidR="004B43BA" w:rsidRPr="009426C6" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="004B43BA" w:rsidRPr="009426C6" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006B3F32" w:rsidRDefault="006B3F32" w:rsidP="004B43BA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006B3F32" w:rsidRDefault="006B3F32" w:rsidP="004B43BA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006B3F32" w:rsidRDefault="006B3F32" w:rsidP="004B43BA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041040A">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...751 lines deleted...]
-    <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11590" w:type="dxa"/>
         <w:tblInd w:w="1384" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2996"/>
         <w:gridCol w:w="8594"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidTr="00C25D6F">
         <w:trPr>
           <w:trHeight w:val="922"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="00B24890" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00C25D6F">
             <w:pPr>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1296" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251793408" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1908" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251943936" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#95b3d7" strokeweight="1pt">
                   <v:fill color2="#dbe5f1" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#243f60" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="003707C5" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>мемлекеттік қызметтің  басталуы немесе аяқталуы</w:t>
+            <w:r w:rsidRPr="0041040A">
+              <w:t>начало или завершение оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidTr="00C25D6F">
         <w:trPr>
           <w:trHeight w:val="922"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="00B24890" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B24890">
+            <w:r w:rsidRPr="00B55715">
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1297" type="#_x0000_t110" style="position:absolute;margin-left:35.6pt;margin-top:12.55pt;width:58.5pt;height:21.9pt;z-index:251794432;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" fillcolor="#95b3d7 [1940]" strokecolor="#95b3d7 [1940]" strokeweight="1pt">
+                <v:shape id="_x0000_s1909" type="#_x0000_t110" style="position:absolute;margin-left:35.6pt;margin-top:12.55pt;width:58.5pt;height:21.9pt;z-index:251944960;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" fillcolor="#95b3d7 [1940]" strokecolor="#95b3d7 [1940]" strokeweight="1pt">
                   <v:fill color2="#dbe5f1 [660]" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#243f60 [1604]" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="003707C5" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>нұсқауды таңдау</w:t>
+            <w:r w:rsidRPr="0041040A">
+              <w:t>вариант выбора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidTr="00C25D6F">
         <w:trPr>
           <w:trHeight w:val="902"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="00B24890" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00C25D6F">
             <w:pPr>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1298" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251795456;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1910" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251945984;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="003707C5" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>рәсімінің атауы</w:t>
+            <w:r w:rsidRPr="0041040A">
+              <w:t>наименование процедуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidTr="00C25D6F">
         <w:trPr>
           <w:trHeight w:val="902"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="0041040A" w:rsidRDefault="00B24890" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B55715" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B24890">
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00B55715">
+              <w:rPr>
+                <w:kern w:val="0"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1299" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:251796480" o:connectortype="straight">
+                <v:shape id="_x0000_s1911" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:251947008" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B43BA" w:rsidRPr="003707C5" w:rsidRDefault="004B43BA" w:rsidP="004B43BA">
+          <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00C25D6F">
             <w:pPr>
-              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">келесі рәсімге өту </w:t>
+            <w:r w:rsidRPr="0041040A">
+              <w:t>переход  к следующей процедуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="001A07BC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-[...25 lines deleted...]
-      <w:pgMar w:top="907" w:right="1418" w:bottom="1474" w:left="1418" w:header="851" w:footer="510" w:gutter="0"/>
+    <w:p w:rsidR="00B607C2" w:rsidRPr="0041040A" w:rsidRDefault="00B607C2" w:rsidP="00B607C2"/>
+    <w:p w:rsidR="00315824" w:rsidRDefault="00315824" w:rsidP="009D1FB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00315824" w:rsidRDefault="00315824" w:rsidP="009D1FB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00315824" w:rsidSect="00315824">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="2"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00505B94" w:rsidRDefault="00505B94" w:rsidP="002666DE">
+    <w:p w:rsidR="00BB61FB" w:rsidRDefault="00BB61FB" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00505B94" w:rsidRDefault="00505B94" w:rsidP="002666DE">
+    <w:p w:rsidR="00BB61FB" w:rsidRDefault="00BB61FB" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00505B94" w:rsidRDefault="00505B94" w:rsidP="002666DE">
+    <w:p w:rsidR="00BB61FB" w:rsidRDefault="00BB61FB" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00505B94" w:rsidRDefault="00505B94" w:rsidP="002666DE">
+    <w:p w:rsidR="00BB61FB" w:rsidRDefault="00BB61FB" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...8 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
@@ -6507,938 +6651,2658 @@
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0DAC2919"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...180 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="03C95A14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBD299EC"/>
+    <w:lvl w:ilvl="0" w:tplc="D37CCE96">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="13A01894"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36E8D7DC"/>
+    <w:lvl w:ilvl="0" w:tplc="DE74A3D2">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2490" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1B35090E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="21A1646B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1744" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="252C4DBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="26401C22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="2B952648"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78FCE6D2"/>
+    <w:lvl w:ilvl="0" w:tplc="FF46E256">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2066" w:hanging="1215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="2E355839"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="32A648F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29005934"/>
+    <w:lvl w:ilvl="0" w:tplc="ED7649BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1155" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2475" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4635" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5355" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6075" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6795" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="33BD136D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F2703A6A"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="3C75180C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF0C7DBC"/>
+    <w:lvl w:ilvl="0" w:tplc="B2BEC6B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2060" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="42713622"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8AAD1B0"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="67531AC5"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="6376747E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D916E2FC"/>
-    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1378" w:hanging="810"/>
-[...3 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3640" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4360" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5800" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6520" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="68D21240"/>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="70BD4F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4B2AEC28"/>
-[...1 lines deleted...]
-      <w:start w:val="37"/>
+    <w:tmpl w:val="B0DA2EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="C58625CE">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...5 lines deleted...]
-        <w:rFonts w:hint="default"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="785358BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CADABFB4"/>
+    <w:lvl w:ilvl="0" w:tplc="097E6B2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="7EE62060"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5A40C3E"/>
+    <w:lvl w:ilvl="0" w:tplc="3DE6234C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1174" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="70"/>
+  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0081050F"/>
-[...228 lines deleted...]
-    <w:rsid w:val="00FE7527"/>
+    <w:rsidRoot w:val="00804637"/>
+    <w:rsid w:val="000024DB"/>
+    <w:rsid w:val="00002C4E"/>
+    <w:rsid w:val="00003E91"/>
+    <w:rsid w:val="00006AFC"/>
+    <w:rsid w:val="00013986"/>
+    <w:rsid w:val="00022339"/>
+    <w:rsid w:val="00026F6C"/>
+    <w:rsid w:val="00030FE0"/>
+    <w:rsid w:val="0007227E"/>
+    <w:rsid w:val="00093D98"/>
+    <w:rsid w:val="000A3EEC"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="000B2670"/>
+    <w:rsid w:val="000C427D"/>
+    <w:rsid w:val="000D526F"/>
+    <w:rsid w:val="000E3292"/>
+    <w:rsid w:val="000E4E62"/>
+    <w:rsid w:val="000E50A8"/>
+    <w:rsid w:val="000F0DA6"/>
+    <w:rsid w:val="000F60B9"/>
+    <w:rsid w:val="0010226B"/>
+    <w:rsid w:val="0010287C"/>
+    <w:rsid w:val="00105033"/>
+    <w:rsid w:val="00107D96"/>
+    <w:rsid w:val="001104E6"/>
+    <w:rsid w:val="00112232"/>
+    <w:rsid w:val="00125364"/>
+    <w:rsid w:val="00130E5B"/>
+    <w:rsid w:val="00132D30"/>
+    <w:rsid w:val="0013343B"/>
+    <w:rsid w:val="00136038"/>
+    <w:rsid w:val="00144ECD"/>
+    <w:rsid w:val="001460D6"/>
+    <w:rsid w:val="001517F4"/>
+    <w:rsid w:val="00161689"/>
+    <w:rsid w:val="00170627"/>
+    <w:rsid w:val="00171439"/>
+    <w:rsid w:val="001810DA"/>
+    <w:rsid w:val="00183149"/>
+    <w:rsid w:val="0019700D"/>
+    <w:rsid w:val="001A1970"/>
+    <w:rsid w:val="001A51F0"/>
+    <w:rsid w:val="001A5E30"/>
+    <w:rsid w:val="001A7B14"/>
+    <w:rsid w:val="001C0DCC"/>
+    <w:rsid w:val="001C5A38"/>
+    <w:rsid w:val="001C5F40"/>
+    <w:rsid w:val="001C65F7"/>
+    <w:rsid w:val="001D20FA"/>
+    <w:rsid w:val="001E466B"/>
+    <w:rsid w:val="001E775D"/>
+    <w:rsid w:val="00201562"/>
+    <w:rsid w:val="002022F8"/>
+    <w:rsid w:val="00203CC3"/>
+    <w:rsid w:val="0020486F"/>
+    <w:rsid w:val="002119B7"/>
+    <w:rsid w:val="0021305F"/>
+    <w:rsid w:val="00225DF7"/>
+    <w:rsid w:val="00235877"/>
+    <w:rsid w:val="00243656"/>
+    <w:rsid w:val="002471C7"/>
+    <w:rsid w:val="00247D85"/>
+    <w:rsid w:val="00253A77"/>
+    <w:rsid w:val="00266A71"/>
+    <w:rsid w:val="00270BDC"/>
+    <w:rsid w:val="002715D7"/>
+    <w:rsid w:val="00281DBD"/>
+    <w:rsid w:val="0029435B"/>
+    <w:rsid w:val="002951CB"/>
+    <w:rsid w:val="002A4556"/>
+    <w:rsid w:val="002B00B4"/>
+    <w:rsid w:val="002C2205"/>
+    <w:rsid w:val="002E1548"/>
+    <w:rsid w:val="003075BB"/>
+    <w:rsid w:val="00315824"/>
+    <w:rsid w:val="00316E3D"/>
+    <w:rsid w:val="0031701F"/>
+    <w:rsid w:val="00321B0F"/>
+    <w:rsid w:val="00321C1D"/>
+    <w:rsid w:val="00323463"/>
+    <w:rsid w:val="00326FC9"/>
+    <w:rsid w:val="00336061"/>
+    <w:rsid w:val="003451D0"/>
+    <w:rsid w:val="00350385"/>
+    <w:rsid w:val="003531B4"/>
+    <w:rsid w:val="00353CA1"/>
+    <w:rsid w:val="00362BB5"/>
+    <w:rsid w:val="00371B12"/>
+    <w:rsid w:val="00376187"/>
+    <w:rsid w:val="003767D2"/>
+    <w:rsid w:val="003767F0"/>
+    <w:rsid w:val="003850CD"/>
+    <w:rsid w:val="00385401"/>
+    <w:rsid w:val="003867E1"/>
+    <w:rsid w:val="003878B2"/>
+    <w:rsid w:val="003934E4"/>
+    <w:rsid w:val="00396EC1"/>
+    <w:rsid w:val="003A2543"/>
+    <w:rsid w:val="003B0075"/>
+    <w:rsid w:val="003B0E67"/>
+    <w:rsid w:val="003B5F42"/>
+    <w:rsid w:val="003C73A4"/>
+    <w:rsid w:val="003C7B57"/>
+    <w:rsid w:val="003D47AD"/>
+    <w:rsid w:val="00413698"/>
+    <w:rsid w:val="00414BF7"/>
+    <w:rsid w:val="0042793C"/>
+    <w:rsid w:val="004350FA"/>
+    <w:rsid w:val="004372C1"/>
+    <w:rsid w:val="004461AD"/>
+    <w:rsid w:val="00451EB4"/>
+    <w:rsid w:val="00454F3D"/>
+    <w:rsid w:val="00463A00"/>
+    <w:rsid w:val="004655F6"/>
+    <w:rsid w:val="00466D5B"/>
+    <w:rsid w:val="00467B57"/>
+    <w:rsid w:val="00474C92"/>
+    <w:rsid w:val="00476701"/>
+    <w:rsid w:val="0048484A"/>
+    <w:rsid w:val="00484BC8"/>
+    <w:rsid w:val="0049323B"/>
+    <w:rsid w:val="004A373B"/>
+    <w:rsid w:val="004B35CD"/>
+    <w:rsid w:val="004B39DE"/>
+    <w:rsid w:val="004B4234"/>
+    <w:rsid w:val="004B4316"/>
+    <w:rsid w:val="004C51B8"/>
+    <w:rsid w:val="004D4577"/>
+    <w:rsid w:val="004F7C13"/>
+    <w:rsid w:val="00502ADF"/>
+    <w:rsid w:val="00513A34"/>
+    <w:rsid w:val="00534E16"/>
+    <w:rsid w:val="00543425"/>
+    <w:rsid w:val="00544E7C"/>
+    <w:rsid w:val="00546CB1"/>
+    <w:rsid w:val="005512BC"/>
+    <w:rsid w:val="00555A4B"/>
+    <w:rsid w:val="00556824"/>
+    <w:rsid w:val="0056527E"/>
+    <w:rsid w:val="00566DE4"/>
+    <w:rsid w:val="00575045"/>
+    <w:rsid w:val="00580D98"/>
+    <w:rsid w:val="005902F4"/>
+    <w:rsid w:val="00597451"/>
+    <w:rsid w:val="005A74A0"/>
+    <w:rsid w:val="005B05E9"/>
+    <w:rsid w:val="005C3BB6"/>
+    <w:rsid w:val="005D58E3"/>
+    <w:rsid w:val="005E0AB4"/>
+    <w:rsid w:val="005E47A6"/>
+    <w:rsid w:val="005F130C"/>
+    <w:rsid w:val="005F5AB3"/>
+    <w:rsid w:val="006003A3"/>
+    <w:rsid w:val="00614317"/>
+    <w:rsid w:val="00617363"/>
+    <w:rsid w:val="006232B5"/>
+    <w:rsid w:val="0062358E"/>
+    <w:rsid w:val="00632179"/>
+    <w:rsid w:val="0063749B"/>
+    <w:rsid w:val="00645D65"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rsid w:val="00652B79"/>
+    <w:rsid w:val="00653736"/>
+    <w:rsid w:val="00662351"/>
+    <w:rsid w:val="00663833"/>
+    <w:rsid w:val="006676BB"/>
+    <w:rsid w:val="006707DC"/>
+    <w:rsid w:val="00684150"/>
+    <w:rsid w:val="006958E4"/>
+    <w:rsid w:val="006960B8"/>
+    <w:rsid w:val="006A20A6"/>
+    <w:rsid w:val="006A5796"/>
+    <w:rsid w:val="006B039D"/>
+    <w:rsid w:val="006B5D6D"/>
+    <w:rsid w:val="006B6AE9"/>
+    <w:rsid w:val="006C5973"/>
+    <w:rsid w:val="006D01E8"/>
+    <w:rsid w:val="006E25ED"/>
+    <w:rsid w:val="006E49C0"/>
+    <w:rsid w:val="006E6EA8"/>
+    <w:rsid w:val="00707E1D"/>
+    <w:rsid w:val="00727A29"/>
+    <w:rsid w:val="00731CFA"/>
+    <w:rsid w:val="007477B8"/>
+    <w:rsid w:val="00753981"/>
+    <w:rsid w:val="00757178"/>
+    <w:rsid w:val="00757CCD"/>
+    <w:rsid w:val="00761D2E"/>
+    <w:rsid w:val="00762F37"/>
+    <w:rsid w:val="00770236"/>
+    <w:rsid w:val="007825B2"/>
+    <w:rsid w:val="00787CC7"/>
+    <w:rsid w:val="007933CC"/>
+    <w:rsid w:val="007A2A84"/>
+    <w:rsid w:val="007A7285"/>
+    <w:rsid w:val="007C60D9"/>
+    <w:rsid w:val="007D419D"/>
+    <w:rsid w:val="007D7E10"/>
+    <w:rsid w:val="007E1DFE"/>
+    <w:rsid w:val="007E20FF"/>
+    <w:rsid w:val="007F2C90"/>
+    <w:rsid w:val="00802E4B"/>
+    <w:rsid w:val="00804637"/>
+    <w:rsid w:val="00812B0D"/>
+    <w:rsid w:val="00813652"/>
+    <w:rsid w:val="008144F7"/>
+    <w:rsid w:val="00816817"/>
+    <w:rsid w:val="008222FE"/>
+    <w:rsid w:val="00825309"/>
+    <w:rsid w:val="008265E5"/>
+    <w:rsid w:val="00826712"/>
+    <w:rsid w:val="0082698B"/>
+    <w:rsid w:val="00836364"/>
+    <w:rsid w:val="00843ADC"/>
+    <w:rsid w:val="0085366E"/>
+    <w:rsid w:val="00853BF2"/>
+    <w:rsid w:val="00856DF9"/>
+    <w:rsid w:val="00861C42"/>
+    <w:rsid w:val="00864A6A"/>
+    <w:rsid w:val="008740BC"/>
+    <w:rsid w:val="008757BF"/>
+    <w:rsid w:val="008816CC"/>
+    <w:rsid w:val="00887759"/>
+    <w:rsid w:val="0089142E"/>
+    <w:rsid w:val="0089170F"/>
+    <w:rsid w:val="00895736"/>
+    <w:rsid w:val="008A2FF8"/>
+    <w:rsid w:val="008B2AB4"/>
+    <w:rsid w:val="008B4F0A"/>
+    <w:rsid w:val="008B578E"/>
+    <w:rsid w:val="008B6755"/>
+    <w:rsid w:val="008C461F"/>
+    <w:rsid w:val="008D35E0"/>
+    <w:rsid w:val="008E0B0F"/>
+    <w:rsid w:val="008E7417"/>
+    <w:rsid w:val="008F1CA4"/>
+    <w:rsid w:val="009007C9"/>
+    <w:rsid w:val="00904267"/>
+    <w:rsid w:val="0090453D"/>
+    <w:rsid w:val="00910507"/>
+    <w:rsid w:val="009109CB"/>
+    <w:rsid w:val="009208C8"/>
+    <w:rsid w:val="00925F2A"/>
+    <w:rsid w:val="00927895"/>
+    <w:rsid w:val="00932002"/>
+    <w:rsid w:val="00935EDB"/>
+    <w:rsid w:val="0094370E"/>
+    <w:rsid w:val="00954C24"/>
+    <w:rsid w:val="00957FCD"/>
+    <w:rsid w:val="0096443B"/>
+    <w:rsid w:val="00971A39"/>
+    <w:rsid w:val="00971AE2"/>
+    <w:rsid w:val="00973F4E"/>
+    <w:rsid w:val="00974341"/>
+    <w:rsid w:val="00975CFC"/>
+    <w:rsid w:val="00980344"/>
+    <w:rsid w:val="009808E2"/>
+    <w:rsid w:val="00980A49"/>
+    <w:rsid w:val="009854AE"/>
+    <w:rsid w:val="00987868"/>
+    <w:rsid w:val="00990CD4"/>
+    <w:rsid w:val="009A0BDC"/>
+    <w:rsid w:val="009A4F5E"/>
+    <w:rsid w:val="009A59BD"/>
+    <w:rsid w:val="009B037A"/>
+    <w:rsid w:val="009B12C2"/>
+    <w:rsid w:val="009B6EC8"/>
+    <w:rsid w:val="009B71FD"/>
+    <w:rsid w:val="009C7033"/>
+    <w:rsid w:val="009D0CFF"/>
+    <w:rsid w:val="009D1FB4"/>
+    <w:rsid w:val="009D1FDC"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rsid w:val="009E7717"/>
+    <w:rsid w:val="009F2976"/>
+    <w:rsid w:val="009F5B6D"/>
+    <w:rsid w:val="009F61F1"/>
+    <w:rsid w:val="00A03FE8"/>
+    <w:rsid w:val="00A10DC1"/>
+    <w:rsid w:val="00A13AEB"/>
+    <w:rsid w:val="00A14455"/>
+    <w:rsid w:val="00A14BEB"/>
+    <w:rsid w:val="00A177E2"/>
+    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="00A3787D"/>
+    <w:rsid w:val="00A40DB9"/>
+    <w:rsid w:val="00A55ADC"/>
+    <w:rsid w:val="00A5699B"/>
+    <w:rsid w:val="00A61337"/>
+    <w:rsid w:val="00A67B9F"/>
+    <w:rsid w:val="00A70D36"/>
+    <w:rsid w:val="00A75CC5"/>
+    <w:rsid w:val="00A76266"/>
+    <w:rsid w:val="00A802B3"/>
+    <w:rsid w:val="00A821D1"/>
+    <w:rsid w:val="00A901E8"/>
+    <w:rsid w:val="00A917D1"/>
+    <w:rsid w:val="00A9357F"/>
+    <w:rsid w:val="00A93E1A"/>
+    <w:rsid w:val="00A97F8E"/>
+    <w:rsid w:val="00AA279F"/>
+    <w:rsid w:val="00AB4197"/>
+    <w:rsid w:val="00AB5868"/>
+    <w:rsid w:val="00AB638C"/>
+    <w:rsid w:val="00AC3C84"/>
+    <w:rsid w:val="00AC4A3F"/>
+    <w:rsid w:val="00AC66BE"/>
+    <w:rsid w:val="00AD0C0E"/>
+    <w:rsid w:val="00AD3787"/>
+    <w:rsid w:val="00AD69CA"/>
+    <w:rsid w:val="00AE3908"/>
+    <w:rsid w:val="00AE494F"/>
+    <w:rsid w:val="00AF105E"/>
+    <w:rsid w:val="00B01C15"/>
+    <w:rsid w:val="00B078B7"/>
+    <w:rsid w:val="00B10B90"/>
+    <w:rsid w:val="00B15390"/>
+    <w:rsid w:val="00B211DD"/>
+    <w:rsid w:val="00B21B61"/>
+    <w:rsid w:val="00B22A2F"/>
+    <w:rsid w:val="00B25C30"/>
+    <w:rsid w:val="00B30BE9"/>
+    <w:rsid w:val="00B320F2"/>
+    <w:rsid w:val="00B35CF6"/>
+    <w:rsid w:val="00B54B1F"/>
+    <w:rsid w:val="00B55715"/>
+    <w:rsid w:val="00B607C2"/>
+    <w:rsid w:val="00B62375"/>
+    <w:rsid w:val="00B70E42"/>
+    <w:rsid w:val="00B74EB4"/>
+    <w:rsid w:val="00B85F5E"/>
+    <w:rsid w:val="00BA0462"/>
+    <w:rsid w:val="00BA30B3"/>
+    <w:rsid w:val="00BA3FFE"/>
+    <w:rsid w:val="00BA65CC"/>
+    <w:rsid w:val="00BA7419"/>
+    <w:rsid w:val="00BB19B0"/>
+    <w:rsid w:val="00BB234D"/>
+    <w:rsid w:val="00BB2AA2"/>
+    <w:rsid w:val="00BB2FB4"/>
+    <w:rsid w:val="00BB3F7C"/>
+    <w:rsid w:val="00BB61FB"/>
+    <w:rsid w:val="00BB7F2A"/>
+    <w:rsid w:val="00BC0EE6"/>
+    <w:rsid w:val="00BC5457"/>
+    <w:rsid w:val="00BD3D17"/>
+    <w:rsid w:val="00BD4E7E"/>
+    <w:rsid w:val="00C018E2"/>
+    <w:rsid w:val="00C07EF5"/>
+    <w:rsid w:val="00C14899"/>
+    <w:rsid w:val="00C2756B"/>
+    <w:rsid w:val="00C32225"/>
+    <w:rsid w:val="00C46DAF"/>
+    <w:rsid w:val="00C65456"/>
+    <w:rsid w:val="00C6660C"/>
+    <w:rsid w:val="00C72D47"/>
+    <w:rsid w:val="00C849D4"/>
+    <w:rsid w:val="00C84A15"/>
+    <w:rsid w:val="00C963F6"/>
+    <w:rsid w:val="00CA1B05"/>
+    <w:rsid w:val="00CA229F"/>
+    <w:rsid w:val="00CA3D2D"/>
+    <w:rsid w:val="00CB00B9"/>
+    <w:rsid w:val="00CB087B"/>
+    <w:rsid w:val="00CB1D54"/>
+    <w:rsid w:val="00CB5EF3"/>
+    <w:rsid w:val="00CC060F"/>
+    <w:rsid w:val="00CC387E"/>
+    <w:rsid w:val="00CC3C49"/>
+    <w:rsid w:val="00CC4C82"/>
+    <w:rsid w:val="00CD39C1"/>
+    <w:rsid w:val="00CD533C"/>
+    <w:rsid w:val="00CE4D97"/>
+    <w:rsid w:val="00D007BF"/>
+    <w:rsid w:val="00D03194"/>
+    <w:rsid w:val="00D03F33"/>
+    <w:rsid w:val="00D11C87"/>
+    <w:rsid w:val="00D14E01"/>
+    <w:rsid w:val="00D17785"/>
+    <w:rsid w:val="00D20B3D"/>
+    <w:rsid w:val="00D232FD"/>
+    <w:rsid w:val="00D41893"/>
+    <w:rsid w:val="00D44259"/>
+    <w:rsid w:val="00D44403"/>
+    <w:rsid w:val="00D618E0"/>
+    <w:rsid w:val="00D647E3"/>
+    <w:rsid w:val="00D73A5C"/>
+    <w:rsid w:val="00D818FE"/>
+    <w:rsid w:val="00D83FD4"/>
+    <w:rsid w:val="00D90C92"/>
+    <w:rsid w:val="00D91CBC"/>
+    <w:rsid w:val="00D94C96"/>
+    <w:rsid w:val="00DA2D70"/>
+    <w:rsid w:val="00DA2F09"/>
+    <w:rsid w:val="00DA7FA5"/>
+    <w:rsid w:val="00DB1C67"/>
+    <w:rsid w:val="00DC6F96"/>
+    <w:rsid w:val="00DD173B"/>
+    <w:rsid w:val="00DD29C9"/>
+    <w:rsid w:val="00DD5678"/>
+    <w:rsid w:val="00DE24BB"/>
+    <w:rsid w:val="00DF2DE7"/>
+    <w:rsid w:val="00E0407C"/>
+    <w:rsid w:val="00E10237"/>
+    <w:rsid w:val="00E13568"/>
+    <w:rsid w:val="00E1725B"/>
+    <w:rsid w:val="00E1789E"/>
+    <w:rsid w:val="00E21264"/>
+    <w:rsid w:val="00E22AAA"/>
+    <w:rsid w:val="00E27FE5"/>
+    <w:rsid w:val="00E37BD5"/>
+    <w:rsid w:val="00E40EC0"/>
+    <w:rsid w:val="00E47B67"/>
+    <w:rsid w:val="00E7487A"/>
+    <w:rsid w:val="00E9048C"/>
+    <w:rsid w:val="00E93930"/>
+    <w:rsid w:val="00E950C5"/>
+    <w:rsid w:val="00E96353"/>
+    <w:rsid w:val="00EB2DDB"/>
+    <w:rsid w:val="00EB5B7D"/>
+    <w:rsid w:val="00EB7B28"/>
+    <w:rsid w:val="00ED071E"/>
+    <w:rsid w:val="00ED2158"/>
+    <w:rsid w:val="00EE4BFE"/>
+    <w:rsid w:val="00EE58ED"/>
+    <w:rsid w:val="00EF652A"/>
+    <w:rsid w:val="00EF7A5A"/>
+    <w:rsid w:val="00F044C2"/>
+    <w:rsid w:val="00F13D34"/>
+    <w:rsid w:val="00F1403B"/>
+    <w:rsid w:val="00F24810"/>
+    <w:rsid w:val="00F33CA2"/>
+    <w:rsid w:val="00F34892"/>
+    <w:rsid w:val="00F350FF"/>
+    <w:rsid w:val="00F55A12"/>
+    <w:rsid w:val="00F57798"/>
+    <w:rsid w:val="00F66E5B"/>
+    <w:rsid w:val="00F76B41"/>
+    <w:rsid w:val="00F85889"/>
+    <w:rsid w:val="00F96924"/>
+    <w:rsid w:val="00FA0E24"/>
+    <w:rsid w:val="00FA6966"/>
+    <w:rsid w:val="00FB4B35"/>
+    <w:rsid w:val="00FB5F7B"/>
+    <w:rsid w:val="00FB63D1"/>
+    <w:rsid w:val="00FC3FD8"/>
+    <w:rsid w:val="00FC79C3"/>
+    <w:rsid w:val="00FD58DF"/>
+    <w:rsid w:val="00FE03F8"/>
+    <w:rsid w:val="00FF572E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="22530"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule102" type="connector" idref="#_x0000_s1287"/>
-[...18 lines deleted...]
-        <o:r id="V:Rule194" type="connector" idref="#_x0000_s1284"/>
+        <o:r id="V:Rule104" type="connector" idref="#_x0000_s1890"/>
+        <o:r id="V:Rule114" type="connector" idref="#_x0000_s1899"/>
+        <o:r id="V:Rule117" type="connector" idref="#_x0000_s1897"/>
+        <o:r id="V:Rule128" type="connector" idref="#_x0000_s1876"/>
+        <o:r id="V:Rule134" type="connector" idref="#_x0000_s1874"/>
+        <o:r id="V:Rule136" type="connector" idref="#_x0000_s1896"/>
+        <o:r id="V:Rule137" type="connector" idref="#_x0000_s1893"/>
+        <o:r id="V:Rule144" type="connector" idref="#_x0000_s1904"/>
+        <o:r id="V:Rule156" type="connector" idref="#_x0000_s1895"/>
+        <o:r id="V:Rule161" type="connector" idref="#_x0000_s1875"/>
+        <o:r id="V:Rule168" type="connector" idref="#_x0000_s1891"/>
+        <o:r id="V:Rule169" type="connector" idref="#_x0000_s1889"/>
+        <o:r id="V:Rule170" type="connector" idref="#_x0000_s1903"/>
+        <o:r id="V:Rule172" type="connector" idref="#_x0000_s1892"/>
+        <o:r id="V:Rule175" type="connector" idref="#_x0000_s1888"/>
+        <o:r id="V:Rule182" type="connector" idref="#_x0000_s1898"/>
+        <o:r id="V:Rule188" type="connector" idref="#_x0000_s1894"/>
+        <o:r id="V:Rule190" type="connector" idref="#_x0000_s1887"/>
+        <o:r id="V:Rule191" type="connector" idref="#_x0000_s1905"/>
+        <o:r id="V:Rule197" type="connector" idref="#_x0000_s1911"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -7510,678 +9374,492 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="000B0C93"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="000B0C93"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...31 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
-[...2 lines deleted...]
-    <w:rsid w:val="0081050F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...3 lines deleted...]
-    <w:rsid w:val="0081050F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000B0C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...188 lines deleted...]
-  <w:style w:type="table" w:styleId="af2">
+  <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:cs="Calibri"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927895"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00987868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00987868"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar1">
+    <w:name w:val="Body Text Char1"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00797FDC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00987868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="009D1FB4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="004B43BA"/>
+    <w:rsid w:val="00A36110"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:adjustRightInd/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
+    <w:rsid w:val="00A36110"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00A36110"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...19 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="006232B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="2007896298">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1760901702">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -8207,51 +9885,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -8379,88 +10057,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1342</Words>
-  <Characters>7652</Characters>
+  <Words>1368</Words>
+  <Characters>7801</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Павлодар облысы јкімдігініѕ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>AlexSoft</Company>
+  <Company>Akimat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8977</CharactersWithSpaces>
+  <CharactersWithSpaces>9151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
+  <dc:creator>Computer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>