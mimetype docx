--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,1821 +1,2216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
-[...2 lines deleted...]
-        <w:ind w:left="4253"/>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="0"/>
+          <w:tab w:val="left" w:pos="5387"/>
+          <w:tab w:val="right" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="3828"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00423750">
-[...12 lines deleted...]
-        <w:ind w:left="4253"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                              постановлением акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                               Павлодарской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                               от 19 января 2016 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="0"/>
+          <w:tab w:val="left" w:pos="5387"/>
+          <w:tab w:val="right" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="3828"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...62 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0051355C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12/1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="0067066E" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="0067066E" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регламент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5069">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53340">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423750">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007429C3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прохождения аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007429C3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">присвоение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подтверждение)  квалификационных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007429C3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00F83CCA" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007429C3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="0067066E" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...93 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="008B700D" w:rsidRDefault="00423750" w:rsidP="00423750">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00DC5069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-27408"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B700D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00DC5069">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC3DAE" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00C05B07" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга  «Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прохождения аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>присвоени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подтверждение)  квалификационных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (далее – государственная услуга) оказывается местными исполнительными органами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>области, районов и городов, организаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Прием документов и выдача результата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляются через канцелярию услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00753CA7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00F83CCA" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдача расписки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о приеме документов для прохождения аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>присвоени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим раб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отникам и приравненным к ним лицам организаций образования, реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CA7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0787">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0787">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0787">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прохождения аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>присвоени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подтверждение)  квалификационных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05B07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0787">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденному приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9 ноября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0787">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>632</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0787">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – Стандарт).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...32 lines deleted...]
-        <w:ind w:firstLine="568"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00753CA7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:hanging="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753CA7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="0067066E" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00753CA7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753CA7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Основанием для начала процедуры  (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте 9 Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CA7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC5274" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2. Мемлекеттік қызметті көрсету нысаны: қағаз түрінде.</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этап прохождения процедуры (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...196 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет прием и регистрацию полученных от услугополучателя документов и выдает результат государственной услуги услугополучателю - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00F83CCA" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="284"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="2410"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...27 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655545">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результатом процедуры  (действия) по оказанию государственной услуги является </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выдача </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">расписки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о приеме документов для прохождения аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>присвоени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим раб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отникам и приравненным к ним лицам организаций образования, реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CA7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83CCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...205 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC5274" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC5274" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC5274" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...132 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC5274" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>8. Описание последовательности процедур (действий) структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>отражается в справочнике бизнес-процессов оказания государственной услуги согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="00AC5274" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:kern w:val="1"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F6433C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обслуживания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) иными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="0067066E" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001D4069" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>9. Стандартқа сәйкес мемлекеттік қызмет «Халыққа қызмет көрсету орталығы» шаруашылық  жүргізу  құқығындағы  республикалық   мемлекеттік кәсіпорнының Павлодар облысы бойынша филиалы және «электрондық үкімет» веб-порталы арқылы көрсетілмейді.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно Стандарту, государственная услуга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через филиал Республиканского государственного предприятия на праве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хозяйственного ведения «Центр обслуживания населения»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по Павлодарской области и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC5274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства».</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3510"/>
-        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="3227"/>
+        <w:gridCol w:w="6570"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00423750" w:rsidRPr="00423750" w:rsidTr="00D671D9">
+      <w:tr w:rsidR="001B68F7" w:rsidRPr="004540A5" w:rsidTr="00922416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3510" w:type="dxa"/>
+            <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+          <w:p w:rsidR="001B68F7" w:rsidRPr="006B38FC" w:rsidRDefault="001B68F7" w:rsidP="00922416">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423750">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00423750">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="006B38FC">
               <w:br w:type="page"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcW w:w="6570" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+          <w:p w:rsidR="001B68F7" w:rsidRPr="007D0BC7" w:rsidRDefault="001B68F7" w:rsidP="00922416">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1F54">
+              <w:rPr>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B68F7" w:rsidRPr="007D0BC7" w:rsidRDefault="001B68F7" w:rsidP="00922416">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:lang w:val="ru-RU" w:eastAsia="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1F54">
+              <w:rPr>
+                <w:iCs/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27A7E">
+              <w:rPr>
+                <w:iCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>регламен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB1F54">
+              <w:rPr>
+                <w:iCs/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ту государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B68F7" w:rsidRPr="00C27A7E" w:rsidRDefault="001B68F7" w:rsidP="00922416">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27A7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Прием </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27A7E">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00423750">
+              <w:t>документов для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27A7E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прохождения аттестации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27A7E">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
+              <w:t xml:space="preserve">на </w:t>
             </w:r>
-            <w:r w:rsidRPr="00423750">
+            <w:r w:rsidRPr="00C27A7E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының  педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін оларды аттестаттаудан өткізуге құжаттар қабылдау» </w:t>
+              <w:t>присвоени</w:t>
             </w:r>
-            <w:r w:rsidRPr="00423750">
+            <w:r w:rsidRPr="00C27A7E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> регламентіне </w:t>
+              <w:t>е</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00C27A7E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00423750">
+              <w:t xml:space="preserve"> (подтверждение)  квалификационных категорий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27A7E">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t xml:space="preserve"> педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
             </w:r>
+            <w:r w:rsidRPr="00C27A7E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B68F7" w:rsidRPr="001A02EF" w:rsidRDefault="001B68F7" w:rsidP="00922416">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="001A02EF" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRPr="0067066E" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қызметтің бизнес-процестерінің анықтамалығы</w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t>документов для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прохождения аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004A2072">
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подтверждение)  квалификационных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим работникам и приравненным к ним лицам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067066E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="002C210E" w:rsidP="001B68F7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B03E47">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="Рисунок 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:455.65pt;height:213.85pt;visibility:visible;mso-wrap-style:square">
+          <v:shape id="Рисунок 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:387.3pt;height:223.45pt;visibility:visible;mso-wrap-style:square">
             <v:imagedata r:id="rId7" o:title="Снимок"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F02556" w:rsidRDefault="00F02556" w:rsidP="00423750">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="001B68F7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="002C210E" w:rsidP="001B68F7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B03E47">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 3" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:472.85pt;height:2in;visibility:visible;mso-wrap-style:square">
-            <v:imagedata r:id="rId8" o:title="Снимок"/>
+          <v:shape id="Рисунок 2" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:377.4pt;height:145.25pt;visibility:visible;mso-wrap-style:square">
+            <v:imagedata r:id="rId8" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F02556" w:rsidRDefault="00F02556" w:rsidP="00F02556">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="001B68F7" w:rsidRDefault="001B68F7" w:rsidP="00861289">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00F02556" w:rsidSect="00F02556">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001B68F7" w:rsidSect="00861289">
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="907" w:bottom="1247" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="007D0BC7" w:rsidRDefault="007D0BC7" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="007D0BC7" w:rsidRDefault="007D0BC7" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5200F5FF" w:usb2="0A042021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="007D0BC7" w:rsidRDefault="007D0BC7" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="007D0BC7" w:rsidRDefault="007D0BC7" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00306CB4" w:rsidRDefault="00306CB4">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00306CB4" w:rsidRDefault="00306CB4">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00000002"/>
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -1885,66 +2280,291 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0DAC2919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="143800B0"/>
+    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6720" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0B0E5243"/>
+    <w:nsid w:val="404434D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8A46FF90"/>
-    <w:lvl w:ilvl="0" w:tplc="E54652C0">
+    <w:tmpl w:val="85A461D2"/>
+    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2760" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4920" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7080" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="67531AC5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D916E2FC"/>
+    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1378" w:hanging="810"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2200" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
@@ -2000,716 +2620,405 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6520" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0D3972B5"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="68D21240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC54DE2C"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="4B2AEC28"/>
+    <w:lvl w:ilvl="0" w:tplc="E54C25D2">
+      <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="785" w:hanging="360"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-        <w:b w:val="0"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1666" w:hanging="360"/>
+        <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2386" w:hanging="180"/>
+        <w:ind w:left="2400" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3106" w:hanging="360"/>
+        <w:ind w:left="3120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3826" w:hanging="360"/>
+        <w:ind w:left="3840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4546" w:hanging="180"/>
+        <w:ind w:left="4560" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5266" w:hanging="360"/>
+        <w:ind w:left="5280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5986" w:hanging="360"/>
+        <w:ind w:left="6000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6706" w:hanging="180"/>
+        <w:ind w:left="6720" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...315 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00645696"/>
-[...19 lines deleted...]
-    <w:rsid w:val="004F7193"/>
+    <w:rsidRoot w:val="0081050F"/>
+    <w:rsid w:val="00072458"/>
+    <w:rsid w:val="00082179"/>
+    <w:rsid w:val="000966EC"/>
+    <w:rsid w:val="000E338A"/>
+    <w:rsid w:val="000F6E7E"/>
+    <w:rsid w:val="0016532B"/>
+    <w:rsid w:val="0016633C"/>
+    <w:rsid w:val="001B68F7"/>
+    <w:rsid w:val="002264BC"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rsid w:val="002B7E53"/>
+    <w:rsid w:val="002C210E"/>
+    <w:rsid w:val="002E1CA6"/>
+    <w:rsid w:val="00306CB4"/>
+    <w:rsid w:val="00382C6F"/>
+    <w:rsid w:val="003C6327"/>
+    <w:rsid w:val="003D5310"/>
+    <w:rsid w:val="00432072"/>
+    <w:rsid w:val="00435318"/>
+    <w:rsid w:val="00444F5F"/>
+    <w:rsid w:val="004F181B"/>
+    <w:rsid w:val="0051355C"/>
+    <w:rsid w:val="005263C2"/>
+    <w:rsid w:val="00537FD0"/>
     <w:rsid w:val="0055073C"/>
-    <w:rsid w:val="005A5500"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006324D6"/>
+    <w:rsid w:val="00624CA3"/>
     <w:rsid w:val="00632641"/>
-    <w:rsid w:val="00645696"/>
-[...47 lines deleted...]
-    <w:rsid w:val="00FF1EF7"/>
+    <w:rsid w:val="00645B2D"/>
+    <w:rsid w:val="006876E5"/>
+    <w:rsid w:val="006A2578"/>
+    <w:rsid w:val="006D13C3"/>
+    <w:rsid w:val="006E52D0"/>
+    <w:rsid w:val="00732EDD"/>
+    <w:rsid w:val="007335EE"/>
+    <w:rsid w:val="00741F90"/>
+    <w:rsid w:val="007535F0"/>
+    <w:rsid w:val="00776028"/>
+    <w:rsid w:val="007A0780"/>
+    <w:rsid w:val="007A25DC"/>
+    <w:rsid w:val="007D0BC7"/>
+    <w:rsid w:val="007D5315"/>
+    <w:rsid w:val="007E18DA"/>
+    <w:rsid w:val="00801643"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="0083736D"/>
+    <w:rsid w:val="00844694"/>
+    <w:rsid w:val="00851AAA"/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rsid w:val="00861289"/>
+    <w:rsid w:val="00862AE2"/>
+    <w:rsid w:val="00886826"/>
+    <w:rsid w:val="008A12A8"/>
+    <w:rsid w:val="00920BCA"/>
+    <w:rsid w:val="00945A77"/>
+    <w:rsid w:val="00962D42"/>
+    <w:rsid w:val="0098364B"/>
+    <w:rsid w:val="00991698"/>
+    <w:rsid w:val="00996CA6"/>
+    <w:rsid w:val="009F0F72"/>
+    <w:rsid w:val="00A55ACD"/>
+    <w:rsid w:val="00A67353"/>
+    <w:rsid w:val="00A75A52"/>
+    <w:rsid w:val="00AC54A7"/>
+    <w:rsid w:val="00B03E47"/>
+    <w:rsid w:val="00B11E9D"/>
+    <w:rsid w:val="00B31BB5"/>
+    <w:rsid w:val="00BB1F54"/>
+    <w:rsid w:val="00BE3D70"/>
+    <w:rsid w:val="00C13C9E"/>
+    <w:rsid w:val="00C32011"/>
+    <w:rsid w:val="00C32CA3"/>
+    <w:rsid w:val="00C337E9"/>
+    <w:rsid w:val="00CC0F6C"/>
+    <w:rsid w:val="00D042C7"/>
+    <w:rsid w:val="00D4633C"/>
+    <w:rsid w:val="00D612B9"/>
+    <w:rsid w:val="00D8719B"/>
+    <w:rsid w:val="00D96A0F"/>
+    <w:rsid w:val="00DA1629"/>
+    <w:rsid w:val="00DB63F9"/>
+    <w:rsid w:val="00E031B3"/>
+    <w:rsid w:val="00E34568"/>
+    <w:rsid w:val="00E36804"/>
+    <w:rsid w:val="00E57AE5"/>
+    <w:rsid w:val="00E76D7D"/>
+    <w:rsid w:val="00E84B78"/>
+    <w:rsid w:val="00EF55E6"/>
+    <w:rsid w:val="00F05971"/>
+    <w:rsid w:val="00F14891"/>
+    <w:rsid w:val="00F56337"/>
+    <w:rsid w:val="00F82ACE"/>
+    <w:rsid w:val="00F97F20"/>
+    <w:rsid w:val="00FD6FBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9218"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="header" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -2757,306 +3066,336 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00645696"/>
+    <w:rsid w:val="0081050F"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0055073C"/>
     <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a1"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00645696"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00645696"/>
+    <w:rsid w:val="0081050F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00645696"/>
+    <w:rsid w:val="0081050F"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00645696"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="002666DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="333399"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-    <w:name w:val="s1"/>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B3158B"/>
+    <w:qFormat/>
+    <w:rsid w:val="00853CB8"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001B68F7"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B68F7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
     <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00B3158B"/>
+    <w:rsid w:val="001B68F7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...3 lines deleted...]
-    <w:rsid w:val="00B3158B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001B68F7"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...80 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...12 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3303,70 +3642,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>820</Words>
-  <Characters>4675</Characters>
+  <Words>813</Words>
+  <Characters>4640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5485</CharactersWithSpaces>
+  <CharactersWithSpaces>5443</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>