--- v0 (2025-12-10)
+++ v1 (2025-12-11)
@@ -1,21138 +1,3191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000820C6" w:rsidRDefault="00AE0494">
+    <w:p w:rsidR="00633D43" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="876300" cy="400050"/>
+            <wp:extent cx="866775" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="876300" cy="400050"/>
+                      <a:ext cx="866775" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00920B25" w:rsidRDefault="00AE0494" w:rsidP="00AE0494">
+    <w:p w:rsidR="00144195" w:rsidRPr="00144195" w:rsidRDefault="00144195">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195" w:rsidP="00144195">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920B25">
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00920B25">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в постановление  Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил расходования средств, выделяемых на оказание финансовой и материальной помощи социально </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00920B25">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>незащищенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00920B25">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся и обучающимся из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...482 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> числа малообеспеченных семей"</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00920B25" w:rsidRPr="00523B00" w:rsidRDefault="00920B25">
+    <w:p w:rsidR="00144195" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00920B25" w:rsidRDefault="00AE0494">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00920B25">
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...133 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Постановление Правительства Республики Казахстан от 22 февраля 2012 года № 255</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00920B25" w:rsidRDefault="000820C6">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00920B25" w:rsidRDefault="00920B25">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920B25">
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00920B25">
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>    </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Внести в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановление Правительства Республики Казахстан от 25 января 2008 год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а № 64 "Об утверждении Правил расходования средств, выделяемых на оказание финансовой и материальной помощи социально </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>незащищенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся и обучающимся из числа малообеспеченных семей" (САПП Республика Казахстан, 2008 г., № 2, ст. 28) следующие измене</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ния:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оставшимся без попечения родителей, проживающим в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>семьях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 1 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвердить п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рилагаемые Правила формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0494" w:rsidRPr="00920B25">
-[...3996 lines deleted...]
-      <w:r w:rsidR="00AE0494" w:rsidRPr="00920B25">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">семьях, детям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-      <w:r w:rsidR="00AE0494" w:rsidRPr="00920B25">
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила расходования средств, выделяемых на оказание финансовой и материальной помощи социально незащищенным обучающимся и об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учающимся из числа малообеспеченных семей, изложить в новой редакции согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...336 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению к настоящему постановлению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRDefault="000820C6">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="00920B25">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t>    </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Премьер-Министр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE0494">
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
+        <w:t>Масимов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AE0494">
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...92 lines deleted...]
-        <w:br/>
+        </w:rPr>
+        <w:t>     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="000820C6">
-[...80 lines deleted...]
-    <w:p w:rsidR="00920B25" w:rsidRDefault="00AE0494" w:rsidP="00920B25">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0494">
-[...20 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к постановлению Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 22 февраля 2012 года № 255</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="00AE0494" w:rsidP="00920B25">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0494">
-[...20 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Утверждены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановлением Правительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Каз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 25 января 2008 года № 64 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195" w:rsidP="00144195">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>формирования, направления расходования и учета средств,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выделяемых на оказание финансовой и материальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимся и воспитанникам государственных учреждений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования из семей, имеющих право н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а получение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной адресной социальной помощи, а также из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>семей, не получающих государственную адресную социальную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>помощь, в которых среднедушевой доход ниже величины</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прожиточного минимума, и детям - сиротам, детям,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оставшимся без попечения родите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лей, проживающим в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>семьях, детям</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, требующих экстренной помощи в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>результате чрезвычайных ситуаций, и иным категориям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила разработаны в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпунктом 21) статьи 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закона Республики Каза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>хстан от 27 июля 2007 года "Об образовании" и определяют порядок формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи следующим категориям обучающихся и воспитанников государственных учреждений обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) детям из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) детям – сиротам и детям, оставшимся без попечения родителей, проживающим в семьях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) иным категориям обучающихся и воспитанников, определяемым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коллегиальным органом управления организации образования (далее – обучающиеся и воспитанники).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Средства, выделяемые на оказание финансовой и материальной помощи обучающимся и воспитанникам, формируются за счет отчислений в размере не менее одного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процента от суммы расходов на текущее содержание общеобразовательных школ, предусмотренных в бюджете местных исполнительных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Средства, выделяемые на оказание финансовой и материальной помощи обучающимся и воспитанникам, расходуются на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) приобретение одежды, обуви, учебников, учебных пособий, школьно-письменных принадлежностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) организацию питания по месту обучения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) оказание финансовой помощи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) приобретение путевок в санаторно-курортные организации и лагеря </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отдыха;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) участие обучающихся в культурно-массовых и спортивных мероприятиях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Средства на оказание финансовой и материальной помощи обучающимся и воспитанникам, выделяются на основании заявления родителей или лиц, их заменяющих, либо обучаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щегося, достигшего совершеннолетия. Заявление родителей или лиц, их заменяющих, либо обучающегося, достигшего совершеннолетия подается в организацию образования на имя его первого руководителя по форме согласно приложению к настоящим Правилам. Заявление ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ллегиальным органом рассматривается в течение 15-ти календарных дней со дня получения заявления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К заявлению родителей или лиц, их заменяющих, либо обучающегося, достигшего совершеннолетия прилагаются подтверждающие документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) справка, подтв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерждающая принадлежность заявителя (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами, для категории лиц, указанных в подпункте 1) пункта 1 настоящих Правил;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) сведения о полученных до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев) для категории лиц, указанных в подпункте 2) пункта 1 настоящих Правил;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях для категории лиц, указанных в подпункте 3) пункта 1 настоящих Правил;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) указанные категории в подпунктах 4) и 5) пункта 1 настоящих Правил определяются коллегиальным органом на основании обследования материально-бытового положения семьи.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При необходимости коллегиальный орган запрашивает необходимые документы для приня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тия решения об оказании финансовой и материальной помощи указанным категориям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Среднедушевой доход семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, определяется путем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деления суммы доходов на количество месяцев с начала года до момента обращения (включая месяц обращения) за назначением средств на оказание финансовой и материальной помощи, и на число членов семьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При исчислении среднедушевого дохода в составе семь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и учитываются родители (усыновители) и находящиеся на их иждивении дети, не достигшие 18 лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Расходование средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам, определяется коллегиальным органом управления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации образования и утверждается решением первого руководителя организации образования, принимаемого по согласованию с коллегиальными органами управления, созданными в организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Целевое расходование средств, выделяемых на оказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ание финансовой и материальной помощи обучающимся и воспитанникам, обеспечивается первыми руководителями организаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Учет поступлений и использования средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>танникам, осуществляется финансовой службой организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организации образования ежегодно по итогам полугодия в срок до 20-го июля и 20-го января представляют в местный исполнительный орган отчетность по итогам проведенной работы в произв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ольной форме.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="000820C6" w:rsidP="00920B25">
+    <w:p w:rsidR="00633D43" w:rsidRDefault="00633D43">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144195" w:rsidRDefault="00144195">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144195" w:rsidRDefault="00144195">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144195" w:rsidRPr="00144195" w:rsidRDefault="00144195">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам формирования, направления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расходования и учета средств,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выделяемых на оказание финансовой и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материальной помощи обучающимся и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитанникам государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учреждений о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бразования из семей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющих право на получение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной адресной социальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощи, а также из семей, не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получающих государственную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адресную социальную помощь, в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых среднедушевой доход ниже</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> величины п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рожиточного минимума, и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детям - сиротам, детям, оставшимся без </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечения родителей, проживающим в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>семьях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, детям из семей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требующих экстренной помощи в результате </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чрезвычайных ситуаций, и иным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> категориям обучающихся и воспитанн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иков </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00920B25" w:rsidRDefault="00AE0494">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0494">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="00AE0494">
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководителю организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. заявителя)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(дом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00144195">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE0494">
-[...5 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE0494">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дрес)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00920B25" w:rsidRDefault="00AE0494" w:rsidP="00920B25">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="5664" w:firstLine="708"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0494">
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="00AE0494">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0494">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="000820C6">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00633D43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00920B25" w:rsidRDefault="00AE0494" w:rsidP="00920B25">
-[...1553 lines deleted...]
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="000820C6">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу Вас выделить из фонда всеобуча материальную помощь в виде: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ученику (ученице)______________________________класса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В связи с тем, что___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указыва</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ются причины)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"______"________________ ___________________(дата, Ф.И.О. подпись)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00920B25" w:rsidRDefault="00AE0494">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920B25">
-[...11160 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="000820C6">
-[...2330 lines deleted...]
-    <w:p w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidRDefault="00AE0494">
+    <w:p w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidRDefault="00144195">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0494">
-[...132 lines deleted...]
-        <w:t>" ШЖҚ РМК</w:t>
+      <w:r w:rsidRPr="00144195">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000820C6" w:rsidRPr="00AE0494" w:rsidSect="00AE0494">
+    <w:sectPr w:rsidR="00633D43" w:rsidRPr="00144195" w:rsidSect="00144195">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000820C6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AE0494"/>
+    <w:rsidRoot w:val="00633D43"/>
+    <w:rsid w:val="00144195"/>
+    <w:rsid w:val="00633D43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -21142,160 +3195,52 @@
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
-[...105 lines deleted...]
-    <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
@@ -21460,51 +3405,51 @@
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="86"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="300"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
@@ -21544,585 +3489,321 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00920B25"/>
+    <w:rsid w:val="00144195"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00920B25"/>
+    <w:rsid w:val="00144195"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
-[...18 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0"/>
-[...84 lines deleted...]
-    <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...65 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...214 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -22157,210 +3838,233 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8734</Characters>
+  <Pages>1</Pages>
+  <Words>1473</Words>
+  <Characters>8402</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10246</CharactersWithSpaces>
+  <CharactersWithSpaces>9856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>БАХЫТНУР</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>