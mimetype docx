--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,6785 +1,5710 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005A40AE" w:rsidRPr="002F4558" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
-[...2 lines deleted...]
-        <w:ind w:left="5670"/>
+    <w:p w:rsidR="00BD7940" w:rsidRPr="009C1B1E" w:rsidRDefault="00BD7940" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRPr="009C1B1E" w:rsidRDefault="00BD7940" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылғы «24» мамырдағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRPr="009C1B1E" w:rsidRDefault="00BD7940" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 181/6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRPr="009C1B1E" w:rsidRDefault="00BD7940" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="00BD7940" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...29 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұсыну» мемлекеттік көрсетілетін қызмет регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...916 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...476 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. «Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұсыну» мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті (бұдан әрі – мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет) облыстың, Павлодар облысы қалаларының, аудандарының жергілікті атқарушы органдары (бұдан әрі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті беруші) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="00495240">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) «электрондық үкіметтің» www.e.gov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету нысаны: электрондық (ішінара автоматтандырылған) және (немесе) қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттік қызмет көрсетудің нәтижесі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің  2015 жылғы 13 сәуірдегі  № 198 бұйрығымен бекітілген «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдеткен тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік қызмет стандартының (бұдан әрі – стандарт) 1-қосымшасына сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алпы білім беретін мектепте тегін және жеңілдікпен тамақтандыруды ұсыну туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="005F3AB0" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="001708DC" w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)                                  іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Стандарттың 9-тармағында көрсетілген қажетті құжаттардың қоса берілуімен көрсетілетін қызметті алушының өтініші мемлекеттік қызмет көрсету бойынша рәсімді (іс-қимылды) бастау үшін негіз болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5. Мемлекеттік қызмет көрсету процесінің құрамына кіретін әрбір рәсімнің (іс-қимылдың) мазмұны, ұзақтығы мен оны орындау реттілігі, соның ішінде рәсімдердің (іс-қимылдардың) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады, құжаттардың көшірмелерімен көрсетілетін қызметті алушы құжаттарының түпнұсқаларымен салыстырады және стандарттың                          3-қосымшасына сәйкес нысан бойынша құжаттарды қабылдау туралы қолхат берумен түпнұсқаларын көрсетілетін қызметті алушыға қайтарады және көрсетілетін қызметті берушінің басшысына қарауға береді (15 минуттан аспайды); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің басшысы құжаттарды қарастырады, жауапты орындаушыны анықтайды (1 жұмыс күні); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) көрсетілетін қызметті берушінің жауапты орындаушысы анықтама жобасын рәсімдейді, басшыға қарастыруға және қол қоюға жібереді (1 жұмыс күні); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) көрсетілетін қызметті берушінің басшысы анықтама жобасын қарастырады, қол қояды және кеңсеге жібереді (1 жұмыс күні); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) көрсетілетін қызметті берушінің кеңсе қызметкері анықтаманы тіркейді және көрсетілетін қызметті алушыға мемлекеттік қызметтің нәтижесін береді (30 минуттан аспайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Нәтижесі – жалпы білім беру мектептерінде тегін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және жеңілдікпен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтануды ұсыну туралы анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="005A40AE" w:rsidRPr="002F4558" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="005A40AE" w:rsidRPr="002F4558" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001708DC" w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)                                өзара іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...22 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Мемлекеттік қызмет көрсету процесіне қатысатын көрсетілетін қызметті берушінің  құрылымдық бөлімшелерінің (қызметкерлердің) тізімі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің  басшысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) көрсетілетін қызметті берушінің жауапты орындаушысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Әрбір рәсімнің (іс-қимылдың) ұзақтығын көрсете отырып, құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдер (іс-қимылдар) реттілігінің сипаттамасы осы регламенттің 1-қосымшасына сәйкес кестемен қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F2049" w:rsidRPr="001708DC" w:rsidRDefault="009F2049" w:rsidP="009F2049">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорациясымен өзара іс – қимыл және басқа да көрсетілетін қызметті берушілермен, сондай – ақ мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F2049" w:rsidRPr="001708DC" w:rsidRDefault="009F2049" w:rsidP="009F2049">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F2049" w:rsidRPr="001708DC" w:rsidRDefault="009F2049" w:rsidP="009F2049">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9. Стандар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тқа сәйкес мемлекеттік қызмет «Азаматтарға арналған үкімет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы және «электрондық үкімет» веб – порталы арқылы көрсетілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A40AE" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00FE32C2">
-[...1 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...77 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ортал арқылы мемлекеттік  қызметті көрсету кезінде жүгіну тәртібін және к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті беруші мен көрсетілетін қызметті алушы  рәсімдерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (іс-қимылының) реттілігін сипаттау:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушы жеке сәйкестендіру нөмірінің (бұдан әрі – ЖСН), сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) 1-процесс – қызметті алу үшін көрсетілетін қызметті алушының порталда ЖСН мен паролін енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) 1-шарт – ЖСН мен пароль арқылы тіркелген көрсетілетін қызметті алушы туралы деректердің түпнұсқалығын порталда тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 2-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты порталдың авторизациялаудан бас тарту туралы хабарламаны қалыптастыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) 3-процесс – көрсетілетін қызметті алушының осы регламентте көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұрау нысанын шығару және нысан талаптары мен оның құрылымын ескере отырып, көрсетілетін қызметті алушының нысанды толтыруы (деректерді енгізуі), стандартта көрсетілген қажетті құжаттардың электрондық түріндегі көшірмелерін сұраныс нысанына бекіту, сондай-ақ сұрауды куәландыру (қол қою) үшін көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) куәландырылған тіркеу куәлігін таңдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) 2-шарт – порталда ЭЦҚ тіркеу куәлігінің қолдану мерзімін және  қайтарылған (күші жойылған) тіркеу куәліктерінің тізімінде жоқтығын, сондай-ақ сәйкестендіру деректерінің сәйкестігін (сұрауда көрсетілген ЖСН мен ЭЦҚ тіркеу куәлігінде көрсетілген ЖСН арасында) тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) 4-процесс – көрсетілетін қызметті алушының ЭЦҚ расталмауына байланысты сұратылып жатқан қызметтен бас тарту жөнінде хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) 5-процесс – көрсетілетін қызметті беруші сұрауды өңдеуі үшін ЭҮШ арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) электрондық үкімет шлюзі қызметкерінің автоматтандырылған (ӨЭҮШ АЖО) жұмыс орнына жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) 3-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушының қоса берілген, стандартта көрсетілген құжаттарының сәйкестігін және негіздерін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="001708DC" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) 6-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты сұратылып отырған қызметтен бас тарту жөнінде хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) 7-процесс – көрсетілетін қызметті алушының порталда қалыптастырған қызметтің нәтижесін (электрондық құжат нысанындағы хабарламаны) алуы. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының «жеке кабинетіне» жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="00495240">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара іс-қимыл диаграммасы осы регламенттің 2-қосымшасында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)  рәсімдерінің (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) өзара </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс-қимылдар реттілігін толық сипаттау, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді қолдану регламенттің         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRPr="000F5FC2" w:rsidRDefault="001708DC" w:rsidP="00BD7940">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-қосымшасына сәйкес бизнес-процестердің анықтамалығында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...41 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...1059 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00263912" w:rsidP="00791497">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="00BD7940" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="00BD7940" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="00BD7940" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD7940" w:rsidRDefault="00BD7940" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00495240" w:rsidRDefault="00495240" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00495240" w:rsidRDefault="00495240" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00495240" w:rsidRDefault="00495240" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A75A5" w:rsidRDefault="001A75A5" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...87 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A75A5" w:rsidRDefault="001A75A5" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-6"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жалпы білім беретін мектептердегі білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="00791497" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушылар мен тәрбиеленушілердің жекелеген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...52 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санаттарын тегін және жеңілдікпен тамақтандыруды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсыну» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...196 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10456" w:type="dxa"/>
+        <w:tblW w:w="10739" w:type="dxa"/>
+        <w:tblInd w:w="-828" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="510"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2566"/>
+        <w:gridCol w:w="1257"/>
+        <w:gridCol w:w="1637"/>
+        <w:gridCol w:w="1262"/>
+        <w:gridCol w:w="1805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidTr="00791497">
+      <w:tr w:rsidR="00495240" w:rsidRPr="009F2049" w:rsidTr="00495240">
         <w:trPr>
-          <w:trHeight w:val="256"/>
+          <w:trHeight w:val="236"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
+            <w:tcW w:w="10229" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE32C2">
-[...6 lines deleted...]
-              <w:t>Действия основного процесса (поток работы)</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі процестің (жұмыс ағынының) іс-қимылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="002F4558">
+      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
         <w:trPr>
-          <w:trHeight w:val="525"/>
+          <w:trHeight w:val="637"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...59 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-қимылдың (жұмыс ағынының) №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1257" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="002F4558">
+      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құрылымдық бөлімшелер (қызметкерлер) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Сотрудник канцелярии </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1257" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Руководитель</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің басшысы </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Ответственный исполнитель </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Руководитель</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Сотрудник</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="002F4558">
+      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
         <w:trPr>
-          <w:trHeight w:val="633"/>
+          <w:trHeight w:val="582"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="510" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...4 lines deleted...]
-              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Іс-қимылдың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үдерістің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, операци</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы және оны сипаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2566" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушыдан алын-ған құжаттарды қабылдауды және тір-кеуді жүзеге асырады, құжаттардың көшірмелерін түпнұсқаларымен салыстырады және түпнұсқаларын көрсе-тілетін қызметті алушыға қайтарады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1257" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анықтама жобасын рәсімдейді  </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қарастырады және жауапты орындаушыны анықтайды </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтаманы тіркейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
-[...60 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2566" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...6 lines deleted...]
-              <w:t>Рассматривает прое</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495240" w:rsidRPr="009F2049" w:rsidTr="00495240">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">авки и подписывает </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аяқталу нысаны </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құжаттарды қабылдау туралы қолхат беру және көрсетілетін қызметті беру-шінің басшысына қарауға беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрыштама </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтама жобасын  басшыға қарасты-руға және қол қоюға жіберу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қыз-метті алушыға мем-лекеттік қызметтің нәтижесін беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
+        <w:trPr>
+          <w:trHeight w:val="424"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...96 lines deleted...]
-              <w:t>4.</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орындау мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2566" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...4 lines deleted...]
-              <w:t>Форма завершения</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минуттан аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="1257" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>расписки</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> о приеме документов и передача на рассмотрение руководителю</w:t>
+              <w:t>1 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
-[...26 lines deleted...]
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...6 lines deleted...]
-              <w:t>Направление проекта справки на рассмотрение и подписание руководителю</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Справка</w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 жұмыс күні</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE32C2" w:rsidRPr="002F4558" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F4558">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Выдача результата государственной услуги </w:t>
+            <w:r w:rsidRPr="00495240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30 минуттан аспайды</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...308 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002F4558" w:rsidRDefault="002F4558" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-6"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="002F4558">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="00791497" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="00495240">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A75A5" w:rsidRDefault="001A75A5" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жалпы білім беретін мектептердегі білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушылар мен тәрбиеленушілердің жекелеген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санаттарын тегін және жеңілдікпен тамақтандыруды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсыну» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...66 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="00791497" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:iCs/>
-[...92 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6A84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Портал арқылы мемлекеттік қызметті көрсету кезінде қ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұрылымдық бөлімшелердің (қызметкерлердің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="00EC1B56" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6A84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзара </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6A84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F4A4D5D" wp14:editId="6086E730">
-[...2 lines deleted...]
-            <wp:docPr id="15" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6076950" cy="2771775"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="44" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6680519" cy="2588895"/>
+                      <a:ext cx="6076950" cy="2771775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
-[...8 lines deleted...]
-    <w:p w:rsidR="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002F4558" w:rsidRDefault="002F4558" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-6"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00495240" w:rsidRDefault="00495240" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A75A5" w:rsidRDefault="001A75A5" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A75A5" w:rsidRDefault="001A75A5" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="005F269C" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F4558">
-[...10 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+      <w:r w:rsidR="000F5FC2" w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00791497">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушылар мен тәрбиеленушілердің жекелеген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00134F75" w:rsidRPr="002F4558" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санаттарын тегін және жеңілдікпен тамақтандыруды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсыну» мемлекеттік көрсетілетін қызмет регламентіне </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік  қызметті көрсетудің  бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="326006C3" wp14:editId="28F03704">
-[...2 lines deleted...]
-            <wp:docPr id="19" name="Рисунок 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6076950" cy="3200400"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="45" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6681909" cy="3536315"/>
+                      <a:ext cx="6076950" cy="3200400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
-[...1 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A75A5" w:rsidRDefault="001A75A5" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00495240" w:rsidRDefault="00495240" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F5FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="227B5591" wp14:editId="708E6F98">
-[...2 lines deleted...]
-            <wp:docPr id="21" name="Рисунок 4"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6076950" cy="3105150"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="46" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6068060" cy="3099435"/>
+                      <a:ext cx="6076950" cy="3105150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
-      <w:pPr>
+    <w:p w:rsidR="000F5FC2" w:rsidRPr="00B661F0" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-      <w:noEndnote/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000F5FC2" w:rsidSect="001A75A5">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1418" w:right="907" w:bottom="709" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:chapStyle="1"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="299"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00721756" w:rsidRDefault="00721756" w:rsidP="008B1A7F">
+    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00721756" w:rsidRDefault="00721756" w:rsidP="008B1A7F">
+    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
-    <w:family w:val="auto"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00721756" w:rsidRDefault="00721756" w:rsidP="008B1A7F">
+    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00721756" w:rsidRDefault="00721756" w:rsidP="008B1A7F">
+    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD" w:rsidRDefault="00D07402" w:rsidP="001D48FF">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="007007F8" w:rsidRDefault="00A95362">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a7"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
+      <w:r w:rsidR="009F2049">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:fldSimple>
+  </w:p>
+  <w:p w:rsidR="007007F8" w:rsidRPr="00041967" w:rsidRDefault="007007F8" w:rsidP="00914092">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FD7FAD">
-[...40 lines deleted...]
-    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="007007F8" w:rsidRDefault="00A95362">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
+      <w:r w:rsidR="00BE0D8B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:fldSimple>
+  </w:p>
+  <w:p w:rsidR="007007F8" w:rsidRDefault="007007F8">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="05D31567"/>
+    <w:nsid w:val="065A4C5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D82EEB26"/>
-    <w:lvl w:ilvl="0" w:tplc="9014B650">
+    <w:tmpl w:val="2C5C1CAE"/>
+    <w:lvl w:ilvl="0" w:tplc="2526AFAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1065" w:hanging="1065"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-        <w:b/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="06AD46CD"/>
-[...266 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1B35090E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="1BF71994"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="2D9B54DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="928C80D0"/>
+    <w:tmpl w:val="16CE46DC"/>
+    <w:lvl w:ilvl="0" w:tplc="553417E6">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="3F2A75B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B4EC6F8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6821,726 +5746,536 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="49335AFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5C0ABC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="21A1646B"/>
+    <w:nsid w:val="63DF27E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F280A516"/>
-    <w:lvl w:ilvl="0" w:tplc="3326B890">
+    <w:tmpl w:val="DEAC02BE"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1744" w:hanging="1035"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2498" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="3218" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="3938" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="4658" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="5378" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="6098" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="7538" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
-[...291 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="8258" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="9"/>
-[...17 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="70"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E00401"/>
-[...110 lines deleted...]
-    <w:rsid w:val="00FE32C2"/>
+    <w:rsidRoot w:val="004D181E"/>
+    <w:rsid w:val="000D3A7B"/>
+    <w:rsid w:val="000F5FC2"/>
+    <w:rsid w:val="00121485"/>
+    <w:rsid w:val="00146D5C"/>
+    <w:rsid w:val="00167A29"/>
+    <w:rsid w:val="001708DC"/>
+    <w:rsid w:val="001A75A5"/>
+    <w:rsid w:val="001C3494"/>
+    <w:rsid w:val="001F5ED9"/>
+    <w:rsid w:val="00227C36"/>
+    <w:rsid w:val="00243514"/>
+    <w:rsid w:val="00363490"/>
+    <w:rsid w:val="00363A81"/>
+    <w:rsid w:val="0037092D"/>
+    <w:rsid w:val="004276A9"/>
+    <w:rsid w:val="00455A64"/>
+    <w:rsid w:val="00461EB5"/>
+    <w:rsid w:val="00495240"/>
+    <w:rsid w:val="004D11FC"/>
+    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="004E7D97"/>
+    <w:rsid w:val="005159D6"/>
+    <w:rsid w:val="005302D7"/>
+    <w:rsid w:val="0053287A"/>
+    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00563D98"/>
+    <w:rsid w:val="00594EF0"/>
+    <w:rsid w:val="005A5D72"/>
+    <w:rsid w:val="005F269C"/>
+    <w:rsid w:val="005F3AB0"/>
+    <w:rsid w:val="00600476"/>
+    <w:rsid w:val="00632641"/>
+    <w:rsid w:val="00643DAC"/>
+    <w:rsid w:val="007007F8"/>
+    <w:rsid w:val="00755C31"/>
+    <w:rsid w:val="00784460"/>
+    <w:rsid w:val="007C79C7"/>
+    <w:rsid w:val="007E7604"/>
+    <w:rsid w:val="00843FE2"/>
+    <w:rsid w:val="00872784"/>
+    <w:rsid w:val="008803D5"/>
+    <w:rsid w:val="00881DB5"/>
+    <w:rsid w:val="00890C56"/>
+    <w:rsid w:val="008C5B5B"/>
+    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00914092"/>
+    <w:rsid w:val="00914169"/>
+    <w:rsid w:val="009212BA"/>
+    <w:rsid w:val="00985008"/>
+    <w:rsid w:val="00987F11"/>
+    <w:rsid w:val="009A6CD5"/>
+    <w:rsid w:val="009C1B1E"/>
+    <w:rsid w:val="009E1787"/>
+    <w:rsid w:val="009E65C9"/>
+    <w:rsid w:val="009F2049"/>
+    <w:rsid w:val="00A75AB8"/>
+    <w:rsid w:val="00A95362"/>
+    <w:rsid w:val="00AA3B41"/>
+    <w:rsid w:val="00B12955"/>
+    <w:rsid w:val="00B344BF"/>
+    <w:rsid w:val="00B978D9"/>
+    <w:rsid w:val="00BB0F9E"/>
+    <w:rsid w:val="00BD7940"/>
+    <w:rsid w:val="00BE0D8B"/>
+    <w:rsid w:val="00BF4EED"/>
+    <w:rsid w:val="00C5573C"/>
+    <w:rsid w:val="00C72191"/>
+    <w:rsid w:val="00D12865"/>
+    <w:rsid w:val="00D26F8C"/>
+    <w:rsid w:val="00D303EF"/>
+    <w:rsid w:val="00D34F51"/>
+    <w:rsid w:val="00D8666D"/>
+    <w:rsid w:val="00D91B31"/>
+    <w:rsid w:val="00DC2F24"/>
+    <w:rsid w:val="00DC408E"/>
+    <w:rsid w:val="00DD5DC6"/>
+    <w:rsid w:val="00E06D45"/>
+    <w:rsid w:val="00E130F1"/>
+    <w:rsid w:val="00E7108E"/>
+    <w:rsid w:val="00EB7C86"/>
+    <w:rsid w:val="00ED0F79"/>
+    <w:rsid w:val="00EE2518"/>
+    <w:rsid w:val="00F0517C"/>
+    <w:rsid w:val="00F52C78"/>
+    <w:rsid w:val="00FA09AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -7588,949 +6323,399 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="0055073C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D181E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн,Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D181E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
-[...29 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="3">
-[...1 lines deleted...]
-    <w:rsid w:val="00E00401"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a5"/>
+    <w:locked/>
+    <w:rsid w:val="004D181E"/>
     <w:rPr>
-      <w:b/>
-      <w:sz w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="004D181E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-US"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5EC6"/>
+    <w:link w:val="ad"/>
+    <w:rsid w:val="00461EB5"/>
     <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
       <w:i/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="20"/>
-[...14 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="00461EB5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009E65C9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00872784"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00872784"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:rsid w:val="00872784"/>
   </w:style>
   <w:style w:type="table" w:styleId="af">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E2588C"/>
+    <w:rsid w:val="00E06D45"/>
     <w:pPr>
-      <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
-[...1 lines deleted...]
-    <w:rsid w:val="00134F75"/>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E677E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008E677E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...7 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
+    <w:link w:val="af3"/>
     <w:qFormat/>
-    <w:rsid w:val="00627EA7"/>
+    <w:rsid w:val="00C72191"/>
     <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
-    <w:rsid w:val="00627EA7"/>
+    <w:link w:val="af2"/>
+    <w:rsid w:val="00C72191"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
-[...551 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8781,77 +6966,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE2D45D1-5BEC-4258-A6B1-474C51916599}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AC7D648-BD5B-4589-B828-1A94CCF68747}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8298</Characters>
+  <Pages>8</Pages>
+  <Words>1485</Words>
+  <Characters>8470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
+  <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>AlexSoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9734</CharactersWithSpaces>
+  <CharactersWithSpaces>9936</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Айнур</dc:creator>
+  <dc:title/>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>