--- v0 (2025-12-05)
+++ v1 (2026-01-13)
@@ -1,6125 +1,6148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001C2630" w:rsidRPr="00B627C5" w:rsidRDefault="001C2630" w:rsidP="001C2630">
-      <w:pPr>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007A1A8D" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="28"/>
-[...111 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007A1A8D" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...47 lines deleted...]
-    <w:p w:rsidR="001C2630" w:rsidRDefault="00A71944" w:rsidP="00A71944">
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>рием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="001C2630" w:rsidRPr="001C2630" w:rsidRDefault="001C2630" w:rsidP="001C2630">
+          <w:kern w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="12928"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:kern w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...110 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">1. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>рием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>» (далее-государственная услуга) оказывается организациями начального, основного среднего,  общего среднего  образования Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатели).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...17 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственных услуг осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...36 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)   канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...45 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) веб-портал «электронного правительства»: www.e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.gov.kz (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C2630" w:rsidRPr="001C2630" w:rsidRDefault="001C2630" w:rsidP="001C2630">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронная/бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:tab/>
+        <w:t>3. Результат оказания государственной услуги: приказ о зачислении  в организацию начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">         4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">  с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>, указанных в пункте 9 стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve"> государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>рием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 (далее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve"> - стандарт).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:br/>
+        <w:t xml:space="preserve">       5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:tab/>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">осуществляет прием и регистрацию полученных от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve"> документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии документов с оригиналами документов, возвращает оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распиской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve"> о приеме документов по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve"> к стандарту и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+        </w:rPr>
+        <w:t xml:space="preserve">минут); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>рассматривает и определяет ответственного исполнителя (1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оформляет проект </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, направляет на рассмотрение и подписание руководителю (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает проект </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подписывает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет в канцелярию (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует приказ и выдает результат государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6. Результат: приказ  о зачислении в организацию начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C2630" w:rsidRPr="001C2630" w:rsidRDefault="001C2630" w:rsidP="001C2630">
-      <w:pPr>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) между структурными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделениями (работниками) с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указанием длительности каждой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сопровождается таблицей согласно приложению 1  к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A818ED" w:rsidRPr="00B0506A" w:rsidRDefault="00A818ED" w:rsidP="00A818ED">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A818ED" w:rsidRPr="00B0506A" w:rsidRDefault="00A818ED" w:rsidP="00A818ED">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...22 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A818ED" w:rsidRPr="00B0506A" w:rsidRDefault="00A818ED" w:rsidP="00A818ED">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...40 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...56 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00B0506A">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>стандарту</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, государственная услуга не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" и веб-портал "электронного правительства".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...40 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Описание порядка обращения при оказании государственной  услуги через портал (далее – портал) и последовательности процедур (действий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...109 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="001C2630" w:rsidRPr="001C2630" w:rsidRDefault="001C2630" w:rsidP="001C2630">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале (далее – портал) с помощью индивидуального идентификационного номера (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 1 – ввод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие 1 – проверка на портале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 3 – выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, указанной в настоящем регламенте, вывод на экран формы запроса  для оказания услуги и заполнение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанные в стандарте, а также выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрационного свидетельства электронно-цифровой подписи (далее – ЭЦП) для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>неподтверждением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлинности ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) удостоверенного (подписанного) ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через шлюз электронного правительства (далее – ШЭП) в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП) для обработки запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие 3 – проверка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствия приложенных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, указанных в стандарте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и основания для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 7 – получение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результата услуги (уведомление в форме электронного документа), сформированной АРМ РШЭП. Результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных при оказании государственной услуги через портал приведены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммой согласно приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">        11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе  оказания  государственной  услуги,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>а также описания порядка использования   информационных   систем   в   процессе оказания   государственной    услуги   отражается   в    справочнике      бизнес-процессов согласно приложению 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007A1A8D" w:rsidP="007A1A8D">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-        <w:tab/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="007C518F" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C2630" w:rsidRPr="001C2630" w:rsidRDefault="001C2630" w:rsidP="001C2630">
-[...16 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов и зачисление  в организации  образования, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            независимо от ведомственной</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подчиненности, для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>основного среднего,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0506A" w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="007C518F" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1455 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
-        <w:gridCol w:w="1275"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1629"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="1379"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D55D50" w:rsidRPr="002A3FC3" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
         <w:trPr>
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00F044C2" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9213" w:type="dxa"/>
+            <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Негізгі үдерістің  (жұмыс барысының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55D50" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
         <w:trPr>
-          <w:trHeight w:val="1209"/>
+          <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
-            </w:r>
-[...78 lines deleted...]
-              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№ действия (хода работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55D50" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
+        <w:trPr>
+          <w:trHeight w:val="950"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
-            </w:r>
-[...77 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник канцелярии </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственный исполнитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник канцелярии </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55D50" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="592"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
-            </w:r>
-[...159 lines deleted...]
-              <w:t>Қарайды және жауапты орындаушыны анықтайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Бұйрық жобасын ресімдейді</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сверяет копии с оригиналами документов и возвращает оригиналы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>Қарайды</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает </w:t>
             </w:r>
-            <w:r w:rsidR="00A07A9C">
-[...15 lines deleted...]
-              <w:t>уапты орын-даушыны анықтайды</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и  определяет ответственного исполнителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оформляет проект </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приказа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рассматривает проект  приказа и подписывает</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Бұйрықты тіркейді</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрирует приказ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55D50" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="981"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...56 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="s0"/>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D55D50" w:rsidRPr="002A3FC3" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
+        <w:trPr>
+          <w:trHeight w:val="1525"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D51B93">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Аяқталу нысаны </w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00A07A9C">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Құжаттарды қабылдау туралы қолхат беру және көрсетілетін қызметті берушінің басшысына қарауға беру</w:t>
+              <w:t>расписки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о приеме документов и передача на рассмотрение руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Бұрыштама</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Направление проекта приказа на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача результата государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidTr="00B0506A">
+        <w:trPr>
+          <w:trHeight w:val="490"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>Бұйрық жобасын  басшыға қарауға және қол қоюға жіберу</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Бұйрық</w:t>
+              <w:t xml:space="preserve">Не более 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...27 lines deleted...]
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="1629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D51B93" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...23 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>15 минуттан аспайды</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
-[...6 lines deleted...]
-              <w:t>1 жұмыс күні</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D55D50" w:rsidRPr="00D55D50" w:rsidRDefault="00D55D50" w:rsidP="00D55D50">
+          <w:p w:rsidR="002B45EE" w:rsidRPr="00B0506A" w:rsidRDefault="002B45EE" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>1 жұмыс күні</w:t>
+              <w:t xml:space="preserve">Не более 15 </w:t>
             </w:r>
-          </w:p>
-[...50 lines deleted...]
-              <w:t>15 минуттан аспайды</w:t>
+            <w:r w:rsidRPr="00B0506A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C2630" w:rsidRPr="001C2630" w:rsidRDefault="001C2630" w:rsidP="00CE199B">
-      <w:pPr>
+    <w:p w:rsidR="007C518F" w:rsidRDefault="007C518F" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов и зачисление  в организации  образования, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            независимо от ведомственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подчиненности, для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>основного среднего,    общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...205 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Диаграмма ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ункционального взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных в оказании государственной услуги через портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      </w:r>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
-[...365 lines deleted...]
-          <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="58" name="Рисунок 58"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57BEDF4C" wp14:editId="50894731">
+            <wp:extent cx="6119495" cy="2573943"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 58"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5829941" cy="4331737"/>
+                      <a:ext cx="6119495" cy="2573943"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00314EBB" w:rsidRDefault="00314EBB" w:rsidP="00314EBB">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C518F" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-          <w:noProof/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6204030" cy="2662177"/>
-[...699 lines deleted...]
-            <wp:extent cx="6115533" cy="4282633"/>
+            <wp:extent cx="6119495" cy="3153058"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="61" name="Рисунок 61"/>
-[...204 lines deleted...]
-            <wp:docPr id="26" name="Рисунок 7"/>
+            <wp:docPr id="7" name="Рисунок 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5815147" cy="2268855"/>
+                      <a:ext cx="6119495" cy="3153058"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB4ED0" w:rsidRDefault="00AB4ED0" w:rsidP="00CE199B">
-      <w:pPr>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                              Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов и зачисление  в организации  образования, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            независимо от ведомственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подчиненности, для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>начального</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>основного среднего,    общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0506A" w:rsidRPr="00B0506A" w:rsidRDefault="00B0506A" w:rsidP="00B0506A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6400800" cy="3343275"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="8" name="Рисунок 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 10"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6405453" cy="3345705"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
-        <w:rPr>
-[...129 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00B0506A" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0506A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6119495" cy="2025079"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Рисунок 13"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 13"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="2025079"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4954" w:rsidRPr="00CE4954" w:rsidRDefault="00CE4954" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CE4954" w:rsidRPr="00CE4954" w:rsidSect="00B0506A">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="993" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="567" w:bottom="567" w:left="851" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
+    <w:p w:rsidR="00BE5094" w:rsidRDefault="00BE5094" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
+    <w:p w:rsidR="00BE5094" w:rsidRDefault="00BE5094" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...20 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00EA3FDD" w:rsidRPr="004D3196" w:rsidRDefault="00EA3FDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="003E39D5" w:rsidRDefault="003E39D5" w:rsidP="00A82E0D">
     <w:pPr>
-      <w:pStyle w:val="ae"/>
-[...5 lines deleted...]
-      <w:pStyle w:val="ae"/>
+      <w:pStyle w:val="ad"/>
+      <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
+    <w:p w:rsidR="00BE5094" w:rsidRDefault="00BE5094" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
+    <w:p w:rsidR="00BE5094" w:rsidRDefault="00BE5094" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="003E39D5" w:rsidRDefault="007728CC" w:rsidP="00A82E0D">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:eastAsia="DejaVu Sans"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:eastAsia="DejaVu Sans"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="003E39D5">
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:eastAsia="DejaVu Sans"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af"/>
+        <w:rFonts w:eastAsia="DejaVu Sans"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="003E39D5" w:rsidRDefault="003E39D5">
+    <w:pPr>
+      <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="9361047"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w:rsidR="003E39D5" w:rsidRDefault="00146885">
+        <w:pPr>
+          <w:pStyle w:val="ab"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="008A721A">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="003E39D5" w:rsidRDefault="003E39D5">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="003E39D5" w:rsidRDefault="00146885">
+    <w:pPr>
+      <w:pStyle w:val="ab"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="008A721A">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
-  <w:p w:rsidR="00EA3FDD" w:rsidRPr="0017169D" w:rsidRDefault="00EA3FDD" w:rsidP="00752C3C">
+  <w:p w:rsidR="003E39D5" w:rsidRPr="004C2469" w:rsidRDefault="003E39D5" w:rsidP="00A82E0D">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6193,974 +6216,1484 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1B35090E"/>
+    <w:nsid w:val="075F0415"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="85383446"/>
+    <w:lvl w:ilvl="0" w:tplc="9B4633A4">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="-705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="15" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="735" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="2175" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="2895" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="4335" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5055" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="23360E00"/>
+    <w:nsid w:val="12E76E96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6BECCEDC"/>
+    <w:tmpl w:val="301E7C3A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="451040E0"/>
+    <w:nsid w:val="21A1646B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B3D8F4FA"/>
-    <w:lvl w:ilvl="0" w:tplc="9ED85FCC">
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="1070" w:hanging="360"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1603" w:hanging="1035"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="4C193109"/>
+    <w:nsid w:val="252C4DBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2230E6C2"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="53A77FA6"/>
+    <w:nsid w:val="26401C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E72AECFC"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="6BA31ADD"/>
+    <w:nsid w:val="2E355839"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F5E6096E"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2940" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="2F354A75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F88E11A"/>
+    <w:lvl w:ilvl="0" w:tplc="FA02E87C">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="451040E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94840A32"/>
+    <w:lvl w:ilvl="0" w:tplc="747C4C88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="472054B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5568FF78"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5D944E5D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F72AA7A2"/>
+    <w:lvl w:ilvl="0" w:tplc="4FCA723C">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7185" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="6376747E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="6D17635A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFFA7B06"/>
+    <w:lvl w:ilvl="0" w:tplc="61C06C5E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="70A827C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81340F90"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:hideSpellingErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:mailMerge>
-[...3 lines deleted...]
-  </w:mailMerge>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0013473E"/>
-[...33 lines deleted...]
-    <w:rsid w:val="005544F8"/>
+    <w:rsidRoot w:val="000C148D"/>
+    <w:rsid w:val="00011BAD"/>
+    <w:rsid w:val="00025215"/>
+    <w:rsid w:val="000329EB"/>
+    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="000E7AE5"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rsid w:val="00105779"/>
+    <w:rsid w:val="00121E40"/>
+    <w:rsid w:val="001255AE"/>
+    <w:rsid w:val="00146885"/>
+    <w:rsid w:val="00186908"/>
+    <w:rsid w:val="00190C4F"/>
+    <w:rsid w:val="001F2CD4"/>
+    <w:rsid w:val="002B45EE"/>
+    <w:rsid w:val="002C33AE"/>
+    <w:rsid w:val="003638A3"/>
+    <w:rsid w:val="00365216"/>
+    <w:rsid w:val="00376A47"/>
+    <w:rsid w:val="003B22FD"/>
+    <w:rsid w:val="003E39D5"/>
+    <w:rsid w:val="00435288"/>
+    <w:rsid w:val="004607F9"/>
+    <w:rsid w:val="00472D71"/>
+    <w:rsid w:val="005E547E"/>
+    <w:rsid w:val="00604A32"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00621093"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00A07A9C"/>
+    <w:rsid w:val="00642BD3"/>
+    <w:rsid w:val="00643136"/>
+    <w:rsid w:val="006556C5"/>
+    <w:rsid w:val="00677235"/>
+    <w:rsid w:val="007728CC"/>
+    <w:rsid w:val="007A1A8D"/>
+    <w:rsid w:val="007C2D58"/>
+    <w:rsid w:val="007C518F"/>
+    <w:rsid w:val="00827D87"/>
+    <w:rsid w:val="00837BDD"/>
+    <w:rsid w:val="008A721A"/>
+    <w:rsid w:val="008C59FF"/>
+    <w:rsid w:val="009328C9"/>
+    <w:rsid w:val="00974D18"/>
+    <w:rsid w:val="009775FE"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A60E3E"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00C14CDE"/>
+    <w:rsid w:val="00A5037F"/>
+    <w:rsid w:val="00A818ED"/>
+    <w:rsid w:val="00A82E0D"/>
+    <w:rsid w:val="00B0506A"/>
+    <w:rsid w:val="00B216FC"/>
+    <w:rsid w:val="00B503F1"/>
+    <w:rsid w:val="00BD2298"/>
+    <w:rsid w:val="00BE5094"/>
+    <w:rsid w:val="00C008AA"/>
+    <w:rsid w:val="00C0337F"/>
+    <w:rsid w:val="00C81BDE"/>
+    <w:rsid w:val="00C9491F"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE199B"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00E220F2"/>
+    <w:rsid w:val="00CE4954"/>
+    <w:rsid w:val="00CF1288"/>
+    <w:rsid w:val="00D53241"/>
+    <w:rsid w:val="00D81644"/>
+    <w:rsid w:val="00D83EBF"/>
+    <w:rsid w:val="00D92488"/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:rsid w:val="00E05483"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00E77A4D"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FD246C"/>
+    <w:rsid w:val="00E8441A"/>
+    <w:rsid w:val="00E951DB"/>
+    <w:rsid w:val="00EA758E"/>
+    <w:rsid w:val="00EC6950"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:rsid w:val="00F543AA"/>
+    <w:rsid w:val="00FD535C"/>
+    <w:rsid w:val="00FF51C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -7208,474 +7741,1011 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
+      <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...2 lines deleted...]
-    <w:rsid w:val="0013473E"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000C148D"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="header"/>
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...8 lines deleted...]
-    <w:rsid w:val="0013473E"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
-      <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...30 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C148D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5037F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5037F"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Абзац списка2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00121E40"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...13 lines deleted...]
-    <w:rsid w:val="00621093"/>
+    <w:rsid w:val="00E05483"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:rsid w:val="00E05483"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00A82E0D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
-[...4 lines deleted...]
-    <w:rsid w:val="00621093"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Абзац списка4"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
-    <w:name w:val="Body Text"/>
+    <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DA065A"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF74D2"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
     </w:pPr>
-    <w:rPr>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
-    <w:name w:val="Основной текст Знак"/>
+    <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DA065A"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF74D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...5 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001047D6"/>
     <w:rPr>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="00A6652D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00066EB4"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001047D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1a">
-    <w:name w:val="s1a"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000C148D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00066EB4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C148D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00752C3C"/>
+    <w:rsid w:val="00A5037F"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="21"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00752C3C"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5037F"/>
     <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-    <w:name w:val="apple-converted-space"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Абзац списка2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00121E40"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05483"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00752C3C"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:rsid w:val="00E05483"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00E05483"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="009A4BEF"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00A82E0D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Абзац списка4"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
-    <w:name w:val="line number"/>
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007D46DB"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7926,81 +8996,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B09CF5E3-0269-451A-AA16-60F1B897B5FB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{765C59F7-2675-4DE4-8F52-17D639BF754C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>9667</Characters>
+  <Pages>1</Pages>
+  <Words>1568</Words>
+  <Characters>8940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11340</CharactersWithSpaces>
+  <CharactersWithSpaces>10488</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>