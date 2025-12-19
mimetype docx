--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="0010675D" w:rsidRDefault="001A1881" w:rsidP="00934587">
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Астана қаласы                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
@@ -72,2341 +73,2348 @@
         </w:rPr>
         <w:t>город Астана</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009943E5" w:rsidRPr="001969F9" w:rsidRDefault="009943E5" w:rsidP="0010675D"/>
-[...628 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00BD6AA3" w:rsidRDefault="00BD6AA3" w:rsidP="0010675D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+    <w:p w:rsidR="007827B4" w:rsidRDefault="007827B4" w:rsidP="0010675D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім алушылардың үлгеріміне ағымдық бақылау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аралық және қорытынды аттестаттау өткізудің үлгілік </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағидаларын бекіту туралы» Қазақстан Республикасы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім және ғылым министрінің 2008 жылғы 18 наурыздағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 125 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім алушылардың үлгеріміне ағымдық бақылау, аралық және қорытынды аттестаттау өткізудің үлгілік қағидаларын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="SUB1000761287"/>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000761287" \o "\«Білім алушылардыњ џлгеріміне аѓымдыќ баќылау, аралыќ жѕне ќорытынды аттестаттау љткізудіњ џлгілік ќаѓидаларын бекіту туралы\» Ќазаќстан Республикасы Білім жѕне ѓылым министрініњ 2008 жылѓы 18 наурыздаѓы № 125 бђйрыѓы (2017.06.06. берілген љзгерістер мен толыќтыруларымен)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="ad"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00874798">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5191 болып тіркелген, «Заң газеті» газетінің 2008 жыл</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...132 lines deleted...]
-        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 мамырдағы № 81 (1307) санында жарияланған) мынадай өзгерістер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен толықтырулар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5391D">
-[...90 lines deleted...]
-        <w:r w:rsidRPr="00A5391D">
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұйрықтың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00AF33B6">
           <w:rPr>
+            <w:rStyle w:val="ad"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>творческая работа</w:t>
+          <w:t>атауы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A5391D">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-тармақтың 3) тармақшасы алынып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көрсетілген  бұйрықпен   бекітілген  Бастауыш,  негізгі  орта,  жалпы  орта білімнің  білім  беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы  білім  алушылардың  үлгеріміне ағымдық бақылаудың, оларды  аралық және қорытынды аттестаттау жүргізудің үлгілік қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оң жақтағы жоғарғы бұрышы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    «Қазақстан Республикасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    2008 жылғы 18 наурыздағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 № 125 бұйрығына 1-қосымша»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="00874798" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген   бұйрықпен   бекітілген  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Техникалық  және  кәсіптік,  орта оқу орнынан  кейінгі  білім  беру  ұйымдарындағы   білім   алушылардың  үлгерімін ағымдағы  бақылау,  аралық  және  қорытынды  аттестаттау жүргізудің  үлгілік   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оң жақтағы жоғарғы бұрышы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      «Қазақстан Республикасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                      Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    2008 жылғы 18 наурыздағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 № 125 бұйрығына 2-қосымша»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>2-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:tooltip="Студент" w:history="1">
-[...39 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Қағидаларда мынадай анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік емтиханы – теориялық  және практикалық дайындығының, тәжірибесі мен құзыреттілігінің жеткілікті екендігін объективті айқындауға, олардың талаптарға сәйкестігін бағалауға және біліктілік деңгейін беруге мүмкіндік беретін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>біліктілік комиссиясы – техникалық  және кәсіптік білім беру ұйымдарының білім алушыларына бір біліктілік шеңберінде кәсіптік модульді игеру қорытындысы бойынша жұмысты біліктілігін беру рәсімін өткізу үшін құрылатын алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларды аралық аттестаттау - білім алушылардың бір оқу сабағының, бір оқу пәнінің және (немесе) модульдің, сондай-ақ бір біліктілік шеңберінде кәсіптік модульдердің бір бөлігінің немесе бүкіл көлемінің мазмұнын оларды зерделеп бітіргеннен кейінгі меңгеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="00342FC0" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларды қорытынды аттестаттау –оқу пәндерінің көлемін олардың меңгеру дәрежесін айқындау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) білім алушылардың үлгеріміне ағымдағы бақылау – бұл оқытушының пәнді және (немесе) модульді оқыту бағдарламасына сәйкес ағымдағы сабақ барысында өткізген білім алушылардың білімін жүйелі тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) дипломдық жұмыс (жоба) – қорытынды біліктілік жұмысы - білікті жұмыс, орта буын, қолданбалы бакалавр мамандарын даярлайтын  бағдарламалар бойынша білім алатын студенттердің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  өзіндік шығармашылық жұмысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="00874798" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5391D">
+      <w:r w:rsidRPr="005B6FE3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) қорытынды аттестаттау комиссиясы – техникалық  және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілеріне қорытынды аттестаттау өтк</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+        <w:t>ізу үшін құрылатын алқалы орган.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5-тармақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00874798">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00874798">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>надай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, послесреднего</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+        <w:t>Білім алушыларды аралық аттестаттаудан өткізу пәндерінің  және (немесе) модульдерінің тізбесі мен нысанын жұмыс оқу жоспарларына сәйкес техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары белгілейді және оқу жылының басында оқу-тәрбие процесінің кестесіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> образования</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін пәндер бойынша аралық аттестаттау: тіл, әдебиет, Қазақстан тарихы, математика және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары таңдаған пән бойынша емтихан өткізуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушыларға жұмыс біліктілігін беру бойынша аралық аттестаттау өткізу үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">техникалық  және кәсіптік білім беру ұйымдарының білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру ұйымы басшысының бұйрығымен  біліктілік комиссиясы құрылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>мынадай мазмұндағы 17-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17-1. Кредиттік оқыту технологиясы кезінде б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім алушылардың оқудағы жетістіктері 4 балдық жүйе бойынша сандық эквивалентке сәйкес әлемдік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>практикада қабылданған әріптік жүйемен (оң бағалар А-дан D-ға дейін азаю арқылы, «қанағаттанарлықсыз» - F)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>100 балдық шкала бойынша  бағаланады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>мынадай мазмұндағы 23-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«23-1. Дипломдық жұмыс  жұмысшы мамандықтар бойынша білім алатын, сондай-ақ ғылыми жаратылыстану, гуманитарлық, экономикалық және шығармашылық мамандықтар бойынша білім алатын студенттер орындайды және бітірушілердің арнайы теориялық білімі мен практикалық дағдыларын жүйелендіру, жалпылау және тексеру мақсатында. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дипломдық жобаны орта буын маманын, қолданбалы бакалавр дайындау кезінде техникалық, технологиялық және шаруашылық мамандықтар бойынша білім алатын студенттер орындайды, және кейбір техникалық құралдар мен технологиялар жасауды немесе олардың есебін болжайды. Техникалық мамандықтардың студенттері егер жұмысы теориялық немесе эксперименттік сиптатта болса, онда дипломдық жұмыс орындай алады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>31-тармақ және 32-тармақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>надай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«31. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диплом жобасын (жұмыс) қорғау немесе қорытынды емтихан тапсыру кезінде «қанағаттанарлықсыз» деген баға алған тұлғаларға қорытынды аттестаттау комиссиясы қорытынды аттестаттауды қайта тапсыруға рұқсат беру туралы шешім шығарады және оның мерзімін белгілейді. Қорытынды емтиханды қайта тапсыру «қанағаттанарлықсыз» деген баға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алған пән және (немесе) модуль бойынша ғана жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау комиссия білім алушыға жұмысын қайта қорғауға немесе жаңа тақырып әзірлеуді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>32. Диплом жобасын (жұмыс) қайта қорғаудан немесе қорытынды емтихан тапсыру кезінде «қанағаттанарлықсыз» деген баға алған білім алушыға мамандығы (кәсібі) бойынша оқу курсын толық аяқтағандығы туралы белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>35-тармақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF33B6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>надай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«35. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтиханды оқу жоспарындағы барлық пәндердің және (немесе) модульдердің  кемінде  75  пайызын  «өте жақсы» деген бағамен,  ал қалған </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндерді және (немесе) модульдер бойынша – «жақсы» деген бағамен тапсырған және дипломдық жобаны (жұмысты) «өте жақсы» деген бағамен қорғаған білім алушыға үздік диплом беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>мынадай мазмұндағы 35-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>35-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтихандар мен сараланған сынақтарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«А», «А-», «В+», «В», «В-» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деген бағаға тапсырған және оқытудың барлық кезеңінде үлгерімінің орташа балы  3,5-тен төмен емес, сондай-ақ мемлекеттік емтихан және диплом жұмыстарын (жобаларын) А, А - «өте жақсы» деген бағаға тапсырған, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барлық оқу кезеңінде қайта тапсырылған емтихандар болмаған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   білім алушыға үздік диплом беріледі.».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Қазақстан Республикасы Білім және ғылым министрлігінің Техникалық және кәсіптік білім департаменті Қазақстан Республикасы Білім және ғылым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>министрлігінің Жоғары және жоғары оқу орнынан ке</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йінгі білім департаментімен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірлесе отырып Қазақстан Республикасының заңнамасында белгіленген тәртiппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...17 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+        <w:t>1) осы бұйрықтың Қазақстан Республикасының Әдiлет министрлiгiнде мемлекеттiк тiркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде оның қағаз және электронды түрдегі көшірмесін қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін «Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) осы   бұйрықты  ресми жарияланғаннан кейін Қазақстан Республикасы Білім  және  ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>рабочими</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) осы бұйрықты облыстардың, Астана, Алматы және Шымкент қалалары білім басқармаларының назарына жеткізуді қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A5391D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Осы бұйрықтың орындалуын  бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Б.А. Асыловаға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...168 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...493 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+        <w:t>4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="af"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-1"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00BE7DF6" w:rsidRPr="00A5391D" w:rsidRDefault="00BE7DF6" w:rsidP="00BE7DF6">
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
       <w:pPr>
         <w:pStyle w:val="af"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-1"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Қазақстан Республикасының                                              Е. Сағадиев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="005B6FE3" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B6FE3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Білім және ғылым министрі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF33B6" w:rsidRPr="006454B8" w:rsidRDefault="00AF33B6" w:rsidP="00AF33B6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009943E5" w:rsidRPr="00AF33B6" w:rsidRDefault="009943E5" w:rsidP="0010675D"/>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="00EC167D"/>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...37 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>________ облысының/қаласының Әділет департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Нормативтік құқықтық акті 12.10.2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:tab/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>тіркеудің тізіліміне № 17538 болып енгізіл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...19 lines deleted...]
-        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
-[...35 lines deleted...]
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+        <w:t>ді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="00EC167D"/>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:t>Министерство образования и науки РК - заместитель директора Ахан Хамерил-Заманович Жарменов, 05.10.2018 16:56:11, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
-        <w:t>Министерство культуры и спорта РК - Министр Арыстанбек Мухамедиулы, 10.10.2018 15:38:12, положительный результат проверки ЭЦП</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+        <w:t>Министерство культуры и спорта РК - Министр Арыстанбек Мухамедиулы, 10.10.201</w:t>
+      </w:r>
       <w:r>
-        <w:t>Министерство сельского хозяйства Республики Казахстан - Заместитель Премьер-Министра Республики Казахстан- Министр сельского хозяйства Республики Казахстан Умирзак Естаевич Шукеев, 10.10.2018 16:40:37, положительный результат проверки ЭЦП</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+        <w:t>8 15:38:12, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
+      <w:r>
+        <w:t>Министерство сельского хозяйства Республики Казахстан - Заместитель Премьер-Министра Республики Казахстан- Министр сельского хозяйства Республики Казахстан Умирзак Естаевич Шукеев, 10.10.2018 16:40:37, полож</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:t>Министерство обороны РК - Министр обороны Нурлан Байузакович Ермекбаев, 10.10.2018 15:16:49, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+    <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
       <w:r>
-        <w:t>Министерство образования и науки РК - Вице-министр Бибигуль Амангельдиновна Асылова, 11.10.2018 09:26:39, положительный результат проверки ЭЦП</w:t>
-[...7 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+        <w:t>Министерство образования и науки РК - Вице-министр Бибигуль Амангельдино</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вна Асылова, 11.10.2018 09:26:39, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00EC167D" w:rsidSect="0010675D">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="567" w:bottom="1077" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E5319" w:rsidRDefault="006E5319">
+    <w:p w:rsidR="006D0BBD" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E5319" w:rsidRDefault="006E5319">
+    <w:p w:rsidR="006D0BBD" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 17538 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00363811" w:rsidRDefault="00363811"/>
-  <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+  <w:p w:rsidR="00000000" w:rsidRDefault="006D0BBD"/>
+  <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  16.10.2018.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00502A2F" w:rsidRDefault="00240F61">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00EC167D" w:rsidRDefault="006D0BBD">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  16.10.2018.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E5319" w:rsidRDefault="006E5319">
+    <w:p w:rsidR="006D0BBD" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E5319" w:rsidRDefault="006E5319">
+    <w:p w:rsidR="006D0BBD" w:rsidRDefault="006D0BBD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BE114E">
+    <w:r w:rsidR="008E2867">
       <w:rPr>
         <w:rStyle w:val="af2"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10325" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3936"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00AC431A">
+    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00C31090">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="001A1881" w:rsidRPr="000C11F5" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve">ҚАЗАҚСТАН </w:t>
           </w:r>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
@@ -2453,87 +2461,87 @@
             <w:t>ҒЫЛЫМ</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="001A1881" w:rsidRPr="00D100F6" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="004B400D" w:rsidP="00AC431A">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="004B400D" w:rsidP="00C31090">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00025B42" w:rsidP="00782A16">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="001E3C12" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F51A1F0" wp14:editId="19BE3F6B">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01E19A3B" wp14:editId="46E66D40">
                 <wp:extent cx="981075" cy="971550"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="1" name="Рисунок 29" descr="gerb"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Рисунок 29" descr="gerb"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -2681,68 +2689,68 @@
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve">                       БҰЙРЫҚ                                                                                                    ПРИКАЗ</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00025B42" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="001E3C12" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3293AD6F" wp14:editId="667152B0">
+            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10FA035A" wp14:editId="625F48AB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6985</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1523364</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6411595" cy="0"/>
               <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Line 26"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6411595" cy="0"/>
                       </a:xfrm>
@@ -2759,65 +2767,65 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2D4CE480" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYUcmyHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8h3xsYCEirFYEeqEt&#10;0m57N7ZDrDq2ZRsCqvrfOzYfZdtLVfXijDMzb97MPM+ejp1EB26d0KrC2TDFiCuqmVC7Cn95XQ0m&#10;GDlPFCNSK17hE3f4af7+3aw3Jc91qyXjFgGIcmVvKtx6b8okcbTlHXFDbbgCZ6NtRzxc7S5hlvSA&#10;3skkT9Nx0mvLjNWUOwd/67MTzyN+03DqPzeN4x7JCgM3H08bz204k/mMlDtLTCvohQb5BxYdEQqK&#10;3qBq4gnaW/EHVCeo1U43fkh1l+imEZTHHqCbLP2tm5eWGB57geE4cxuT+3+w9NNhY5FgFc4xUqSD&#10;Fa2F4igfh9H0xpUQsVAbG5qjR/Vi1pp+c0jpRUvUjkeKrycDeVnISN6khIszUGDbf9QMYsje6zin&#10;Y2M71EhhvobEAA6zQMe4mNNtMfzoEYWf4yLLRtMRRvTqS0gZIEKisc5/4LpDwaiwBPoRkBzWzgdK&#10;v0JCuNIrIWXcu1Soh/KjyeMoZjgtBQveEOfsbruQFh0ISOfh+TGfTmKD4LkPs3qvWERrOWHLi+2J&#10;kGcbqksV8KAX4HOxztr4Pk2ny8lyUgyKfLwcFGldD55Xi2IwXmWPo/qhXizq7EeglhVlKxjjKrC7&#10;6jQr/k4HlxdzVthNqbc5JG/R48CA7PUbSce1hk2eNbHV7LSx13WDNGPw5RkF7d/fwb5/7POfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAgx0u294AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YZmCN7ubKsWm2RQJRA/iwVaKx2l2moRmZ0N220Z/vVsQ6vHNe7z5XrYabSdONPjWsYZkqkAQ&#10;V860XGv43JT3TyB8QDbYOSYN3+Rhld/eZJgad+YPOq1DLWIJ+xQ1NCH0qZS+asiin7qeOHp7N1gM&#10;UQ61NAOeY7nt5EypubTYcvzQYE9FQ9VhfbQaDj9v40tZyNdtWW7nxSPuv943Uuu7yfi8BBFoDNcw&#10;XPAjOuSRaeeObLzook5iUMPsYbEAcfFVouKW3d9J5pn8PyH/BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANhRybIeAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIMdLtveAAAACgEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" strokecolor="#3a7298" strokeweight="1.25pt">
+            <v:line id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQDYUcmyHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8h3xsYCEirFYEeqEt 0m57N7ZDrDq2ZRsCqvrfOzYfZdtLVfXijDMzb97MPM+ejp1EB26d0KrC2TDFiCuqmVC7Cn95XQ0m GDlPFCNSK17hE3f4af7+3aw3Jc91qyXjFgGIcmVvKtx6b8okcbTlHXFDbbgCZ6NtRzxc7S5hlvSA 3skkT9Nx0mvLjNWUOwd/67MTzyN+03DqPzeN4x7JCgM3H08bz204k/mMlDtLTCvohQb5BxYdEQqK 3qBq4gnaW/EHVCeo1U43fkh1l+imEZTHHqCbLP2tm5eWGB57geE4cxuT+3+w9NNhY5FgFc4xUqSD Fa2F4igfh9H0xpUQsVAbG5qjR/Vi1pp+c0jpRUvUjkeKrycDeVnISN6khIszUGDbf9QMYsje6zin Y2M71EhhvobEAA6zQMe4mNNtMfzoEYWf4yLLRtMRRvTqS0gZIEKisc5/4LpDwaiwBPoRkBzWzgdK v0JCuNIrIWXcu1Soh/KjyeMoZjgtBQveEOfsbruQFh0ISOfh+TGfTmKD4LkPs3qvWERrOWHLi+2J kGcbqksV8KAX4HOxztr4Pk2ny8lyUgyKfLwcFGldD55Xi2IwXmWPo/qhXizq7EeglhVlKxjjKrC7 6jQr/k4HlxdzVthNqbc5JG/R48CA7PUbSce1hk2eNbHV7LSx13WDNGPw5RkF7d/fwb5/7POfAAAA //8DAFBLAwQUAAYACAAAACEAgx0u294AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF 74L/YZmCN7ubKsWm2RQJRA/iwVaKx2l2moRmZ0N220Z/vVsQ6vHNe7z5XrYabSdONPjWsYZkqkAQ V860XGv43JT3TyB8QDbYOSYN3+Rhld/eZJgad+YPOq1DLWIJ+xQ1NCH0qZS+asiin7qeOHp7N1gM UQ61NAOeY7nt5EypubTYcvzQYE9FQ9VhfbQaDj9v40tZyNdtWW7nxSPuv943Uuu7yfi8BBFoDNcw XPAjOuSRaeeObLzook5iUMPsYbEAcfFVouKW3d9J5pn8PyH/BQAA//8DAFBLAQItABQABgAIAAAA IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A FAAGAAgAAAAhANhRybIeAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB Ai0AFAAGAAgAAAAhAIMdLtveAAAACgEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht bFBLBQYAAAAABAAEAPMAAACDBQAAAAA= " strokecolor="#3a7298" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="0022101F" w:rsidRPr="00C307E9">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 494                                   </w:t>
+      <w:t xml:space="preserve">№ 494                      </w:t>
     </w:r>
     <w:r w:rsidR="004B400D">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r w:rsidR="004B400D" w:rsidRPr="00123C1D">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidR="004B400D" w:rsidRPr="00A338BC">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -2843,79 +2851,121 @@
     </w:r>
     <w:r w:rsidR="004B400D" w:rsidRPr="00430E89">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="004B400D">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00934587">
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
-      <w:t>от 25 сентября 2018 года</w:t>
+      <w:t xml:space="preserve">от «___»    ___________ </w:t>
+    </w:r>
+    <w:r w:rsidR="00934587" w:rsidRPr="00430E89">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00934587">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>201__</w:t>
+    </w:r>
+    <w:r w:rsidR="00934587" w:rsidRPr="00430E89">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="00934587" w:rsidRPr="00123C1D">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>г</w:t>
+    </w:r>
+    <w:r w:rsidR="00934587">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>ода</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="050E10FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4EED4D4"/>
     <w:lvl w:ilvl="0" w:tplc="94DADD18">
       <w:start w:val="40"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1720"/>
         </w:tabs>
         <w:ind w:left="1720" w:hanging="1020"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2987,51 +3037,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3076,51 +3126,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="59B11FC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF2A2488"/>
     <w:lvl w:ilvl="0" w:tplc="E3D068EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3165,51 +3215,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -3278,51 +3328,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="6DF762B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B560C5FE"/>
     <w:lvl w:ilvl="0" w:tplc="9A16A5D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3413,601 +3463,369 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00025B42"/>
     <w:rsid w:val="00081B58"/>
     <w:rsid w:val="000922AA"/>
-    <w:rsid w:val="00093E95"/>
     <w:rsid w:val="00094E55"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="000F571A"/>
+    <w:rsid w:val="0010636E"/>
     <w:rsid w:val="0010675D"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
-    <w:rsid w:val="001543B8"/>
     <w:rsid w:val="001622E2"/>
     <w:rsid w:val="0016724D"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="00177EA8"/>
-    <w:rsid w:val="001969F9"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001C5DD4"/>
     <w:rsid w:val="001D3517"/>
+    <w:rsid w:val="001E3C12"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0023374B"/>
-    <w:rsid w:val="00240F61"/>
     <w:rsid w:val="00251F3F"/>
     <w:rsid w:val="002A394A"/>
+    <w:rsid w:val="002C044E"/>
     <w:rsid w:val="002E6168"/>
+    <w:rsid w:val="00330E33"/>
     <w:rsid w:val="00351CF9"/>
-    <w:rsid w:val="00363811"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="003A7D2D"/>
     <w:rsid w:val="003D65D5"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
     <w:rsid w:val="00437466"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="00502A2F"/>
     <w:rsid w:val="00523E9A"/>
     <w:rsid w:val="00586D15"/>
-    <w:rsid w:val="005A5E9D"/>
     <w:rsid w:val="005F582C"/>
     <w:rsid w:val="00650BA9"/>
     <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="006D0BBD"/>
     <w:rsid w:val="006D2F0D"/>
-    <w:rsid w:val="006E5319"/>
     <w:rsid w:val="007111E8"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007767CD"/>
+    <w:rsid w:val="007827B4"/>
     <w:rsid w:val="00782A16"/>
     <w:rsid w:val="007A316D"/>
     <w:rsid w:val="007A56DE"/>
+    <w:rsid w:val="007C7E7B"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="0081000A"/>
     <w:rsid w:val="0082180F"/>
     <w:rsid w:val="008436CA"/>
     <w:rsid w:val="00851363"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
     <w:rsid w:val="008A1F39"/>
+    <w:rsid w:val="008E2867"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009943E5"/>
-    <w:rsid w:val="009A1165"/>
     <w:rsid w:val="009B69F4"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
     <w:rsid w:val="00AA225A"/>
-    <w:rsid w:val="00AC431A"/>
     <w:rsid w:val="00AC76FB"/>
+    <w:rsid w:val="00AF33B6"/>
     <w:rsid w:val="00B15DDE"/>
     <w:rsid w:val="00B73508"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00BE114E"/>
+    <w:rsid w:val="00BD6AA3"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
-    <w:rsid w:val="00BE7DF6"/>
+    <w:rsid w:val="00C31090"/>
     <w:rsid w:val="00C43CC3"/>
     <w:rsid w:val="00C65D8F"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00C84CE2"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE3BC4"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D574E3"/>
+    <w:rsid w:val="00D73292"/>
     <w:rsid w:val="00D741E6"/>
     <w:rsid w:val="00DB2769"/>
-    <w:rsid w:val="00DD1BCD"/>
+    <w:rsid w:val="00E32CCA"/>
     <w:rsid w:val="00E34564"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E45496"/>
     <w:rsid w:val="00E55E07"/>
     <w:rsid w:val="00E57A5B"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
+    <w:rsid w:val="00EC167D"/>
     <w:rsid w:val="00EC3C11"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00EF72E3"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F30FDD"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F93EE0"/>
+    <w:rsid w:val="00FB5189"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{6B9B7701-5242-42FF-97CB-D1D980BCF42A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...364 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00C84CE2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -4168,58 +3986,65 @@
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="aa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A47D62"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -4541,60 +4366,789 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s2">
     <w:name w:val="s2"/>
     <w:rsid w:val="009943E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="333399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="009943E5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C84CE2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="ko-KR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="1122"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
+    <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="aa">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Знак Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="0023374B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак Знак,Знак4 Знак Знак,Обычный (Web),Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BE78CA"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="007111E8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af5"/>
+    <w:rsid w:val="004726FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="004726FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="004B400D"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00934587"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001A1881"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак Знак Знак1,Знак4 Знак Знак Знак,Обычный (Web) Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="af0"/>
+    <w:locked/>
+    <w:rsid w:val="0010675D"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="afa"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D65D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:link w:val="af9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D65D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00C84CE2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afb">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00351CF9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E34564"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s2">
+    <w:name w:val="s2"/>
+    <w:rsid w:val="009943E5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="009943E5"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.wikipedia.org/wiki/%D0%A1%D1%82%D1%83%D0%B4%D0%B5%D0%BD%D1%82" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.wikipedia.org/wiki/%D0%A2%D0%B2%D0%BE%D1%80%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F_%D1%80%D0%B0%D0%B1%D0%BE%D1%82%D0%B0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.wikipedia.org/wiki/%D0%91%D0%B0%D0%BA%D0%B0%D0%BB%D0%B0%D0%B2%D1%80" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.wikipedia.org/wiki/%D0%A1%D0%BF%D0%B5%D1%86%D0%B8%D0%B0%D0%BB%D0%B8%D1%81%D1%82_(%D0%BA%D0%B2%D0%B0%D0%BB%D0%B8%D1%84%D0%B8%D0%BA%D0%B0%D1%86%D0%B8%D1%8F)" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005229_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4847,142 +5401,124 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1659</Words>
-  <Characters>9457</Characters>
+  <Words>1633</Words>
+  <Characters>9313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11094</CharactersWithSpaces>
+  <CharactersWithSpaces>10925</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="24" baseType="variant">
+    <vt:vector size="18" baseType="variant">
       <vt:variant>
-        <vt:i4>6881383</vt:i4>
-[...17 lines deleted...]
-        <vt:i4>6422624</vt:i4>
+        <vt:i4>6422630</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>jl:32165672.0 </vt:lpwstr>
+        <vt:lpwstr>jl:33502643.0 </vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6881382</vt:i4>
+        <vt:i4>6422631</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>jl:35638263.1 </vt:lpwstr>
+        <vt:lpwstr>jl:33502643.1 </vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8192107</vt:i4>
+        <vt:i4>7340136</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>jl:37312788.270200 </vt:lpwstr>
+        <vt:lpwstr>jl:38785268.270200 </vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>