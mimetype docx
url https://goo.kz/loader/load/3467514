--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1bca02e" w14:textId="1bca02e">
+    <w:p w14:paraId="7d12931" w14:textId="7d12931">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,8909 +78,9968 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі нұсқаулықты бекіту туралы</w:t>
+        <w:t>Об утверждении Инструкции по организации повышения квалификации педагогических кадров</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Күшін жойған</w:t>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің м.а. 2013 жылғы 4 қаңтардағы № 1 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 21 қаңтарда № 8287 тіркелді. Күші жойылды - Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 9 шілдедегі № 447 бұйрығымен</w:t>
+        <w:t>Приказ и.о. Министра образования и науки Республики Казахстан от 4 января 2013 года № 1. Зарегистрировано в Министерстве юстиции Республики Казахстан 21 января 2013 года № 8287. Утратил силу приказом Министра образования и науки Республики Казахстан от 9 июля 2015 года № 447</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Білім және ғылым министрінің 09.07.2015 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра образования и науки РК от 09.07.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 447</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      «Білім туралы» Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының 5-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+        <w:t>      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подпунктом 38)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
-[...179 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Инструкцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по организации повышения квалификации педагогических кадров.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту дошкольного и среднего образования (Жонтаева Ж.А.):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечить в установленном порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) после прохождения государственной регистрации опубликовать настоящий приказ в средствах массовой информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Абенова М.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Министрдің міндетін</w:t>
-[...23 lines deleted...]
-        <w:t>      атқарушы                                           М. Орынханов</w:t>
+        <w:t>      И.о. Министра                              М. Орунханов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы   </w:t>
-[...13 lines deleted...]
-Білім және ғылым министрінің</w:t>
+Утверждена                 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-2013 жылғы 4 қаңтардағы   </w:t>
+приказом и.о. Министра образования  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-№ 1 бұйрығымен       </w:t>
+и науки Республики Казахстан      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-бекітілген         </w:t>
+от 4 января 2013 года № 1      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі</w:t>
+Инструкция</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-НҰСҚАУЛЫҚ</w:t>
+по организации повышения квалификации педагогических кадров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі осы нұсқаулық (бұдан әрі – Нұсқаулық) 2007 жылғы 27 шілдедегі Қазақстан Республикасының «Білім туралы» Заңының 5-бабы </w:t>
-[...1704 lines deleted...]
-      28. Оқудан шығарылған тыңдаушыларға Ұйым басшысының бұйрығына сәйкес және Ұйым құрған Курста білім алушылардың өтінімі мен арыз-шағымдарын қарау жөніндегі Комиссия шешімімен Ұйымға келтірілген шығындарды өтеу жүргізіледі.</w:t>
+      1. Настоящая инструкция по организации повышения квалификации педагогических кадров (далее – Инструкция) разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подпунктом 38)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании».</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Инструкция определяет условия отбора и приема на курсы повышения квалификации педагогических кадров Республики Казахстан по уровневым программам, подготовленным Центром педагогического мастерства Автономной организации образования «Назарбаев Интеллектуальные школы» (далее – ЦПМ АОО НИШ) совместно с Факультетом образования Кембриджского университета по программам третьего (базового), второго (основного), первого (продвинутого) уровней (далее – Курсы).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящей Инструкции используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) повышение квалификации педагогических кадров – форма профессионального обучения, позволяющая поддерживать, расширять, углублять и совершенствовать ранее приобретенные профессиональные знания, умения и навыки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) сертифицированный тренер - педагогический работник, прошедший обучение по уровневым программам, подготовленным ЦПМ АОО НИШ совместно с Факультетом образования Кембриджского университета и получивший сертификат Международного экзаменационного совета Кембриджа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Курсы проводятся следующими организациями образования Республики Казахстан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) ЦПМ АОО НИШ и его филиалами - по программам третьего (базового), второго (основного), первого (продвинутого) уровней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) Акционерным обществом «Национальный центр повышения квалификации «Өрлеу» (далее – АО «НЦПК «Өрлеу») и его филиалом «Республиканский институт повышения квалификации руководящих и научно-педагогических кадров системы образования АО «НЦПК «Өрлеу» - по программам третьего (базового), второго (основного) уровней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) филиалами АО «НЦПК «Өрлеу» - по программе третьего (базового) уровня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Продолжительность Курсов первого (продвинутого) уровня составляет не менее 464 академических часов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) аудиторное обучение – не менее 200 академических часов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) школьная практика – не менее 144 академических часов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) аудиторное обучение – не менее 120 академических часов. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Продолжительность Курсов второго (основного) уровня составляет не менее 440 академических часов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) аудиторное обучение – не менее 160 академических часов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) школьная практика – не менее 120 академических часов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аудиторное обучение – не менее 160 академических часов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Продолжительность Курсов третьего (базового) уровня составляет не менее 416 академических часов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) аудиторное обучение – не менее 160 академических часов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) школьная практика – не менее 96 академических часов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аудиторное обучение – не менее 160 академических часов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Один академический час Курса составляет 45 минут.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Курсы проводят сертифицированные тренеры, подготовленные ЦПМ АОО НИШ с участием экспертов Кембриджского университета по соответствующим уровням.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Состав сертифицированных тренеров формируется на основании списка уполномоченного органа в области образования и списка АОО НИШ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. К педагогическим кадрам, претендующим на обучение на Курсах, устанавливаются требования, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Педагогический работник, претендующий на обучение на Курсах представляет на рассмотрение педагогического совета организации образования, следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) анкету на курсы повышения квалификации педагогических кадров Республики Казахстан по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) копии удостоверения личности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) справку с места работы с указанием должности и стажа работы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) копии грамот, дипломов, сертификатов и другие документы, подтверждающие успехи в учебной и общественной жизни (при наличии).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Педагогический совет организации образования:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) ежегодно до 20 сентября рассматривает документы педагогических кадров, претендующих на обучение на Курсах, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ежегодно до 1 октября представляет на согласование в районный (городской) отдел образования решение о направлении педагогических кадров на Курсы обучения, оформленное Протоколом направления педагогических кадров на курсы повышения квалификации (далее - Протокол) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Районный (городской) отдел образования рассматривает Протокол ежегодно до 1 ноября и направляет список слушателей, оформленный Протоколом, на утверждение в областные, городов Астана и Алматы управления образования, за исключением организаций образования, указанных в подпунктах 2) и 3) пункта 14 настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Областные, городов Астана и Алматы управления образования направляют ежегодно до 15 ноября в уполномоченный орган в области образования утвержденный список слушателей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Уполномоченный орган в области образования формирует и утверждает список педагогических кадров, претендующих на обучение на Курсах, (далее – Список) и направляет в ЦПМ АОО НИШ и АО «НЦПК «Өрлеу» (далее – Организации) ежегодно до 30 ноября:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) общеобразовательных организаций образования Республики Казахстан, утвержденные областными и городов Астана и Алматы управлениями образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) республиканских общеобразовательных организаций среднего образования, утвержденные педагогическим советом организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) Назарбаев Интеллектуальных школ, утвержденных АОО НИШ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Организации начинают проведение Курсов с начала следующего календарного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. Зачисление слушателей на Курсы оформляется приказом первого руководителя Организации на основании Списка.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Слушателю на период прохождения Курсов выплачивается Стипендия в пределах средств, предусмотренных республиканским бюджетом на соответствующий финансовый год. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Основанием для выплаты Стипендии слушателям является приказ Организации о зачислении на Курсы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Размер стипендии для ЦПМ АОО НИШ и его филиалов утверждается Попечительским советом АОО НИШ. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. Размер стипендии для АО «НЦПК «Өрлеу» и его филиалов утверждается Советом директоров АО «НЦПК «Өрлеу».</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21. Условия выплаты стипендий утверждаются Организацией самостоятельно.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      22. По завершении Курсов Центр педагогических измерений АОО НИШ (далее – ЦПИ АОО НИШ) проводит итоговое оценивание слушателей по:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) портфолио, подготовленному в период обучения на Курсах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) презентациям, подготовленным на основе проведенных занятий в Организациях в период дистанционного обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) сдаче квалификационного экзамена в виде тестирования (в письменной форме).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. По результатам итогового оценивания ЦПИ АОО НИШ определяет список слушателей, рекомендованных для сертификации, и направляет его в Организации. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      24. Слушателям, прошедшим Курсы и успешно сдавшим квалификационный экзамен, Организациями выдается сертификат по программам соответствующего уровня:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) по программам третьего (базового) уровня по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) второго (основного) уровня по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) первого (продвинутого) уровня по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      25. Сертификат подтверждает присвоение соответствующего уровня программы и действует в течение 5 лет со дня выдачи. По истечении указанного срока обучающийся подтверждает уровень программы в ЦПИ АОО НИШ путем сдачи квалификационного экзамена без прохождения повторных Курсов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      26. Сертификат подписывает руководитель Организации, проводивший Курсы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      27. Слушатели Курсов, не получившие сертификат, имеют возможность:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) на пересдачу квалификационного экзамена за счет собственных средств, не более одного раза в год без прохождения повторных Курсов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) на завершение прерванного Курса по уважительной причине с предоставлением подтверждающих документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      28. Отчисленные слушатели в соответствии с приказом руководителя Организации и решением комиссии по рассмотрению обращений и заявлений слушателей Курсов, созданных Организацией, производят возмещение затрат понесенных Организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z72" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z72" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-арттыруды ұйымдастыру     </w:t>
+Приложение 1       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-жөніндегі нұсқаулыққа     </w:t>
+повышения квалификации  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-1-қосымша            </w:t>
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z73" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z88" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z73" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:br/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                              ТРЕБОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-ТАЛАПТАР</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>               к педагогическим кадрам, направляемым</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                  на курсы повышения квалификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z74" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z74" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1202 lines deleted...]
-Бірінші (ілгері) деңгей</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                      Третий (базовый) уровень</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="973"/>
-        <w:gridCol w:w="11573"/>
+        <w:gridCol w:w="582"/>
+        <w:gridCol w:w="12498"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
-[...4 lines deleted...]
-              <w:t>Талаптар</w:t>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық өтілі жеті жылдан кем емес жоғары педагогикалық білім, педагогикалық өтілі тоғыз жылдан кем емес техникалық және кәсіптік білім (орта кәсіптік)</w:t>
+              <w:t>Высшее педагогическое образование с педагогическим стажем не менее трех лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее пяти лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аудандық (қалалық), облыстық, республикалық (халықаралық) деңгейдегі кәсіби конкурстарға қатысу</w:t>
+              <w:t>Результаты участия в профессиональных конкурсах школьного, районного (городского) уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аудандық (қалалық), облыстық, республикалық (халықаралық) деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми және спорттық жарыстардың жеңімпаздарын, жүлдегерлерін дайындаушылар</w:t>
+              <w:t>Результаты победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований школьного, районного (городского) уровня (из числа его участников)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-тәрбие үдерісінде инновациялық әдістемелер мен педагогикалық технологияларды қолдану</w:t>
+              <w:t>Знание и применение инновационных методик в учебно-воспитательном процессе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әдістемелік құралдар мен оқу бағдарламаларын әзірлеу немесе әзірлеуге қатысу</w:t>
+              <w:t>Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения районных (городских) конференций, семинаров, форумов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="11573" w:type="dxa"/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық басылымдардағы жарияланымдар</w:t>
-[...224 lines deleted...]
-              <w:t>Ақпараттық-коммуникациялық технологиялар, MS Office, электрондық пошта, Internet қызметі саласындағы білімді озық пайдаланушы деңгейінде меңгеру. Ақпараттық-коммуникациялық технологиялар саласында жеткілікті жоғары деңгейдегі функционалдық сауаттылығының бар болуы, кәсіби, әлеуметтік және жеке міндеттерді шешу үшін білім беру қызметінде АКТ негізді қолдану</w:t>
+              <w:t xml:space="preserve">Владение базовыми знаниями в области информационно-коммуникационных технологий (далее - ИКТ), MS Windows, MS Office, Internet, в частности электронной почтой. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="9"/>
+    <w:bookmarkStart w:name="z75" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ескерту</w:t>
-[...9 lines deleted...]
-        <w:t>: ұсынылған талаптарға сай болу, ол мысалы мынадай құжаттармен бекітілуі мүмкін: ұсыным хаттар, сараптамалық қорытындылар, алқа органдарының шешімдері, өткізілген ашық сабақтарды талдау және бағалаудың материалдары мен нәтижелері, тәжірибені қорыту бойынша материалдар, қатысушылардың жетістіктері мен прогрестерін растайтын құжаттамалар, сауалнама жүргізудің және бақылаудың нәтижелері, әдістемелік бірлестіктермен, сонымен қатар ғылыми, пәндік, бос уақыттағы үйірмелер басшылары растайтын материалдар.</w:t>
+        <w:t>                   Второй (основной) уровень</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z78" w:id="10"/>
-[...428 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4813"/>
-        <w:gridCol w:w="7233"/>
+        <w:gridCol w:w="582"/>
+        <w:gridCol w:w="12498"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аты-жөні, тегі</w:t>
-[...38 lines deleted...]
-</w:t>
+              <w:t>Высшее педагогическое образование с педагогическим стажем не менее пяти лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее семи лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Туған күні, айы, жылы</w:t>
-[...38 lines deleted...]
-</w:t>
+              <w:t>Результаты участия в профессиональных конкурсах районного (городского), областного уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
-[...38 lines deleted...]
-</w:t>
+              <w:t>Результаты победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований районного (городского), областного уровня (из числа его участников)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...38 lines deleted...]
-</w:t>
+              <w:t>Знание и применение инновационных методик в учебно-воспитательном процессе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Біліктілік санаты</w:t>
-[...62 lines deleted...]
-</w:t>
+              <w:t>Разработка, либо участие в разработке методических пособий и учебных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы еңбек өтілі</w:t>
-[...38 lines deleted...]
-</w:t>
+              <w:t xml:space="preserve">Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения областных (республиканских) конференций, семинаров, форумов и т.д. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық еңбек өтілі</w:t>
-[...536 lines deleted...]
-</w:t>
+              <w:t xml:space="preserve">Владение знаниями в области ИКТ, MS Windows, MS Office, электронной почтой, сервисами Internet. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="14"/>
+    <w:bookmarkStart w:name="z76" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-Алдындағы біліктілік арттыру курстары</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                     Первый (продвинутый) уровень</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1298"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2731"/>
+        <w:gridCol w:w="642"/>
+        <w:gridCol w:w="12438"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4968" w:type="dxa"/>
+            <w:tcW w:w="12438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
-[...10 lines deleted...]
-            <w:tcW w:w="3123" w:type="dxa"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өткізілген орны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2731" w:type="dxa"/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее педагогическое образование с педагогическим стажем не менее семи лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее девяти лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Курстың ұзақтығы</w:t>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в профессиональных конкурсах районного (городского), областного, республиканского (международного) уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...127 lines deleted...]
-</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лица, подготовившие победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований районного (городского), областного, республиканского (международного) уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...127 lines deleted...]
-</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Использование инновационных методик и педагогических технологий в учебно-воспитательном процессе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...34 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разработка, либо участие в разработке методических пособий и учебных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...34 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Публикации в педагогических изданиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...34 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения республиканских (международных) конференций, семинаров, форумов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...10 lines deleted...]
-</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Проведение обучающих семинаров, тренингов районного, областного (городского), международного уровня, является наставником для молодых педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Владение знаниями в области информационно-коммуникационных технологий, МS Office, электронной почтой, сервисами Internet на уровне продвинутого пользователя. Наличие достаточно высокого уровня функциональной грамотности в сфере информационно-коммуникационных технологий, обоснованное применение ИКТ в образовательной деятельности для решения профессиональных, социальных и личностных задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="15"/>
+    <w:bookmarkStart w:name="z77" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: соответствие рекомендуемым требованиям может быть</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждено документами, примерами которых могут служить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рекомендательные письма, экспертные заключения, решения коллегиальных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>органов, материалы и результаты анализа и оценивания проведенных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>открытых уроков, материалы по обобщению опыта, документальные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения достижений и прогресса учащихся, результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>анкетирования и наблюдений, материалы, подтверждающие руководство</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>методическими объединениями, а также научными, предметными,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>досуговыми кружками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z78" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-арттыруды ұйымдастыру     </w:t>
+Приложение 2       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-жөніндегі нұсқаулыққа     </w:t>
+повышения квалификации  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-4-қосымша           </w:t>
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z89" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Руководителю учебного заведения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя и отчество        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при наличии) - (далее-Ф.И.О.)    </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Фамилия                         </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Имя                             </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Отчество                        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Должность                       </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>                               Аудандық (қалалық) білім беру бөліміне</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                              ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...161 lines deleted...]
-                 (аты-жөні толығымен)</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Я, _________________________ прошу рассмотреть мою кандидатуру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+             (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+для повышения квалификации педагогических кадров Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+__________ уровня в группе с ________________________ языком</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>_______________________________________________  ____________________</w:t>
-[...83 lines deleted...]
-      білім беру басқармаларының басшысы</w:t>
+        <w:t>______________________                  «____»_____________201__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+  (подпись заявителя)                    (дата подачи заявления)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="17"/>
+    <w:bookmarkStart w:name="z80" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-арттыруды ұйымдастыру     </w:t>
+Приложение 3       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-жөніндегі нұсқаулыққа     </w:t>
+повышения квалификации  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-5-қосымша           </w:t>
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z86" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z90" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-нысан</w:t>
+        <w:t xml:space="preserve">
+форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z81" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      ПЕДАГОГ                   ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
-[...153 lines deleted...]
-                    КАДРОВ</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                              АНКЕТА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       на курсы повышения квалификации педагогических кадров</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                     Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="19"/>
-[...30 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6313"/>
-        <w:gridCol w:w="6673"/>
+        <w:gridCol w:w="4022"/>
+        <w:gridCol w:w="9058"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6313" w:type="dxa"/>
+            <w:tcW w:w="4022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-            </w:r>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кадрларының біліктілігін</w:t>
-[...75 lines deleted...]
-            <w:tcW w:w="6673" w:type="dxa"/>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-            </w:r>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-учителей по программе третьего</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(базового) уровня в рамках</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-уровневых программ повышения</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория (действительная до)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-квалификации педагогических</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий стаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кадров Республики Казахстан</w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический стаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Владение информационными технологиями </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Публикации (тема)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Домашний адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9058" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z82" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның атауы _______________________________________________________</w:t>
-[...13 lines deleted...]
-Наименование организации</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>            Предыдущие курсы повышения квалификации</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...356 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6333"/>
-        <w:gridCol w:w="6633"/>
+        <w:gridCol w:w="831"/>
+        <w:gridCol w:w="4801"/>
+        <w:gridCol w:w="3285"/>
+        <w:gridCol w:w="4163"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
-[...94 lines deleted...]
-            <w:tcW w:w="6633" w:type="dxa"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид курсов и тема</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место прохождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Продолжительность курсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-учителей по программе второго</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(основного) уровня в рамках</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-уровневых программ повышения</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-квалификации педагогических</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кадров Республики Казахстан</w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z83" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Приложение 4       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+повышения квалификации  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z91" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Районный (городской) отдел</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның атауы _______________________________________________________</w:t>
-[...13 lines deleted...]
-Наименование организации</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                             Протокол</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                направления педагогических кадров</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                 на курсы повышения квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________ в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Название направляющей организации)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+соответствии с решением Педагогического совета от «___» ______ 201__</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+года № _____ направляет на курсы повышения квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Наименование организации, реализующей образовательные программы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                        дополнительного образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                          (Ф.И.О. полностью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+по программе обучения _______________ уровня на срок</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+с ___________________ по ________________ 201__ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның жетешісі ____________________________________________________</w:t>
-[...55 lines deleted...]
-Берілген күні: 20__ ж. “__” _______ Дата выдачи: “__” _______ 20__ г.</w:t>
+        <w:t>_________________________________     _______«__» _______201__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Руководитель направляющей организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       М.П. (Подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________     ___________«__»_______201__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Руководитель районного (городского) отдела образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.П. (Подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________       __________«__»_______201__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Руководитель областного, городов Астана и Алматы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      МП    (Подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>управления образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-арттыруды ұйымдастыру     </w:t>
+Приложение 5       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-жөніндегі нұсқаулыққа     </w:t>
+повышения квалификации  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-7-қосымша           </w:t>
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z92" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z92" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-нысан</w:t>
+        <w:t xml:space="preserve">
+форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...160 lines deleted...]
-                    КАДРОВ</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8267700" cy="2654300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8267700" cy="2654300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:br/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                              СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-_______________________________</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                     ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6273"/>
-        <w:gridCol w:w="6713"/>
+        <w:gridCol w:w="6587"/>
+        <w:gridCol w:w="6493"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6273" w:type="dxa"/>
+            <w:tcW w:w="6587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы педагог</w:t>
+              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кадрларының біліктілігін</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігін арттырудың деңгейлі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-арттырудың деңгейлі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары аясында ушінші (базалық)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бағдарламалары аясында бірінші</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деңгей бағдарламасы бойынша мұғалімдерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(ілгері) деңгей бағдарламасы</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="6713" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>окончил (а) курсы обучения</w:t>
+              <w:t>окончил (а) курсы обучения учителей по</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-учителей по программе первого</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программе третьего (базового) уровня в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(продвинутого) уровня в рамках</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамках уровневых программ повышения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-уровневых программ повышения</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических кадров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-квалификации педагогических</w:t>
-[...13 lines deleted...]
-кадров Республики Казахстан</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның атауы _______________________________________________________</w:t>
+        <w:t>Ұйымның атауы________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 Наименование организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның жетешісі ____________________________________________________</w:t>
+        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 Руководитель организации</w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-Берілген күні: 20__ ж. “__” _______ Дата выдачи: “__” _______ 20__ г.</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4366"/>
+        <w:gridCol w:w="5862"/>
+        <w:gridCol w:w="2852"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілген күні:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ж. “__”__________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи: “__”____________20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>III № 000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z86" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Приложение 6       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+повышения квалификации  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z93" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8267700" cy="2654300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8267700" cy="2654300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                            СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                   ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6587"/>
+        <w:gridCol w:w="6493"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігін арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары аясында екінші (негізгі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деңгей бағдарламасы бойынша мұғалімдерді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>окончил (а) курсы обучения учителей по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программе второго (основного) уровня в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамках уровневых программ повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ұйымның атауы________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4366"/>
+        <w:gridCol w:w="5862"/>
+        <w:gridCol w:w="2852"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілген күні:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ж. “__”__________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи: “__”____________20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>II № 000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z87" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Приложение 7       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к Инструкции по организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+повышения квалификации  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+педагогических кадров   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z94" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8267700" cy="2654300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8267700" cy="2654300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                            СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                  ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6587"/>
+        <w:gridCol w:w="6493"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігін арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары аясында бірінші (ілгері)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деңгей бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдерді оқыту курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>окончил (а) курсы обучения учителей по</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программе первого (продвинутого) уровня в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамках уровневых программ повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ұйымның атауы________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4366"/>
+        <w:gridCol w:w="5862"/>
+        <w:gridCol w:w="2852"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілген күні:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ж. “__”__________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи: “__”____________20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>I № 000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId4"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
           <w10:wrap type="square"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9301,38 +10361,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
 </file>
 
 <file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>