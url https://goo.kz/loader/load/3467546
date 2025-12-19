--- v0 (2025-12-13)
+++ v1 (2025-12-19)
@@ -1,8203 +1,6148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FB6EBC" w:rsidRPr="00FB6EBC" w:rsidRDefault="00FB6EBC" w:rsidP="00FB6EBC">
-[...5 lines deleted...]
-        <w:ind w:left="6372"/>
+    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 650</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>Приложение 1</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:ind w:left="6372"/>
+      <w:r w:rsidRPr="005972E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005972E7" w:rsidRPr="005F620D" w:rsidRDefault="005972E7" w:rsidP="003E5392">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:ind w:left="6372"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E5392" w:rsidRPr="005F620D" w:rsidRDefault="004B4716" w:rsidP="003E5392">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:ind w:left="6372"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E5392" w:rsidRPr="005F620D" w:rsidRDefault="004B4716" w:rsidP="003E5392">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:ind w:left="6372"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E5392" w:rsidRPr="005F620D" w:rsidRDefault="004B4716" w:rsidP="003E5392">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-        <w:ind w:left="6372"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылғы 13 сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E5392" w:rsidRPr="005F620D" w:rsidRDefault="004B4716" w:rsidP="003E5392">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-        <w:ind w:left="5664"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 198 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B4716" w:rsidRPr="0097276F" w:rsidRDefault="004B4716" w:rsidP="003E5392">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:ind w:left="5664"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B4716" w:rsidRPr="0053493D" w:rsidRDefault="004B4716" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0053493D" w:rsidRDefault="00277B24" w:rsidP="006B6C5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...141 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B6C5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00006B62">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="006B6C5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="006B6C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="004B2D1A" w:rsidRPr="00006B62">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="006B6C5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...103 lines deleted...]
-      <w:r w:rsidR="00FE65B1" w:rsidRPr="00006B62">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="006B6C5B">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00492853" w:rsidRPr="00006B62">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4173" w:rsidRPr="006B6C5B">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D4173" w:rsidRDefault="008D4173" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D4173" w:rsidRPr="0097276F" w:rsidRDefault="008D4173" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001166F3" w:rsidRPr="008D4173" w:rsidRDefault="008D4173" w:rsidP="008D4173">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidR="001166F3" w:rsidRPr="008D4173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D4173" w:rsidRPr="008D4173" w:rsidRDefault="008D4173" w:rsidP="008D4173">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="001166F3" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC6D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00277B24" w:rsidRPr="00AC6D14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына</w:t>
+      </w:r>
+      <w:r w:rsidR="00277B24" w:rsidRPr="00AC6D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00277B24" w:rsidRPr="00AC6D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5410" w:rsidRPr="00AC6D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="00AC6D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025604F" w:rsidRPr="00EF0555" w:rsidRDefault="0025604F" w:rsidP="003C47D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B073EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік көрсетілетін қызмет стандартын Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00EF0555" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C5EA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымдары, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының, аудандардың және қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсет</w:t>
+      </w:r>
+      <w:r w:rsidR="001659E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED2077" w:rsidRPr="00EF0555" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z70"/>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED2077" w:rsidRPr="00EF0555" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z71"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED2077" w:rsidRPr="00EF0555" w:rsidRDefault="00ED2DD9" w:rsidP="00ED2077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z72"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2077" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Азаматтарға арналған үкімет» мемлекеттік корпорацияның коммерциялық емес </w:t>
+      </w:r>
+      <w:r w:rsidR="00017D23" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акционерлық </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2077" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоғамы (бұдан әрі – Мемлекеттік корпорация)</w:t>
+      </w:r>
+      <w:r w:rsidR="00017D23" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2077" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00D26DCB" w:rsidRDefault="00D26DCB" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D26DCB" w:rsidRPr="0097276F" w:rsidRDefault="00D26DCB" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C632D" w:rsidRPr="0097276F" w:rsidRDefault="004C632D" w:rsidP="00D26DCB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z684"/>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26DCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...532 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C632D" w:rsidRPr="0097276F" w:rsidRDefault="004C632D" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z685"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1) с момент</w:t>
-[...62 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">берушіге </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6573E" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және Мемлекеттік корпорацияға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттар топтамасын тапсырған сәттен бастап: жолдама беру бойынша – </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3295" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6745" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5 (</w:t>
       </w:r>
-      <w:r w:rsidR="00B235E5" w:rsidRPr="0025637E">
-[...22 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="006D5AB0" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бес</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6745" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="002A1B00" w:rsidRPr="0025637E">
-[...2348 lines deleted...]
-        <w:t>Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка (в случае рождения ребенка после 13 августа 2007</w:t>
+      <w:r w:rsidR="000A09AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="000C2A2A">
-[...26 lines deleted...]
-    <w:p w:rsidR="001E1337" w:rsidRPr="00D54C39" w:rsidRDefault="001E1337" w:rsidP="00AF0D9C">
+      <w:r w:rsidR="000A09AF" w:rsidRPr="00155745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE16C7" w:rsidRPr="00EF0555" w:rsidRDefault="00D50156" w:rsidP="00CE16C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z313"/>
+      <w:bookmarkStart w:id="7" w:name="z689"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r w:rsidR="00662E89" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00662E89" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беруші </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей көрсетілетін мемлекеттік қызметтердің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D50156" w:rsidRPr="00EF0555" w:rsidRDefault="00D50156" w:rsidP="00D50156">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30A7C" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5B95" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушід</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е немесе Мемлекеттік корпорацияда көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D50156" w:rsidRPr="00EF0555" w:rsidRDefault="00D50156" w:rsidP="00D50156">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z314"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D50156" w:rsidRPr="00EF0555" w:rsidRDefault="00D50156" w:rsidP="00D50156">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z315"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет көрсету нысаны –</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5B95" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағаз жүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00CE16C7" w:rsidRPr="00EF0555" w:rsidRDefault="009B4EC0" w:rsidP="00CE16C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Мемлекеттік қызмет көрсетудің нәтижесі - қала сыртындағы және мектеп жанындағы лагерьлерге жолдама </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не осы м</w:t>
+      </w:r>
+      <w:r w:rsidR="00101B4E" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет стандартының 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE16C7" w:rsidRPr="00EF0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00A51B53" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсетудің нәтижесін беру нысаны - қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6D61" w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00A51B53" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="009B4EC0" w:rsidP="001603F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z696"/>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="001603F1" w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="001603F1" w:rsidP="001603F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z83"/>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда сағат </w:t>
+      </w:r>
+      <w:r w:rsidR="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13.00-ден 14.30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұма аралығын қоса алғанда сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="001603F1" w:rsidP="001603F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін жүзеге асыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00534CF4" w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ылады. Мемлекеттік қызмет алдын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек </w:t>
+      </w:r>
+      <w:r w:rsidR="00244B9E" w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="001603F1" w:rsidP="001603F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z84"/>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) Мемлекеттік корпорацияда: еңбек заңнамасына сәйкес жексенбі күні және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00C14484" w:rsidRPr="00A51B53" w:rsidRDefault="00652910" w:rsidP="00652910">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қабылдау жеделдетіп қызмет көрсетусіз, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет алушының тіркеу орны бойынша,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронды» кезек күту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті «брондауға» болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A76D59" w:rsidRPr="002A7FBD" w:rsidRDefault="009B4EC0" w:rsidP="00A76D59">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z698"/>
+      <w:r w:rsidR="00A76D59" w:rsidRPr="00A51B53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76D59" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A76D59" w:rsidRPr="002A7FBD" w:rsidRDefault="00A76D59" w:rsidP="00A76D59">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE535B" w:rsidRPr="007675C8" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z699"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00BE535B" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы мемлекеттік кө</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2EBB" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсетілетін қызмет стандартына 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE535B" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Услугодатель</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="000C2A2A">
+        <w:t xml:space="preserve">2) көрсетілетін қызметті алушының жеке басын куәландыратын құжаттың көшірмесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="00A76D59" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z700"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) баланың туу</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы куәлігінің көшірме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z701"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1313 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C2A2A">
-[...430 lines deleted...]
-        <w:r w:rsidRPr="000C2A2A">
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 907 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="007675C8">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-            <w:color w:val="auto"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:u w:val="none"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>www</w:t>
+          <w:t>бұйрығымен</w:t>
         </w:r>
-        <w:r w:rsidRPr="000C2A2A">
+      </w:hyperlink>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 тіркелген) бекітілген нысанға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауықтыру лагерiне баратын мектеп оқушысына медициналық анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z705"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="0049618A" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәртебесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәлелдейтін құжаттың көшірмесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00196E3E" w:rsidRPr="007675C8" w:rsidRDefault="00196E3E" w:rsidP="00196E3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00196E3E" w:rsidRPr="007675C8" w:rsidRDefault="00196E3E" w:rsidP="00196E3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z367"/>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD78AF" w:rsidRPr="007675C8" w:rsidRDefault="00CD78AF" w:rsidP="00CD78AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z368"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00276485" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың (балалардың) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге, қабылдаушы отбасына берілгені туралы шарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006402D9" w:rsidRPr="007675C8" w:rsidRDefault="006402D9" w:rsidP="006402D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z369"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балалар үшін – төтенше жағдайлардың салдарынан шұғыл жәрдемнің қажеттілігін </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z12"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәлелдейтін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006402D9" w:rsidRPr="006402D9" w:rsidRDefault="006402D9" w:rsidP="006402D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасының материалдық-тұрмыстық ахуалын зерделеу, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылар мен тәрбиеленушілердің өзге де санаттарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тегін және жеңілдікпен тамақтандыруды ұсыну туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алқалық орган</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0E58" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешім</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00356AEB" w:rsidRPr="007675C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="00356AEB" w:rsidRDefault="00356AEB" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5532E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорацияға</w:t>
+      </w:r>
+      <w:r w:rsidR="0013084D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00D53E3B" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы мемлекеттік көрсетілетін қызмет стандартына 1–қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7A13" w:rsidRPr="00B75F78" w:rsidRDefault="00DA7A13" w:rsidP="00DA7A13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z321"/>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z322"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7A13" w:rsidRPr="00B75F78" w:rsidRDefault="00DA7A13" w:rsidP="00DA7A13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігі (түпнұсқасы сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00D53E3B" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 907 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00B75F78">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-            <w:color w:val="auto"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:u w:val="none"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t>бұйрығымен</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="000C2A2A">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 тіркелген) бекітілген нысанға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауықтыру лагерiне баратын мектеп оқушысына медициналық анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00D53E3B" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="004813A1" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәртебесін дәлелдейтін құжат</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37B80" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="004813A1" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың көшірме</w:t>
+      </w:r>
+      <w:r w:rsidR="009F41C9" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37B80" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00D53E3B" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балаларға - мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00D53E3B" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балаларға - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан көрсетілетін қызметті алушылар үшін балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00A858AA" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="001320ED" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың (балалардың) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге берілгені туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D53E3B" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53E3B" w:rsidRPr="00B75F78" w:rsidRDefault="00A858AA" w:rsidP="00D53E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балалар үшін – төтенше жағдайлардың салдарынан шұғыл жәрдемнің қажеттілігін дәлелдейтін құжат</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53E3B" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C37B80" w:rsidRPr="00C37B80" w:rsidRDefault="00C37B80" w:rsidP="00C37B80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E950FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анаттарына жататын балалар үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасының материалдық-тұрмыстық ахуалын зерделеу, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылар мен тәрбиеленушілердің өзге де санаттарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тегін және жеңілдікпен тамақтандыруды ұсыну туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алқалық орган</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6A81" w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF51E1" w:rsidRPr="00584CEA" w:rsidRDefault="00FF51E1" w:rsidP="00FF51E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00584CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының жеке басын растайтын құжаттарының, баланың туу туралы куәлігінің мәліметтерін (бала </w:t>
+      </w:r>
+      <w:r w:rsidR="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00584CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2007 жылғы 13 тамыздан кейін туылған жағдайда) Мемлекеттік корпорацияның қызметкері және көрсетілетін қызметті беруші «электрондық үкімет» шлюзі арқылы тиісті мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF72C8" w:rsidRPr="00E77A3B" w:rsidRDefault="00CF72C8" w:rsidP="00CF72C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00584CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйелердегі мәліметтерді пайдалануға көрсетілген қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED2077" w:rsidRPr="00287202" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED2077" w:rsidRPr="00287202" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED2077" w:rsidRPr="00287202" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация бір ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорацияның сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорация жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F4026" w:rsidRDefault="000F4026" w:rsidP="000F4026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287202">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00DE6D23" w:rsidRDefault="005F620D" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсетуден бас тартуға негіздемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00DE6D23" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00DE6D23" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6913" w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Үкіметінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6D23" w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2008 жылғы 25 қаңтардағы № 64 Қаулысында белгіленген талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="00DE6D23" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="002A7FBD" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:r w:rsidR="006B0285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00042593" w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00165B17" w:rsidRDefault="00165B17" w:rsidP="0097276F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00165B17" w:rsidRPr="0097276F" w:rsidRDefault="00165B17" w:rsidP="0097276F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004274C2" w:rsidRDefault="004274C2" w:rsidP="00165B17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00165B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Облыстардың жергілікті атқарушы органдарының, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды тұлғаларының қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00165B17" w:rsidRPr="0097276F" w:rsidRDefault="00165B17" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті берушінің басшысының атына не осы мемлекеттік қызмет стандартының 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2077">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген мекенжай бойынша облыстардың, республикалық маңызы бар қаланың, астананың тиісті жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымдар жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке тұлғаның шағымында аты, жөні, тегі, пошта мекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кіріс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53A92" w:rsidRDefault="00D53A92" w:rsidP="00D53A92">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорацияның қызметкерінің әрекетіне (әрекетсіздігіне) шағым осы мемлекеттік көрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжай және телефондар бойынша Мемлекеттік корпорацияның басшысына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F21DE7" w:rsidRPr="00074C35" w:rsidRDefault="00F21DE7" w:rsidP="00F21DE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация қолма-қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кіріс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижелері туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы көрсетілетін қызметті берушінің кеңсесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сондай-ақ, мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану туралы ақпаратты Бірыңғай байланыс орталығының 1414</w:t>
+      </w:r>
+      <w:r w:rsidR="00887CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 8 800 080 7777</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004274C2" w:rsidRPr="0097276F" w:rsidRDefault="004274C2" w:rsidP="00887CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z717"/>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005F620D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004274C2" w:rsidRPr="0097276F" w:rsidRDefault="004274C2" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004274C2" w:rsidRPr="0097276F" w:rsidRDefault="004274C2" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004274C2" w:rsidRPr="0097276F" w:rsidRDefault="004274C2" w:rsidP="00CC1078">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z716"/>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097276F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Көрсетілетін мемлекеттік қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004274C2" w:rsidRPr="0097276F" w:rsidRDefault="004274C2" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="0055214C" w:rsidRPr="0052427C" w:rsidRDefault="005F620D" w:rsidP="0055214C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="000C2A2A">
+      <w:r w:rsidR="0055214C" w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организм функциясы тұрақты бұзылған, өзіне өзі қызмет көрсету, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жері бойынша шыға отырып, Мемлекеттік корпорацияның қызметкерлері жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001801B5" w:rsidRPr="0052427C" w:rsidRDefault="0055214C" w:rsidP="001801B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4EC0" w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001801B5" w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001801B5" w:rsidRPr="0052427C" w:rsidRDefault="001801B5" w:rsidP="001801B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Министрліктің: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001801B5" w:rsidRPr="0052427C" w:rsidRDefault="001801B5" w:rsidP="001801B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Мемлекеттік корпорацияның: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidR="004061A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында</w:t>
+      </w:r>
+      <w:r w:rsidR="004061A9" w:rsidRPr="004061A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="00C07018">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0055214C" w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселесі бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz және көрсетілетін қызметті берушінің www.bala-kkk.kz. интернет-ресурсында орналастырылған. Бірыңғай байланыс орталығының 1414, 8 800 080 7777</w:t>
+      </w:r>
+      <w:r w:rsidR="00313BBD" w:rsidRPr="0052427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009075BB" w:rsidRPr="0097276F" w:rsidRDefault="009075BB" w:rsidP="0097276F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A464C" w:rsidRDefault="001A464C" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C2A2A">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A464C" w:rsidRDefault="001A464C" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C2A2A">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A464C" w:rsidRDefault="001A464C" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...88 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A464C" w:rsidRDefault="001A464C" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="0053493D" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1F68" w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1F68" w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008E1F68" w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="0053493D" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00174099" w:rsidRPr="000C2A2A">
-[...89 lines deleted...]
-    <w:p w:rsidR="002F6EEA" w:rsidRDefault="002F6EEA" w:rsidP="00FC613D">
+      <w:r w:rsidR="008E1F68" w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық маңызына ие аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және қалалық жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>органның басшысына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(_________ облысы, _______ ауданы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(басшының Т.А.Ә. (бар болғанда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(өтініш берушінің Т.А.Ә. (бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болғанда) және жеке сәйкестендіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нөмері) мына мекенжайы бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұратын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(елді мекен атауы, тұрғылықты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы, телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z391"/>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менің кәмелет жасқа толмаған (Т.А.Ә. (бар болғанда) туған күні және жеке сәйкестендіру нөмері) (мектеп № және сынып литерін көрсету) оқитын баламды</w:t>
+      </w:r>
+      <w:r w:rsidR="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оқу жылын көрсету) </w:t>
+      </w:r>
+      <w:r w:rsidR="00687804" w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қала сыртындағы және мектеп жанындағы лагерьлерде демалуын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелердегі заңмен қорғалатын мәліметтерді пайдалануға келісім беремін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="0011613A" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="00D716E4" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011613A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___» _____________20__ жыл          қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1F68" w:rsidRPr="00D716E4" w:rsidRDefault="008E1F68" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00172BEA" w:rsidRPr="00D716E4" w:rsidRDefault="00172BEA" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00172BEA" w:rsidRPr="00D716E4" w:rsidRDefault="00172BEA" w:rsidP="008E1F68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00172BEA" w:rsidRPr="0097276F" w:rsidRDefault="00172BEA" w:rsidP="00172BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00172BEA" w:rsidRPr="008E6F61" w:rsidRDefault="00172BEA" w:rsidP="00172BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00172BEA" w:rsidRPr="008E6F61" w:rsidRDefault="00172BEA" w:rsidP="00172BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...267 lines deleted...]
-    <w:p w:rsidR="00FC613D" w:rsidRDefault="00FC613D" w:rsidP="00FC613D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00FC613D" w:rsidRDefault="00FC613D" w:rsidP="00FC613D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00FC613D" w:rsidRDefault="00FC613D" w:rsidP="00FC613D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә. (бар болғанда) немесе көрсетілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00FC613D" w:rsidRDefault="00FC613D" w:rsidP="00FC613D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті алушы ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00FC613D" w:rsidRDefault="00FC613D" w:rsidP="00FC613D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="001A06CB" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="001F08CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A06CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A06CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001A06CB" w:rsidRPr="001A06CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A06CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A17A62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мемлекеттік көрсетілетін қызметтер туралы» 2013 жылғы 15</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәуірдегі Қазақстан Ре</w:t>
+      </w:r>
+      <w:r w:rsidR="00D442D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>спубликасы Заңының 20-бабының 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D442D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тармағын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылыққа алып, «Азаматтар үшін Үкімет» Мемлекеттік корпорацияның</w:t>
+      </w:r>
+      <w:r w:rsidR="00500987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммерциялық емес қоғамы филиалының № __ бөлімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A17A62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мекенжайды көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A17A62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сіз ұсынған құжаттар топтамасының толық болмауына байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A17A62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мемлекеттік көрсетілетін қызметтің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="002766F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A547EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00D716E4" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D716E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00D716E4" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D716E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00D716E4" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D716E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) ________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00D716E4" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D716E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) ____________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00D716E4" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D716E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы қолхат әр тарапқа біреуден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00E53D6C" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E53D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="006275FE" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Мемлекеттік корпорацияның қызметкері) _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="006275FE" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00F50A71" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орындаушының Т.А.Ә. (бар болғанда) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="00F50A71" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қабылдаушының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) _</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="006275FE" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(көрсетілетін қызметті алушының қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547EA" w:rsidRPr="006275FE" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...783 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-    </w:p>
-[...955 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:r w:rsidRPr="006275FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A547EA" w:rsidRPr="006275FE" w:rsidSect="000659F6">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00747DCF" w:rsidRDefault="00747DCF" w:rsidP="00F16D31">
+    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00747DCF" w:rsidRDefault="00747DCF" w:rsidP="00F16D31">
+    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...5 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00747DCF" w:rsidRDefault="00747DCF" w:rsidP="00F16D31">
+    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00747DCF" w:rsidRDefault="00747DCF" w:rsidP="00F16D31">
+    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1977717076"/>
+      <w:id w:val="-772867468"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00186725" w:rsidRPr="00275133" w:rsidRDefault="00186725">
+      <w:p w:rsidR="000659F6" w:rsidRPr="00D716E4" w:rsidRDefault="000659F6">
         <w:pPr>
-          <w:pStyle w:val="a3"/>
+          <w:pStyle w:val="a5"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00275133">
+        <w:r w:rsidRPr="00D716E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00275133">
+        <w:r w:rsidRPr="00D716E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00275133">
+        <w:r w:rsidRPr="00D716E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0025637E">
+        <w:r w:rsidR="00155745" w:rsidRPr="00155745">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidRPr="00275133">
+        <w:r w:rsidRPr="00D716E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00275133" w:rsidRDefault="00275133">
+  <w:p w:rsidR="00D716E4" w:rsidRDefault="00D716E4">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0049152E"/>
+    <w:nsid w:val="0B073D01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6164C7CC"/>
-[...88 lines deleted...]
-    <w:tmpl w:val="8940D748"/>
+    <w:tmpl w:val="D7F429C2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8239,5825 +6184,260 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...1331 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...100 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="116"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="132"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E63844"/>
-[...4311 lines deleted...]
-    <w:rsid w:val="00FF7678"/>
+    <w:rsidRoot w:val="00B9137F"/>
+    <w:rsid w:val="00017D23"/>
+    <w:rsid w:val="00025FF9"/>
+    <w:rsid w:val="00027133"/>
+    <w:rsid w:val="00042593"/>
+    <w:rsid w:val="000659F6"/>
+    <w:rsid w:val="000A09AF"/>
+    <w:rsid w:val="000B2EBB"/>
+    <w:rsid w:val="000C5EA5"/>
+    <w:rsid w:val="000C78DE"/>
+    <w:rsid w:val="000F4026"/>
+    <w:rsid w:val="00101B4E"/>
+    <w:rsid w:val="0011613A"/>
+    <w:rsid w:val="001166F3"/>
+    <w:rsid w:val="0013084D"/>
+    <w:rsid w:val="001320ED"/>
+    <w:rsid w:val="00151BE0"/>
+    <w:rsid w:val="00155745"/>
+    <w:rsid w:val="001603F1"/>
+    <w:rsid w:val="001659E1"/>
+    <w:rsid w:val="00165B17"/>
+    <w:rsid w:val="00172BEA"/>
+    <w:rsid w:val="001801B5"/>
+    <w:rsid w:val="00196E3E"/>
+    <w:rsid w:val="001A06CB"/>
+    <w:rsid w:val="001A464C"/>
+    <w:rsid w:val="001A473C"/>
+    <w:rsid w:val="001B2DE5"/>
+    <w:rsid w:val="001C2223"/>
+    <w:rsid w:val="001F08CF"/>
+    <w:rsid w:val="001F383C"/>
+    <w:rsid w:val="00244B9E"/>
+    <w:rsid w:val="0025604F"/>
+    <w:rsid w:val="00272AC9"/>
+    <w:rsid w:val="00276485"/>
+    <w:rsid w:val="002766F1"/>
+    <w:rsid w:val="00277B24"/>
+    <w:rsid w:val="00287202"/>
+    <w:rsid w:val="00291C60"/>
+    <w:rsid w:val="002B5A13"/>
+    <w:rsid w:val="002C43EA"/>
+    <w:rsid w:val="002D5EC5"/>
+    <w:rsid w:val="002E5410"/>
+    <w:rsid w:val="00313BBD"/>
+    <w:rsid w:val="00356AEB"/>
+    <w:rsid w:val="00376779"/>
+    <w:rsid w:val="003C47D3"/>
+    <w:rsid w:val="003E5392"/>
+    <w:rsid w:val="003E59EB"/>
+    <w:rsid w:val="00405F9E"/>
+    <w:rsid w:val="004061A9"/>
+    <w:rsid w:val="004274C2"/>
+    <w:rsid w:val="004813A1"/>
+    <w:rsid w:val="0049618A"/>
+    <w:rsid w:val="004B4716"/>
+    <w:rsid w:val="004B4A13"/>
+    <w:rsid w:val="004C632D"/>
+    <w:rsid w:val="004C6A81"/>
+    <w:rsid w:val="004D0748"/>
+    <w:rsid w:val="004E6913"/>
+    <w:rsid w:val="004F6D61"/>
+    <w:rsid w:val="00500987"/>
+    <w:rsid w:val="0052427C"/>
+    <w:rsid w:val="00531AE5"/>
+    <w:rsid w:val="0053493D"/>
+    <w:rsid w:val="00534CF4"/>
+    <w:rsid w:val="00534F68"/>
+    <w:rsid w:val="0055214C"/>
+    <w:rsid w:val="00582D9D"/>
+    <w:rsid w:val="00584CEA"/>
+    <w:rsid w:val="005972E7"/>
+    <w:rsid w:val="005B3F2D"/>
+    <w:rsid w:val="005B78E1"/>
+    <w:rsid w:val="005D0FEC"/>
+    <w:rsid w:val="005D2382"/>
+    <w:rsid w:val="005D5489"/>
+    <w:rsid w:val="005F620D"/>
+    <w:rsid w:val="00620AB5"/>
+    <w:rsid w:val="006402D9"/>
+    <w:rsid w:val="0065020B"/>
+    <w:rsid w:val="00652910"/>
+    <w:rsid w:val="00653FB8"/>
+    <w:rsid w:val="00662E89"/>
+    <w:rsid w:val="00687804"/>
+    <w:rsid w:val="0069066D"/>
+    <w:rsid w:val="00694D17"/>
+    <w:rsid w:val="006B0285"/>
+    <w:rsid w:val="006B6C5B"/>
+    <w:rsid w:val="006D3D7C"/>
+    <w:rsid w:val="006D4BA7"/>
+    <w:rsid w:val="006D5AB0"/>
+    <w:rsid w:val="006E2F39"/>
+    <w:rsid w:val="006F0726"/>
+    <w:rsid w:val="00700AC3"/>
+    <w:rsid w:val="00762696"/>
+    <w:rsid w:val="007675C8"/>
+    <w:rsid w:val="00854C17"/>
+    <w:rsid w:val="00871F53"/>
+    <w:rsid w:val="00881A50"/>
+    <w:rsid w:val="00887CE9"/>
+    <w:rsid w:val="008C54EE"/>
+    <w:rsid w:val="008D4173"/>
+    <w:rsid w:val="008E1F68"/>
+    <w:rsid w:val="008E6F61"/>
+    <w:rsid w:val="009075BB"/>
+    <w:rsid w:val="00950996"/>
+    <w:rsid w:val="0097276F"/>
+    <w:rsid w:val="009B4EC0"/>
+    <w:rsid w:val="009F41C9"/>
+    <w:rsid w:val="00A17A62"/>
+    <w:rsid w:val="00A45239"/>
+    <w:rsid w:val="00A51B53"/>
+    <w:rsid w:val="00A547EA"/>
+    <w:rsid w:val="00A54FF8"/>
+    <w:rsid w:val="00A76D59"/>
+    <w:rsid w:val="00A83F42"/>
+    <w:rsid w:val="00A858AA"/>
+    <w:rsid w:val="00A930E9"/>
+    <w:rsid w:val="00AA3511"/>
+    <w:rsid w:val="00AC5AA0"/>
+    <w:rsid w:val="00AC6D14"/>
+    <w:rsid w:val="00AF76E7"/>
+    <w:rsid w:val="00B073EE"/>
+    <w:rsid w:val="00B75F78"/>
+    <w:rsid w:val="00B857E5"/>
+    <w:rsid w:val="00B9137F"/>
+    <w:rsid w:val="00BA3295"/>
+    <w:rsid w:val="00BB6349"/>
+    <w:rsid w:val="00BD401C"/>
+    <w:rsid w:val="00BE535B"/>
+    <w:rsid w:val="00C07018"/>
+    <w:rsid w:val="00C14484"/>
+    <w:rsid w:val="00C207D8"/>
+    <w:rsid w:val="00C37B80"/>
+    <w:rsid w:val="00C45A2E"/>
+    <w:rsid w:val="00CA5E8E"/>
+    <w:rsid w:val="00CA7FC6"/>
+    <w:rsid w:val="00CC1078"/>
+    <w:rsid w:val="00CD78AF"/>
+    <w:rsid w:val="00CE0E58"/>
+    <w:rsid w:val="00CE16C7"/>
+    <w:rsid w:val="00CE7BB9"/>
+    <w:rsid w:val="00CF72C8"/>
+    <w:rsid w:val="00D07A81"/>
+    <w:rsid w:val="00D176BE"/>
+    <w:rsid w:val="00D26DCB"/>
+    <w:rsid w:val="00D43FD2"/>
+    <w:rsid w:val="00D442D8"/>
+    <w:rsid w:val="00D50156"/>
+    <w:rsid w:val="00D53A92"/>
+    <w:rsid w:val="00D53E3B"/>
+    <w:rsid w:val="00D614A3"/>
+    <w:rsid w:val="00D6573E"/>
+    <w:rsid w:val="00D67BED"/>
+    <w:rsid w:val="00D716E4"/>
+    <w:rsid w:val="00D931BE"/>
+    <w:rsid w:val="00DA7A13"/>
+    <w:rsid w:val="00DD0FE4"/>
+    <w:rsid w:val="00DE3F73"/>
+    <w:rsid w:val="00DE6A2D"/>
+    <w:rsid w:val="00DE6D23"/>
+    <w:rsid w:val="00E041CA"/>
+    <w:rsid w:val="00E30A7C"/>
+    <w:rsid w:val="00E3101B"/>
+    <w:rsid w:val="00E4433D"/>
+    <w:rsid w:val="00E61067"/>
+    <w:rsid w:val="00E70EC1"/>
+    <w:rsid w:val="00E950FF"/>
+    <w:rsid w:val="00E97733"/>
+    <w:rsid w:val="00ED2077"/>
+    <w:rsid w:val="00ED2DD9"/>
+    <w:rsid w:val="00EE01DA"/>
+    <w:rsid w:val="00EE0FFD"/>
+    <w:rsid w:val="00EE5B95"/>
+    <w:rsid w:val="00EF0555"/>
+    <w:rsid w:val="00F112FA"/>
+    <w:rsid w:val="00F21DE7"/>
+    <w:rsid w:val="00F50A71"/>
+    <w:rsid w:val="00F543F2"/>
+    <w:rsid w:val="00F61903"/>
+    <w:rsid w:val="00FA6745"/>
+    <w:rsid w:val="00FB68B5"/>
+    <w:rsid w:val="00FE593A"/>
+    <w:rsid w:val="00FF51E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14200,410 +6580,178 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009B4EC0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...51 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="009B4EC0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F16D31"/>
+    <w:rsid w:val="009B4EC0"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001166F3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F16D31"/>
+    <w:rsid w:val="000659F6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F16D31"/>
-[...21 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000659F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00593EF0"/>
+    <w:rsid w:val="000659F6"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000659F6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...178 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -14724,1000 +6872,247 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009B4EC0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...51 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="009B4EC0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F16D31"/>
+    <w:rsid w:val="009B4EC0"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001166F3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="footer"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F16D31"/>
+    <w:rsid w:val="000659F6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F16D31"/>
-[...21 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000659F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00593EF0"/>
+    <w:rsid w:val="000659F6"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000659F6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...178 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="205139064">
+    <w:div w:id="1070424624">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="241185418">
+    <w:div w:id="1627003560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="265583147">
+    <w:div w:id="1823808086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="270357855">
-[...520 lines deleted...]
-    <w:div w:id="2025595396">
+    <w:div w:id="2097625996">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov4c.kz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15961,87 +7356,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>15962</Characters>
+  <Pages>1</Pages>
+  <Words>2905</Words>
+  <Characters>16561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>138</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18725</CharactersWithSpaces>
+  <CharactersWithSpaces>19428</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бегалина Махаббат</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Исмуханова Ляззат Исламбековна</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>