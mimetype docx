--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac2288d5" w14:textId="ac2288d5">
+    <w:p w14:paraId="3cd5b83d" w14:textId="3cd5b83d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -75,3907 +75,3657 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет регламентін бекіту туралы</w:t>
+        <w:t>Об утверждении регламента государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Күшін жойған</w:t>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 6 ақпандағы N 02/36 қаулысы. Қарағанды облысының Әділет департаментінде 2013 жылғы 20 наурызда N 2258 болып тіркелді. Күші жойылды Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 27 мамырдағы № 12/17 қаулысымен</w:t>
+        <w:t>Постановление акимата города Сатпаев Карагандинской области от 6 февраля 2013 года N 02/36. Зарегистрировано Департаментом юстиции Карагандинской области 20 марта 2013 года N 2258. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27 мая 2013 года N 12/17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Ескерту. Күші жойылды Қарағанды облысы Сәтбаев қалалық мәслихатының 27.05.2013 N 12/17 қаулысымен.</w:t>
+        <w:t>      Сноска. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27.05.2013 N 12/17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының 2000 жылғы 27 қарашадағы "</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">" Заңдарына сәйкес Сәтбаев қаласының әкімдігі </w:t>
+      В соответствии с Законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Об административных процедурах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>" от 27 ноября 2000 года, "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" от 23 января 2001 года, акимат города Сатпаев </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
-[...86 lines deleted...]
-      3. Осы қаулы алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль над исполнением настоящего постановления возложить на заместителя акима города Мадиеву М.С.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Сәтбаев қ. әкімі                           Б.Д. Ахметов</w:t>
+        <w:t>      Аким г. Сатпаев                            Б.Д. Ахметов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Сәтбаев қаласы әкімдігінің</w:t>
-[...38 lines deleted...]
-бекітілді</w:t>
+Утверждено</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+постановлением акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+города Сатпаев N 02/36</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 6 февраля 2013 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет регламенті</w:t>
+Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-1. Негізгі ұғымдар</w:t>
+1. Основные понятия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. Осы регламентте келесідей негізгі ұғымдар пайдаланылады:</w:t>
-[...51 lines deleted...]
-      4) уәкілетті орган – "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі.</w:t>
+      1. В настоящем регламенте используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) организация образования - организация среднего образования Республики Казахстан, реализующая общеобразовательные учебные программы начального, основного среднего, общего среднего образования, независимо от формы собственности и ведомственной подчиненности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) СФЕ - структурно-функциональные единицы: ответственные лица уполномоченных органов, структурные подразделения государственных органов, государственные органы, информационные системы или их подсистемы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) получатель государственной услуги - гражданин Республики Казахстан в возрасте 7 - 18 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган – государственное учреждение "Отдел образования, физической культуры и спорта города Сатпаев".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-2. Жалпы ережелер</w:t>
+2. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Осы "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет көрсету регламенті (бұдан әрі - Регламент) Қазақстан Республикасының бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау рәсімін анықтайды.</w:t>
-[...163 lines deleted...]
-      6. Мемлекеттік қызметті алушыға берілетін мемлекеттік қызметтің аяқталу нысаны білім беру ұйымдарының жалпы орта білім беретін ұйымдарға оқуға қабылдау туралы жалпы бұйрығы немесе қызмет көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+      2. Настоящий регламент государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" (далее - Регламент) определяет процедуру приема документов и зачисления в общеобразовательную школу независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается организациями среднего образования города Сатпаев (контактные данные указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Форма оказываемой государственной услуги: не автоматизированная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Государственная услуга регулируется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 января 2012 года N 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2012 года N 1119 "Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере образования и науки".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Формой завершения государственной услуги, которую получит получатель государственной услуги, являются общий приказ организации образования о зачислении в организацию образования либо мотивированный ответ об отказе в предоставлении услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-3. Мемлекеттік қызметті көрсету тәртібіне қойылатын талаптар</w:t>
+3. Требования к порядку оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      7. Мемлекеттік қызмет көрсетудің мерзімі мемлекеттік қызметті алушылар қажетті құжаттарды тапсырған уақыттан бастап 1 жұмыс күнін құрайды:</w:t>
-[...244 lines deleted...]
-      12. Мемлекеттік қызметті көрсету үшін білім беру ұйымында құжат қабылдауды іске асыратын тұлғалардың ең аз саны бір қызметкер.</w:t>
+      7. Срок оказания государственной услуги с момента сдачи получателем государственной услуги необходимых документов составляет 1 рабочий день:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) время ожидания до получения государственной услуги, оказываемой на месте в день обращения (при регистрации) - 30 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) время обслуживания получателя государственной услуги, оказываемой на месте в день обращения – не более 30 минут.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Срок получения конечного результата оказываемой государственной услуги (приказ о зачислении в организацию образования) - не более 3 месяцев, так как приказ о зачислении является общим для всех обучающихся.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Государственная услуга является бесплатной для всех категорий граждан государственных организаций образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Государственная услуга осуществляется ежедневно, за исключением выходных и праздничных дней с 09.00 до 13.00 часов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Предварительная запись и ускоренное оформление не предусмотрены.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Государственная услуга оказывается в зданиях организаций образования по месту проживания заявителя и с учетом территории обслуживания (микроучастка) данной организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Этапы оказания государственной услуги с момента получения заявления от получателя государственной услуги для получения государственной услуги и до момента выдачи результата государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) получатель государственной услуги обращается в организацию образования и подает заявление, предоставляет пакет документов ответственному лицу в канцелярию организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ответственное лицо выдает расписку о приеме необходимых документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ответственное лицо представляет документы на рассмотрение руководителю организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) руководитель организации образования знакомит получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) руководитель организации образования подготавливает общий приказ организации образования о зачислении в организацию образования либо мотивированный ответ об отказе в предоставлении услуги и передает ответственному лицу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) ответственное лицо выдает приказ либо мотивированный ответ об отказе в предоставлении государственной услуги получателю государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Минимальное количество лиц, осуществляющих прием документов для оказания государственной услуги составляет, один сотрудник.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-4. Мемлекеттік қызметті көрсету үдерісіндегі іс-әрекеттер тәртібінің (өзара іс-қимылдар) сипаттамасы</w:t>
+4. Описание порядка действий (взаимодействия) в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      13. Мемлекеттік қызметті алу үшін мемлекеттік қызметті алушы білім беру ұйымына өтініш білдірген жағдайда мынадай құжаттарды ұсынады:</w:t>
-[...432 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген.</w:t>
+      13. Для получения государственной услуги при обращении в организации образования получатель государственной услуги представляет следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление от законных представителей ребенка (в произвольной форме);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) копию свидетельства о рождении ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) справку о состоянии здоровья (медицинский паспорт);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) справку с места жительства или иной документ, подтверждающий место проживания заявителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) фотографии размером 3х4 см в количестве 2 штук.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Информацию о государственной услуге можно получить в государственном учреждении "Отдел образования, физической культуры и спорта города Сатпаев", расположенном по адресу: Карагандинская область, город Сатпаев, проспект Сатпаева 111, 2 этаж и на официальном сайте - www.obrazovanie.satpaev-akimat.kz в разделе "Стандарты оказания государственных услуг".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Документы получателя государственной услуги сдаются ответственному лицу в канцелярию организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. При сдаче документов для получения государственной услуги получателю государственной услуги выдается расписка о приеме необходимых документов с указанием:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) номера и даты приема заявления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) количества и названия приложенных документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имени, отчества ответственного лица, принявшего документы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Способ доставки результата оказания услуги осуществляется через личное посещение получателем государственной услуги организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Основанием для отказа получателю государственной услуги в предоставлении государственной услуги могут быть:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) представление неполного пакета документов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пунктом 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) выявление недостоверных или искаженных фактов (сведений) в документах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствие или отсутствие заявленного уровня образования в данной организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) несоответствие учебных показателей получателя государственной услуги статусу выбранной организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) несоответствие проживания на территории обслуживания данной организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии необходимого профиля обучения в данной организации образования получателю государственной услуги представляется информация о наличии свободных мест в других общеобразовательных школах на территории района (города) по выбранному профилю обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов заявителя на зачисление в организации образования руководители должны ознакомить получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. В процессе оказания государственной услуги задействованы следующие структурно-функциональные единицы (далее – СФЕ):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) руководитель организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ответственное лицо организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. Текстовое табличное описание последовательности и взаимодействия административных действий (процедур) каждой СФЕ с указанием срока выполнения каждого административного действия (процедуры) приведено в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21. Схема, отражающая взаимосвязь между логической последовательностью административных действий в процессе оказания государственной услуги и СФЕ, указана в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Регламенту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-5. Мемлекеттік қызметті көрсететін лауазымдық тұлғалардың жауапкершілігі</w:t>
+5. Ответственность должностных лиц, оказывающих государственные услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      22. Мемлекеттік қызметтің көрсетілуіне жауапты тұлға білім беру ұйымының басшысы болып табылады (бұдан әрі – лауазымды тұлға).</w:t>
-[...22 lines deleted...]
-      23. Лауазымды тұлға мемлекеттік қызметті Қазақстан Республикасының заңнамасына сәйкес белгіленген мерзімде көрсетуді іске асыру мен сапасына жауапты болады.</w:t>
+      22. Ответственным лицом за оказание государственной услуги является руководитель организации образования (далее - должностное лицо).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      23. Должностное лицо несет ответственность за качество и реализацию оказания государственной услуги в установленные сроки в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-1-қосымша</w:t>
+Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+образования независимо от ведомственной подчиненности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+для обучения по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Сәтбаев қаласының білім беру ұйымдарының байланыс деректері</w:t>
+Контактные данные организаций образования города Сатпаев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="697"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4387"/>
+        <w:gridCol w:w="972"/>
+        <w:gridCol w:w="7875"/>
+        <w:gridCol w:w="5133"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Жұмыс кестесі</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес, контактный телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Гимназия имени С. Сейфуллина" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Комарова 11 а, телефон 3-34-68, 3-32-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Школа-гимназия N 1" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Наурыз 144, телефон 7-25-48</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-15-62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 2" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселок Жезказган, ул. Ауэзова 37 А, телефон 2-23-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 3" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Победы 17, телефон 7-15-81,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-24-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Школа-лицей N 4 имени Абая" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, пр. Сатпаева 144 А, телефон 3-33-96,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 4-18-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 5" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Бабыр би 5, телефон 4-07-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 7" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, пр. Независимости 20, телефон 3-47-46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 10" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселок Жезказган, ул. Кирова 13, телефон 2-64-39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 12" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселок Жезказган, ул. Кирова 12, телефон 2-63-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 14" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Наурыз 5, телефон 7-32-07,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-12-68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя общеобразовательная школа N 15" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Ерден 217, телефон 3-19-75, 3-19-72, 3-19-73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя общеобразовательная школа N 16" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, пр. Сатпаева 154, телефон 4-00-11,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 4-00-09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Начальная школа N 17" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>село Сатпаев, ул. Клубная 1, телефон 8 7102 76-97-34,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 7105 95-20-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 19" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Комарова 11, телефон 3-75-28,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 3-34-49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 25" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев ,ул. Комарова 12 а, телефон 3-70-46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 27" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Наурыз 14 а, телефон 7-65-63, 7-65-61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-2-қосымша</w:t>
+Приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+образования независимо от ведомственной подчиненности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+для обучения по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Әрбір әкімшілік іс-әрекеттің (рәсімнің) орындау мерзімін көрсетумен әр ҚФБ әкімшілік іс-әрекеттерінің (рәсімдерінің) дәйектілігі</w:t>
+Текстовое табличное описание последовательности и взаимодействия административных действий (процедур)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -4003,80 +3753,80 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Негізгі үдеріс іс-әрекеттері (жұмыс ағыны, барысы)</w:t>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Іс-әрекет N (жұмыс барысы, ағыны)</w:t>
+              <w:t>N действия (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4133,399 +3883,390 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>ҚФБ атауы</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование СФЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>Білім беру ұйымының жауапты тұлғасы</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственное лицо организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>Білім беру ұйымының басшысы</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>Білім беру ұйымының жауапты тұлғасы</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственное лицо организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Іс-әрекет (үдерістің, ресімнің, операцияның) атауы және олардың сипаттамасы</w:t>
+              <w:t>Наименование действия (процесса, процедуры, операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау, өтінішті тіркеу</w:t>
+              <w:t>Прием документов, регистрация заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>Құжаттарды қарау, мемлекеттік қызметті алушыны білім беру ұйымының Жарғысымен және білім беру үдерісін реттейтін басқа да құжаттармен таныстыру</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассмотрение документов, ознакомление получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бұйрықты не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты тіркеу</w:t>
+              <w:t>Регистрация приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Аяқталу нысаны </w:t>
-[...8 lines deleted...]
-              <w:t>(деректер, құжат, ұйымдастырушылық-өкімдік шешім)</w:t>
+              <w:t>Форма завершения (данные, документ, организационно-распорядительное решение)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметті алушыға қажетті құжаттарды қабылдау туралы қолхат беру</w:t>
+              <w:t>Выдача расписки о приеме необходимых документов получателю государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>Жалпы бұйрықты не қызмет көрсетуден бас тарту туралы дәлелді жауапты шығару</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Издание общего приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы бұйрық не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты беру</w:t>
+              <w:t>Выдача общего приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орындау мерзімдері</w:t>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4535,107 +4276,107 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 жұмыс күннің ішінде</w:t>
+              <w:t>в течение 1 рабочего дня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 жұмыс күннің ішінде</w:t>
+              <w:t>в течение 1 рабочего дня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Соңғы нәтижені алу мерзімі</w:t>
+              <w:t>Срок получения конечного результата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
@@ -4680,80 +4421,80 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім беру ұйымына қабылдау туралы жалпы бұйрық беру</w:t>
+              <w:t>Выдача общего приказа о зачислении в организацию образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орындау мерзімдері</w:t>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
@@ -4798,250 +4539,262 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 айдан аспайды</w:t>
+              <w:t>не более 3 - х месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-3-қосымша</w:t>
+Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+образования независимо от ведомственной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+подчиненности для обучения по общеобразовательным</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+программам начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-ҚФБ әкімшілік іс әрекеттердің (үрдістердің) өзара әрекеті мен реттілік сипаттамасы</w:t>
+Схемы, отражающие взаимосвязь между логической последовательностью</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+административных действий СФЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6934200" cy="6946900"/>
+            <wp:extent cx="6908800" cy="6083300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6934200" cy="6946900"/>
+                      <a:ext cx="6908800" cy="6083300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5054,90 +4807,90 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
           <w10:wrap type="square"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>