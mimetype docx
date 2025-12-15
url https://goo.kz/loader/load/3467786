--- v0 (2025-12-06)
+++ v1 (2025-12-15)
@@ -1,4540 +1,4259 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќќа ќарсы іс-ќимыл туралы</w:t>
+        <w:t>О противодействии коррупции</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ќазаќстан Республикасыныѕ Заѕы 2015 жылєы 18 ќарашадаєы № 410-V ЌРЗ.</w:t>
+        <w:t>Закон Республики Казахстан от 18 ноября 2015 года № 410-V ЗРК.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Егемен Ќазаќстан" 20.11.2015 ж., № 223 (28701); "Казахстанская правда" от 20.11.2015 г., № 223 (28099); Ќазаќстан Республикасы Парламентініѕ Жаршысы, 2015 ж., № 22-ІІ, 147-ќўжат</w:t>
+        <w:t>"Казахстанская правда" от 20.11.2015 г., № 223 (28099); "Егемен Ќазаќстан" 20.11.2015 ж., № 223 (28701); Ведомости Парламента РК 2015 г., № 22-II, cт. 147</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="00B82115" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="0025475F" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      РЌАО-ныѕ ескертпесі!</w:t>
+        <w:t>      Примечание РЦПИ!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Осы Заѕныѕ ќолданысќа енгізілу тјртібін 27-баптан ќараѕыз.</w:t>
+        <w:t>      Порядок введения в действие настоящего Закона см. ст.27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        <w:t>      Ќолданушыларєа ыѕєайлы болуы їшін РЌАО мазмўнды жасады.</w:t>
+        <w:t>      Для удобства пользования РЦПИ создано ОГЛАВЛЕНИЕ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Настоящий Закон регулирует общественные отношения в сфере противодействия коррупции и направлен на реализацию антикоррупционной политики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>МАЗМЎНЫ</w:t>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Осы Заѕ сыбайлас жемќорлыќќа ќарсы іс-ќимыл саласындаєы ќоєамдыќ ќатынастарды реттейді жјне Ќазаќстан Республикасында сыбайлас жемќорлыќќа ќарсы саясатты іске асыруєа баєытталєан.</w:t>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 1. Разъяснение некоторых понятий, содержащихся в настоящем Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержащиеся в настоящем Законе понятия применяются в следующем значении:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лицо, занимающее ответственную государственную должность, – лицо, занимающее должность, которая установлена Конституцией Республики Казахстан, конституционными и иными законами Республики Казахстан для непосредственного исполнения функций государства и полномочий государственных органов, в том числе депутат Парламента Республики Казахстан, судья, а равно лицо, занимающее согласно законодательству Республики Казахстан о государственной службе политическую государственную должность либо административную государственную должность корпуса "А";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) должностное лицо – лицо, постоянно, временно или по специальному полномочию осуществляющее функции представителя власти либо выполняющее организационно-распорядительные или административно-хозяйственные функции в государственных органах, субъектах квазигосударственного сектора, органах местного самоуправления, а также в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лицо, уполномоченное на выполнение государственных функций, – государственный служащий в соответствии с законами Республики Казахстан о государственной службе, депутат маслихата, а также лицо, временно исполняющее обязанности, предусмотренные государственной должностью, до назначения его на государственную службу;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) лицо, приравненное к лицам, уполномоченным на выполнение государственных функций, – лицо, избранное в органы местного самоуправления; гражданин, зарегистрированный в установленном законом Республики Казахстан порядке в качестве кандидата в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборного органа местного самоуправления; служащий, постоянно или временно работающий в органе местного самоуправления, оплата труда которого производится из средств государственного бюджета Республики Казахстан; лицо, исполняющее управленческие функции в государственной организации или субъекте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>квазигосударственного сектора, служащие Национального Банка Республики Казахстан и его ведомств;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при котором личные интересы указанных лиц могут привести к ненадлежащему исполнению ими своих должностных полномочий;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) коррупция – незаконное использование лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к лицам, уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с ними возможностей в целях получения или извлечения лично или через посредников имущественных (неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) антикоррупционная политика – правовые, административные и организационные меры, направленные на снижение коррупционных рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) антикоррупционные ограничения – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционных правонарушений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению причин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и устранению их последствий;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) уполномоченный орган по противодействию коррупции – центральный исполнительный орган в сфере государственной службы и противодействия коррупции и его ведомство, их территориальные подразделения, осуществляющие в пределах своих полномочий функции по реализации антикоррупционной политики Республики Казахстан и координации в сфере противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие), за которое законом установлена административная или уголовная ответственность;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) коррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) предупреждение коррупции – деятельность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению причин и условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 1 с изменением, внесенным Законом РК от 06.04.2016 № 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Настоящий Закон действует на территории Республики Казахстан в отношении физических и юридических лиц. За пределами Республики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Уголовные ответственность и наказание за коррупционные преступления предусмотрены Уголовным кодексом Республики Казахстан, административные ответственность и взыскание за административные коррупционные правонарушения – Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Законодательство Республики Казахстан о противодействии коррупции основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 4. Основные принципы противодействия коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Противодействие коррупции осуществляется на основе принципов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) приоритета защиты прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) гласности и прозрачности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) взаимодействия государства и гражданского общества;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) системного и комплексного использования мер противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) приоритетного применения мер предупреждения коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) поощрения лиц, оказывающих содействие в противодействии коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 5. Цель и задачи противодействия коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Целью противодействия коррупции является устранение коррупции в обществе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Достижение цели противодействия коррупции реализуется посредством решения следующих задач:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) формирования в обществе атмосферы нетерпимости к коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выявления условий и причин, способствующих совершению коррупционных правонарушений, и устранения их последствий;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) укрепления взаимодействия субъектов противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) развития международного сотрудничества по противодействию коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) выявления, пресечения, раскрытия и расследования коррупционных правонарушений.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+        <w:t>Глава 2. МЕРЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 6. Система мер противодействия коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Система мер противодействия коррупции включает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) антикоррупционный мониторинг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) анализ коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) формирование антикоррупционной культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) выявление коррупциогенных норм при производстве юридической экспертизы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) формирование и соблюдение антикоррупционных стандартов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) финансовый контроль;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) антикоррупционные ограничения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) предотвращение и разрешение конфликта интересов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) меры противодействия коррупции в сфере предпринимательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) выявление, пресечение, раскрытие и расследование коррупционных правонарушений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) сообщение о коррупционных правонарушениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) устранение последствий коррупционных правонарушений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) формирование и публикацию Национального доклада о противодействии коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 7. Антикоррупционный мониторинг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Антикоррупционный мониторинг – деятельность субъектов противодействия коррупции по сбору, обработке, обобщению, анализу и оценке информации, касающейся эффективности антикоррупционной политики, состояния правоприменительной практики в сфере противодействия коррупции, а также восприятия и оценки уровня коррупции обществом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Целью антикоррупционного мониторинга является оценка правоприменительной практики в сфере противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Источниками антикоррупционного мониторинга являются правовая статистика и обращения физических и юридических лиц, сведения неправительственных и международных организаций, данные социологических опросов и публикаций в средствах массовой информации, а также иные не запрещенные законом источники информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Результаты антикоррупционного мониторинга могут являться основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Положения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 8. Анализ коррупционных рисков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Внешний анализ коррупционных рисков осуществляется уполномоченным органом по противодействию коррупции в порядке, определяемом Правительством Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан, по следующим направлениям:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) выявление коррупционных рисков в нормативных правовых актах, затрагивающих деятельность государственных органов и организаций, субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выявление коррупционных рисков в организационно-управленческой деятельности государственных органов и организаций, субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К проведению внешнего анализа коррупционных рисков уполномоченный орган по противодействию коррупции вправе привлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По результатам внешнего анализа коррупционных рисков государственные органы, организации и субъекты квазигосударственного сектора принимают меры по устранению причин и условий возникновения коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Действие пункта 2 настоящей статьи не распространяется на отношения в сферах:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) высшего надзора, осуществляемого прокуратурой;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) досудебного производства по уголовным делам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) производства по делам об административных правонарушениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) правосудия;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) оперативно-розыскной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) уголовно-исполнительной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) контроля за соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Положения пункта 2 настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Государственные органы, организации и субъекты квазигосударственного сектора осуществляют внутренний анализ коррупционных рисков, по результатам которого принимают меры по устранению причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Типовой порядок проведения внутреннего анализа коррупционных рисков определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 8 с изменением, внесенным Законом РК от 03.07.2017 № 86-VI (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 9. Формирование антикоррупционной культуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Формирование антикоррупционной культуры – деятельность, осуществляемая субъектами противодействия коррупции в пределах своей компетенции по сохранению и укреплению в обществе системы ценностей, отражающей нетерпимость к коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Формирование антикоррупционной культуры осуществляется посредством комплекса мер образовательного, информационного и организационного характера.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, осуществляемый в целях нравственного, интеллектуального, культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Информационная и организационная деятельность реализуется путем проведения разъяснительной работы в средствах массовой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 10. Антикоррупционные стандарты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Антикоррупционные стандарты разрабатываются государственными органами, организациями и субъектами квазигосударственного сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие статьи 11 см. ст. 27 Закона РК от 18.11.2015 № 410-V. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. В целях осуществления мер финансового контроля лица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) декларацию об активах и обязательствах;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) декларацию о доходах и имуществе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Декларацию об активах и обязательствах представляют кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления и их супруги – до регистрации в качестве кандидата.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Декларацию о доходах и имуществе представляют:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лица, занимающие ответственную государственную должность, и их супруги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лица, уполномоченные на выполнение государственных функций, и их супруги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) должностные лица и их супруги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) лица, приравненные к лицам, уполномоченным на выполнение государственных функций, и их супруги.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. В случае приобретения в течение отчетного календарного года имущества, определенного налоговым законодательством Республики Казахстан, лица, указанные в пункте 3 настоящей статьи, в декларации о доходах и имуществе отражают сведения об источниках покрытия расходов на приобретение указанного имущества.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Декларация об активах и обязательствах составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме и в порядке, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Декларация о доходах и имуществе составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме, в порядке и сроки, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. Сведения о представлении физическими лицами, указанными в пунктах 2 и 3 настоящей статьи, декларации об активах и обязательствах или декларации о доходах и имуществе размещаются на официальном интернет-ресурсе государственного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в порядке, установленном налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Непредставление декларации об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не содержатся признаки уголовно наказуемого деяния:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лицами, указанными в пункте 2 настоящей статьи, – является основанием для отказа в регистрации или отмене решений о регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      лицами, указанными в пункте 3 настоящей статьи, – влечет ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9. Опубликованию в срок не позднее 31 декабря года, следующего за отчетным календарным годом, подлежат сведения, отраженные в декларациях физических лиц, которые представили следующие лица и их супруги:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) занимающие политические государственные должности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) занимающие административные государственные должности корпуса "А";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) депутаты Парламента Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) судьи Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) лица, исполняющие управленческие функции в субъектах квазигосударственного сектора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Перечень сведений, подлежащих опубликованию, определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сведения, указанные в части второй настоящего пункта, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан на их официальных интернет-ресурсах.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10. Требования пункта 7 и подпунктов 1) и 2) пункта 9 настоящей статьи не распространяются на сведения, составляющие государственные секреты.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом тайной в соответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Примечания.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Лицами, исполняющими управленческие функции в субъектах квазигосударственного сектора, в настоящей статье признаются лица, постоянно, временно либо по специальному полномочию исполняющие организационно-распорядительные или административно-хозяйственные функции в указанных организациях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Под организационно-распорядительными функциями в настоящей статье подразумевается деятельность лиц по осуществлению предусмотренных законодательством и учредительными документами полномочий исполнительного органа организации. К этим функциям относятся общее руководство коллективом, расстановка и подбор кадров, организация и контроль труда подчиненных, поддержание дисциплины, выражающееся в применении мер поощрения и наложении дисциплинарных взысканий.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Под административно-хозяйственными функциями в настоящей статье подразумевается осуществление лицами, на которых возложена полная материальная ответственность, деятельности в рамках предоставленных полномочий по управлению и распоряжению имуществом, в том числе деньгами, находящимися на балансе и банковских счетах организации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 12. Антикоррупционные ограничения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. В целях недопущения лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к ним (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностными лицами, а также лицами, являющимися кандидатами, уполномоченными на выполнение указанных функций, совершения действий, которые могут привести к использованию ими своих полномочий в личных, групповых и иных неслужебных интересах, указанные лица с учетом особенностей, установленных статьями 13, 14 и 15 настоящего Закона, принимают на себя антикоррупционные ограничения по:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) осуществлению деятельности, не совместимой с выполнением государственных функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) недопустимости совместной службы (работы) близких родственников, супругов и свойственников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) использованию служебной и иной информации, не подлежащей официальному распространению, в целях получения или извлечения имущественных и неимущественных благ и преимуществ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) принятию подарков в связи с исполнением служебных полномочий в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Законами, регулирующими порядок выполнения отдельных государственных функций, могут устанавливаться другие правовые нормы, предусматривающие ограничения, направленные на предупреждение коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Согласие лиц, указанных в пункте 1 настоящей статьи, на принятие антикоррупционных ограничений фиксируется службами управления персоналом (кадровыми службами) соответствующих организаций в письменной форме.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Непринятие антикоррупционных ограничений лицами, указанными в пункте 1 настоящей статьи, влечет отказ в приеме на должность либо увольнение с должности (освобождение от должности), их несоблюдение в случаях отсутствия признаков уголовно наказуемого деяния и административного правонарушения является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 13. Деятельность, несовместимая с выполнением государственных функций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), лицам, приравненным к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления, лиц, осуществляющих деятельность в субъектах квазигосударственного сектора), должностным лицам запрещается:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законами Республики Казахстан, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения имущественных или иных благ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Лица, исполняющие управленческие функции в организациях, входящих в группу Фонда национального благосостояния, вправе занимать оплачиваемые должности в органах управления, наблюдательных советах, исполнительных органах иных организаций, входящих в группу Фонда национального благосостояния.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Лица, указанные в пунктах 1 и 2 настоящей статьи, вправе сдавать в имущественный наем (аренду) жилище, принадлежащее им на праве собственности, и получать доход от такой сдачи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Председателю Национального Банка Республики Казахстан и его заместителям запрещается приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Председатель Национального Банка Республики Казахстан и его заместители в течение тридцати календарных дней со дня их назначения на должности обязаны передать в доверительное управление в порядке, установленном законами Республики Казахстан, принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Лица, указанные в пункте 1 настоящей статьи, в течение тридцати календарных дней со дня вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном законами Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. В случае приобретения акции лица, указанные пункте 1 настоящей статьи, обязаны передать их в доверительное управление в течение тридцати календарных дней со дня приобретения в порядке, установленном законами Республики Казахстан, и представить в службу управления персоналом (кадровую службу) по месту работы копию нотариально удостоверенного договора на доверительное управление имуществом в течение десяти рабочих дней после нотариального удостоверения договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Неисполнение обязательств, предусмотренных пунктами 4 и 6 настоящей статьи, лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, и лицами, приравненными к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления, лиц, осуществляющих свою деятельность в субъектах квазигосударственного сектора), и должностными лицами является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 13 с изменениями, внесенными Законом РК от 22.01.2016 № 446-V (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 14. Недопустимость совместной службы (работы)близких родственников, супругов или свойственников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Лица, занимающие ответственную государственную должность, лица, уполномоченные на выполнение государственных функций, и лица, приравненные к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностные лица не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемым их близкими родственниками и (или) супругом (супругой), а также свойственниками.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Лица, нарушающие требования пункта 1 настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого перевода один из этих служащих подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Примечание. В настоящем Законе под близкими родственниками понимаются родители (родитель), дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки, под свойственниками – братья, сестры, родители и дети супруга (супруги).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 15. Конфликт интересов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций, лицам, приравненным к лицам, уполномоченным на выполнение государственных функций, должностным лицам запрещается осуществлять должностные обязанности, если имеется конфликт интересов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Лица, указанные в пункте 1 настоящей статьи, должны принимать меры по предотвращению и разрешению конфликта интересов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Лица, указанные в пункте 1 настоящей статьи, обязаны в письменной форме уведомить непосредственного руководителя либо руководство организации, в которой они работают, о возникшем конфликте интересов или о возможности его возникновения, как только им станет об этом известно.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Непосредственный руководитель либо руководство организации по обращениям лиц, указанных в пункте 1 настоящей статьи, или при получении информации из других источников обязаны своевременно принимать следующие меры по предотвращению и урегулированию конфликта интересов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) отстранить лиц, указанных в пункте 1 настоящей статьи, от исполнения должностных обязанностей и поручить другому лицу исполнение должностных обязанностей по вопросу, в связи с которым возник или может возникнуть конфликт интересов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) изменить должностные обязанности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) принять иные меры по устранению конфликта интересов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 16. Меры противодействия коррупции в сфере предпринимательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Субъекты предпринимательства при осуществлении своей деятельности принимают меры по предупреждению коррупции, в том числе по минимизации причин и условий, способствующих совершению коррупционных правонарушений, путем:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) установления организационно-правовых механизмов, обеспечивающих подотчетность, подконтрольность и прозрачность процедур принятия решений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) соблюдения принципов добросовестной конкуренции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) предотвращения конфликта интересов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) принятия и соблюдения норм деловой этики;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) принятия мер по формированию антикоррупционной культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) взаимодействия с государственными органами и иными организациями по вопросам предупреждения коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объединениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 17. Национальный доклад о противодействии коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Национальный доклад о противодействии коррупции – документ, содержащий анализ и оценку состояния и тенденции распространения коррупции на международном и национальном уровнях, предложения по формированию, реализации и совершенствованию антикоррупционной политики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Уполномоченный орган по противодействию коррупции ежегодно формирует Национальный доклад о противодействии коррупции и в порядке, установленном законодательством Республики Казахстан, вносит его в Правительство Республики Казахстан для последующего представления Президенту Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Национальный доклад о противодействии коррупции формируется на основе результатов работы уполномоченного органа по противодействию коррупции и деятельности государственных органов, физических и юридических лиц по вопросам противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Порядок подготовки, внесения Национального доклада о противодействии коррупции Президенту Республики Казахстан и его опубликования утверждается Президентом Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 17 с изменением, внесенным Законом РК от 06.04.2016 № 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заѕда ќамтылатын кейбір ўєымдарды тїсіндіру</w:t>
+        <w:t>Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Осы Заѕда ќамтылатын ўєымдар мынадай маєынада ќолданылады:</w:t>
-[...125 lines deleted...]
-        <w:t>      13) сыбайлас жемќорлыќтыѕ алдын алу – сыбайлас жемќорлыќќа ќарсы іс-ќимыл субъектілерініѕ алдын алу шаралары жїйесін јзірлеу жјне енгізу арќылы сыбайлас жемќорлыќ ќўќыќ бўзушылыќтар жасауєа ыќпал ететін себептер мен жаєдайларды зерделеу, аныќтау, шектеу жјне жою жґніндегі ќызметі.</w:t>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 18. Субъекты противодействия коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К субъектам противодействия коррупции относятся:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) уполномоченный орган по противодействию коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) иные субъекты противодействия коррупции – государственные органы, субъекты квазигосударственного сектора, общественные объединения, а также иные физические и юридические лица.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 19. Антикоррупционная служба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Антикоррупционная служба – оперативно-следственные подразделения уполномоченного органа по противодействию коррупции, осуществляющие деятельность, направленную на предупреждение, выявление, пресечение, раскрытие и расследование коррупционных преступлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Сотрудники антикоррупционной службы при исполнении ими служебных обязанностей обладают полномочиями, установленными Законом Республики Казахстан "О правоохранительной службе" и иными законодательными актами Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-бапќа ґзгеріс енгізілді - ЌР 06.04.2016 № 484-V Заѕымен (алєашќы ресми жарияланєан кїнінен кейін кїнтізбелік он кїн ґткен соѕ ќолданысќа енгізіледі).</w:t>
+        <w:t>      Сноска. Статья 19 с изменением, внесенным Законом РК от 06.04.2016 № 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 20. Компетенция уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Уполномоченный орган по противодействию коррупции осуществляет следующие функции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) разработка предложений по совершенствованию нормативной правовой базы в сфере противодействия коррупции, а также принятие в установленном законодательством Республики Казахстан порядке нормативных правовых актов в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выявление причин и условий, способствующих совершению коррупционных правонарушений в деятельности государственных органов, организаций и субъектов квазигосударственного сектора, в соответствии с настоящим Законом;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) внесение на рассмотрение Правительства Республики Казахстан рекомендации по минимизации и устранению причин и условий возникновения коррупции в деятельности государственных органов, организаций и субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) ежегодное внесение в Правительство Республики Казахстан для последующего представления Президенту Республики Казахстан Национального доклада о противодействии коррупции в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) мониторинг исполнения государственными органами, организациями, субъектами квазигосударственного сектора рекомендаций по устранению причин и условий, способствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного на средства, добытые преступным путем, как правило, с последующим опубликованием информации о его обращении в доход государства;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) изучение и распространение положительного опыта противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) выработка предложений по совершенствованию образовательных программ в сфере формирования антикоррупционной культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) содействие и оказание методической помощи субъектам противодействия коррупции в реализации образовательных программ по антикоррупционному образованию и воспитанию, информационной и разъяснительной деятельности, исполнению государственного социального заказа, направленного на формирование антикоррупционной культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) взаимодействие с другими государственными органами, физическими и юридическими лицами по основным направлениям деятельности уполномоченного органа по противодействию коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) участие в подготовке проектов международных договоров по вопросам противодействия коррупции, взаимодействие с соответствующими органами иностранных государств по вопросам противодействия коррупции, участие в пределах своих полномочий в деятельности международных организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) иные функции, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 20 с изменением, внесенным Законом РК от 06.04.2016 № 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Уполномоченный орган по противодействию коррупции при выполнении возложенных на него функций:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) запрашивает у государственных органов, организаций и должностных лиц информацию и материалы в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в случаях выявления нарушения законодательства Республики Казахстан о противодействии коррупции принимает меры в установленном законодательством порядке по их устранению;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) определяет порядок проведения антикоррупционного мониторинга;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3-1) составляет протоколы и рассматривает дела об административных правонарушениях в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществляет иные права, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Антикоррупционная служба уполномоченного органа по противодействию коррупции в пределах своих полномочий вправе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проводить анализ практики оперативно-розыскной и следственной деятельности, досудебного расследования по коррупционным преступлениям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) по имеющимся в производстве уголовным делам подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) изымать или производить выемку документов, товаров, предметов или иного имущества в соответствии с уголовно-процессуальным законодательством Республики Казахстан и (или) законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) использовать изоляторы временного содержания, следственные изоляторы в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) вносить государственным органам, организациям или лицам, исполняющим в них управленческие функции, представления о принятии мер по устранению обстоятельств или других нарушений закона в порядке, установленном уголовно-процессуальным законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) исключен Законом РК от 06.04.2016 № 484-V (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) требовать производства ревизий, налоговых и других проверок, аудита и оценки от уполномоченных органов и должностных лиц в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) совершенствовать формы и методы борьбы с коррупционными преступлениями, определять стратегию и тактику оперативно-розыскной деятельности, вырабатывать и реализовывать меры по повышению ее эффективности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) в соответствии с законодательством Республики Казахстан создавать и использовать информационные системы, обеспечивающие решение возложенных на нее задач, организовывать исследование в ходе досудебного расследования, производства по делам об административных правонарушениях в порядке, установленном законодательством;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) конвоировать задержанных и лиц, заключенных под стражу;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) осуществлять иные полномочия, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 21 с изменениями, внесенными Законом РК от 06.04.2016 № 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 22. Полномочия государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц по противодействию коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Противодействие коррупции в пределах своей компетенции обязаны вести все государственные органы, организации, субъекты квазигосударственного сектора и должностные лица.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Выявление, пресечение, раскрытие, расследование и предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национальной безопасности, внутренних дел, государственных доходов, военной полиции, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 23. Участие общественности в противодействии коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Физические лица, общественные объединения и иные юридические лица при противодействии коррупции применяют следующие меры:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) сообщают об известных им фактах совершения коррупционных правонарушений в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) вносят предложения по совершенствованию законодательства и правоприменительной практики по вопросам противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) участвуют в формировании антикоррупционной культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществляют взаимодействие с другими субъектами противодействия коррупции и уполномоченным органом по противодействию коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) запрашивают и получают в порядке, установленном законодательством Республики Казахстан, от государственных органов информацию о деятельности по противодействию коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) проводят исследования, в том числе научные и социологические, по вопросам противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) проводят разъяснительную работу в средствах массовой информации и организуют социально значимые мероприятия по вопросам противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 24. Сообщение о коррупционных правонарушениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Лицо, располагающее информацией о коррупционном правонарушении, информирует руководство государственного органа либо организации, сотрудником которой является, либо уполномоченный орган по противодействию коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Руководство государственного органа, организации, уполномоченный орган по противодействию коррупции обязаны принять меры по поступившему сообщению о коррупционном правонарушении в соответствии с законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в противодействии коррупции, находится под защитой государства и поощряется в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Положения настоящего пункта не распространяются на лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения, которые подлежат ответственности в соответствии с законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Информация о лице, оказывающем содействие в противодействии коррупции, является государственным секретом и предоставляется в порядке, установленном законом. Разглашение указанной информации влечет ответственность, установленную законом.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2-бап. Осы Заѕныѕ ќолданылу аясы</w:t>
+        <w:t>Глава 4. УСТРАНЕНИЕ ПОСЛЕДСТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:t>      2. Сыбайлас жемќорлыќ ќылмыстар їшін ќылмыстыќ жауаптылыќ пен жаза – Ќазаќстан Республикасыныѕ Ќылмыстыќ кодексінде, јкімшілік сыбайлас жемќорлыќ ќўќыќ бўзушылыќтар їшін јкімшілік жауаптылыќ пен жаза – Ќазаќстан Республикасыныѕ Јкімшілік ќўќыќ бўзушылыќ туралы кодексінде кґзделген.</w:t>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 25. Взыскание (возврат) незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг в результате коррупционных правонарушений их взыскание осуществляется на основании решения суда, вступившего в законную силу, по иску прокурора, органов государственных доходов либо других государственных органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. В случаях, указанных в пункте 1 настоящей статьи, прокурор, органы государственных доходов либо другие уполномоченные на это законом государственные органы и должностные лица в сроки, установленные законом, обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Если с лица, занимающего ответственную государственную должность, лица, уполномоченного на выполнение государственных функций, и лица, приравненного к лицу, уполномоченному на выполнение государственных функций, и должностного лица на момент увольнения, иного освобождения от выполнения соответствующих функций не взысканы незаконно полученное имущество или стоимость незаконно предоставленных услуг, должностное лицо или орган, принимающие решение о таком освобождении, направляют в органы государственных доходов по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Возврат, учет, хранение, оценка и реализация сданного имущества осуществляются в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 26. Недействительность сделок, договоров, актов и действий, совершенных в результате коррупционных правонарушений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Сделки, договоры, совершенные в результате коррупционных правонарушений, признаются судом недействительными в установленном законом Республики Казахстан порядке по иску уполномоченных государственных органов, заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Принятие актов и совершение действий в результате коррупционных правонарушений являются основаниями для их отмены (признания недействительными) лицами, уполномоченными на отмену (прекращение действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3-бап. Ќазаќстан Республикасыныѕ сыбайлас жемќорлыќќа ќарсы іс-ќимыл туралы заѕнамасы</w:t>
+        <w:t>Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
-[...25 lines deleted...]
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4-бап. Сыбайлас жемќорлыќќа ќарсы іс-ќимылдыѕ негізгі ќаєидаттары</w:t>
+        <w:t>Статья 27. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Сыбайлас жемќорлыќќа ќарсы іс-ќимыл:</w:t>
-[...71 lines deleted...]
-        <w:t>      8) сыбайлас жемќорлыќ ќўќыќ бўзушылыќтарды жасаєаны їшін жазаныѕ бўлтартпастыєы ќаєидаттары негізінде жїзеге асырылады.</w:t>
+        <w:t>      1. Настоящий Закон вводится в действие с 1 января 2016 года, за исключением:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) статьи 11, которая вводится в действие с 1 января 2020 года;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 30.11.2016 № 26-VI (вводится в действие с 01.01.2017). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. Исключен Законом РК от 30.11.2016 № 26-VI (вводится в действие с 01.01.2017). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. Установить, что со дня введения в действие настоящего Закона до 1 января 2020 года статья 11 действует в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5-бап. Сыбайлас жемќорлыќќа ќарсы іс-ќимылдыѕ маќсаты мен міндеттері</w:t>
+        <w:t>"Статья 11. Меры финансового контроля</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="007A70FB">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      1. Сыбайлас жемќорлыќќа ќарсы іс-ќимылдыѕ маќсаты ќоєамда сыбайлас жемќорлыќты жою болып табылады.</w:t>
-[...499 lines deleted...]
-        <w:t>      Сыбайлас жемќорлыќ тјуекелдеріне ішкі талдау жїргізудіѕ їлгілік тјртібін сыбайлас жемќорлыќќа ќарсы іс-ќимыл жґніндегі ујкілетті орган айќындайды.</w:t>
+        <w:t>      1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, представляют в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских или иных реквизитов указанных организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) в размере, превышающем тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Лица, занимающие государственную должность, ежегодно в период выполнения своих полномочий в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Лица, уволенные с государственной службы по отрицательным мотивам, в течение трех лет после увольнения в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Супруг (супруга) лица, указанного в пункте 1 настоящей статьи, представляет в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе, находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских и иных реквизитов указанных организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) и превышающих тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Супруг (супруга) лица, указанного в пунктах 2 и 3 настоящей статьи, представляет в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Члены семьи лица, являющегося кандидатом на службу в специальный государственный орган, представляют в орган государственных доходов по месту жительства декларацию и сведения, указанные в пункте 4 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Примечание. Под членами семьи лица, являющегося кандидатом на службу в специальный государственный орган, в настоящем пункте признаются супруг (супруга), совершеннолетние дети и лица, находящиеся на его иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. Указанные в пунктах 1 и 2 настоящей статьи лица представляют соответственно в орган, на занятие должности в котором они претендуют, либо по месту работы справку из органа государственных доходов о получении им деклараций и сведений, перечисленных в пунктах 1 или 5 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Непредставление или представление неполных, недостоверных деклараций и сведений, перечисленных в настоящей статье, лицами, указанными в пунктах 1 и 2 настоящей статьи (за исключением лиц, уволенных с государственной службы по отрицательным мотивам), если в содеянном не содержится признаков уголовно наказуемого деяния, является основанием для отказа в наделении лица соответствующими полномочиями либо влечет дисциплинарную ответственность в предусмотренном законом порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9. Деяния, указанные в пункте 8 настоящей статьи, совершенные умышленно, а также совершенные неоднократно, влекут административную ответственность, налагаемую в установленном законом порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10. Деяния, указанные в пункте 8 настоящей статьи, совершенные впервые в течение трех лет после освобождения лиц от выполнения государственных или приравненных к ним функций, а также повторное совершение таких действий влекут установленную законом административную ответственность.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11. В порядке, установленном законодательством, могут быть опубликованы сведения о размерах и об источниках доходов должностных лиц, занимающих ответственные государственные должности, а также сведения о доходах кандидатов на выборные государственные должности при их выдвижении.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. Лицам, уполномоченным на выполнение государственных функций, и лицам, приравненным к ним, запрещается заключение гражданско-правовых сделок не под своим именем – на подставных лиц, анонимно, под псевдонимом и других. Эти сделки признаются недействительными в установленном законом порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, составляют служебную тайну. Их разглашение, если в содеянном не содержится признаков уголовно наказуемого деяния, влечет увольнение виновного лица. Данные сведения представляются только по запросам уполномоченного органа по противодействию коррупции, органов прокуратуры, национальной безопасности, внутренних дел, государственных доходов, военной полиции, антикоррупционной службы, Пограничной службы Комитета национальной безопасности Республики Казахстан, а также в судебном порядке, установленном законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      15. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан.".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Признать утратившим силу Закон Республики Казахстан от 2 июля 1998 года "О борьбе с коррупцией" (Ведомости Парламента Республики Казахстан, 1998 г., № 15, ст. 209; 1999 г., № 21, ст. 774; 2000 г., № 5, ст. 116; 2001 г., № 13-14, ст. 172; № 17-18, ст. 241; 2002 г., № 17, ст. 155; 2003 г., № 18, ст. 142; 2004 г., № 10, ст. 56; 2007 г., № 17, ст. 140; № 19, ст. 147; 2008 г., № 23, ст. 114; 2009 г., № 19, ст. 88; № 24, ст. 122, 126; 2010 г., № 24, ст. 148; 2011 г., № 1, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013 г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Ескерту. 8-бапќа ґзгеріс енгізілді - ЌР 03.07.2017 № 86-VI Конституциялыќ заѕымен (алєашќы ресми жарияланєан кїнінен кейін кїнтізбелік он кїн ґткен соѕ ќолданысќа енгізіледі).</w:t>
-[...2598 lines deleted...]
-        <w:t>      Ескерту. 27-бапќа ґзгеріс енгізілді - ЌР 30.11.2016 № 26-VI Заѕымен (01.01.2017 бастап ќолданысќа енгізіледі).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными Законом РК от 30.11.2016 № 26-VI (вводится в действие с 01.01.2017). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="60" w:type="dxa"/>
           <w:left w:w="60" w:type="dxa"/>
           <w:bottom w:w="60" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6149"/>
-        <w:gridCol w:w="3076"/>
+        <w:gridCol w:w="5697"/>
+        <w:gridCol w:w="3528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A70FB" w:rsidTr="00F11DC0">
+      <w:tr w:rsidR="00425B03" w:rsidTr="0076151E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="00F11DC0">
+          <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="0076151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ќазаќстан Республикасыныѕ</w:t>
+              <w:t>Президент</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="00F11DC0">
+          <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="0076151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A70FB" w:rsidTr="00F11DC0">
+      <w:tr w:rsidR="00425B03" w:rsidTr="0076151E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="00F11DC0">
+          <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="0076151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007A70FB" w:rsidRDefault="007A70FB" w:rsidP="00F11DC0">
+          <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="0076151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Н. Назарбаев</w:t>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00145401" w:rsidRDefault="00145401"/>
-    <w:sectPr w:rsidR="00145401">
+    <w:p w:rsidR="00425B03" w:rsidRDefault="00425B03" w:rsidP="00425B03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022296B" w:rsidRDefault="0022296B"/>
+    <w:sectPr w:rsidR="0022296B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zan Courier New">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007A70FB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B82115"/>
+    <w:rsidRoot w:val="00425B03"/>
+    <w:rsid w:val="0022296B"/>
+    <w:rsid w:val="0025475F"/>
+    <w:rsid w:val="00425B03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{414A1D68-58E8-48A2-8E60-E86C3BD12F5F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A70FB"/>
-[...205 lines deleted...]
-    <w:rsid w:val="007A70FB"/>
+    <w:rsid w:val="00425B03"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4778,68 +4497,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>48093</Characters>
+  <Pages>9</Pages>
+  <Words>8154</Words>
+  <Characters>46478</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>400</Lines>
-  <Paragraphs>112</Paragraphs>
+  <Lines>387</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ECO</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56418</CharactersWithSpaces>
+  <CharactersWithSpaces>54523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Мержоев</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>