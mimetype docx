--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab11fda" w14:textId="ab11fda">
+    <w:p w14:paraId="c0d432b" w14:textId="c0d432b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,466 +76,482 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығына өзгерістер енгізу туралы</w:t>
-[...35 lines deleted...]
-      БҰЙЫРАМЫН:</w:t>
+        <w:t>О внесении изменений в приказ Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, послесреднего образования, и иных гражданских служащих в сфере образования и науки"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 апреля 2018 года № 152. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 апреля 2018 года № 16838</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. " Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 наурызда жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, послесреднего образования, и иных гражданских служащих в сфере образования и науки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13317, опубликован в Информационно-правовой системе "Әділет" 11 марта 2016 года) следующие изменения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      заголовок приказа изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      "Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы";</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...28 lines deleted...]
-      "1. Қоса беріліп отырған Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламалары және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары бекітілсін.";</w:t>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген "Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего, общего среднего, образовательные программы технического и профессионального, послесреднего образования, и иных гражданских служащих в сфере образования и науки, утвержденные указанным приказом изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Білім және ғылым министрлігі Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...15 lines deleted...]
-      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...15 lines deleted...]
-      3) осы бұйрықтың Қазақстан Республикасының Білім және ғылым министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Аймагамбетова А.К.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі А.Қ. Аймағамбетовке жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7791"/>
         <w:gridCol w:w="4209"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
@@ -556,64 +572,64 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -626,51 +642,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -731,90 +747,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...38 lines deleted...]
-              <w:t>№ 152 бұйрығына қосымша</w:t>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 апреля 2018 года № 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -845,8305 +874,8088 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...38 lines deleted...]
-              <w:t>№ 83 бұйрығымен бекітілген</w:t>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 27 января 2016 года № 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В настоящих Правилах применяются следующие основные термины и определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) республиканская комиссия по рассмотрению апелляций (далее – республиканская апелляционная комиссия) и апелляционная комиссия в пункте проведения тестирования - комиссии, создаваемые уполномоченным органом образования и местным исполнительным органом образования области, которые принимают решение по спорным вопросам при несогласии педагогических работников и приравненных к ним лиц с результатами национального квалификационного тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) аттестационный период – период между аттестациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аттестационная комиссия - коллегиальный орган, уполномоченный проводить процедуру аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) квалификационная категория - уровень профессиональной компетентности педагогических работников и приравненных к ним лиц, соответствующий квалификационным требованиям, определяемым настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) квалификационное тестирование – процедура, направленная на определение уровня профессиональной компетентности педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, образовательные программы технического и профессионального, послесреднего, дополнительного образования, по тестам, разработанным уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Квалификационное тестирование педагогических работников организуется и проводится организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) очередная аттестация – периодически осуществляемая процедура по присвоению (подтверждению) квалификационной категории педагогических работников и приравненных к ним лиц по истечении каждых пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) комплексное аналитическое обобщение итогов деятельности - системное, последовательное и объективное изучение профессиональной компетентности педагогических работников и приравненных к ним лиц на основе следующих показателей: качество знаний, умений и навыков, достижения обучающихся (воспитанников), качество преподавания (воспитания и обучения) и профессиональные достижения за аттестационный период;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) досрочная аттестация – процедура, проводимая на основании заявления педагогического работника или приравненного к нему лица, претендующего на присвоение квалификационной категории, до наступления срока очередной аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) предметные олимпиады, творческие, профессиональные конкурсы, научные, спортивные соревнования – мероприятия, входящие в перечень, утверждаемый уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) педагогические работники и приравненные к ним лица - лица, занимающие должности, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>перечне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностей педагогических работников и приравненных к ним лиц, утвержденном постановлением Правительства Республики Казахстан от 30 января 2008 года № 77 "Об утверждении Типовых штатов работников государственных организаций образования и перечня должностей педагогических работников и приравненных к ним лиц";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) аттестация педагогических работников и приравненных к ним лиц - порядок последовательных действий по присвоению (подтверждению) квалификационной категории, определяющий профессиональные компетенции педагогических работников и приравненных к ним лиц, необходимые для выполнения профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12) повышение квалификации педагогических работников и приравненных к ним лиц – обучение, позволяющее приобретать новые, а также поддерживать, расширять, углублять и совершенствовать ранее приобретенные профессиональные знания, умения, навыки и компетенции для повышения качества преподавания и обучения в порядке, определяемым уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13) портфолио педагогического работника и приравненного к нему лица – материалы комплексного аналитического обобщения итогов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) экспертный совет - рабочий орган, который проводит и готовит заключение по комплексному аналитическому обобщению итогов деятельности педагогических работников и приравненных к ним лиц для рассмотрения аттестационной комиссии; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15) CEFR (Common European Frameworkof Reference, общеевропейские компетенции владения иностранным языком) (Коммон Еуропиан Фреймворк Оф Референс) - международный стандарт, используемый для описания уровня знания языка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16) национальное квалификационное тестирование – процедура, направленная на определение уровня профессиональной компетентности педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования и учебные программы специального образования, по тестам, разработанным организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Национальное квалификационное тестирование педагогических работников организуется и проводится организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Для проведения аттестации педагогических работников и приравненных к ним лиц создаются аттестационные комиссии соответствующих уровней: в организациях образования, районных (городских) отделах образования, управлениях образования областей, городов Астана и Алматы, в уполномоченном органе в области образования (для республиканских подведомственных организаций), в уполномоченных органах соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Состав аттестационной комиссии утверждается приказом руководителя организации образования, городского/районного отделов образования, управления образования, государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Аттестационная комиссия состоит из нечетного количества членов. Председатель, заместитель председателя аттестационной комиссии избираются из числа членов комиссии. Секретарь не является членом аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. В состав аттестационной комиссии входят опытные педагоги, методисты, представители научно-педагогических советов, учебно-методических объединений, институтов повышения квалификации, общественных и неправительственных организаций, профсоюзов, специалисты органов управления образования, кадровых служб, представители производственных объединений, Национальной палаты предпринимателей Республики Казахстан "Атамекен" (далее – НПП РК "Атамекен) (для технического и профессионального, послесреднего образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестация педагогических работников и приравненных к ним лиц организаций образования отраслевых государственных органов осуществляется аттестационными комиссиями организаций образования и соответствующих государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии квалифицированных специалистов в соответствующих органах руководитель организации образования обращается с ходатайством об аттестации педагогических работников и приравненных к ним лиц в орган управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, образовательные программы технического и профессионального, послесреднего, дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Аттестация педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования и реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, образовательные программы технического и профессионального, послесреднего, дополнительного образования (далее – аттестуемые) подразделяется на очередную или досрочную.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламалары және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары (бұдан әрі – Қағидалар) Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек кодексінің 139-бабының </w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+      6. Педагогические работники и приравненные к ним лица проходят аттестацию в соответствии с подпунктом 6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 51 Закона не реже одного раза в пять лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Аттестуемые для прохождения аттестации (очередная и досрочная) в следующем учебном году подают заявление в аттестационную комиссию организации образования по форме согласно приложению 1 к настоящим Правилам до 25 мая текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Педагог қызметкерлердің біліктілік тестілеуін білім беру саласындағы уәкілетті орган анықтайтын ұйым ұйымдастырады және өткізеді. </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+      8. Списочный состав аттестуемых утверждается решением коллегиального органа организации образования ежегодно до 10 июня и представляется в районные (городские) отделы образования, управления образования областей, городов Астана и Алматы, уполномоченный орган в области образования (для республиканских подведомственных организаций). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Очередная аттестация аттестуемых на присвоение (подтверждение) квалификационных категорий осуществляется в один этап путем комплексного аналитического обобщения итогов деятельности педагогического работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10) педагог қызметкерлер мен оларға теңестірілген тұлғалар – "Мемлекеттік білім беру ұйымдары қызметкерлерінің үлгі штаттарын және педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 30 қаңтардағы № 77 қаулысымен бекітілген педагог қызметкерлер мен оларға теңестірілген тұлғалар лауазымдарының </w:t>
-[...283 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+      10. Досрочная аттестация с целью повышения квалификационных категорий аттестуемых проводится в соответствии с подпунктом 7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 51 Закона на основании заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) на вторую квалификационную категорию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, окончившие среднее профессиональное (техническое и профессиональное, послесреднее), высшее учебное заведение с "отличием" и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, окончившие высшее учебное заведение по программе "Болашақ" и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднего образования, имеющие стаж производственной работы не менее трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) на первую квалификационную категорию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, перешедшие из вуза на педагогическую работу в организации образования, имеющие стаж педагогической работы не менее трех лет и академическую степень магистра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие вторую квалификационную категорию, являющиеся победителями профессиональных конкурсов, педагогических олимпиад областного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие вторую квалификационную категорию, подготовившие участников предметных олимпиад, творческих, профессиональных конкурсов, научных и спортивных соревнований областного уровня, различных форм участия (очных, заочных, дистанционных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие вторую квалификационную категорию, обобщившие собственный педагогический опыт на областном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднего образования, имеющие стаж производственной работы не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) на высшую квалификационную категорию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие первую квалификационную категорию, подготовившие участников предметных олимпиад, творческих, профессиональных конкурсов, научных и спортивных соревнований областного уровня или участников республиканского или международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие первую квалификационную категорию, являющиеся участниками профессиональных конкурсов, педагогических олимпиад областного уровня или участниками республиканского или международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие первую квалификационную категорию, обобщившие собственный педагогический опыт на областном или республиканском, или международном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие первую квалификационную категорию, перешедшие на педагогическую работу в организации образования из институтов повышения квалификации, организаций технического и профессионального, послесреднего образования, имеющие стаж педагогической работы не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, перешедшие на педагогическую работу в организации образования из вуза, имеющие академическую степень магистра и стаж педагогической работы не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднего образования, имеющие стаж производственной работы не менее пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестация педагогических работников, работающих в дошкольных организациях образования, проводится с учетом прохождения ими курсов повышения квалификации и переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Аттестуемые, претендующие на досрочную аттестацию, проходят аттестацию в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) первый этап – квалификационное тестирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) второй этап - комплексное аналитическое обобщение итогов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Квалификационное тестирование проводится организацией образования, определяемой уполномоченным органом в области образования, ежегодно с 15 октября по 15 декабря в соответствии с графиками, утвержденными управлениями образования областей, городов Астаны и Алматы, уполномоченным органом в области образования, отраслевыми государственными органами, имеющими в своем ведении организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Дата проведения тестирования сообщается аттестуемым не позднее, чем за 2 недели до проведения процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Перечень направлений по профилю трудовой деятельности, подлежащих квалификационному тестированию в ходе аттестации, определяется согласно квалификации по документу об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Квалификационное тестирование состоит из ста тестовых заданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "По направлению деятельности" - семьдесят заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, методика обучения" - тридцать заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Общее время квалификационного тестирования составляет двести тридцать минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Результат тестирования считается положительным при получении не менее 50% правильных ответов "По направлению деятельности", 50% - по "Педагогике и методике обучения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестуемые, показавшие результаты тестирования менее 50% или отсутствовавшие по уважительным причинам, проходят повторное тестирование в срок, не позднее двух месяцев после первого тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уважительными причинами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) временная нетрудоспособность (не более двух месяцев);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) нахождение в служебной командировке за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. Аттестуемые, получившие при повторном тестировании результат менее 50 %, не допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестуемые, успешно прошедшие тестирование, допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. По завершении тестирования ведомость с результатами аттестуемых направляется в органы управления образования, результат тестирования размещается на официальном сайте организации, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Результат квалификационного тестирования действителен один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднего образования, освобождаются от квалификационного тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. Для проведения комплексного аналитического обобщения итогов деятельности аттестуемых на соответствие заявленной квалификационной категории приказом руководителя организации образования, городского/районного отделов образования, управления образования, государственного органа ежегодно с 1 января по 1 марта создается экспертный совет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на вторую квалификационную категорию - экспертный совет, организуемый на уровне организации образования, в составе: представителей методических объединений, кафедр, НПП РК "Атамекен", общественных организаций, профсоюзов, родительской общественности, работодателей, методистов и опытных педагогических работников организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на первую квалификационную категорию - экспертный совет, организуемый на уровне района (города), в составе: методистов методических кабинетов, руководителей методических объединений, опытных педагогических работников района (города), представителей институтов повышения квалификации, НПП РК "Атамекен", общественных организаций, профсоюзов, работодателей, родительской общественности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на первую квалификационную категорию педагогических работников и приравненных к ним лиц организаций образования областного значения и высшую квалификационную категорию - экспертный совет, организуемый на уровне области, в составе: представителей НППРК "Атамекен", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, опытных педагогических работников области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для установления соответствия деятельности аттестуемых заявленной квалификационной категории на рассмотрение экспертного совета представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление на аттестацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) копии документов, необходимых для обязательного представления всеми аттестуемыми педагогическими работниками:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      документ, удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      диплом об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      удостоверение о ранее присвоенной квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      документы о прохождении курсов повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о профессиональных достижениях (при их наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      материалы обобщения педагогического опыта: эссе, творческий отчет, самоанализ профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      итоги комплексного аналитического обобщения итогов деятельности аттестуемых: отзывы, результаты анкетирования обучающихся и воспитанников, родителей, коллег и администрации, отзывы со стороны руководителей баз практик, работодателей, информация о поступлениях в вуз или трудоустройстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      результаты педагогической деятельности: документы, подтверждающие участие аттестуемых, обучающихся и воспитанников в учебных, творческих, спортивных, предметных олимпиадах, конкурсах, смотрах, соревнованиях, играх, наградные материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      динамика результативности профессиональной деятельности аттестуемых за последние три года (при досрочной аттестации - 1-2 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. По каждому аттестуемому экспертный совет выносит заключение (рекомендовать (не рекомендовать) для аттестации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21. Аттестационные комиссии соответствующих уровней в процессе аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) рассматривают и анализируют итоги деятельности аттестуемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) оценивают профессиональную компетентность аттестуемых. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Присвоение (подтверждение) квалификационных категорий аттестуемых осуществляется аттестационными комиссиями соответствующих уровней:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) аттестационная комиссия организации образования на основании заключения экспертного совета утверждает вторую квалификационную категорию педагогов, формирует материалы педагогов для присвоения (подтверждения) первой и высшей категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) аттестационная комиссия районного (городского) отдела образования на основании заключения экспертного совета утверждает первую квалификационную категорию педагогов, формирует материалы педагогов для присвоения (подтверждения) высшей категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аттестационная комиссия управления образования областей, городов Астана и Алматы на основании заключения экспертного совета присваивает (подтверждает) высшую квалификационную категорию педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Первую и высшую квалификационную категории аттестуемым (в том числе республиканских подведомственных организаций образования) присваивает (подтверждает) уполномоченный орган в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      На рассмотрение аттестационных комиссий всех уровней представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление на аттестацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) копия документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) копия документа о повышении квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) копия документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) копия удостоверения о ранее присвоенной квалификационной категории (кроме аттестуемых, перешедших из организации высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) ведомость с результатами тестирования (для досрочников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) заключение экспертного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      22. Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Решение аттестационной комиссии оформляется протоколом аттестационной комиссии соответствующего уровня, который подписывается всеми членами. По итогам решения руководителем соответствующего уровня издается приказ, с последующей выдачей удостоверения об аттестации аттестуемого на присвоение (подтверждение) квалификационной категории по форме согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      По каждому педагогическому работнику и приравненному к нему лицу организации образования аттестационная комиссия соответствующего уровня выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) соответствует заявляемой квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) не соответствует заявляемой квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При возникновении спорных вопросов аттестационная комиссия соответствующего уровня принимает решение коллегиально.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z136" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+        <w:t xml:space="preserve"> Параграф 2. Порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования и специальные учебные программы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      23. Аттестация педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования и реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования и специальные учебные программы (далее – аттестуемые), подразделяется на очередную или досрочную.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Очередная аттестация аттестуемых на присвоение (подтверждение) квалификационных категорий осуществляется в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) первый этап - национальное квалификационное тестирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) второй этап - комплексное аналитическое обобщение итогов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестуемые для прохождения аттестации (очередная и досрочная) подают заявление в аттестационную комиссию соответствующего уровня с 20 декабря по 5 января или с 1 августа по 15 августа текущего года по форме согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      24. Списочный состав аттестуемых утверждается решением коллегиального органа организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z143" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      25. Очередная аттестация аттестуемых на присвоение (подтверждение) квалификационных категорий проводится на основании заявления (в том числе до истечения срока действующей категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z144" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) на квалификационную категорию "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, без предъявления требований к стажу работы, соответствующие следующим профессиональным компетенциям: знает содержание учебного предмета, учебно-воспитательного процесса, методики преподавания и оценивания; планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся, способствует формированию общей культуры обучающегося и его социализации, принимает участие в мероприятиях на уровне организации образования, осуществляет индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся, владеет навыками профессионально-педагогического диалога, применяет цифровых образовательных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) на квалификационную категорию "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее двух лет, соответствующие следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории "педагог", кроме того использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, имеет участников олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) на квалификационную категорию "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 3 лет, соответствующим следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории "педагог-модератор", кроме того владеет навыками анализа организованной учебной деятельности, осуществляет наставничество и конструктивно определяет приоритеты профессионального развития: собственного и коллег на уровне организации образования, обобщает опыт на уровне района/города, имеет участников олимпиад, конкурсов, соревнований на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) на квалификационную категорию "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 4 лет, соответствующие следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории "педагог-исследователь", кроме того владеет навыками исследования урока и разработки инструментов оценивания, обеспечивает развитие исследовательских навыков обучающихся, осуществляет наставничество и конструктивно определяет стратегии развития в педагогическом сообществе на уровне района, города, обобщает опыт на уровне области/городов Астаны, Алматы, наличие участников олимпиад, конкурсов, соревнований на уровне области/городов Астаны, Алматы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) на квалификационную категорию "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 5 лет, соответствующие к следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории "педагог-исследователь", кроме того имеет авторскую программу или является автором (соавтором) изданных учебников, учебно-методических пособий, получивших одобрение на Республиканском учебно-методическом совете, обеспечивает развитие навыков научного проектирования, осуществляет наставничество и планирует развитие сети профессионального сообщества на уровне области, является участником республиканских и международных конкурсов и олимпиад или подготовил участников республиканских и международных конкурсов и олимпиад.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      26. На основании заявления аттестуемые, соответствующие одному из следующих требований, допускаются на досрочную аттестацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) на квалификационную категорию "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих, профессиональных конкурсов, научных, спортивных соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, обобщившие собственный педагогический опыт на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, окончившие высшее учебное заведение с "отличием";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, окончившие высшее учебное заведение с правом преподавания предмета (дисциплины) на английском языке, имеющие сертификат (удостоверение), подтверждающие знание английского языка не ниже уровня В1 (по шкале CEFR);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z161" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие академическую степень магистра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z162" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, окончившие среднее профессиональное (техническое и профессиональное, послесреднее) учебное заведение с "отличием" и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся кандидатами в мастера спорта по профилирующему предмету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z164" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) на квалификационную категорию "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих, профессиональных конкурсов, научных, спортивных соревнований районного/городского уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад районного/городского уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z167" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, обобщившие собственный педагогический опыт на областном уровне (городов Астана, Алматы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z168" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся выпускниками программы "Болашақ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z169" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие ученую степень кандидата наук/доктора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, владеющие английским языком на уровне не ниже B2 (по шкале CEFR) и преподающие предметы на английском языке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z171" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, перешедшие на педагогическую работу в организации образования из высшего учебного заведения, имеющие стаж педагогической работы не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z172" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся мастерами спорта международного класса по профилирующему предмету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z173" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) на квалификационную категорию "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z174" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих, конкурсов, научных, спортивных соревнований областного уровня или участников республиканского или международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z175" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад областного уровня или участниками республиканского или международного уровня, согласно перечню, утвержденному уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z176" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, обобщившие собственный педагогический опыт на республиканском уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z177" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, имеющие ученую степень кандидата наук/доктора и стаж педагогической работы не менее пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z178" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на квалификационную категорию "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z179" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих конкурсов, научных, спортивных соревнований республиканского уровня или участников международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z180" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад республиканского уровня или участниками международного уровня, согласно перечню, утвержденному уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      лица, обобщившие собственный педагогический опыт на международном уровне, системно использующие в педагогической практике научно обоснованные методы, авторские технологии обучения и воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      27. Прием заявлений для участия в национальном квалификационном тестировании проводится аттестационной комиссией соответствующего уровня, при соответствии квалификационным требованиям направляет их в организацию, которая проводит национальное квалификационное тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z183" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сроки приема заявлений: с 10 марта по 2 мая, с 10 августа по 6 сентября календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z184" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      28. Аттестуемые для прохождения национального квалификационного тестирования предоставляют следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z185" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление для участия в тестировании по форме согласно приложению 3 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z186" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) две фотографии размером 3x4;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z187" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) копию документа, удостоверяющего личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z188" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      29. После внесения заявления в базу данных аттестуемым выдается пропуск на тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z189" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      30. Национальное квалификационное тестирование состоит из ста тестовых заданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z190" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "Содержание учебного предмета" - семьдесят заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z191" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, методика обучения" - тридцать заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z192" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Педагоги начального образования сдают тестирование по предметам: казахский или русский язык (по языку обучения), математика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z193" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      31. Общее время национального квалификационного тестирования составляет двести минут, для предметов "Математика", "Физика", "Химия", "Информатика" - двести тридцать минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z194" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      32. Национальное квалификационное тестирование проводится в бумажном или электронном формате по решению уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z195" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      33. Национальное квалификационное тестирование проводится по желанию аттестуемых на языке (казахском или русском), который указывается при подаче заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z196" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      34. Национальное квалификационное тестирование проводится два раза в год на основе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z197" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) единой базы тестовых заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z198" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) книжки-вопросника, представляющего собой документ, готовящийся в конфиденциальных условиях, пропуска на тестирование с паролями для аутентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z199" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) листа ответов, предназначенного для заполнения ответов при тестировании в бумажном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z200" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      35. Сроки первого национального квалификационного тестирования - с 26 мая по 5 июня, второе - с 1 по 10 ноября календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z201" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      36. Организация, ответственная за проведение национального квалификационного тестирования, определяемая уполномоченным органом в области образования, разрабатывает программное обеспечение (далее - ПО):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z202" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − для сопровождения и создания базы тестовых заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z203" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − для формирования базы данных педагогических работников и приравненных к ним лиц (прием заявлений) с внесением данных аттестуемых: ИИН, ФИО (отчество при наличии), заявленная квалификационная категория, дисциплина преподавания и язык сдачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z204" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − для формирования базы аудиторного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z205" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − для проведения тестирования и выдачи результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z206" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − для проведения апелляционных процедур;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z207" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − для персонального информирования аттестуемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z208" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      37. Разработанные ПО для формирования базы данных аттестуемых отправляются в районные (городские) отделы, управления образования областей, городов Астана и Алматы, для республиканских организаций образования – в уполномоченный орган в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z209" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      38. Организация, ответственная за проведение национального квалификационного тестирования, определяемая уполномоченным органом в области образования, сопровождает работу программного обеспечения в период приема заявлений, проведения тестирования, проведения апелляционных процедур, обработки и выдачи результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z210" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      39. Уполномоченный орган в области образования определяет дни и пункты проведения национального квалификационного тестирования аттестуемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z211" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      40. Для осуществления контроля за соблюдением настоящих Правил в пункты проведения национального квалификационного тестирования направляются представители уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z212" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      41. Аттестуемым, подавшим заявление для участия в национальном квалификационном тестировании, выдается пропуск аттестуемому по форме согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z213" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      42. Входные двери, аудитории тестирования и другие задействованные кабинеты пунктов проведения национального квалификационного тестирования обеспечиваются системой видеонаблюдения и устройствами подавления мобильной связи, мобильного и стационарного интернета, спутникового сигнала разных типов и радиуса действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z214" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      43. При входе аттестуемых в здание пункта проведения тестирования производится идентификация личности аттестуемого на основании документа, удостоверяющего личность и пропуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z215" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      44. Аттестуемые запускаются в аудиторию по одному, при этом производится повторная идентификация личности аттестуемого на основании документа, удостоверяющего личность и пропуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z216" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      45. При проведении национального квалификационного тестирования аттестуемым не допускается выходить из аудитории без разрешения и сопровождения дежурного, разговаривать друг с другом, пересаживаться с места на место, обмениваться материалами, выносить материалы из аудитории, заносить в аудиторию и использовать запрещенные предметы (учебники и методическую литературу, цифровую смарт-аппаратуру), осуществлять порчу материалов (листов ответов и книжек-вопросников) путем их смятия, использования корректирующей жидкости, отрыва страниц, закрашивания секторов, не предусмотренных для этого (номер листа ответов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z217" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      46. В день проведения тестирования представителем Министерства образования и науки Республики Казахстан (далее – Министерство) распечатывается посадочный лист аттестуемого (с программным обеспечением для проведения в электронном формате) по форме согласно приложению 5 к настоящим Правилам. Аттестуемые занимают место, соответствующее номеру в посадочном листе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z218" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      47. После рассадки дежурный по аудитории разъясняет аттестуемым правила работы с экзаменационными материалами. Далее, представитель Министерства при участии трех аттестуемых из аудитории организует вскрытие коробки с экзаменационными материалами с составлением акта вскрытия экзаменационных материалов по форме согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z219" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      48. В первую очередь раздаются листы ответов. После заполнения служебных секторов листа ответов производится раздача книжек-вопросников в строгом соответствии с листом распределения вариантов, с помощью которых до аттестуемых доводятся тестовые задания по предметам. Заполняется титульный лист книжки-вопросника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z220" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      49. Лист ответа выдается в одном экземпляре, замене не подлежит и является единственным документом, подтверждающим результаты тестирования аттестуемого.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z221" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      После заполнения аттестуемыми служебных секторов листов ответов и титульного листа книжки-вопросника на доске записывается время начала и окончания теста. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z222" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При нарушении правил аттестуемым составляется акт обнаружения запрещенных предметов и удаления из аудитории аттестуемого, нарушившего правила поведения в аудитории, и (или) акт выявления подставного лица на тестировании по форме согласно приложениям 7 и 9 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z223" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      По мере завершения тестирования или окончания времени тестирования аттестуемый передает лист ответа и книжку-вопросника дежурному по аудитории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z224" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дежурный по аудитории доставляет экзаменационные материалы до кабинета, где обрабатываются результаты тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z225" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сканирование листов ответов производится по аудиториям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z226" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      50. Оценивание ответов тестовых заданий осуществляется организацией, определяемой уполномоченным органом в области образования, следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z227" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) для заданий с выбором одного правильного ответа из пяти предложенных присуждается один балл, в остальных случаях - ноль баллов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z228" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) для заданий с выбором нескольких правильных ответов из предложенных:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z229" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − за все правильные ответы получает - два балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z230" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − за одну допущенную ошибку - один балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z231" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      − за допущенные два и более ошибки - ноль баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z232" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      51. При тестировании в электронном формате:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z233" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) контроль над подготовкой компьютерных классов производит аттестационная комиссия совместно с представителями организации, ответственной за проведение тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z234" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерные классы находятся в пределах одного здания (корпуса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z235" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) после закрытия базы приема заявлений аттестуемым выдается пропуск на тестирование с паролями для аутентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z236" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) организация, ответственная за проведение национального квалификационного тестирования, за день до тестирования готовит и регистрирует все компьютеры, используемые во время тестирования, распечатывает посадочный лист по форме согласно приложению 5 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z237" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) В день проведения тестирования представителем Министерства распечатывается посадочный лист аттестуемого (с программным обеспечением для проведения в электронном формате), аттестуемый занимает место, соответствующее номеру в посадочном листе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z238" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) аттестуемые запускаются в компьютерный класс по одному согласно пропуску, документу, удостоверяющему личность и занимает место, указанное в посадочном листе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z239" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) после рассадки аттестуемые расписываются в посадочном листе, заполняют вручную графу "Номер компьютера"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z240" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) до начала тестирования ответственное лицо проводит инструктаж по правилам поведения аттестуемых во время тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z241" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) аттестуемые проходят тестирование с помощью программного обеспечения, предоставленного организацией, ответственной за проведение национального квалификационного тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z242" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Результат тестирования выдается после завершения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z243" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      52. При тестировании в бумажном формате:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z244" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) после рассадки аттестуемых разъясняются правила работы с материалами тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z245" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) далее при участии трех аттестуемых и представителей уполномоченного органа в области образования из аудитории организуется вскрытие коробки с материалами тестирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z246" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) приглашенные аттестуемые проверяют целостность печати на коробке. Производится вскрытие коробки, пересчитываются имеющиеся в ней материалы с составлением акта вскрытия экзаменационных материалов по форме согласно приложению 6 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z247" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) по мере завершения тестирования или окончания времени тестирования аттестуемые передают листы ответов и книжки-вопросники ответственному лицу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z248" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) при приеме листа ответов и книжки-вопросника проверяется заполнение всех служебных секторов листа ответов и титульного листа и целостность книжки-вопросника, после чего аттестуемый покидает аудиторию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z249" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      53. Коды правильных ответов формируются в двух экземплярах: один вывешивается для общего обозрения, второй – для апелляционной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z250" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      54. Ведомость по результатам тестирования оформляется в день тестирования в двух экземплярах, заверяется подписями членов и председателя аттестационной комиссии и представителей уполномоченного органа (в случаях их присутствия) в области образования и закрепляется печатью органа управления образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z251" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Один экземпляр ведомости вывешивается на информационном стенде без указания ФИО аттестуемых, второй экземпляр передается организации, ответственной за проведение тестирования, а также результат тестирования размещается на официальном сайте организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z252" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      55. По результатам тестирования аттестуемому выдается справка после проведения процедуры апелляции, заверенная подписью председателя аттестационной комиссии и закрепленная печатью местного органа управления образования, по форме согласно приложению 8 настоящих Правил с указанием баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z253" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      56. Результат тестирования считается положительным при получении набранных баллов по каждому блоку не менее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z254" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      50% - "педагог-модератор";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z255" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      60% - "педагог-эксперт";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z256" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      70% - "педагог-исследователь";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z257" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      80% - "педагог-мастер".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z258" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      57. Аттестуемые, показавшие отрицательные результаты тестирования, сдают его повторно не более одного раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z259" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      58. Аттестуемые, показавшие положительные результаты тестирования, допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z260" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      59. Результат национального квалификационного тестирования действителен один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z261" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      60. При несогласии с результатами тестирования аттестуемые обращаются в апелляционную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z262" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В целях обеспечения соблюдения единых требований и разрешения спорных вопросов при оценке тестовых заданий, защиты прав аттестуемых на период проведения тестирования создаются республиканская апелляционная комиссия и апелляционная комиссия в пункте проведения тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z263" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      61. Председатель и состав республиканской апелляционной комиссии утверждаются приказом уполномоченного органа в области образования. Председатель и состав апелляционной комиссии в пункте проведения тестирования утверждаются приказом органа управления образования области (городов Астаны, Алматы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z264" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      62. Срок действия полномочий республиканской апелляционной комиссии, апелляционной комиссии в пункте проведения тестирования составляет один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z265" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      63. Апелляционная комиссия в пункте проведения тестирования принимает и рассматривает заявления от аттестуемых, участвовавших в тестировании, по содержанию тестовых заданий и по техническим причинам, вносит предложение в республиканскую апелляционную комиссию о добавлении баллов и информирует его об итогах апелляции в письменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z266" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      64. Заявление на апелляцию подается на имя председателя апелляционной комиссии в пункте проведения тестирования лично аттестуемым, участвовавшим в тестировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z267" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заявления по содержанию тестовых заданий и по техническим причинам принимаются с 9:00 до 13.00 часов (по местному времени) дня, следующего за днем проведения тестирования, и рассматриваются апелляционной комиссией в пункте проведения тестирования в течение одного дня. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z268" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Заявитель имеет при себе документ, удостоверяющий его личность, пропуск на тестирование. При неявке аттестуемого на заседание апелляционной комиссии, его заявление на апелляции не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z269" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      65. Апелляционная комиссия работает с аттестуемым в индивидуальном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z270" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Апелляция рассматривается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z271" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      по содержанию тестовых заданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z272" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) правильный ответ не совпадает с кодом правильных ответов (указывается вариант правильного ответа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z273" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствует правильный ответ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z274" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) имеется более одного правильного ответа в тестовых заданиях с выбором одного правильного ответа из всех предложенных (указываются все варианты правильных ответов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z275" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) некорректно составленное тестовое задание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z276" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      по технической причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z277" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) считывание сканером закрашенного кружка, совпадающего с кодом каждого правильного ответа, как двух и более кружков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z278" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) считывание сканером закрашенного кружка, совпадающего с кодом правильных ответов, как пустой кружок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z279" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) дефектный лист ответов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z280" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствует фрагмент условия задания (текст, схемы, рисунки, таблицы), в результате которого невозможно определить правильный ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z281" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      66. Рассмотрению подлежат конкретные факты, изложенные в заявлении на апелляцию. Апелляционной комиссии во время апелляции в пункте проведения тестирования не допускается менять вариант и выбранный предмет, указанный аттестуемым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z282" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Заявления на апелляцию по пересмотру всех тестовых заданий без указания мотивированного основания (полное пояснение, пошаговое решение задач) по каждому заданию рассмотрению не подлежат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z283" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      67. Республиканская апелляционная комиссия запрашивает и получает от апелляционных комиссий в пункте тестирования копии листов ответов аттестуемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z284" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      68. В случае положительного решения заявления аттестуемого аппеляционной комиссией в пунктах проведения тестирования, заявления аттестуемого передаются на рассмотрение в Республиканскую апелляционную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z285" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      69. Республиканская апелляционная комиссия рассматривает обоснованность предложений о добавлении баллов аттестуемому апелляционными комиссиями в пунктах проведения тестирования и принимает окончательное решение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z286" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      70. Решение республиканской апелляционной комиссии принимается большинством голосов от общего числа членов комиссии. При равенстве голосов голос председателя является решающим. Решения республиканской апелляционной комиссии оформляются протоколами, которые подписываются председателем и всеми членами комиссии. Протоколы заседаний республиканской апелляционной комиссии и апелляционных комиссий в пункте проведения тестирования хранятся в течение года в организации, ответственной за проведение тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z287" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      71. Ведомость с учетом апелляции оформляется организацией, ответственной за проведение тестирования, в день проведения апелляции в одном экземпляре, заверяется подписями членов аттестационной комиссии/ представителей уполномоченного органа в области образования и закрепляется печатью органа управления образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z288" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      72. По результатам апелляции аттестуемым выдается справка о прохождении национального квалификационного тестирования с учетом апелляции по форме согласно приложению 8 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z289" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      73. После завершения апелляции национального квалификационного тестирования использованные книжки-вопросники уничтожаются, составляется акт об уничтожении книжек национального квалификационного теста аттестуемых по форме согласно приложению 10 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z290" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      74. Аттестуемые, показавшие отрицательный результат тестирования, не допускаются ко второму этапу аттестации, аттестуемые, успешно прошедшие тестирование, допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z291" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      75. За аттестуемыми, подавшими на досрочную аттестацию, не прошедшими повторно квалификационное тестирование, сохраняется имеющаяся квалификационная категория до завершения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z292" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      76. За аттестуемыми, подавшими заявление на присвоение квалификационных категорий "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" (на переходный период), не прошедшими повторно национальное квалификационное тестирование, сохраняются имеющиеся квалификационные категории: вторая, первая, высшая - до завершения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z293" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При последующем непрохождении национального квалификационного тестирования действие имеющейся квалификационной категории продлевается на один год, при повторном неподтверждении квалификационная категория снижается до квалификационной категории "педагог" на основании решения аттестационной комиссии соответствующего уровня. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z294" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      77. Аттестуемые для установления соответствия заявляемой квалификационной категории в течение 10 рабочих дней в аттестационную комиссию соответствующего уровня представляют портфолио, включающее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z295" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) копию документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z296" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) копию диплома об образовании или документа о переподготовке при наличии с присвоением соответствующей квалификации по занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z297" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) копию удостоверения о квалификационной категории при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z298" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) справку о прохождении национального квалификационного тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z299" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) мониторинг качества знаний обучающихся за аттестационный период, включающий результаты внешней оценки учебных достижений и/ или текущей и/ или итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z300" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) копии документов, подтверждающих достижения обучающихся, или копии документов, подтверждающих обобщение опыта при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z301" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) листы наблюдения уроков/занятий (не менее 3) по форме согласно приложению 11 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z302" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) копии документов, подтверждающих достижения аттестуемых (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z303" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      78. Комплексное аналитическое обобщение итогов деятельности аттестуемых на соответствие заявляемой квалификационной категории проводится экспертным советом ежегодно до 31 июля или 15 декабря текущего года, который утверждается приказом руководителя организации образования, городского/районного отделов образования, управления образования, государственного органа создается экспертный совет ежегодно до 31 июля или 15 декабря текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z304" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      79. В состав экспертного совета входят председатель и члены экспертного совета. Экспертный совет состоит из нечетного количества членов, но не менее 5 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z305" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для рассмотрения и оценивания портфолио на квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь" формируется экспертный совет и утверждается приказом руководителя организации образования, органом управления образования соответствующего уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z306" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для рассмотрения и оценивания портфолио на квалификационную категорию "педагог-мастер" формируется экспертный совет на уровне органа управления образования области (городов Астана, Алматы) с включением в состав представителей АОО "Назарбаев Интеллектуальные школы" и утверждается приказом руководителя органа управления образования области (городов Астана, Алматы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z307" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      80. Для рассмотрения и оценивания портфолио формируется и утверждается экспертный совет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z308" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на квалификационную категорию "педагог-модератор" - на уровне организации образования, в составе представителей методических объединений, кафедр, общественных организаций, профсоюзов, попечительских советов, работодателей, методистов и опытных педагогических работников организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z309" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на квалификационную категорию "педагог-эксперт" - на уровне района (города), в составе представителей методических объединений, методических кабинетов, опытных педагогических работников района (города), области, кафедр, институтов повышения квалификации, НПП РК "Атамекен", общественных организаций, профсоюзов, работодателей, попечительских советов, научно-педагогических советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z310" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      на квалификационную категорию "педагог-эксперт" аттестуемых областного значения и на квалификационную категорию "педагог-исследователь" - на уровне области, в составе представителей НПП РК "Атамекен", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, попечительских советов, опытных педагогических работников области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z311" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для рассмотрения и оценивания портфолио на квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь" формируется экспертный совет и утверждается приказом руководителя организации образования, органом управления образования соответствующего уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z312" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для рассмотрения и оценивания портфолио на квалификационную категорию "педагог-мастер" формируется экспертный совет на уровне органа управления образования области (городов Астана, Алматы) с включением в состав представителей АОО "Назарбаев Интеллектуальные школы" и утверждается приказом руководителя органа управления образования области (городов Астана, Алматы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z313" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Срок действия полномочий экспертного совета составляет один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z314" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестационная комиссия соответствующего уровня осуществляет сбор и направляет портфолио аттестуемых в экспертный совет соответствующего уровня до 20 июня и 2 декабря текущего года по акту приема-передачи портфолио аттестуемого по форме согласно приложению 12 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z315" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      81. Экспертный совет соответствующего уровня рассматривает и оценивает портфолио аттестуемых в соответствии с критериями оценивания портфолио аттестуемых на присвоение (подтверждение) квалификационной категории по форме согласно приложению 13 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z316" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      82. По каждому аттестуемому экспертный совет выносит заключение (рекомендовать (не рекомендовать) для аттестации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z317" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      83. Экспертный совет направляет листы оценивания портфолио аттестуемых на присвоение (подтверждение) квалификационной категории по форме согласно приложению 14 к настоящим Правилам и заключение экспертного совета по комплексному аналитическому обобщению итогов деятельности аттестуемого на квалификационную категорию в аттестационную комиссию соответствующего уровня в срок до 31 июля и 20 декабря текущего года по форме согласно приложению 15 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z318" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      84. По каждому аттестуемому аттестационная комиссия соответствующего уровня выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z319" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) соответствует заявляемой квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z320" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) не соответствует заявляемой квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z321" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      85. Заседания аттестационной комиссии оформляются протоколом заседания аттестационной комиссии на присвоение (подтверждение) квалификационной категории и о продлении срока действия квалификационной категории по формам согласно приложениям 16 и 17 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z322" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z323" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      86. При очередной аттестации на присвоение квалификационной категории в случае принятия аттестационной комиссией решения "не соответствует заявляемой квалификационной категории" действующая квалификационная категория сохраняется. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z324" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При принятии аттестационной комиссией решения "не соответствует заявляемой квалификационной категории" при очередной аттестации на подтверждение действующая квалификационная категория снижается на один уровень, в случае досрочной аттестации на присвоение - за ним сохраняется имеющаяся квалификационная категория до завершения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z325" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      87. При переходе со второй, первой, высшей квалификационных категорий на квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" и в случае неподтверждения заявляемой квалификационной категории после повторного прохождения национального квалификационного тестирования действие имеющейся квалификационной категории сохраняется, при следующем неподтверждении продлевается на один год, при повторном неподтверждении квалификационная категория снижается до квалификационной категории "педагог" на основании решения аттестационной комиссии соответствующего уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z326" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      88. Выдача удостоверений об аттестации аттестуемых на присвоение (подтверждение) квалификационных категорий по форме согласно приложению 2 к настоящим Правилам осуществляется организациями образования на основании решений аттестационных комиссий и приказов руководителей соответствующих местных исполнительных органов района(города), области не позднее 31 августа или 31 декабря текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z327" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      89. Выдача удостоверений аттестуемым о присвоении (подтверждении) квалификационной категории фиксируется в журнале регистрации и выдачи удостоверений о присвоении (подтверждении) квалификационной категории по форме согласно приложению 18 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z328" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При переходе на новое место работы в педагогической отрасли в пределах Республики Казахстан за педагогами сохраняется имеющаяся квалификационная категория до истечения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z329" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      90. В случае истечения срока действия квалификационной категории педагогическим работникам и приравненным к ним лицам, которым до пенсии по возрасту остается не более пяти лет, имеющиеся у них квалификационные категории сохраняются до наступления пенсионного возраста согласно заявлению об освобождении от очередной аттестации (произвольная форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z330" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      91. Аттестуемые пенсионного возраста, продолжающие осуществлять педагогическую деятельность после выхода на пенсию, аттестуются на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z331" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      92. Аттестация аттестуемых осуществляется в соответствии со специальностью (квалификацией), указанной в дипломе об образовании, или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z332" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В случае преподавания дисциплин, указанных в дипломе об образовании как одна специальность, аттестация педагогических работников и приравненных к ним лиц, проводится по основной должности с указанием предметов в соответствии с указанной в дипломе специальностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z333" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      93. Для педагогических работников малокомплектных школ в случае преподавания дисциплин, не указанных в дипломе, аттестация проводится по занимаемой должности при наличии удостоверения или сертификата о профессиональном обучении на курсах повышения квалификации, либо переподготовки с присвоением соответствующей квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z334" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      94. B случае преподавания педагогом дисциплин, по которым не осуществляется профессиональная подготовка специалистов в высших учебных заведениях (далее - вуз) или организациях образования технического и профессионального, послесреднего образования, за ним сохраняется ранее полученная категория, аттестация проводится на общих основаниях при наличии соответствующего сертификата о повышении квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z335" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      95. В случае ведения деятельности в специальных организациях образования или специальных классах (групп) не по специальности, указанной в дипломе об образовании, аттестация проводится по занимаемой должности на основании сертификата, полученного в результате прохождения ими курсов повышения квалификации и переподготовки в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z336" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      96. Педагогические работники, преподающие в специальных организациях образования дисциплины, указанные в дипломе, аттестуются по преподаваемым дисциплинам на основании сертификата, полученного в результате ими прохождения курсов повышения квалификации и прохождения переподготовки в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z337" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      97. Аттестуемые, преподающие в общеобразовательных школах, реализующие инклюзивное образование, проходят аттестацию в соответствии с указанной в дипломе специальностью и с учетом прохождения ими курсов повышения квалификации по дополнительным дисциплинам (специальная педагогика, специальная психология).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z338" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      98. Квалификационная категория продлевается на основании заявлений педагогических работников и приравненных к ним лиц, но не более, чем на 3 года в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z339" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) временная нетрудоспособность педагогического работника, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>перечню</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социально значимых заболеваний и заболеваний, представляющих опасность для окружающих, утвержденным приказом Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально-значимых заболеваний и заболеваний, представляющих опасность для окружающих (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11512);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z340" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z341" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) нахождение в служебной командировке, на обучении (стажировке) по специальности за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z342" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) возобновление работы в должности, по которой присвоена (подтверждена) квалификационная категория, независимо от причин ее прекращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z343" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) смена места работы в пределах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z344" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление педагогической деятельности лицами, прибывшими в Республику Казахстан из стран ближнего и дальнего зарубежья при наличии документов, подтверждающих образование, трудовой стаж и квалификационную категорию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z345" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) перешедших в организации образования с уполномоченного органа в области образования, органов управления образованием, методических кабинетов, институтов повышения квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z346" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      99. На рассмотрение аттестационной комиссии соответствующего уровня для решения вопроса о продлении срока действия квалификационной категории педагогам, указанным в пункте 98 настоящих Правил и вышедших на работу, представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z347" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление о продлении срока действия квалификационной категории (произвольная форма);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z348" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) копия документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z349" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) копия диплома об образовании или документа о переподготовке с присвоением соответствующей квалификации по занимаемой должности при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z350" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) копия документа о повышении квалификации при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z351" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) копия документа, подтверждающего трудовую деятельность работника и приравненных к ним лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z352" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) копия удостоверения об аттестации педагогического работника и приравненного к нему лица на присвоение (подтверждение) квалификационной категории (кроме педагогических работников и приравненных к ним лиц, перешедших из организации высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z353" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) документ, подтверждающий обоснованность продления срока действия квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z354" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Заседание аттестационной комиссии проводится в течение пяти рабочих дней со дня поступления заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z355" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z356" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Решение аттестационной комиссии оформляется протоколом аттестационной комиссии соответствующего уровня, который подписывается всеми членами. По итогам решения руководителем соответствующего уровня издается приказ, с последующей выдачей удостоверения об аттестации аттестуемого на присвоение (подтверждение) квалификационной категории по форме согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z357" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      По каждому педагогическому работнику и приравненному к нему лицу организации образования аттестационная комиссия соответствующего уровня выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z358" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) соответствует заявляемой квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z359" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) не соответствует заявляемой квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z360" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+       Решение о снижении квалификационной категории, соответственно, оплаты труда оформляется приказом руководителя организации образования на основании решения аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z361" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При возникновении спорных вопросов аттестационная комиссия соответствующего уровня принимает решение коллегиально.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z362" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-Параграф. Мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу тәртібі мен шарттары</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+        <w:t xml:space="preserve"> Параграф 3. Порядок и условия проведения аттестации иных гражданских служащих в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z363" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      100. Аттестация гражданских служащих в сфере образования и науки включает в себя следующие этапы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z364" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) подготовка и проведение аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z365" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) собеседование со служащими, проводимое аттестационной комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z366" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) вынесение решения аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z367" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      101. Подготовка к проведению аттестации организуется, ответственными исполнителями в организациях образования, кадровой службой государственных учреждений и казенных предприятий в сфере образования и науки (далее - аттестующий орган) по поручению его руководителя и включает следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z368" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) подготовку необходимых документов на аттестуемых гражданских служащих в сфере образования и науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z369" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) разработку графиков проведения аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z370" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) определение состава аттестационных комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z371" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) подготовку вопросов для проведения собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z372" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      102. Кадровая служба аттестующего органа, ответственные исполнители в организациях образования один раз в течение шести месяцев определяют служащих, подлежащих аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z373" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      103. Руководитель аттестующего органа по представлению кадровой службы органа издает приказ, которым утверждаются список аттестуемых лиц, график проведения аттестации и состав аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z374" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      104. Ответственные исполнители организации образования, кадровая служба аттестующего органа письменно уведомляют служащих о сроках проведения аттестации не позднее месяца до начала ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z375" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      105. Непосредственный руководитель служащего, подлежащего аттестации, оформляет служебную характеристику и направляет ее в кадровую службу аттестующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z376" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      106. Служебная характеристика содержит обоснованную, объективную оценку профессиональных, личностных качеств и результатов служебной деятельности аттестуемого служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z377" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      107. Кадровая служба аттестующего органа ознакамливает служащего с представленной на него служебной характеристикой в срок, не позднее, чем за три недели до заседания аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z378" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      108. При несогласии с представленной на него служебной характеристикой служащий предоставляет в кадровую службу аттестующего органа информацию, характеризующую его.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z379" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      109. На аттестуемого служащего кадровой службой аттестующего органа оформляется аттестационный лист на гражданского служащего, подлежащего аттестации, по форме согласно приложению 19 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z380" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      110. Кадровая служба аттестующего органа направляет собранные аттестационные материалы в аттестационную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z381" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      111. Аттестационная комиссия создается руководителем аттестующего органа по представлению его кадровой службы и состоит из нечетного числа членов, не менее пяти человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z382" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Из числа членов аттестационной комиссии назначается председатель и секретарь. Председатель аттестационной комиссии руководит ее деятельностью, председательствует на ее заседаниях, планирует ее работу, осуществляет общий контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z383" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      112. В состав аттестационной комиссии включаются руководители структурных подразделений и кадровой службы аттестующего органа, представители профсоюза и совета коллегиального управления организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z384" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Замещение отсутствующих членов аттестационной комиссии не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z385" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Секретарем аттестационной комиссии является ответственный исполнитель организации образования, представитель кадровой службы аттестующего органа, который определяется руководителем аттестующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z386" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Секретарь аттестационной комиссии подготавливает материалы, необходимые документы к заседанию аттестационной комиссии, оформляет и подписывает протокол и не принимает участие в голосовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z387" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      113. Заседание аттестационной комиссии считается правомочным, если на нем присутствует не менее 2/3 ее состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z388" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      114. Результаты голосования определяются большинством голосов членов аттестационной комиссии. При равенстве голосов голос председателя аттестационной комиссии является решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z389" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      115. В случае несогласия члены аттестационной комиссии излагают свое особое мнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z390" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      116. Аттестационная комиссия проводит аттестацию в присутствии аттестуемого служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z391" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При неявке аттестуемого на заседание аттестационной комиссии по уважительной причине, рассмотрение вопроса его аттестации переносится на более поздний срок, указанный комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z392" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии аттестуемого по неуважительной причине, назначается повторная аттестация. При повторной неявке по неуважительной причине гражданский служащий считается неаттестованным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z393" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      117. В ходе заседания аттестационная комиссия изучает представленные материалы, заслушивает аттестуемое лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z394" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Вопросы, задаваемые аттестуемому лицу, направлены на выявление уровня его компетентности в вопросах профессиональной подготовки, деловых качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z395" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      118. По результатам изучения представленных материалов и собеседования со служащим каждым членом аттестационной комиссии заполняется оценочный лист на гражданского служащего, подлежащий аттестации по форме согласно приложению 20 к настоящим Правилам, после чего аттестационная комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z396" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) соответствует занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z397" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) подлежит повторной аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z398" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      119. Аттестационная комиссия для проведения аттестации служащего, занимающего должность руководителя организации, создается должностным лицом, имеющим право его назначения на эту должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z399" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      120. Решение аттестационной комиссии принимается открытым голосованием. Проходящий аттестацию служащий, входящий в состав аттестационной комиссии, в голосовании относительно себя не участвует.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z400" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      121. Повторная аттестация проводится через три месяца со дня проведения первоначальной аттестации в порядке, определенном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z401" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестационная комиссия при проведении повторной аттестации принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z402" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      - соответствует занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z403" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      - не соответствует занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z404" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      122. Служащий ознакамливается с решением аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z405" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      123. Решения аттестационной комиссии утверждаются лицом, имеющим право назначения на должность и оформляется протоколом, который подписывается членами аттестационной комиссии, присутствовавшими на ее заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z406" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      124. Утвержденные решения аттестационной комиссии заносятся в аттестационные листы служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z407" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      125. Аттестационный лист служащего, прошедшего аттестацию, и служебная характеристика на него хранятся в личном деле. Утвержденное руководителем организации решение аттестационной комиссии также заносится в послужной список служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z408" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Педагог қызметкерлер мен оларға теңестірілген тұлғалар аттестаттаудан Заңның </w:t>
-[...7520 lines deleted...]
-    </w:p>
+      Аттестации подлежат все служащие, за исключением находящихся в отпуске по беременности и родам и отпуске без сохранения заработной платы по уходу за ребенком до достижения им возраста трех лет. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z409" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      126. Служащие проходят аттестацию по истечении каждых последующих трех лет пребывания на гражданской службе, но не ранее шести месяцев со дня занятия данной должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z410" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При этом аттестация проводится не позднее шести месяцев со дня наступления указанного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z411" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Служащие, находящиеся в отпуске по уходу за детьми, аттестуются не ранее, чем через шесть месяцев после выхода на службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z412" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестация служащих по их заявлению проводится до истечения указанных сроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -9188,272 +9000,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 1-қосымша</w:t>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9484,559 +9335,596 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...265 lines deleted...]
-      Білімі:</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование организации образования, районные (городские) управления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             образования области, гг. Астана, Алматы, уполномоченный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z414" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Я, _______________________________________________, ИИН __________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (ФИО (отчество при наличии) аттестуемого)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, место работы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прошу аттестовать меня в 20 ___ году на квалификационную категорию _________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В настоящее время имею квалификационную категорию ___, действительную до ____</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(день) ____ (месяц) ______ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основанием считаю следующие результаты работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Образование:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1502"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9714"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="9974"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу орнының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1084" w:type="dxa"/>
+Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу кезеңі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9714" w:type="dxa"/>
+Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) </w:t>
+              <w:t>
+Специальность (квалификация), указанная в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9714" w:type="dxa"/>
+            <w:tcW w:w="9974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10046,346 +9934,346 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Жұмыс өтілі:</w:t>
+      Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="612"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1765"/>
+        <w:gridCol w:w="632"/>
+        <w:gridCol w:w="9213"/>
+        <w:gridCol w:w="632"/>
+        <w:gridCol w:w="1823"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9310" w:type="dxa"/>
+Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) бойынша</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="613" w:type="dxa"/>
+По специальности (квалификации), указанной в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогикалық</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1765" w:type="dxa"/>
+Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы білім беру ұйымында</w:t>
+В данной организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9310" w:type="dxa"/>
+            <w:tcW w:w="9213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10395,173 +10283,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Наградалар, атағы, ғылыми дәрежесі, ғылыми атағы алынған (берілген) жылын көрсете</w:t>
-[...71 lines deleted...]
-      Аттестаттаудан өткізу қағидаларымен таныстым.</w:t>
+      Награды, звания, ученая степень, ученое звание с указанием года получения (присвоения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      "____" __________ 20 ___ жыл __________________(қолы)</w:t>
+      Организация образования, в которой работает аттестуемый (нужное подчеркнуть): дошкольное, начальное, основное среднее, общее среднее, дополнительное образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      С Правилами проведения аттестации ознакомлен (-а).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ года                   __________________ (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10608,272 +10505,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 2-қосымша</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10904,408 +10840,410 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...122 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z417" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           УДОСТОВЕРЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   об аттестации аттестуемого на присвоение (подтверждение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      20 _______ жылғы " ____" ____ № __________________________________________________</w:t>
-[...179 lines deleted...]
-      Берген орны</w:t>
+      Настоящее удостоверение выдано __________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (ФИО (отчество при наличии), подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в том, что в соответствии с решением аттестационной комиссии по присвоению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подтверждению) квалификационных категорий от "___" ________ 20___ приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (полное наименование организации образования или органа управления образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ _____ от "____" ____20 _______ года присвоена (подтверждена) квалификационная</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>категория _______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      по должности ___________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (наименование должности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организации образования ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (ФИО (отчество при наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи "____" __________ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Место выдачи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11352,272 +11290,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 3-қосымша</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11634,650 +11611,623 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...22 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...34 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...283 lines deleted...]
-      Білімі:</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование организации образования, районные (городские) управления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             образования области, гг. Астана, Алматы, уполномоченный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z420" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Я, _____________________________________________, ИИН ____________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (ФИО (отчество при наличии) аттестуемого)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, место работы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>прошу допустить меня на участие в национальном квалификационном тестировании</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(квалификационном тестировании) в 20___ году на квалификационную категорию ________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В настоящее время имею квалификационную категорию ________, действительную до</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____ (день) ____ (месяц) ______ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Основанием считаю следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Образование:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1502"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9714"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="9974"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу орнының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1084" w:type="dxa"/>
+Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу кезеңі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9714" w:type="dxa"/>
+Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) </w:t>
+              <w:t>
+Специальность (квалификация), указанная в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9714" w:type="dxa"/>
+            <w:tcW w:w="9974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12287,346 +12237,346 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Жұмыс өтілі:</w:t>
+      Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="612"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1765"/>
+        <w:gridCol w:w="632"/>
+        <w:gridCol w:w="9213"/>
+        <w:gridCol w:w="632"/>
+        <w:gridCol w:w="1823"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9310" w:type="dxa"/>
+Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) бойынша</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="613" w:type="dxa"/>
+По специальности (квалификации), указанной в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогикалық</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1765" w:type="dxa"/>
+Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы білім беру ұйымында</w:t>
+В данной организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9310" w:type="dxa"/>
+            <w:tcW w:w="9213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12636,227 +12586,235 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Наградалар, атағы, ғылыми дәрежесі, ғылыми атағы алынған (берілген) жылын көрсете</w:t>
-[...125 lines deleted...]
-      өткізу қағидаларымен таныстым.</w:t>
+      Награды, звания, ученая степень, ученое звание с указанием года получения (присвоения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Язык сдачи тестирования (нужное подчеркнуть): казахский / русский Организация образования, в которой работает аттестуемый (нужное подчеркнуть): дошкольное, начальное, основное среднее, общее среднее, дополнительное образование</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      20 ___ жылғы "____" __________ __________________ (қолы)</w:t>
+      Предмет (дисциплина) по блоку "Содержание учебного предмета"/ "По направлению деятельности": ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      С Правилами проведения аттестации ознакомлен (-а).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ года                         __________________ (подпись).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12903,272 +12861,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 4-қосымша</w:t>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13199,431 +13196,517 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z423" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Пропуск аттестуемого</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8590"/>
+        <w:gridCol w:w="3710"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="8590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пункт проведения тестирования: _________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                        (код) (наименование)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИКТ ___________________ ФИО (отчество при наличии) ____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН: _______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявляемая квалификационная категория: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место тестирования: _____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудитория: ____________ Дата/время тестирования: ______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Язык сдачи тестирования: __________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация образования, в которой работает педагогический работник и приравненное к нему лицо:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+___________________________________________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предмет (дисциплина) преподавания: ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Председатель аттестационной комиссии _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                        (ФИО (отчество при наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                     и подпись)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата выдачи пропуска: ________________Место печати РОО, ГОО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
-[...29 lines deleted...]
-          </w:tcPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2819400" cy="2755900"/>
+                  <wp:extent cx="2120900" cy="2400300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2819400" cy="2755900"/>
+                            <a:ext cx="2120900" cy="2400300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...264 lines deleted...]
-      Рұқсатнаманы берген күні: ____________________мөртабан орны АБҰ, ҚББ</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13670,272 +13753,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 5-қосымша</w:t>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13966,1662 +14088,1973 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...84 lines deleted...]
-      Тестілеу күні/уақыты: __________________________________</w:t>
+    <w:bookmarkStart w:name="z426" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ПОСАДОЧНЫЙ ЛИСТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттестуемого</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(для проведения в электронном формате)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Пункт проведения тестирования: ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аудитория: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дата/время тестирования: __________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1132"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="819"/>
+        <w:gridCol w:w="912"/>
+        <w:gridCol w:w="1617"/>
+        <w:gridCol w:w="564"/>
+        <w:gridCol w:w="3610"/>
+        <w:gridCol w:w="913"/>
+        <w:gridCol w:w="1167"/>
+        <w:gridCol w:w="1334"/>
+        <w:gridCol w:w="2183"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcW w:w="912" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аттестатталушының деректері</w:t>
+Данные педагогического работннка и приравненного к нему лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілеу параметрлері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1654" w:type="dxa"/>
+Параметры тестирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Компьютердің нөмірі</w:t>
-[...1 lines deleted...]
-          </w:p>
+Номер компьютера</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заполняется вручную)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2183" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(қолмен толтырылады)</w:t>
-[...54 lines deleted...]
-қолы</w:t>
+Подпись педагогического работника и приравненного к нему лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="502" w:type="dxa"/>
+Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4480" w:type="dxa"/>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Пәннің мазмұны"/"Қызмет бағыты бойынша" блогының мәні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1133" w:type="dxa"/>
+Предмет блока "Содержание предмета"/"По направлению деятельности"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілеуді тапсыру тілі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1133" w:type="dxa"/>
+Язык сдачи тестирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілеуді бастауға құпиясөз</w:t>
+Пароль на начало тестирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcW w:w="912" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1334" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="2183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcW w:w="912" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1334" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="2183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcW w:w="912" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1334" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcW w:w="2183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="912" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ответственное лицо ___________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...50 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">                                     (Ф.И.О. и подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15668,399 +16101,565 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 6-қосымша</w:t>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...120 lines deleted...]
-      Пайдаланылмаған Кітапшалар процестен шығарылған.</w:t>
+    <w:bookmarkStart w:name="z428" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                               Акт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         вскрытия экзаменационных материалов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Пункт проведения тестирования ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Поток _________________ Аудитория №______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дата_________________ Время ____ часов ____ минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мы, нижеподписавшиеся, вскрыли коробку с материалами, произвели подсчет материалов. Результаты подсчета отражены в соответствующей графе “Фактическое количество” нижеуказанной таблицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Неиспользованные Книжки выведены из процесса.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2192"/>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="2192"/>
         <w:gridCol w:w="2193"/>
         <w:gridCol w:w="973"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="974"/>
       </w:tblGrid>
@@ -16092,267 +16691,267 @@
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с</w:t>
+п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материалдың атауы</w:t>
+Наименование материала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоспар бойынша саны</w:t>
+Количество по плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Факті бойынша саны</w:t>
+Количество по факту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таратылғаны</w:t>
+Роздано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қалғаны</w:t>
+Остаток</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16385,51 +16984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауап парақтары</w:t>
+Листы ответов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -16657,51 +17256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кітапшалар</w:t>
+Книжки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -16929,51 +17528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауап парақтарына арналған конверт</w:t>
+Конверт для Листов ответов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -17201,51 +17800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материалдарды ашу актісі</w:t>
+Акт вскрытия материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -17473,51 +18072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқаларды бөлу парағы</w:t>
+Лист распределения вариантов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -17689,249 +18288,253 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      __________ _____________________________________________________________________</w:t>
-[...197 lines deleted...]
-      болғанда) (қолы)</w:t>
+      _____            __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(ИКТ)            ФИО (отчество при наличии) педагогического работника или приравненного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     к нему лица (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      _____            __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(ИКТ)            ФИО (отчество при наличии) педагогического работника или приравненного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     к нему лица (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      _____            __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(ИКТ)            ФИО (отчество при наличии) педагогического работника или приравненного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     к нему лица (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      _____            ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(ИКТ)            ФИО (отчество при наличии) педагогического работника или приравненного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     к нему лица (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      _____            ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(ИКТ)            ФИО (отчество при наличии) педагогического работника или приравненного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     к нему лица (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17978,759 +18581,883 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 7-қосымша</w:t>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...480 lines deleted...]
-      Күні:________</w:t>
+    <w:bookmarkStart w:name="z430" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           Акт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             обнаружения запрещенных предметов и удаления из аудитории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                аттестуемого, нарушившего правила поведения в аудитории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Пункт проведения тестирования ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "______"_______________201____г. ______ч._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Настоящий акт составлен ________________________________________________ о том, что</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (Ф.И.О)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттестуемый __________________________________________, ИКТ_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (ФИО (отчество при наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(аудитория №___, место №____, вариант №_______) во время тестирования нарушил</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правила поведения в аудитории (п.31 настоящих Правил):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     факт нарушения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      На основании данного факта изъят материал, аттестуемый удален из аудитории, результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тестирования аннулированы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      с актом ознакомлен:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (Ф.И.О подпись аттестуемого)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дежурный по аудитории __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (Ф.И.О подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ответственный за проведения тестирования __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (Ф.И.О подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель аттестационной комиссии _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (Ф.И.О подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дата:________                                          Место печати</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18777,272 +19504,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 8-қосымша</w:t>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19073,624 +19839,662 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...84 lines deleted...]
-      біліктілік тестілеуге/ұлттық біліктілік тестілеуге кк.аа.жжжж. қатысқанын куәландырады.</w:t>
+    <w:bookmarkStart w:name="z433" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Справка о прохождении национального квалификационного тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      удостоверяет в том, что ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     ФИО (отчество при наличии) аттестуемого</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>участвовал(а) дд.мм.гггг г. в квалификационном тестировании/национальном</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>квалификационном тестировании в городе ____________ на квалификационную категорию</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4463"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2392"/>
+        <w:gridCol w:w="4718"/>
+        <w:gridCol w:w="2527"/>
+        <w:gridCol w:w="2527"/>
+        <w:gridCol w:w="1258"/>
+        <w:gridCol w:w="1270"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4463" w:type="dxa"/>
+            <w:tcW w:w="4718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Модульдің атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2390" w:type="dxa"/>
+Наименование модуля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілік тапсырмалардың саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3055" w:type="dxa"/>
+Количество тестовых заданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ең жоғарғы балдардың саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2392" w:type="dxa"/>
+Количество максимальных баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жинаған балдарының саны</w:t>
+Количество набранных баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4463" w:type="dxa"/>
+            <w:tcW w:w="4718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу пәнінің мазмұны/Қызмет бағыты бойынша</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2390" w:type="dxa"/>
+Содержание учебного предмета/По направлению деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4463" w:type="dxa"/>
+            <w:tcW w:w="4718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогика және оқыту әдістемесі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2390" w:type="dxa"/>
+Педагогика, методика обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19721,165 +20525,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2392" w:type="dxa"/>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Аттестаттау комиссиясының төрағасы: _______________________________</w:t>
-[...53 lines deleted...]
-      кк.аа.жжжж.</w:t>
+      Председатель аттестационной комиссии: _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (ФИО, подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      дд.мм.гггг.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19926,272 +20796,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 9-қосымша</w:t>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20222,552 +21131,578 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...194 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z436" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                 Акт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         выявления подставного лица на тестирование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Осы фактінің негізінде аудиторияға кірген жағдайда материал алынды, аттестатталушы</w:t>
-[...251 lines deleted...]
-      Күні:________</w:t>
+      Пункт проведения тестирования ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"______"_______________201____г. ______ч._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Настоящий акт составлен ________________________________________________ о том, что</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (Ф.И.О)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>выявлен факт попытки сдачи тестирования гражданином ______________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       ФИО (отчество при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вместо аттестуемого _________________________________________, ИКТ______________ .</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         ФИО (отчество при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      На основании данного факта в случае входа в аудиторию изъят материал, педагогический</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>работник или приравненное к нему лицо удален из аудитории, результаты тестирования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аннулированы; в случае обнаружения подставного лица при запуске в здание - не допущение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>до сдачи тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      с актом ознакомлен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О подпись аттестуемого или подставного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дежурный по аудитории ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (Ф.И.О подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ответственный за проведения тестирования _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (Ф.И.О подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель аттестационной комиссии __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (Ф.И.О подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      МП</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20814,272 +21749,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 10-қосымша</w:t>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21110,1031 +22084,955 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...390 lines deleted...]
-      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда)</w:t>
+    <w:bookmarkStart w:name="z439" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           Акт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             об уничтожении книжек национального квалификационного теста</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   педагогических работников и приравненных к ним лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "_____"__________201__ год ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование пункта проведения тестирования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Основание: пункта ___ Правил и условий проведения аттестации педагогических работников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и приравненных к ним лиц, занимающих должности в организациях образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реализующих общеобразовательные учебные программы дошкольного воспитания и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обучения, начального, основного среднего и общего среднего, образовательные программы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>технического и профессионального, послесреднего, дополнительного образования и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специальные учебные программы, и иных гражданских служащих в сфере образования и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>науки __________ от ________ №_____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ұлттық біліктілік тесті кітапшаларының жойылғаны туралы осы актіні жасадық: </w:t>
+      Комиссия в составе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель (руководитель пункта) _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены комиссии: 1. ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    2. ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    3. ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      составили настоящий акт о том, что были уничтожены книжки национального</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>квалификационного теста:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2108"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2696"/>
+        <w:gridCol w:w="1770"/>
+        <w:gridCol w:w="3740"/>
+        <w:gridCol w:w="1770"/>
+        <w:gridCol w:w="1771"/>
+        <w:gridCol w:w="3249"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ағынның нөмірі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3280" w:type="dxa"/>
+Номер потока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тестілеуге берілген кітапшалардың нақты саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+Фактическое количество книжек, переданных на тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жойылған кітапшалардың саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+Количество уничтоженных книжек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кітапшалардың түгендеу нөмірі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2696" w:type="dxa"/>
+Инвентарные номера книжек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҰТО жеткізілген кітапшалар саны</w:t>
+Количество книжек, доставленных в НЦТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2696" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcW w:w="3740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2696" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -22144,285 +23042,235 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Кітапшалар мынадай жолмен жойылды:_____________________________________________</w:t>
-[...233 lines deleted...]
-      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда), қолы)</w:t>
+      Книжки уничтожены путем: _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать способ уничтожения – механическое</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     измельчение или сжигание)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в ______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать место уничтожения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель (руководитель пункта) ________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (Ф.И.О. (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены комиссии: 1. ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, Ф.И.О. (при его наличии), подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   2. ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, Ф.И.О. (при его наличии), подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   3. ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность, Ф.И.О. (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Место печати</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -22469,272 +23317,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 11-қосымша</w:t>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22765,610 +23652,618 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z442" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Лист наблюдения уроков/занятий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3159"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3482"/>
+        <w:gridCol w:w="3183"/>
+        <w:gridCol w:w="5608"/>
+        <w:gridCol w:w="1754"/>
+        <w:gridCol w:w="1755"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Сабақты бақылау күні: </w:t>
+Дата наблюдения урока: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сынып:</w:t>
+Класс:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пән:                                                    Тақырыбы:</w:t>
+Предмет:                                                         Тема:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Педагог: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылаушы:</w:t>
+Наблюдатель:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау элементтері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Белгі (v)</w:t>
+Отметка (v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабақ жоспары берілді</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Представлен планурока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күтілетін нәтижелер оқыту мақсаттарына сәйкес келеді</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Ожидаемые результаты соответствуют целям обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -23381,51 +24276,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -23464,71 +24359,72 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушылардың қажеттіліктерін ескереді</w:t>
+              <w:t xml:space="preserve"> учитывают потребности обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -23541,51 +24437,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -23624,420 +24520,424 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>зерттеу дағдыларын дамытуға бағытталған</w:t>
+              <w:t xml:space="preserve"> направлены на развитие исследовательских навыков</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+              <w:t>
+Педагог вовлекает обучающихся в постановку целей урока и ожидаемых результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабақтың әр кезеңінде педагог барлық білім алушыларды белсенді оқуға тартады</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+На каждом этапе урока педагог вовлекает всех обучающихся в активное обучение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+              <w:t>
+При организации изучения учебного материала педагог обеспечивает:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24050,51 +24950,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -24133,71 +25033,72 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушылардың қажеттіліктерін қанағаттандыруды</w:t>
+              <w:t xml:space="preserve"> удовлетворение потребностей обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24210,51 +25111,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -24293,188 +25194,190 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушылардың қабілеттерін дамытуды</w:t>
+              <w:t xml:space="preserve"> развитие способностей обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Сабақ барысында педагог АКТ ресурстарын пайдаланады </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+В ходе урока педагог использует ресурсы ИКТ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24487,51 +25390,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -24570,71 +25473,72 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру нәтижелеріне қол жеткізу үшін дайын цифрлық білім беру ресурстарын пайдаланады</w:t>
+              <w:t xml:space="preserve"> использует готовые цифровые образовательные ресурсы для достижения образовательных результатов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24647,51 +25551,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -24730,71 +25634,72 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>меншікті цифрлық білім беру ресурстарын пайдаланады</w:t>
+              <w:t xml:space="preserve"> использует собственные цифровые образовательные ресурсы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24807,51 +25712,51 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
           <w:p>
@@ -24890,419 +25795,423 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқушылардың бірлескен жұмысы үшін желілік ресурстарды іске қосады</w:t>
+              <w:t xml:space="preserve"> задействует сетевые ресурсы для совместной работы учащихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагог оқыту мақсаттарына қол жеткізу бойынша әрбір білім алушының ілгерілеуін қадағалайды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Педагог отслеживает прогресс каждого обучающегося по достижению целей обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Педагог білім алушыларды бағалау процесіне тартады </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Педагог вовлекает обучающихся в процесс оценивания </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагог білім алушыларға конструктивті кері байланыс беру үшін жағдайлар жасайды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Педагог создает условия для предоставления обучающимися конструктивной обратной связи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -25322,539 +26231,576 @@
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылаудың қосымша элементтері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Дополнительные элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcW w:w="5608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кері байланыс және ұсынымдар:</w:t>
+Обратная связь и рекомендации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Бақылаушы: ________________________________________________________</w:t>
-[...17 lines deleted...]
-      Қолы, ТАӘ</w:t>
+      Наблюдатель: ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Подпись, ФИО</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25901,272 +26847,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 12-қосымша</w:t>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26197,70 +27182,1177 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Аттестатталушы адамның портфолиосын қабылдау-тапсыру актісі</w:t>
+    <w:bookmarkStart w:name="z445" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                 Акт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         приема-передачи портфолио аттестуемого</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "___" ________ 20__ г. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мы, нижеподписавшиеся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель экспертной совета ___________________________ _________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (соответствующий уровень)            (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с одной стороны, и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Председатель аттестационной комиссии __________________________ _________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (соответствующий уровень)            (Ф.И.О.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      с другой стороны, составили акт о том, что были переданы и приняты портфолио</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в электронном/бумажном формате) аттестуемого: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Действующая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявляемая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Передал: _______________ __________________ Председатель экспертной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)            (Ф.И.О.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Принял: _______________ __________________ Председатель аттестационной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)            (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26307,1193 +28399,1631 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20__ ж. "___" ________</w:t>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...142 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z448" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Критерии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оценивания портфолио аттестуемого на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2186"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3556"/>
+        <w:gridCol w:w="1498"/>
+        <w:gridCol w:w="2162"/>
+        <w:gridCol w:w="2791"/>
+        <w:gridCol w:w="3515"/>
+        <w:gridCol w:w="2334"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Критерии оценивания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТАӘ</w:t>
-[...73 lines deleted...]
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...25 lines deleted...]
-            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcW w:w="2162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданыстағы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3556" w:type="dxa"/>
+Педагог-модератор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш берілетін</w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2186" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Качество знаний обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+динамика роста качества знаний на 5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+динамика роста качества знаний на</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+динамика роста качества знаний на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+динамика роста качества знаний на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2186" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями экспертного совета организации образования</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями экспертного совета орган управления образования (район/город)</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями экспертного совета орган управления образования (область/гг. Астана, Алматы)</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями АОО "Назарбаев Интеллектуальные школы"</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2186" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижения обучающихся или обобщение итогов деятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/гг. Астаны, Алматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(на основе реализации собственной авторской программы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Профессиональные достижения педагога </w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...116 lines deleted...]
-</w:t>
+Участие в профессиональных конкурсах, олимпиадах и иных мероприятиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Тапсырды: _______________ __________________ Сараптамалық комиссияның төрағасы</w:t>
-[...17 lines deleted...]
-      (қолы)                  (Т.А.Ә.)</w:t>
+      ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="228600" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="228600" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Выступления на конференциях, симпозиумах, разработка методических материалов, проведение семинаров, мастер классов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...34 lines deleted...]
-      (қолы)                  (Т.А.Ә.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27540,272 +30070,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 13-қосымша</w:t>
+              <w:t>Приложение 14</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27836,2143 +30405,601 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Аттестатталушы адамға біліктілік санатын беруге (растауға) портфолиосын бағалау өлшемшарттары</w:t>
+    <w:bookmarkStart w:name="z451" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Лист оценивания портфолио педагогического работника и приравненного к нему лица на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+             ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (заявляемая квалификационная категория)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестуемый: ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1406"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2381"/>
+        <w:gridCol w:w="11276"/>
+        <w:gridCol w:w="1024"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1406" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="11276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="4"/>
+Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="11276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагог-модератор</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+мониторинг качества знаний обучающихся за аттестационный период, включающий результаты внешней оценки учебных достижений, итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагог-сарапшы</w:t>
-[...71 lines deleted...]
-Педагог-мастер</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcW w:w="11276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім алушылардың білім сапасы</w:t>
-[...23 lines deleted...]
-              <w:ind w:left="20"/>
+копии документов, подтверждающих достижения обучающихся, или копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...33 lines deleted...]
-            </w:pPr>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-білім сапасының</w:t>
-[...113 lines deleted...]
-20%-ға өсу қарқыны</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcW w:w="11276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқыту сапасы</w:t>
-[...23 lines deleted...]
-              <w:ind w:left="20"/>
+листы наблюдения уроков/занятий (не менее 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру ұйымының сараптамалық кеңесінің ұсынымдары бар сабақтарды бақылау парақтары</w:t>
-[...163 lines deleted...]
-(3-тен кем емес)</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcW w:w="11276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім алушылардың жетістіктері немесе қызмет қорытындыларын жинақтау</w:t>
-[...23 lines deleted...]
-              <w:ind w:left="20"/>
+копии документов, подтверждающих достижения педагогического работника и приравненного к нему лица (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру ұйымының деңгейі</w:t>
-[...121 lines deleted...]
-(өз авторлық бағдарламасын іске асыру негізінде)</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcW w:w="11276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...12 lines deleted...]
-              </w:rPr>
               <w:t>
-(болған кезде)</w:t>
-[...1090 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30041,51 +31068,327 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -30114,1337 +31417,1090 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...295 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Аттестатталушы адамның қызмет қорытындыларын кешенді түрде талдап қорыту бойынша ________________ біліктілік санатына сараптамалық кеңестің қорытындысы</w:t>
+    <w:bookmarkStart w:name="z454" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Заключение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>экспертного совета по комплексному аналитическому обобщению итогов деятельности аттестуемого на квалификационную категорию __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1512"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3409"/>
+        <w:gridCol w:w="1092"/>
+        <w:gridCol w:w="5879"/>
+        <w:gridCol w:w="1092"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2461"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcW w:w="5879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аттестатталушы адамның ТАӘ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1512" w:type="dxa"/>
+ФИО педагогического работника или приравненного к нему лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәлімделетін деңгейі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3409" w:type="dxa"/>
+Заявляемый уровень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сараптамалық кеңестің шешімі</w:t>
+Решение экспертного совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcW w:w="5879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcW w:w="2461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcW w:w="5879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcW w:w="2461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcW w:w="5879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcW w:w="2461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcW w:w="5879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcW w:w="2461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -31454,281 +32510,256 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Сараптамалық кеңестің құрамы:</w:t>
-[...179 lines deleted...]
-      ТАӘ (әкесінің аты бар болғанда)            жұмыс орны, лауазымы                  (қолы)</w:t>
+      Состав экспертного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      __________________________      ______________________             ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ФИО (отчество при наличии)       место работы, должность            (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      __________________________      ______________________             ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ФИО (отчество при наличии)       место работы, должность            (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      __________________________      ______________________             ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ФИО (отчество при наличии)       место работы, должность            (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      __________________________      ______________________             ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ФИО (отчество при наличии)       место работы, должность            (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      __________________________      ______________________             ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ФИО (отчество при наличии)       место работы, должность            (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Күні: ______ж. "__" _________</w:t>
+      Дата: "__" _________ _____ г.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31775,272 +32806,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 16-қосымша</w:t>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32071,1275 +33141,1337 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...138 lines deleted...]
-      1. Мынадай аттестатталушы адамдар мәлімделген біліктілік санатына сәйкес келеді: </w:t>
+    <w:bookmarkStart w:name="z457" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Протокол заседания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттестационной комиссии ____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "___"___________________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель аттестационной комиссии: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены аттестационной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1.______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      РЕШЕНИЕ аттестационной комиссии по итогам этапов аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Соответствуют заявляемой квалификационной категории следующие педагогические работники или приравненные к ним лица:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="922"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2078"/>
+        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="2858"/>
+        <w:gridCol w:w="2180"/>
+        <w:gridCol w:w="2180"/>
+        <w:gridCol w:w="2181"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТАӘ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="922" w:type="dxa"/>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2724" w:type="dxa"/>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Міндетті/мерзімінен бұрын аттестаттау</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2655" w:type="dxa"/>
+Обязательная/ досрочная аттестация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолда бар біліктілік санаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2077" w:type="dxa"/>
+Имеющаяся квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәлімделетін біліктілік санаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2078" w:type="dxa"/>
+Заявляемая квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Берілетін біліктілік санаты</w:t>
+Присвоенная квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcW w:w="2181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcW w:w="2181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcW w:w="2181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -33349,1287 +34481,1284 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Мынадай аттестатталушы адамдар мәлімделетін біліктілік санатына сәйкес келмейді:</w:t>
+      2. Не соответствуют заявляемой квалификационной категорииследующие педагогические работники или приравненные к ним лица:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="440"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="890"/>
+        <w:gridCol w:w="897"/>
+        <w:gridCol w:w="897"/>
+        <w:gridCol w:w="897"/>
+        <w:gridCol w:w="2649"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="2021"/>
+        <w:gridCol w:w="2021"/>
+        <w:gridCol w:w="898"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТАӘ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="889" w:type="dxa"/>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2626" w:type="dxa"/>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Міндетті/мерзімінен бұрын аттестаттау</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2560" w:type="dxa"/>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолда бар біліктілік санаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2003" w:type="dxa"/>
+Обязательная/ досрочная аттестация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәлімделетін біліктілік санаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2003" w:type="dxa"/>
+Имеющаяся квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Берілетін біліктілік санаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="890" w:type="dxa"/>
+Заявляемая квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Себебі</w:t>
+Присвоенная квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Причина</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcW w:w="2649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcW w:w="2021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -34638,192 +35767,220 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      2. ___________________________ (қолы) </w:t>
-[...85 lines deleted...]
-      Хатшы: ______________________ (қолы)</w:t>
+      Председатель аттестационной комиссии __________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены аттестационной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. ___________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. ___________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. ___________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. ___________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Секретарь: ___________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34870,366 +36027,553 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 17-қосымша</w:t>
+              <w:t>Приложение 17</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...20 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z460" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Протокол заседания</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>аттестационной комиссии ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>о продлении срока действия квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...51 lines deleted...]
-      Аттестаттау комиссиясының мүшелері:</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "___"___________________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель аттестационной комиссии: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены аттестационной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       1.______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -35239,69 +36583,101 @@
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       2. ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Аттестаттау кезеңдерінің қорытындылары бойынша аттестаттау комиссиясының ШЕШІМІ:</w:t>
-[...17 lines deleted...]
-      Мынадай аттестатталушы адамдар біліктілік санаттарының мерзімдері ұзартылсын:</w:t>
+      РЕШЕНИЕ аттестационной комиссии по итогам этапов аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Продлить сроки квалификационной категории следующим педагогическим работникам или приравненным к ним лицам:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="2757"/>
         <w:gridCol w:w="2758"/>
         <w:gridCol w:w="1697"/>
       </w:tblGrid>
       <w:tr>
@@ -35356,162 +36732,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТАӘ</w:t>
+ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолда бар біліктілік санаты</w:t>
+Имеющаяся квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздеме</w:t>
+Основание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -35547,102 +36922,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-дейін қолданылады</w:t>
+Действует до</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дейін ұзартылған</w:t>
-[...14 lines deleted...]
-          <w:p/>
+Продлен до</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -36333,192 +37734,252 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      1. ___________________________(қолы) </w:t>
-[...53 lines deleted...]
-      4. ___________________________(қолы)</w:t>
+      Председатель аттестационной комиссии __________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены аттестационной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Хатшы: ___________________________(қолы)</w:t>
+      Секретарь: ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -36565,272 +38026,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 18-қосымша</w:t>
+              <w:t>Приложение 18</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36861,871 +38361,888 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z463" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Журнал</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регистрации и выдачи удостоверений о присвоении (подтверждении) квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="867"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1149"/>
+        <w:gridCol w:w="804"/>
+        <w:gridCol w:w="1657"/>
+        <w:gridCol w:w="2581"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="3470"/>
+        <w:gridCol w:w="1065"/>
+        <w:gridCol w:w="1362"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2105" w:type="dxa"/>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2463" w:type="dxa"/>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымның және берілген/расталған біліктілік санатының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1467" w:type="dxa"/>
+Наименование должности и присвоенной/ подтвержденной квалификационной категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аттестаттау комисссиясы шешімінің күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3101" w:type="dxa"/>
+Дата решения аттестационной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санатын беру/растау туралы бұйрықтың күні және нөмірі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1148" w:type="dxa"/>
+Дата и номер приказа о присвоении/ подтверждении и квалификационной категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куәлікті берген күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1149" w:type="dxa"/>
+Дата выдачи удостоверения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогтың алған қолы</w:t>
+Подпись педагога в получении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcW w:w="1657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2463" w:type="dxa"/>
+            <w:tcW w:w="2581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1467" w:type="dxa"/>
+            <w:tcW w:w="1361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:tcW w:w="3470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcW w:w="1657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2463" w:type="dxa"/>
+            <w:tcW w:w="2581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1467" w:type="dxa"/>
+            <w:tcW w:w="1361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:tcW w:w="3470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcW w:w="1362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -37794,51 +39311,327 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 19</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -37867,1607 +39660,1354 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...295 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттауға жататын азаматтық қызметшіге аттестаттау парағы </w:t>
+    <w:bookmarkStart w:name="z466" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аттестационный лист на гражданского служащего,подлежащего аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Вид аттестации: очередная -</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7632700" cy="825500"/>
+            <wp:extent cx="330200" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7632700" cy="825500"/>
+                      <a:ext cx="330200" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; повторная -</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(нужное отметить знаком X)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...912 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. ФИО (отчество при наличии) ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Дата рождения "___" __________ _______ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения об образовании, о повышении квалификации, переподготовке (когда и</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>какое учебное заведение окончил, специальность и квалификация по образованию,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документы о повышении квалификации, переподготовке, ученая степень, ученое звание, дата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>их присвоения) __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Занимаемая должность и дата назначения, квалификационная категория (разряд)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Общий трудовой стаж ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Общий стаж работы на должностях государственного и гражданского служащего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Замечания и предложения, высказанные членами аттестационной комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Мнение аттестуемого: ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Оценка деятельности гражданского служащего непосредственным руководителем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>согласно служебной характеристике аттестуемого_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. На заседании присутствовало ___членов аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Оценка деятельности гражданского служащего по результатам голосования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>согласно прилагаемому оценочному листу, заполняемому каждым членом аттестационной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) соответствует занимаемой должности: _____________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (количество голосов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) подлежит повторной аттестации _____________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (количество голосов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) не соответствует занимаемой должности ___________________________.*</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (количество голосов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Квалификационная категория (разряд):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) соответствует _____ квалификационной категории (разряду) __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             (количество голосов)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (по каждой квалификационной категории (разряду) отдельно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствуют основания для установления квалификационной категории (разряда)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (количество голосов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (квалификационная категория (разряд) с цифровым</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     обозначением указывается прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Рекомендации аттестационной комиссии (с указанием мотивов, по которым они</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>даются) ________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Примечания ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...203 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Председатель аттестационной комиссии: ___________________________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Секретарь аттестационной комиссии: _____________________________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Члены аттестационной комиссии: __________________________________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           _________________________________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           _________________________________(подпись) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           _________________________________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      * қайталама аттестаттау кезінде баға қойылмайды</w:t>
+      Руководитель организации ____________________________(подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Место для печати организации </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дата проведения аттестации "____" ___________ 20 _____ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      С аттестационным листом ознакомился: _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись гражданского служащего и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>* оценка при проведении повторной аттестации не выставляется</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -39514,272 +41054,311 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі тәрбие мен</w:t>
-[...220 lines deleted...]
-              <w:t>шарттарына 20-қосымша</w:t>
+              <w:t>Приложение 20</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам и условиям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогических работников и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приравненных к ним лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>занимающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего, дополнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования и специальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы, и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гражданских служащих в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39810,591 +41389,740 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттауға жататын азаматтық қызметшіге бағалау парағы (аттестаттау комиссиясы мүшесімен толтырылады) </w:t>
+    <w:bookmarkStart w:name="z469" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                Оценочный лист</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         на гражданского служащего, подлежащего аттестации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             (заполняется членом аттестационной комиссии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Вид аттестации: очередная -</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7632700" cy="825500"/>
+            <wp:extent cx="330200" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7632700" cy="825500"/>
+                      <a:ext cx="330200" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ; повторная - </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="330200" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="330200" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(нужное отметить знаком X)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...383 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      * қайталама аттестаттау кезінде шығарылмайды</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+      ФИО (отчество при наличии) ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Должность ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оценка аттестуемого _______________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             (отлично, хорошо, удовлетворительно, неудовлетворительно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Решение члена аттестационной комиссии (одно из перечисленных: соответствует</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>занимаемой должности; подлежит повторной аттестации*; не соответствует занимаемой</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должности):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Обоснование членом аттестационной комиссии своего решения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Соответствует квалификационной категории (разряду) ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Отсутствуют основания для установления квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(разряда) _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Обоснование: _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Член аттестационной комиссии ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (ФИО (отчество при наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Секретарь аттестационной комиссии _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (ФИО (отчество при наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дата "____" __________ 20 ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>* при проведении повторной аттестации не выносится</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -40733,35 +42461,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>