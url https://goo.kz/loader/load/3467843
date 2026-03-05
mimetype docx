--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9514226" w14:textId="9514226">
+    <w:p w14:paraId="6035bd4" w14:textId="6035bd4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,2992 +76,2958 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, жоғары және жоғары оқу орнынан кейiнгi бiлiмi бар мамандарды даярлауға, жоғары оқу орындарының дайындық бөлімдеріне, сондай-ақ мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 29 қаңтардағы № 122 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
-[...35 lines deleted...]
-      БҰЙЫРАМЫН:</w:t>
+        <w:t>О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 29 января 2016 года № 122 "Об утверждении Правил размещения государственного образовательного заказа на подготовку специалистов с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения высших учебных заведений, а также на дошкольное воспитание и обучение, среднее образование"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 31 октября 2018 года № 609. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 ноября 2018 года № 17663</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, жоғары және жоғары оқу орнынан кейiнгi бiлiмi бар мамандарды даярлауға, жоғары оқу орындарының дайындық бөлімдеріне, сондай-ақ мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 29 қаңтардағы № 122 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13418 болып тіркелген, 2016 жылғы 17 наурыздағы "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 29 января 2016 года № 122 "Об утверждении Правил размещения государственного образовательного заказа на подготовку специалистов  с техническими профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения высших учебных заведений, а также на дошкольное воспитание и обучение, среднее образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №13418, опубликован  в Информационно-правовой системе нормативных правовых актов "Әділет" 17 марта 2016 года) следующие изменения и дополнение:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование приказа изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      "Еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, жоғары және жоғары оқу орнынан кейiнгi бiлiмi бар кадрларды даярлауға, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының дайындық бөлімдеріне, сондай-ақ мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру қағидаларын бекіту туралы";</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Об утверждении Правил размещения государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения организаций высшего и (или) послевузовского образования, а также на дошкольное воспитание и обучение, среднее образование";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...28 lines deleted...]
-      "1. Еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, жоғары және жоғары оқу орнынан кейiнгi бiлiмi бар кадрларды даярлауға, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының дайындық бөлімдеріне, сондай-ақ мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру қағидаларын бекіту туралы";</w:t>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Утвердить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещения государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения организаций высшего и (или) послевузовского образования, а также на дошкольное воспитание и обучение, среднее образование";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілген бұйрықпен бекітілген Еңбек нарығының қажеттіліктерін ескере отырып, техникалық және кәсiптiк, орта бiлiмнен кейiнгi, жоғары және жоғары оқу орнынан кейiнгi бiлiмi бар мамандарды даярлауға, жоғары оқу орындарының дайындық бөлімдеріне, сондай-ақ мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге мемлекеттiк бiлiм беру тапсырысын орналастыру </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+      В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещения государственного образовательного заказа на подготовку специалистов с техническим профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения высших учебных заведений, а также на дошкольное воспитание и обучение, среднее образование, утвержденным указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Правила размещения государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения организаций высшего и (или) послевузовского образования, а также на дошкольное воспитание и обучение, среднее образование";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тақырып</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Настоящие Правила разработаны в соответствии с подпунктом 43) статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее - Закон) и определяют размещение государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения организаций высшего и (или) послевузовского образования, а также на дошкольное воспитание и обучение, среднее образование. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размещение государственного образовательного заказа по специальностям технического и профессионального образования, которые направлены на подготовку квалифицированных рабочих кадров, осуществляется на внеконкурсной основе.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...69 lines deleted...]
-    </w:p>
+        <w:t>главу 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "глава 1. Общие положения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тарау</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+        <w:t>главу 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 2. Размещение государственного образовательного заказа на дошкольное воспитание и обучение";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тарау</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+        <w:t>пункт 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. К участию в конкурсе допускаются дошкольные организации, уведомившие о начале своей деятельности уполномоченный орган в области образования и подавшие заявку на получение государственного образовательного заказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для участия в конкурсе частные дошкольные организации предоставляют следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление на имя председателя комиссии по форме согласно приложению 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) справку или копию свидетельства о государственной регистрации (перерегистрации) юридического лица или индивидуального предпринимателя, устав дошкольной организаций, справку из банка об отсутствии задолженности, справку из налогового органа об отсутствии задолженности с датой не раньше месячного срока до подачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию правоустанавливающих документов на недвижимое имущество (собственное или арендуемое), используемое под организацию дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "2-тарау. Мектепке дейінгі тәрбие мен оқытуға мемлекеттік білім беру тапсырысын орналастыру"; </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      4) копию санитарно-эпидемиологического заключения о соответствии дошкольной организации санитарно-эпидемиологическим требованиям согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта государственной услуги "Выдача санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта высокой эпидемической значимости нормативным правовым актам в сфере санитарно-эпидемиологического благополучия населения и гигиеническим нормативам", утвержденному приказом и.о. Министра здравоохранения Республики Казахстан от 28 апреля 2017 года № 217 "Об утверждении стандартов государственных услуг в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под  № 15217);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копию о наличии лицензии на медицинский кабинет или договор на обслуживание с поликлиникой с учетом места закрепления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) обязательства поставщика о принятии детей по государственному образовательному заказу исключительно по направлению управлений образования города республиканского значения, столицы, отделов образования городов (районов) с установленным размером родительской платы за питание, в соответствии с Законом. Поставщиком заполняется форма обязательств согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) копии документов воспитателей об образовании государственного образца с педагогическим или профессиональным образованием. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, входящие в конкурсную заявку прошнуровываются, пронумеровываются, подписываются учредителем дошкольной организации, заверяются печатью и представляются в порядке, указанном в объявлении о проведении конкурса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-тармақ</w:t>
-[...273 lines deleted...]
-    </w:p>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Представленные заявки рассматриваются комиссией на заседании в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После заседания комиссии составляется протокол предварительного допуска к участию в конкурсе со следующей информацией:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перечень дошкольных организации, не соответствующих требованиям настоящих Правил с подробным описанием причин их отклонения, в том числе с указанием сведений и документов подтверждающих несоответствие документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дата повторного рассмотрения документов, представленных дошкольными организациями с исправлениями и дополнениями в соответствии с протоколом предварительного допуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение конкурсной комиссии о предварительном допуске размещается секретарем конкурсной комиссии в течение 3 (трех) рабочих дней на интернет-ресурсе управления образования города республиканского значения, столицы, отдела образования города (района).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потенциальные поставщики в течение 5 (пяти) рабочих дней со дня размещения протокола предварительного допуска приводят в соответствие документы согласно протоколу о предварительном допуске.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия повторно рассматривает заявки на участие в конкурсе дошкольных организаций, указанных в перечне протокола предварительного допуска к участию в конкурсе на предмет полноты приведения их в соответствие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия после дня заседания в течение 3 (трех) рабочих дней выносит решение о включении в перечень дошкольных организаций, в которых будет размещен государственный образовательный заказ с указанием количества мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение комиссии с указанием максимально возможного количества мест для размещения государственного образовательного заказа оформляется в виде протокола.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о включении в перечень на размещение государственного образовательного заказа в частной дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об отказе включения в перечень на размещение государственного образовательного заказа в частной дошкольной организации образования в случае несоответствия пунктам 9 и 10 настоящих Правил.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-тармақ</w:t>
-[...269 lines deleted...]
-    </w:p>
+        <w:t>пункт 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. В случае превышения количества предложений со стороны частных организаций дошкольного образования над количеством мест по государственному образовательному заказу поставщики отбираются Комиссией по дополнительным критериям на конкурсной основе.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+        <w:t>пункт 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Дополнительными критериями при конкурсном отборе поставщиков являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доля воспитателей высшей и первой категории не менее 10 % от их общего числа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) доля воспитателей с профессиональным образованием по соответствующим профилям не менее 50 % от их общего числа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Большинством голосов членов комиссии путем открытого голосования решение считается принятым. При равенстве голосов состава Комиссии голос председателя Комиссии является решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол оформляется секретарем, подписывается председателем и всеми членами комиссии, участвовавшими на заседании. Заседания комиссии проводятся по мере необходимости и считаются действительными, если на них присутствуют более половины от общего числа ее членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о размещении государственного образовательного заказа на дошкольное воспитание и обучение публикуется на интернет-ресурсах управления образования города республиканского значения, столицы, отделов образования городов (районов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представители управлений образования городов республиканского значения, столицы, отделов образования городов (районов) раз в год проводят мониторинг деятельности дошкольных организаций по исполнению обязательств, предусмотренных договором размещения государственного образовательного заказа и оказывают консультативную помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дошкольные организации с ранее размещенными местами по государственному образовательному заказу включаются в протокол заседания без прохождения конкурса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 13-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13-1. Размещение государственного образовательного заказа на новые и дополнительные места, а также на места филиалов дошкольных организации с ранее размещенными местами по государственному образовательному заказу осуществляется на конкурсной основе.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-тармақ</w:t>
-[...197 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+        <w:t>главу 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 3. Размещение государственного образовательного заказа в организации технического и профессионального, послесреднего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тарау</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+        <w:t>пункт 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "18. Порядок приема документов на конкурс по размещению государственного образовательного заказа в организации технического и профессионального, послесреднего образования осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов на конкурс по размещению государственного образовательного заказа на подготовку кадров с техническим, профессиональным и послесредним образованием", утвержденного приказом Министра образования и науки Республики Казахстан от 7 августа 2017 года № 397 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под 15740).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+        <w:t>пункты 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. При определении учебных заведений технического и профессионального, послесреднего образования для размещения государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием Комиссия руководствуется следующими основными критериями, а также информацией, подтверждающей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие лицензии на право ведения образовательной деятельности по специальностям технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие договоров с предприятиями о производственном обучении и прохождении практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие показателя трудоустройства выпускников организаций технического и профессионального, послесреднего образования не ниже порогового значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пороговое значение показателя трудоустройства выпускников организаций технического и профессионального, послесреднего образования определяется Комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Решение Комиссии принимается до 20 марта календарного года открытым голосованием простым большинством голосов от числа присутствующих на заседании членов Комиссии и оформляется протоколом заседания, который подписывается председателем Комиссии. При равенстве голосов состава Комиссии голос председателя Комиссии является решающим. Протокол подписывается членами Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении заседания Комиссии осуществляется аудио (видео) запись заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "18. Техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын орналастыру бойынша конкурсқа құжаттарды қабылдау тәртібі Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 7 тамыздағы № 397 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+      На основании решения Комиссии приказом руководителя уполномоченного органа и постановлением МИО до 20 апреля календарного года утверждается перечень организаций технического и профессионального, послесреднего образования с указанием наименований. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Решение о размещении государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием в течение пяти рабочих дней публикуется на интернет-ресурсах уполномоченного органа и МИО.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...219 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+        <w:t>главу 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 4. Размещение государственного образовательного заказа на подготовку кадров в организациях высшего и (или) послевузовского образования с учетом потребностей рынка труда, на подготовительные отделения высших учебных заведений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тарау</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+        <w:t>пункт 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "25. Для проведения Конкурса создается Комиссия по размещению государственного образовательного заказа на подготовку кадров в организациях высшего и (или) послевузовского образования (далее - Комиссия), состав которой утверждается приказом Министра или лицом, исполняющим его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председателем Комиссии является Министр или лицо, исполняющее его обязанности. Комиссия формируется из числа сотрудников уполномоченного органа в области образования, других заинтересованных государственных органов и ведомств, представителей институтов гражданского общества, Национальной палаты предпринимателей Республики Казахстан "Атамекен", отраслевых ассоциаций, Ассоциации высших учебных заведений Республики Казахстан и /или Совета ректоров высших учебных заведений Республики Казахстан. Количество состава комиссии является нечетным, включая его Председателя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>25-тармақ</w:t>
-[...49 lines deleted...]
-    </w:p>
+        <w:t>пункт 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "27. Решения Комиссии принимаются открытым голосованием простым большинством голосов от числа присутствующих на заседании членов Комиссии и оформляются протоколом заседания, который подписывается председателем. Во время работы Комиссии ведется аудио и (или) видео запись. При равенстве голосов, голос председателя комиссии является решающим";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>27-тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+        <w:t>пункты 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "32. В конкурсе по размещению государственного образовательного заказа на подготовку кадров с высшим и послевузовским образованием по группам образовательных программ участвуют ВУЗы, прошедшие аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, за исключением военных, специальных учебных заведений, за исключением военных, специальных учебных заведений, и имеющие показатель трудоустройства выпускников ВУЗов не ниже порогового значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пороговое значение показателя трудоустройства выпускников ВУЗов определяется Комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исключение составляют новые образовательные программы, внесенные в Реестр образовательных программ, а также вновь созданные ВУЗы для подготовки кадров с послевузовским образованием по приоритетным отраслям экономики. При этом, перечень ВУЗов определяется Комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. При определении ВУЗов и размещении государственного образовательного заказа на подготовку кадров с высшим образованием Комиссия руководствуется следующими основными критериями:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие контингента обучающихся по соответствующей группе образовательных программ, за исключением направлений, внесенных впервые в Классификатор направлений подготовки кадров с высшим и послевузовским образованием Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кадровое обеспечение ВУЗов и материально–техническое обеспечение научно-образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспеченность учебной, учебно-методической литературой и иными информационными ресурсами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) научный потенциал и уровень проводимых в ВУЗах научных исследований (для вузов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие мест для проживания обучающихся в общежитии, пунктов общественного питания и медицинского обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наличие аккредитованных образовательных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) востребованность и трудоустройство выпускников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) участие в международном и/или национальном рейтингах вузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) позиция вуза в рейтинге, проводимого НПП "Атамекен" не ниже половины от общего количества вузов, участвующих в рейтинге";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>32</w:t>
-[...269 lines deleted...]
-    </w:p>
+        <w:t>Пункт 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "35. Вузы, в которых выпускники докторантуры завершили обучение и не получили утверждение степени доктора философии (PhD), доктора по профилю в течение 3-х лет после окончания, не допускаются к конкурсу по соответствующей группе образовательных программ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>35-тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:t>пункты 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "38. Конкурс для вузов проводится раздельно по группам образовательных программ высшего и послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Комиссия на основе оценки принимает решение о размещении государственного образовательного заказа на подготовку кадров с высшим и послевузовским образованием с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1) перечня вузов, в которых по условиям конкурса размещается государственный образовательный заказ на подготовку кадров с высшим образованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перечня вузов, в которых по условиям конкурса размещается государственный образовательный заказ на подготовку кадров по отдельным специальностям магистратуры, в том числе на английском языке, а также квотирование для отдельных вузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) перечень базовых вузов, в которых по условиям конкурса размещается государственный образовательный заказ на подготовку кадров с послевузовским образованием с указанием объема в разрезе специальностей, в том числе для целевой подготовки докторов философии (PhD)/докторов по профилю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вузов, в которых размещается государственный образовательный заказ для обучения слушателей на подготовительных отделениях вузов, в том числе для повышения уровня языковой подготовки с указанием объема;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z101" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) педагогических вузов, в которых по условиям конкурса размещается государственный образовательный заказ на подготовку педагогических кадров с высшим образованием с указанием объема в разрезе специальностей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>38</w:t>
-[...179 lines deleted...]
-    </w:p>
+        <w:t>главу 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 6. Размещение местными исполнительными органами государственного образовательного заказа на подготовку кадров в организациях высшего и (или) послевузовского образования с учетом потребностей рынка труда";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -3106,265 +3072,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 1-қосымша";</w:t>
+              <w:t>"Приложение 1 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">послевузовским образованием </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -3409,265 +3375,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 2-қосымша";</w:t>
+              <w:t>"Приложение 2 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:bookmarkStart w:name="z108" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -3712,265 +3678,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 3-қосымша";</w:t>
+              <w:t>"Приложение 3 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="33"/>
+    <w:bookmarkStart w:name="z110" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -4015,265 +3981,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 4-қосымша";</w:t>
+              <w:t>"Приложение 4 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="34"/>
+    <w:bookmarkStart w:name="z112" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -4318,265 +4284,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 5-қосымша";</w:t>
+              <w:t>"Приложение 5 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="35"/>
+    <w:bookmarkStart w:name="z114" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -4621,265 +4587,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 6-қосымша";</w:t>
+              <w:t>"Приложение 6 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="36"/>
+    <w:bookmarkStart w:name="z116" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -4924,265 +4890,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 7-қосымша";</w:t>
+              <w:t>"Приложение 7 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="37"/>
+    <w:bookmarkStart w:name="z118" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -5227,265 +5193,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 8-қосымша";</w:t>
+              <w:t>"Приложение 8 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="38"/>
+    <w:bookmarkStart w:name="z120" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -5530,265 +5496,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 9-қосымша";</w:t>
+              <w:t>"Приложение 9 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="39"/>
+    <w:bookmarkStart w:name="z122" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -5833,265 +5799,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 10-қосымша";</w:t>
+              <w:t>"Приложение 10 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="40"/>
+    <w:bookmarkStart w:name="z124" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -6136,265 +6102,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 11-қосымша";</w:t>
+              <w:t>"Приложение 11 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="41"/>
+    <w:bookmarkStart w:name="z126" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағиданың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+      правый верхний угол </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -6439,425 +6405,365 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Еңбек нарығының</w:t>
-[...168 lines deleted...]
-              <w:t>қағидаларына 12-қосымша".</w:t>
+              <w:t>"Приложение 12 Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовательного заказа на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовку кадров с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническим и профессиональным,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесредним, высшим и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послевузовским образованием с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учетом потребностей рынка</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда, на подготовительные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отделения организаций высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) послевузовского</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольное воспитание и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение, среднее образование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="42"/>
+    <w:bookmarkStart w:name="z128" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="43"/>
+      2. Департаменту высшего и послевузовского образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z129" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін; </w:t>
-[...162 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z130" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z131" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z132" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течении десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z133" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Аймагамбетова А.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z134" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7791"/>
         <w:gridCol w:w="4209"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
@@ -6878,64 +6784,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t>Министр образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6948,51 +6864,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -7001,51 +6917,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>