--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,4807 +1,2062 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0026125C">
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Discover Kazakhstan with a mobile App «Kazakhstan — the country of the great steppe»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="161B7A6E" wp14:editId="57EDFCC6">
-            <wp:extent cx="9058275" cy="5086434"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="8997315" cy="5219700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="Казахстан">
-[...1 lines deleted...]
-            </wp:docPr>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User\Desktop\Баннер для сайта - англ.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Казахстан">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Desktop\Баннер для сайта - англ.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId4">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9082000" cy="5099756"/>
+                      <a:ext cx="9004083" cy="5223626"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Представляем Вашему вниманию мобильное Приложение «Казахстан — Страна Великой Степи», которое является настоящей цифровой энциклопедией о Казахстане и охватывает широкий набор тем — от географии, истории и культуры до экономики, туризма и международных отношений.</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Содержит сотни уникальных фотографий, а также видеоролики, 3D-объекты, панорамные туры, </w:t>
+        <w:t xml:space="preserve"> Presenting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attention the mobile App “Kazakhstan — the Country of the great Steppe”, which is a true digital encyclopedia of Kazakhstan and covers a wide range of topics from geography, history and culture to the economy, tourism and international relations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Contains hundreds of unique photographs and videos, 3D objects, panoramic tours, infographics and interactive maps in Kazakh, Russian and English.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> The application will be indispensable for foreign nationals wishing to visit Kazakhstan, but also for a wide range of people — tourists, students, researchers, journalists and business representatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Available in the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t>инфографики</w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>AppStore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0026125C">
-[...48 lines deleted...]
-        <w:t xml:space="preserve">Доступно в </w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t>AppStore</w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PlayMarket</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> и </w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, format Windows as well as the web version.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> WELCOME TO KAZAKHSTAN!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Go to the page about the App: http://bit.ly/28PHIfG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Application of Kazakhstan “great Steppe.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It is a cross-platform mobile application for all kinds of devices based on Windows, Apple, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Android</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mobile</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phones;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tablets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>laptops</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>desktop</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> computers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also created the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>web version in the Internet site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the App contains:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>68</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chapters, each of which has its own photo gallery. In total over 370 photos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> video;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> objects in 3D;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20 panoramic photos (photos with 360);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interactive 3D graphics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interactive 3D maps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The application </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>is designed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a universal tool:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The foreign Ministry employees for information and image work during meetings and presentations, for posting on the official </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>web-site</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, and dissemination among the compatriots and the Kazakh Diaspora abroad and through the accounts of diplomatic missions of Kazakhstan in social networks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>For all Kazakhstanis application is a real digital encyclopedia about Kazakhstan, covering a wide range of topics. The App consists of 10 sections. It — geography, history, society, culture, government, international relations, economy, tourism, Astana and EXPO 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Foreign nationals are especially interested in materials about the tourism, the investments in Kazakhstan and the exhibition “EXPO-2017”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The project </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>was implemented</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in three languages – Kazakh, Russian and English.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>can be argued</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that this is one of the first products in the field of digital solutions, which contains consolidated in one place such a unique information about Kazakhstan. Many photos and video materials are exclusive and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>have never been published</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before. Was set the bar very high technical and artistic quality requirements for each material.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Building the Application was attracted by a large team of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>professionals</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> journalists, photographers, videographers, designers, programmers – only 80 people and 33 public and private organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>In the near future planned presentation and launch of a wide information campaign about the Application in the domestic and foreign media.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>How to download and install the App:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Available in the open Internet anywhere in the world.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Installs on phones and tablets:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Icon Apple Store (for Apple devices) or Play store (for Samsung and others) – to enter in search of Kazakhstan the Land of the Great Steppe or Kazakhstan – the country of the great steppe in Russian (Kazakhstan and choose from the list of local applications) – then click Install.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For computers – download at the official web site of the Ministry of foreign Affairs mfa.kz (on the main page banner Kazakhstan Land of the Great </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t>PlayMarket</w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Stepp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0026125C">
-[...92 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Also convenient use of the App during presentations on large screens and plasma panels, laptops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Links to download the apps</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PHIfG</w:t>
+          <w:t>http://bit.ly/28PArej</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...1659 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> — link to the Kazakh version of the official page on the website of the MFA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PArej</w:t>
+          <w:t>http://bit.ly/28PHIfG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> link to the Russian version of the official page on the website of the MFA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PHIfG</w:t>
+          <w:t>http://bit.ly/28PkZza</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> — link to the English version of the official page on the website of the MFA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PkZza</w:t>
+          <w:t>https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  link in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>AppStore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8</w:t>
+          <w:t>https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – ссылка в </w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t>AppStore</w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PlayMarket</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
-[...15 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan</w:t>
+          <w:t>http://mfa.gov.kz/mobile/demos/index.php</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> — link to the online web version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://mfa.gov.kz/mobile/demos/index.php</w:t>
+          <w:t>http://bit.ly/28PckQP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...45 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> — download link of movies (all language versions and video formats)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PckQP</w:t>
+          <w:t>https://www.youtube.com/watch?v=AEzdm6cEpLw</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> — ссылка на скачивание видеороликов (все языковые версии и </w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  – to the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t>видеоформаты</w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Youtube</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0026125C">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clip in the Kazakh language</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=AEzdm6cEpLw</w:t>
+          <w:t>https://www.youtube.com/watch?v=HzajL2ZKXoQ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> — ссылка на ролик в </w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – to the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Youtube</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0026125C">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clip in English</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=HzajL2ZKXoQ</w:t>
+          <w:t>https://www.youtube.com/watch?v=ovg5VBHut5w</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – ссылка на ролик в </w:t>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — to the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0026125C">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Youtube</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0026125C">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clip on the Russian language</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:anchor="inbox/15586a40458684d1?projector=1" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=ovg5VBHut5w</w:t>
+          <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...45 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – to download the source file of the poster is A2 (all language versions) in the graphics program Corel Draw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:anchor="inbox/15586a40458684d1?projector=1" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...65 lines deleted...]
-        <w:r w:rsidRPr="0026125C">
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – link to download a source file of a leaflet A5 (all language versions) in the graphics program Corel Draw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00E0443E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
-[...97 lines deleted...]
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0026125C">
-[...31 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00E0443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> —to download audio in Kazakh, Russian and English.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE3792" w:rsidRPr="00E0443E" w:rsidRDefault="00AE3792" w:rsidP="00E0443E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00533292" w:rsidRPr="0026125C" w:rsidSect="0026125C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AE3792" w:rsidRPr="00E0443E" w:rsidSect="00E0443E">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...1895 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0026125C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00533292"/>
+    <w:rsidRoot w:val="00E0443E"/>
+    <w:rsid w:val="00AE3792"/>
+    <w:rsid w:val="00E0443E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7CC6BE60-1D9A-44F8-99EC-612A6E4EE6B3}"/>
+  <w15:docId w15:val="{747D43CE-4254-4A96-AC65-04A0EDA78111}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5188,98 +2443,98 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="313218108">
+    <w:div w:id="981736990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="675772237">
+        <w:div w:id="1583641638">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2133093164">
+        <w:div w:id="40176545">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PArej" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mfa.gov.kz/mobile/demos/index.php" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PHIfG" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ovg5VBHut5w" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=HzajL2ZKXoQ" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kstu.kz/wp-content/uploads/2016/09/Kazahstan.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=AEzdm6cEpLw" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PkZza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PHIfG" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PckQP" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=HzajL2ZKXoQ" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PkZza" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=AEzdm6cEpLw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PHIfG" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PckQP" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PArej" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mfa.gov.kz/mobile/demos/index.php" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ovg5VBHut5w" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5504,54 +2759,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>903</Words>
-  <Characters>5152</Characters>
+  <Words>873</Words>
+  <Characters>4982</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6043</CharactersWithSpaces>
+  <CharactersWithSpaces>5844</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>