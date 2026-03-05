--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a64740a" w14:textId="a64740a">
+    <w:p w14:paraId="99d936d" w14:textId="99d936d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,332 +76,350 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 16 тамыздағы № 611 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 13 қыркүйекте № 15681 болып тіркелді.</w:t>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 16 августа 2017 года № 611. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 сентября 2017 года № 15681.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2009 жылғы 18 қыркүйектегі "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің 144-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 144 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған "Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін. </w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Санитарные правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Санитарно-эпидемиологические требования к объектам образования". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 29 желтоқсандағы № 179 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10275 болып тіркелген, 2015 жылғы 11 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
+      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 29 декабря 2014 года № 179 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10275, опубликованный в информационно-правовой системе "Әділет" 11 марта 2015года).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Қоғамдық денсаулық сақтау комитеті заңнамада белгіленген тәртіппен: </w:t>
+        <w:t>
+      3. Комитету охраны общественного здоровья Министерства здравоохранения Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі көшірмелерін қағаз және электрондық түрде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсына орналастыруды;</w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін. </w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
+      5. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7791"/>
         <w:gridCol w:w="4209"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
@@ -422,64 +440,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -492,337 +520,290 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е.Біртанов</w:t>
+              <w:t>Е. Биртанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "КЕЛІСІЛГЕН"</w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр образования и науки </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________ Е. Сагадиев</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8 сентября 2017 года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының</w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр по инвестициям и развитию </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________ Ж. Қасымбек</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6 сентября 2017 года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім және ғылым министрі</w:t>
+       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________ Е. Сағадиев</w:t>
+        <w:t xml:space="preserve">
+      Министр национальной экономики </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________ Т. Сулейменов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7 сентября 2017 года</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...196 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -867,6486 +848,6663 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау министрінің</w:t>
+              <w:t>приказом Министра здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2017 жылғы 16 тамыздағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 611 бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекiтiлген</w:t>
+              <w:t>от " 16" августа 2017 года № 611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары</w:t>
+        <w:t xml:space="preserve"> Санитарные правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Санитарно-эпидемиологические требования к объектам образования"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары (бұдан әрі – Санитариялық қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" 2009 жылғы 18 қыркүйектегі Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және меншік нысанына қарамастан білім беру объектілерінде объект салынатын жер учаскесін таңдауға, жобалауға, реконструкциялауға, пайдалануға, сумен жабдықтауға, су бұруға, жылумен жабдықтауға, жарықтандыруға, желдетуге, ауаны баптауға, жөндеуге және күтіп-ұстауға, тұру, тамақтану, оқыту жағдайларына және өндірістік практикаға, өндірістік бақылауға, персоналдың еңбек және қызмет көрсету жағдайларына, білім алушылар мен тәрбиеленушілерді медициналық қамтамасыз етуге қойылатын санитариялық-эпидемиологиялық талаптарды белгілейді. </w:t>
+      1. Настоящие Санитарные правила "Санитарно-эпидемиологические требования к объектам образования" (далее – Санитарные правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 7-1, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 144 и статьей 145 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения" (далее – Кодекс), и устанавливают санитарно-эпидемиологические требования к выбору земельного участка под строительство объекта, проектированию, реконструкции, эксплуатации, водоснабжению, водоотведению, теплоснабжению, освещению, вентиляции, кондиционированию, ремонту и содержанию, условиям проживания, питания, обучения и производственной практике, производственному контролю, условиям труда и бытовому обслуживанию персонала, медицинскому обеспечению обучающихся и воспитанников на объектах образования независимо от форм собственности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы Санитариялық қағидалар балаларды мектепке дейінгі тәрбиелеу мен оқыту объектілерін (бұдан әрі – мектепке дейінгі ұйымдар) қоспағанда білім алушылар мен тәрбиеленушілерге білім беруді, тәрбиелеуді, тұратын және тамақтану орнын ұйымдастыру объектілеріне, барлық түрдегі және типтегі интернат ұйымдарына (бұдан әрі – объектілер) қолданылады. </w:t>
+      2. Настоящие Санитарные правила распространяются на объекты организаций образования, воспитания, мест проживания и питания обучающихся и воспитанников, интернатные организации всех видов и типов (далее – объекты) за исключением дошкольных объектов воспитания и обучения детей (далее – дошкольные организации). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Объектілерде осы Санитариялық қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес зертханалық-аспаптық зерттеулер жүргізіледі.</w:t>
+      3. На объектах проводятся лабораторно-инструментальные исследования в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы Санитариялық қағидаларда мынадай ұғымдар пайдаланылды:</w:t>
+      4. В настоящих Санитарных правилах использованы следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z606" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) арнайы білім беру ұйымдары – бұл ерекше білім берілуіне қажеттілігі бар адамдардың (балалардың) оларсыз жалпы білім беретін оқу және білім беру бағдарламаларын меңгеруі мүмкін болмайтын, арнайы оқу бағдарламаларын және оқыту әдістерін, техникалық және өзге де құралдарды, өсір сүру ортасын, сондай-ақ медициналық, әлеуметтік және өзге де көрсетілетін қызметтерді қамтитын жағдайларды қамтамасыз ететін білім беру ұйымдары;</w:t>
+      1) специальные образовательные организации – организации образования, обеспечивающие условия, включающие специальные учебные программы и методы обучения, технические и иные средства, среду жизнедеятельности, а также медицинские, социальные и иные услуги, без которых невозможно освоение общеобразовательных учебных и образовательных программ лицами (детьми) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z607" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) начальная школа – организация образования, реализующая общеобразовательные учебные программы начального образования, а также учебные программы дополнительного образования обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z608" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бракераж – оценка качества продуктов питания и готовых блюд по органолептическим показателям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z609" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организация образования – юридические лица, а также имеющие статус международных школ филиалы юридических лиц, которые реализуют одну или несколько образовательных программ и (или) обеспечивают содержание и воспитание обучающихся и воспитанников независимо от формы собственности и организационной правовой формы, индивидуальные предприниматели без образования юридического лица, реализующие общеобразовательные учебные программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z610" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) гимназия – учебное заведение, реализующее общеобразовательные учебные программы начального, основного среднего и общего среднего образования и образовательные программы дополнительного образования, обеспечивающие расширенное и углубленное образование по общественно-гуманитарному и иным направлениям обучения в соответствии со склонностями и способностями обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z611" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) физкультура – сфера деятельности, направленная на укрепление здоровья и развитие физических способностей человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z612" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) письменные принадлежности – письменные тетради, инструменты для письма и рисования, к которым относятся ручки, карандаши, фломастеры, пенал, циркуль, маркеры, угольки, мелки, стержни, грифеля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z613" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) общеобразовательная организация – учебное заведение, реализующее общеобразовательные учебные программы начального, основного среднего и общего среднего образования, а также образовательные программы дополнительного образования обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z614" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организация образования для детей – сирот и детей, оставшихся без попечения родителей – организация, в которой создаются благоприятные условия для воспитания, получения образования с предоставлением мест проживания детям-сиротам, детям, оставшимся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z615" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) личная медицинская книжка – персональный документ, выдаваемый представителю декретированной группы населения, в который заносятся результаты обязательных медицинских осмотров с отметкой о допуске к работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z616" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) максимальная учебная нагрузка – общее количество часов инвариантной и вариативной части Типового учебного плана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z617" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) интернатные организации – организации образования, обеспечивающие государственные гарантии прав на образование определенных категорий лиц с предоставлением мест проживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z618" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) центры адаптации несовершеннолетних (далее – ЦАН) – организации, находящиеся в ведении органов образования, обеспечивающие прием, временное содержание и проживание безнадзорных и беспризорных детей и подростков в возрасте от трех до восемнадцати лет до установления родителей или других законных представителей, детей, оставшихся без попечения родителей или лиц, их заменяющих, в случае невозможности их своевременного устройства, детей, отобранных при непосредственной угрозе их жизни или здоровью органом опеки и попечительства от родителей (одного из них) или от других лиц, на попечении которых они находятся, детей, направляемых в специальные организации образования, а также детей, находящихся в трудной жизненной ситуации вследствие жестокого обращения, приведшего к социальной дезадаптации и социальной депривации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z619" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) лицей – учебное заведение, реализующее общеобразовательные учебные программы основного среднего и общего среднего образования и образовательные программы дополнительного образования, обеспечивающие расширенное и углубленное естественно–математическое образование обучающихся в соответствии с их склонностями и способностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z620" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) специализированная организация образования – учебное заведение, реализующее специализированные общеобразовательные учебные программы основного и общего среднего образования, разработанные на основании государственных общеобязательных стандартов образования и направленных на углубленное освоение основ наук, культуры, искусства, спорта, военного дела, развитие их творческого потенциала и дарований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z621" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) предшкольные (0) классы – классы для детей пяти, шести (семи) лет в общеобразовательных школах, в которых проводится одногодичная обязательная бесплатная предшкольная подготовка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z622" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) внешкольная организация дополнительного образования – учебно-воспитательная организация, предназначенная для обеспечения необходимых условий личностного развития, укрепления здоровья и профессионального самоопределения, творческого труда обучающихся и воспитанников, формирования их общей культуры, адаптации личности к жизни в обществе, организации содержательного досуга (далее – внешкольные объекты);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z623" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) учебно-методический комплекс (УМК) – совокупность единичных учебных и методических изданий, сопровождающие учебник и направленные на обеспечение освоения обучающимися содержания учебных предметов (дисциплин);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z624" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) учебная нагрузка – суммарная нормируемая занятость в учебно-воспитательном процессе для каждой возрастной группы, которая измеряется в учебных часах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z625" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) учебный час – продолжительность урока (занятий) или лекции от начала до перемены (перерыва);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z626" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) оптимальные микроклиматические условия – сочетание количественных показателей микроклимата, которые при длительном и систематическом воздействии на обучающихся и воспитанников обеспечивают сохранение нормального теплового состояния организма без напряжения механизмов терморегуляции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z627" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) производственный контроль – комплекс мероприятий, в том числе лабораторных исследований и испытаний производимой продукции, работ и услуг, выполняемых индивидуальным предпринимателем или юридическим лицом, направленных на обеспечение безопасности и (или) безвредности для человека и среды обитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z628" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) рекреация – помещение для отдыха и восстановления сил, обучающихся и воспитанников во время перемены и в свободное от занятий время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z629" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) санитарно–дворовые установки (далее – СДУ) – туалет, не связанный с централизованной канализацией, расположенный на территории объекта, имеющий надземную часть и выгребную яму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z630" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) санитарная специальная одежда (далее – специальная одежда) – комплект защитной одежды персонала, предназначенный для защиты сырья, вспомогательных материалов и готового продукта от загрязнения механическими частицами, микроорганизмами и другими загрязнениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z631" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) септик – сооружение для очистки небольших количеств бытовых сточных вод;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z632" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) спортивные объекты – организации, деятельность которых связана с организацией и осуществлением лечебно-оздоровительных, физкультурно-оздоровительных, учебно-воспитательных работ и культурного досуга детей и подростков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z633" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) наполняемость классов – нормируемое количество обучающихся в классе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z634" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) рациональное питание – сбалансированное питание, с учетом физиологических и возрастных норм питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z635" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) маломобильные группы населения – инвалиды, с нарушениями и заболеваниями опорно-двигательного аппарата, передвигающиеся на креслах-колясках и (или) с помощью других вспомогательных средств, а также слабовидящие и (или) лишенные зрения граждане, передвигающиеся с помощью сопровождающих;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z636" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) малокомплектная школа – общеобразовательная школа с малым контингентом обучающихся (от 5 детей), с совмещенными класс-комплектами и со специфической формой организации учебных занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции приказа Министра здравоохранения РК от 28.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Санитарно-эпидемиологические требования к выбору земельного участка под строительство объекта, проектированию, эксплуатации, реконструкции объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Выбор земельного участка, проектирование, реконструкция объектов определяется требованиями государственных нормативов в области архитектуры, градостроительства и строительства, утверждаемых уполномоченным органом по делам архитектуры, градостроительства и строительства согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 23-16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" (далее – государственные нормативы в области архитектуры, градостроительства и строительства).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Территория общеобразовательных организаций и объектов с организацией мест проживания обучающихся и воспитанников должна иметь ограждение по всему периметру в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства. Ограждение должно быть без повреждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. На территории объектов образования не допускается размещение объектов, функционально с ними не связанных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Внешкольные объекты, размещаемые в многоквартирных жилых домах, в частных домовладениях, во встроено – пристроенных помещениях могут не иметь отдельную территорию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Въезды и входы на участок объекта, проезды, дорожки к хозяйственным постройкам, к площадкам для мусоросборников, к санитарно-дворовым установкам покрываются асфальтом, бетоном или другим твердым покрытием, доступным для очистки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При проектировании площади помещений общеобразовательных организаций (классы, учебные кабинеты) при смешанных формах обучения (фронтальная и групповая) устанавливается норма 2,5 квадратных метров (далее – м2) на одного обучающегося. Площадь мастерских по изучению технологий и труда, а также специализированных мастерских для дифференцированного обучения по направлениям – 3,75 м2 на одного обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Площади помещений учебных кабинетов и аудиторий технического и профессионального образования (далее – ТиПО), послесреднего образования (далее – ПО), высшего и послевузовского образования (далее – ВУЗ) определяются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) не менее 2,5 м2 на 1 обучающегося - для 12–15 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) 2,2 м2 на 1 обучающегося - для 16 - 25 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z65" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) 1,8 м2 на 1 обучающегося - для 26 -49 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z66" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) 1,5 м2 на 1 обучающегося - для 50 - 75 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z67" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) 1,3 м2 на 1 обучающегося - для 76 - 100 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z68" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) 1,2 м2 на 1 обучающегося - для 100 - 150 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z69" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) 1,1 м2 на 1 обучающегося - для 150 - 350 мест; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) 1,0 м2 на 1 обучающегося - для 350 и более мест. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z71" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудитории, учебные кабинеты, лаборатории должны размещаться на надземных этажах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z72" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Количество обучающихся и воспитанников не должно превышать проектную вместимость объекта. Количество обучающихся по дистанционной форме обучения в общую численность не включается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z73" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Допускается организация двухсменного режима обучения при условии соблюдения в каждой смене нормы площади на 1 обучающегося и требований настоящих Санитарных правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Помещения (бойлерные с насосными установками, производственные помещения, ремонтные мастерские, охлаждаемые камеры с насосным отделением, вентиляционные камеры, компрессорные), режим использования которых сопровождается шумом и может причинять беспокойство обучающимся и воспитанникам, мешать или нарушать работу педагогического, медицинского, административного персонала не размещают смежно, над и под спальными комнатами, учебными, медицинскими кабинетами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Набор помещений внешкольных учреждений устанавливается в зависимости от реализации программ дополнительного образования, единовременной вместимости, технологии процесса обучения, инженерно-технического оборудования, оснащения необходимой мебелью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Радиаторы системы отопления спортивного зала располагаются в нишах под окнами и закрываются решетками или устанавливаются на высоту 2,4 метра (далее – м) от пола. На окнах и осветительных приборах должны быть предусмотрены заградительные устройства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Поверхность пола во всех помещениях должна быть ровной, без щелей, изъянов и механических повреждений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z78" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Полы в учебных помещениях, кабинетах и рекреациях должны иметь дощатое или паркетное покрытие. Возможно покрытие полов синтетическими полимерными материалами, утепленным линолеумом, допускающими обработку влажным способом и дезинфекцию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z79" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Пол спортивного зала деревянный или имеет специальное покрытие, поверхность пола ровная, без щелей и изъянов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z80" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Полы в мастерских трудового обучения выполняются из материала, устойчивого к механическому воздействию, в кабинетах и лабораториях химии – стойкие к химическим реагентам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Объекты эксплуатируются в отдельно стоящем здании или нескольких отдельных зданиях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается эксплуатация объектов в приспособленных зданиях. При эксплуатации общеобразовательной организации в приспособленном здании расчетная вместимость учебных помещений и кабинетов определяется с учетом нормы площади 2,5 м2 на 1 обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Эксплуатация внешкольных объектов, образовательных центров допускается в приспособленных зданиях, во встроенно-пристроенных помещениях, а также на первых этажах жилых домов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Объекты, эксплуатируемые на первом этаже многоквартирного жилого дома, должны иметь отдельный вход, не совмещенный с подъездом жилого дома. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Эксплуатация помещений для пребывания обучающихся и воспитанников, медицинского назначения не допускается в подвальных и цокольных этажах зданий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Все помещения должны эксплуатироваться в соответствии с функциональным назначением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Не допускается эксплуатация объектов, размещенных в аварийных зданиях и помещениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. При наличии на объектах дошкольных организаций, компьютерных классов, специализированных медицинских и стоматологических кабинетов, парикмахерских, прачечных, бассейнов, учебно-производственных мастерских, объектов питания применяются требования санитарных правил, гигиенических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, утверждаемые государственным органом в сфере санитарно-эпидемиологического благополучия населения согласно пункту 6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 144</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 145</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса (далее – документы нормирования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. При реконструкции объектов соблюдаются требования пунктов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Санитарных правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z90" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Санитарно-эпидемиологические требования к водоснабжению, водоотведению, теплоснабжению, освещению, вентиляции, кондиционированию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z91" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. На объектах предусматриваются и должны быть в исправном состоянии централизованное хозяйственно–питьевое, горячее водоснабжение, водоотведение. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z92" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Объекты обеспечиваются безопасной и качественной питьевой водой в соответствии с установленными требованиями документов нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z93" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. На объектах должен быть организован питьевой режим. Питьевая вода, в том числе расфасованная в емкости (графины, чайники, бачки и другие) или бутилированная, по показателям качества и безопасности соответствует требованиям документов нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z94" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кулеры (диспенсеры) для воды регулярно очищаются согласно инструкции производителя. Для питья используют чистую посуду (стеклянная, фаянсовая, одноразовые стаканчики). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z95" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разрешается использование индивидуальной бутилированной емкости. Допускается использование кипяченой питьевой воды, при условии ее хранения не более трех часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z96" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Конструктивные решения стационарных питьевых фонтанчиков предусматривают наличие ограничительного кольца вокруг вертикальной водяной струи высотой не менее десяти сантиметров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z97" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. За организацию питьевого режима приказом руководителя объектов назначается ответственное лицо. Обеспечивается свободный доступ обучающихся и воспитанников к питьевой воде в течение всего времени их пребывания на объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z98" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. При отсутствии централизованной системы водоснабжения используется вода из местных источников питьевого назначения с устройством внутреннего водопровода и водоотведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z99" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Допускается использование для хозяйственно-питьевых нужд привозной питьевой воды, доставка которой проводится специализированным автотранспортом, в специальных промаркированных емкостях, выполненных из материалов, разрешенных для контакта с питьевой водой, своевременно очищаемых, промываемых и дезинфицируемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z100" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. На объектах, работающих на привозной воде, предусматривается отдельное помещение с установкой емкостей для хранения запаса питьевой воды. Емкости имеют маркировку ("питьевая вода"), подвергаются еженедельной (и по мере необходимости) очистке и дезинфекции с применением моющих и дезинфицирующих средств. Не допускается использование емкости для питьевой воды для других целей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z101" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. При отсутствии централизованной системы горячего водоснабжения устанавливаются водонагреватели. Горячая и холодная вода подводится ко всем ваннам, душевым, прачечным, умывальникам в местах проживания, в помещениях медицинского назначения, а также к технологическому оборудованию на пищеблоке с установкой смесителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z102" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается использование горячей воды из системы водяного отопления для технологических и хозяйственно-бытовых целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z103" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      35. Помещения, предназначенные для рисования и лепки, для работы с растениями, мастерские, помещения медицинского блока, производственные помещения пищеблока оборудуются раковинами с подводкой горячей и холодной воды, средствами для мытья и сушки рук. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z104" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. При размещении объектов в неканализованной и частично канализованной местности предусматривается устройство местного водоотведения. Прием сточных вод, в том числе СДУ осуществляют в общую или раздельные подземные водонепроницаемые емкости (ямы, септики), оснащенные крышками с гидравлическими затворами (сифонами), расположенные в хозяйственной зоне территории объекта, очистка которых проводится своевременно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z105" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сброс сточных вод в открытые водоемы и на прилегающую территорию, а также устройство поглощающих колодцев не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Канализационные стояки для водоотведения в производственных, складских помещениях, бытовых помещениях прокладывают в оштукатуренных коробах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z107" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. В неканализованной местности допускается устройство СДУ (1 на 75 человек) и установка наливных умывальников (1 на 30 человек). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      СДУ имеют надземные помещения и выгребную яму из водонепроницаемого материала. Уборку СДУ проводят ежедневно с использованием дезинфицирующих средств. Выгребную яму СДУ своевременно очищают. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Здания объектов оборудуются системами центрального отопления. При отсутствии централизованного источника теплоснабжения предусматривается автономная котельная, работающая на жидком, твердом и газообразном топливе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z110" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40. В сельских населенных пунктах в одноэтажных зданиях малокомплектных объектов образования допускается устройство печного отопления. Топка проводится в изолированном помещении с отдельным входом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z111" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. В отопительный период температура воздуха определяется в соответствии с документами нормирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      42. Естественное и искусственное освещение помещений следует проектировать в соответствии с государственными нормативами в области архитектуры, градостроительства и строительства. Для искусственного освещения используют лампы светодиодные, люминесцентные и энергосберегающие. Общее искусственное освещение предусматривается во всех помещениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Территория объекта имеет наружное искусственное освещение, в том числе в санитарно–дворовых установках. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z114" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      44. Световые проемы в учебных помещениях, игровых и спальнях оборудуют регулируемыми солнцезащитными устройствами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z115" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. В учебно-производственных мастерских, спортивных залах допускается двухстороннее естественное боковое и комбинированное (верхнее и боковое) освещение. Не допускается закрашивание оконных стекол в учебных помещениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z116" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Остекление окон выполняется из цельного стеклополотна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z117" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. При искусственном освещении в одном помещении применяются лампы одного типа. Используют светильники отраженного и рассеянного света, обеспечивают их плафонами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z118" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Показатели искусственной освещенности объектов образования определяются в соответствии с документами нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z119" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48. Учебные помещения объектов для обучающихся и воспитанников с нарушениями зрения (классы, кабинеты, лаборатории, мастерские), а также читальные залы оборудуют комбинированной системой искусственного освещения.      Суммарный уровень освещенности от общего и местного освещения в зависимости от вида зрительной патологии составляет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z120" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) с высокой степенью осложненной близорукости и дальнозоркостью высокой степени - 1000 люкс (далее – лк); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z121" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) с поражением сетчатки и зрительного нерва (без светобоязни) - 1000 – 1500 лк; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z122" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) для страдающих светобоязнью – не более 500 лк; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z123" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) уровень искусственной освещенности от системы общего освещения не должен превышать 400 лк; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z124" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) каждое рабочее место оборудуют светильниками местного освещения не менее 400 лк. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Светильники имеют жесткое крепление к поверхности стола и гибкий кронштейн, позволяющий менять угол наклона и высоту источника света. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Лампы, вышедшие из строя, заменяются. Неисправные, ртутьсодержащие лампы хранятся в отдельном помещении, не доступном для обучающихся и воспитанников. Не допускается выброс отработанных ртутьсодержащих ламп в мусоросборники. Хранение и направление на утилизацию отработанных ртутьсодержащих ламп возлагается на ответственное лицо приказом руководителя объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z127" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. Здания объектов оборудуются системами вентиляции и кондиционирования воздуха. На пищеблоке предусматривается вентиляция на механическом побуждении. Над оборудованием, являющимся источником выделения тепла и влаги, устанавливаются вытяжные зонты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. При эксплуатации систем вентиляции и кондиционирования воздуха соблюдаются требования документов нормирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      52. Учебные помещения проветривают во время перемен, рекреационные – во время уроков. До начала занятий и после их окончания осуществляют сквозное проветривание учебных помещений. Сквозное или угловое проветривание проводят в отсутствии обучающихся и воспитанников. Сквозное проветривание не проводят через туалетные помещения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. Мастерские, где работа на станках и механизмах связана с выделением большого количества тепла и пыли, оборудуют приточно-вытяжной вентиляцией и местными пылеуловителями и вытяжными приспособлениями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      54. На объектах создаются оптимальные микроклиматические условия (температура, скорость движения воздуха и относительная влажность воздуха), согласно документам нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Для контроля за температурой воздуха в игровых, учебных и спальных помещениях организаций образования, воспитания и мест проживания детей, а также в помещениях медицинского пункта устанавливаются термометры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Санитарно-эпидемиологические требования к ремонту и содержанию помещений объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Ежегодно на объекте проводится текущий ремонт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. При функционировании объектов не допускается проведение капитального и текущего видов ремонтных работ, за исключением работ по устранению аварийных ситуаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Для отделки помещений используются строительные материалы, имеющие документы, подтверждающие их качество и безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      59. Допускается применение подвесных потолков различных конструкций в вестибюлях, холлах, рекреациях, актовых и конференц-залах, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z138" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      административных помещениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z139" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      60. Потолки и стены всех помещений имеет гладкую поверхность, без щелей, трещин, деформаций, без признаков поражений грибком. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z140" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. В помещениях с обычным режимом эксплуатации стены, пол, оборудование имеет гладкую, матовую поверхность, допускающую уборку влажным способом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z141" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В помещениях с влажным режимом работы (медицинского назначения, пищеблок, санитарные узлы, постирочные, прачечные, моечные) стены облицовывают плиткой или другими материалами, на высоту не менее 1,5 м, в душевых на высоту не менее 1,8 м, допускающими уборку влажным способом с применением моющих и дезинфицирующих средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z142" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      62. Оконные стекла, плафоны электроламп и жалюзийные решетки вытяжных вентиляционных систем содержатся в чистоте. Не допускается привлекать к очистке осветительной арматуры и мытью окон обучающихся и воспитанников. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z143" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. На окна, форточки, фрамуги, открываемые для проветривания, устанавливаются москитные сетки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z144" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Территория объектов, физкультурные и спортивные площадки на открытом воздухе содержатся в чистоте, должны быть свободными от посторонних предметов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z145" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      65. Все помещения содержатся в чистоте. Пищеблок и туалеты ежедневно убирают с использованием дезинфицирующих средств. В туалетах ежедневной дезинфекции подлежат полы, дверные ручки, барашки кранов, раковины и унитазы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z146" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Влажную уборку помещений проводит техперсонал организаций. Не допускается привлекать к уборке санитарных узлов обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z147" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      66. Для проведения уборки используются моющие, дезинфицирующие средства разрешенные к применению, согласно документам нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z148" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дезинфицирующие растворы готовят согласно инструкции производителя в маркированных емкостях с указанием даты приготовления раствора. Дезинфицирующие и моющие средства и их рабочие растворы хранятся в недоступных для обучающихся и воспитанников местах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z149" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      67. Уборочный инвентарь (тазы, ведра, щетки, ветошь) маркируют и закрепляют за отдельными помещениями (санитарные узлы, медицинский пункт, производственные помещения пищеблока, обеденный зал, рекреации, учебные кабинеты, спальные, производственные мастерские) и хранят в специально выделенных местах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z150" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уборочный инвентарь для санитарных узлов всех организаций имеет сигнальную маркировку. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z151" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. На объектах проводят мероприятия по дератизации и дезинсекции. Не допускается наличие насекомых, клещей и других членистоногих и грызунов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z152" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       69. Мусоросборники, оборудованные плотно закрывающимися крышками устанавливаются в хозяйственной зоне, на площадке с водонепроницаемым покрытием, доступным для очистки и дезинфекции, огражденной с трех сторон. Мусоросборники (контейнеры) очищаются, моются и дезинфицируются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z153" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для сбора мусора с объектов, размещенных на первых этажах многоквартирного жилого дома, во встроено – пристроенных помещениях используются общие мусоросборники жилого дома или контейнеры. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z154" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Санитарно-эпидемиологические требования к условиям обучения и производственной практике</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z155" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      70. Наполняемость групп (классов) общеобразовательных и специальных образовательных организаций принимается согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z156" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Продолжительность урока в общеобразовательной организации не должна превышать 40 минут. В первых классах применяют "ступенчатый" режим учебных занятий с постепенным наращиванием учебной нагрузки. В сентябре планируют три урока по 35 минут, с октября по 40 минут. С проведением на уроках физкультминуток и гимнастики для глаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z157" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для учащихся первых классов в течение года должны быть дополнительные недельные каникулы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z158" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      72. Недельная учебная нагрузка в общеобразовательных организациях не должна превышать указанных норм в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z159" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество уроков в расписании согласовывается с родительским комитетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z160" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      73. Проведение сдвоенных уроков в начальной школе не допускается. При составлении расписания уроков учитывается динамика умственной работоспособности учащихся в течение дня и недели и используется таблица ранжирования предметов по трудности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z161" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Школьное расписание уроков составляется отдельно для обязательных и факультативных занятий. Факультативные занятия планируют в дни с наименьшим количеством обязательных уроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z42" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вес ежедневного учебного комплекта не должен превышать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z43" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 1-3 классов – 1,5-2,0 килограмм (далее – кг);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z44" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 4- 5 классов – 2,0-2,5 кг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z45" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 6 -7 классов – 3,0-3,5 кг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z46" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 8 - 11(12) классов – 4,0-4,5 кг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расписание уроков составляется с учетом гигиенических нормативов ежедневного учебного комплекта (учебники, УМК и письменные принадлежности) без веса ученического портфеля или ранца (рюкзака).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бастауыш мектеп – бастауыш білімнің жалпы білім беретін оқу бағдарламаларын, сондай-ақ бiлiм алушылар мен тәрбиеленушiлерге қосымша білім беретін оқу бағдарламаларын iске асыратын білім беру ұйымдары;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 74 в редакции приказа Министра здравоохранения РК от 28.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      75. Продолжительность перемен между уроками для учащихся всех видов общеобразовательных организаций составляет не менее 5 минут, большой перемены (после 2 или 3 уроков) – 30 минут. Вместо одной большой перемены допускается после второго и четвертого уроков устраивать две перемены по 15 минут каждая. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z163" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перемены проводят при максимальном использовании свежего воздуха, в подвижных играх. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z164" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Между сменами предусматривают перерыв продолжительностью не менее 40 минут для проведения влажной уборки и проветривания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z165" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      76. Максимально допустимое количество занятий в предшкольных классах – не более четырех продолжительностью 25 – 30 минут. Перерывы между занятиями должны быть не менее 10 минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z166" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      77. Учебная нагрузка обучающихся организаций образования, реализующих образовательные программы технического и профессионального, послесреднего и высшего образования устанавливается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общеобязательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования соответствующих уровней образования, утвержденными постановлением Правительства Республики Казахстан от 23 августа 2012 года № 1080.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z167" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      78. Во время летних каникул допускается организация пришкольных лагерей (площадок), осуществляющих физкультурно–оздоровительную, учебно–воспитательную деятельность и культурный досуг обучающихся и воспитанников. Во время работы пришкольных лагерей допускается организация питания и дневного сна. При организации питания учитываются требования настоящих Санитарных правил. При организации дневного сна выделяется спальное помещение, устанавливаются индивидуальные кровати (раскладушки), предусматривается индивидуальное постельное белье (простынь, наволочка, пододеяльник) и не менее двух полотенец (для рук и ног). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z168" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Производственная практика проводится согласно графику учебно-воспитательного процесса. Не допускается проводить ремонт технологического оборудования обучающимися и воспитанниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z169" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Мебель и оборудование, включая оборудование на игровых и спортивных площадках, соответствуют росту и возрасту обучающихся и воспитанников. Спортивное, игровое оборудование содержатся в исправном состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z170" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      81. Подбор учебной мебели проводят в соответствии с ростом обучающихся. Размеры учебной мебели указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z171" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      82. На объектах учебные кабинеты, лаборатории оборудуют рабочими столами, стульями со спинками. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z172" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рассаживают обучающихся и воспитанников: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z173" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      с нарушением слуха, зрения – за передними столами рядов от доски; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z174" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часто болеющие простудными заболеваниями дальше от наружной стены. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z175" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      83. Мебель в учебных помещениях устанавливается с учетом обеспечения естественного бокового левостороннего освещения. Не допускается направление основного светового потока спереди и сзади от обучающихся и воспитанников. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z176" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      84. Для проведения лабораторных работ с использованием физических и химических реагентов к демонстрационным и ученическим лабораторным столам в кабинете физики и химии предусматривается подводка электроэнергии, в кабинете химии (при централизованном водоснабжении) – подводка воды и канализации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z177" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В кабинете химии оборудуется вытяжной шкаф. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z178" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Химические реагенты, кислоты и щелочи, используемые для проведения опытов, маркируются, хранятся в специально выделенном сейфе под контролем ответственного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z179" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. В учебных мастерских при работе на специализированных верстаках и столах применяются табуреты подъемно-поворотные без спинок в соответствии с их назначением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z180" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      87. Мастерские оснащают малошумным оборудованием, уровни шума и вибрации соответствуют требованиям документов нормирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z181" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      88. Раздевальные при спортивных залах оборудуются шкафчиками или вешалками для одежды и скамейками. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z182" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      89. Спортивные маты и снаряды, имеют целостные покрытия (обшивки), допускающие обработку влажным способом и дезинфекцию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z183" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      90. Ямы для прыжков заполняют чистым песком (без камней, веток, листьев) с примесью опилок, перед прыжками содержимое взрыхляется и выравнивается. Деревянные борты ям должны находится на одном уровне с землей, обшиваются брезентом или резиной. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z184" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Беговая дорожка должна быть с твердым, хорошо дренирующим покрытием, с плотным, непылящим, стойким к атмосферным осадкам верхним </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z185" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слоем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z186" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. При отсутствии централизованной системы водоснабжения допускается установка наливных умывальников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z187" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      92. В санитарных узлах объектов устанавливают унитазы, умывальные раковины, средства для мытья и сушки рук, урны для сбора мусора. Унитазы для обучающихся и воспитанников размещаются в закрытых кабинах, для предшкольных классов объектов образования устанавливают детские унитазы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z188" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Потребность в санитарных приборах учебных и жилых корпусов объектов предусматриваются согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z189" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Установка и потребность в санитарных приборах для маломобильных групп нормируется в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z190" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      93. Приобретенная продукция для обучающихся и воспитанников (игрушки, обувь, одежда, посуда, средства личной гигиены, школьно-письменные принадлежности, постельное белье, парфюмерно-косметическая продукция, мебель) должны иметь документы, подтверждающие ее качество и безопасность. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z191" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Санитарно-эпидемиологические требования к условиям проживания на объектах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z192" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Допускается размещение объекта для проживания обучающихся и воспитанников в отдельно стоящих зданиях, во встроено-пристроенных зданиях, а также смежно с учебными корпусами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z193" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       Площадь в спальных помещениях устанавливается не менее 4 м2 на 1 место, в школах-интернатах для детей с последствиями полиомиелита и церебральными параличами – 4,5 м2. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z194" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В общежитиях для обучающихся ТиПО, ПО и ВУЗ площадь на 1 человека предусматривается не менее 6 м2 .</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z195" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      95. Помещения оборудуются мебелью согласно их функционального назначения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z196" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для хранения запасов белья, новой и старой одежды и обуви, жесткого инвентаря предусматриваются складские помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z197" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      96. Купание обучающихся и воспитанников на объектах с круглосуточным пребыванием осуществляется по графику не реже одного раза в семь календарных дней с одновременной сменой постельного, нательного белья и полотенец. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z198" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Смена постельного белья, полотенец проводится по мере загрязнения, но не реже одного раза в неделю. Грязное белье доставляется в прачечную в мешках (клеенчатых и матерчатых). Матерчатые мешки сдаются в стирку, клеенчатые обрабатываются моющим средством, разрешенным к применению. Чистое белье доставляется в постиранном мешке. Не менее одного раза в год постельные принадлежности подвергаются камерной дезинфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z199" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. На одно спальное место предусматривается наличие не менее трех комплектов постельного белья. На объектах с организацией мест проживания обучающихся и воспитанников постельные принадлежности и постельное белье маркируются, предметы личной гигиены (зубные щетки, расчески, мочалки) для каждого ребенка выделяются индивидуально. Индивидуальные зубные щетки, мочалки хранят в открытых ячейках в умывальных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z200" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      99. Стирка белья осуществляется в прачечной объекта, исключаются </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z201" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      встречные потоки чистого и грязного белья. При отсутствии прачечной стирка белья проводится централизованно в других прачечных. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z202" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Белье заболевших инфекционным заболеванием перед стиркой подвергается дезинфекции в маркированных ваннах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z203" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. В общежитиях для обучающихся ТиПО, ПО, ВУЗ устанавливается 1 душ, 1 умывальная раковина и 1 унитаз на 4 – 6 человек. Женская кабина личной гигиены предусматривается из расчета 1 кабина на 50 человек и оборудуется унитазом, биде, душем и умывальной раковиной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z204" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Санитарно-эпидемиологические требования к условиям питания на объектах </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z205" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      101. К пищеблокам объектов в части, не противоречащей требованиям настоящих Санитарных правил, применяются требования документов нормирования к объектам общественного питания. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z206" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      102. Интервалы между приемами пищи не должны превышать 3,5 – 4 часов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z207" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      103. Нормы питания обучающихся и воспитанников на объектах воспитания и образования (в массе "брутто") регламентированы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 марта 2012 года № 320 "Об утверждении размеров, источников, видов и Правил предоставления социальной помощи гражданам, которым оказывается социальная помощь".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z208" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. На объекте составляется перспективное сезонное (лето – осень, зима – весна) двухнедельное меню. При разработке меню учитывают продолжительность пребывания обучающихся и воспитанников, их возрастную категорию, предусматривают пищевую продукцию, обогащенную витаминно-минеральным комплексом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z209" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      105. Для обучающихся первой смены в общеобразовательных организациях предусматривается одно-двухразовое питание – второй завтрак или второй завтрак и обед, для обучающихся второй смены – полдник, для групп продленного дня – второй завтрак, обед и полдник. При круглосуточном пребывании детей предусматривается не менее чем пятикратное питание. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z210" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      106. Рекомендуемая масса порции блюд в граммах в зависимости от возраста указана в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z211" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      107. Допускается замена пищевой продукции, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z212" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. В меню не допускается повторение одних и тех же блюд или кулинарных изделий в один и тот же день и в последующие два–три календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z213" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      109. Ежедневно в рацион питания включают мясо, молоко, сливочное и </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z214" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      растительное масло, хлеб ржаной и (или) пшеничный, овощи и сахар. Рыбу, яйца, сыр, творог, мясо птицы включают один раз в два – семь календарных дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z215" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      110. Завтрак состоит из блюда (первое или второе) и напитка (компот, кисель, чай и соки). Допускается включение в завтрак или отдельным приемом яйцо, соки, фрукты, бутербродов со сливочным маслом или сыром. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z216" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обед включает салат, первое, второе блюдо (основное блюдо из мяса, рыбы или птицы с гарниром) и третье (компот, кисель, чай и соки). Готовят несложные салаты из вареных и свежих овощей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z217" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В полдник в меню включают напиток (молоко, кисломолочные продукты, кисели, соки) с булочными или кондитерскими изделиями без крема. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z218" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ужин состоит из овощного (творожного) блюда или каши, основного второго блюда (мясо, рыба или птица с гарниром), напитка (чай, сок, кисель). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z219" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительно в качестве второго ужина включают фрукты или кисломолочные продукты и булочные или кондитерские изделия без крема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z220" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Ежедневно в обеденном зале вывешивается утвержденное руководителем объекта меню, в котором указывают наименования блюд, выход каждого готового блюда. Наименования блюд и кулинарных изделий, указанных в меню, должны соответствовать их наименованиям, указанным в использованных сборниках рецептур.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z221" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      112. Прием пищевой продукции и продовольственного сырья осуществляют при наличии документов, удостоверяющих их качество и безопасность, с внесением данных в бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов, согласно форме 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Документы, удостоверяющие качество и безопасность пищевой продукции, хранятся в организации общественного питания. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z223" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      113. В питании обучающихся и воспитанников допускается использование продовольственного сырья растительного происхождения, выращенного в организациях сельскохозяйственного назначения, на учебно-опытных и садовых участках, в теплицах организаций образования при наличии результатов лабораторно-инструментальных исследований указанной пищевой продукции, подтверждающих ее качество и безопасность. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z224" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      114. Не допускается присутствие обучающихся и воспитанников в производственных помещениях пищеблока и привлечение их к работам, связанным с приготовлением пищи, чистке овощей, раздаче готовой пищи, резке хлеба, мытью посуды, уборке производственных помещений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z225" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      3) бракераж – органолептикалық көрсеткiштер бойынша тамақ өнiмдерiнiң және дайын тағамдардың сапасын бағалау;</w:t>
+      115. Розлив напитков осуществляют непосредственно в тару потребителя (стаканы, бокалы), не допускается сливать перед раздачей в общую емкость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z226" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      116. Витаминизацию витамином "С" проводят в организациях с круглосуточным пребыванием детей из расчета суточной нормы витамина "С" для детей школьного возраста – 70 мг, с внесением данных в журнал "С–витаминизации", согласно форме 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z227" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      117. Сроки годности и условия хранения пищевой продукции, соответствуют срокам годности, установленным производителем (изготовителем). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z228" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      118. Хранение скоропортящейся пищевой продукции осуществляется в низкотемпературных холодильных оборудованиях, и (или) в холодильных камерах, и (или) холодильниках. Для контроля температуры устанавливают термометры. Использование ртутных термометров не допускается. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z229" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. В организациях общественного питания объектов воспитания и образования не допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z230" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изготовление и реализация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z231" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      простокваши, творога, кефира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z232" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фаршированных блинчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z233" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      макарон по–флотски;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z234" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зельцев, форшмаков, студней, паштетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z235" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондитерских изделий с кремом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z236" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондитерских изделий и сладостей (шоколад, конфеты, печенье) в потребительских упаковках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z237" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      морсов, квасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z238" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жареных во фритюре изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z239" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      яиц всмятку, яичницы – глазуньи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z240" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сложных (более четырех компонентов) салатов; салатов, заправленных сметаной и майонезом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z241" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      окрошки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z242" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грибов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z243" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пищевой продукции непромышленного (домашнего) приготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z244" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      первых и вторых блюд на основе сухих пищевых концентратов быстрого</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z245" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z246" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      газированных, лечебных и лечебно-столовых минеральных вод, сладких безалкогольных напитков, безалкогольных энергетических (тонизирующих) напитков, соков концентрированных диффузионных (за исключением упакованных минеральных и питьевых вод);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z247" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фаст-фудов: гамбургеров, хот–догов, чипсов, сухариков, кириешек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z248" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      острых соусов, кетчупов, жгучих специй (перец, хрен, горчица);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z249" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) использование:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z250" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      непастеризованного молока, творога и сметаны без термической обработки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z251" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      яиц и мяса водоплавающих птиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z252" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      молока и молочных продуктов из хозяйств, неблагополучных по заболеваемости сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z253" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субпродуктов продуктивных животных и птицы, за исключением языка, сердца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z254" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мяса продуктивных животных и мяса птицы механической обвалки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z255" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коллагенсодержащего сырья из мяса птицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z256" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продуктов убоя продуктивных животных и птицы, подвергнутых повторному замораживанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) білім беру ұйымдары – заңды тұлғалар, сондай-ақ меншік нысанына және ұйымдық құқықтық нысанына қарамастан, бір немесе бірнеше білім беру бағдарламаларын іске асыратын және (немесе) білім алушылар мен тәрбиеленушілерді бағуды және оларға тәрбие беруді қамтамасыз ететін халықаралық мектеп мәртебесі бар заңды тұлғалардың филиалдары, жалпы білім беретін оқу бағдарламаларын іске асыратын, заңды тұлға құрмаған дара кәсіпкерлер;</w:t>
+      генетически модифицированного сырья и (или) сырья, содержащего генетически модифицированные источники;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z258" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) гимназия – білім алушылардың бейімділігі мен қабілеттеріне сәйкес қоғамдық-гуманитарлық және өзге де оқыту бағыттары бойынша кең ауқымда және тереңдете білім беруді қамтамасыз ететін бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және қосымша білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      нейодированной соли и необогащенной (нефортифицированной) железосодержащими витаминами, минералами пшеничной муки высшего и первого сортов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z259" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) дене тәрбиесі – адам денсаулығын нығайтуға және дене қабілеттерін дамытуға бағытталған қызмет саласы;</w:t>
+      120. На объектах образования, за исключением ВУЗ не допускается установка автоматов, реализующих пищевые продукты.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z260" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) жазу құралдары – жазу дәптерлері, жазуға және сурет салуға арналған құралдар, оларға қаламдар, қарындаштар, фломастерлер, пенал, циркуль, маркерлер, көмір түйірлері, борлар, стерженьдер, грифельдер жатады;</w:t>
+      121. Реализация кислородных коктейлей в качестве массовой оздоровительной процедуры не допускается.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z261" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) жалпы білім беретін мектеп – бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, сондай-ақ білім алушылар мен тәрбиеленушілерге қосымша білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+        <w:t xml:space="preserve">
+      122. Ежедневно медицинским работником или ответственным лицом проводится органолептическая оценка качества готовых блюд с внесением записей в журнал органолептической оценки качества блюд и кулинарных изделий в соответствии с формой 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z262" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдары – жетім балаларға, ата-анасының қамқорлығынсыз қалған балаларға тұратын орындар бере отырып, оларды тәрбиелеу, оларға білім беру үшін қолайлы жағдай жасалатын ұйым;</w:t>
+      Периодически оценка качества питания проводится бракеражной комиссией, состав которой определяется приказом руководителя объекта с обязательным включением медицинского работника, администрации, заведующего производством и представителя родительского комитета.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z263" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10) жеке медициналық кітапша – жұмысқа жіберу туралы белгі қойылып, міндетті медициналық тексеріп-қараулардың нәтижелері енгізілетін, халықтың декреттелген тобының өкіліне берілетін жеке құжат;</w:t>
+        <w:t xml:space="preserve">
+      123. Ежедневно на пищеблоке повар оставляет суточные пробы готовой продукции в соответствии с фактическим меню. Пробы отбирают в чистую (обработанную кипячением) стеклянную посуду с крышкой (гарниры отбирают в отдельную посуду) и хранят в специально отведенном месте холодильника при температуре от +20С до +60С. Суточные пробы хранят не менее двадцати четырех часов до замены приготовленным на следующий день или после выходных дней блюдом (независимо от количества выходных дней) – завтраком, обедом, полдником или ужином соответственно. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z264" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      11) жиынтық оқу жүктемесі – Үлгілік оқу жоспарының инвариантты және вариативті бөлігі сағаттарының жалпы саны;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Требования к производственному контролю, условиям труда и бытовому обслуживанию персонала</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z265" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) интернат ұйымдары – тұратын орын беріле отырып, белгілі бір санаттағы адамдардың білім алу құқықтарына мемлекеттік кепілдіктерді қамтамасыз ететін білім беру ұйымдары;</w:t>
+      124. На объекте организуется и проводится производственный контроль в соответствии требованиями документов нормирования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z266" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) кәмелетке толмағандарды бейiмдеу орталықтары (бұдан әрі – КТБО) – ата-анасын немесе басқа да заңды өкiлдерiн анықтағанға дейін үш жастан он сегіз жасқа дейiнгi қадағалаусыз және панасыз қалған балалар мен жасөспірімдерді, уақтылы орналастыру мүмкiн болмаған жағдайда ата-анасының немесе оларды алмастыратын адамдардың қамқорлығынсыз қалған балаларды, қорғаншылық және қамқоршылық органы балалардың өмiрiне немесе денсаулығына тiкелей қатер төнген кезде ата-анасынан (олардың бiреуiнен) немесе қамқорлыққа алған басқа адамдардан алып қойған балаларды, арнаулы бiлiм беру ұйымдарына жiберiлетiн балаларды, сондай-ақ әлеуметтiк бейiмсiздiкке және әлеуметтiк депривацияға әкеп соққан қатыгездiкпен қарау салдарынан өмiрлiк қиын жағдайда жүрген балаларды қабылдауды және уақытша бағуды қамтамасыз ететiн, бiлiм беру органдарының қарамағындағы ұйымдар;</w:t>
+      125. На объекте создаются условия для соблюдения персоналом условия труда и правил личной гигиены.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z267" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) лицей – білім алушылардың бейімділігі мен қабілеттеріне сәйкес оларға кең ауқымда және тереңдете жаратылыстану-математикалық білім беруді қамтамасыз ететін негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және қосымша білімнің білім беру бағдарламаларын іске асыратын оқу орны;</w:t>
+      126. Работники пищеблока, технический персонал обеспечиваются специальной одеждой (халат или куртка с брюками, головной убор, обувь).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z268" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) мамандандырылған білім беру ұйымы – жалпыға міндетті мемлекеттік білім беру стандарттары негізінде әзірленген және ғылым, мәдениет, өнер, спорт, әскери іс негіздерін терең игеруге, олардың шығармашылық әлеуеттері мен дарын-қабілеттерін дамытуға бағытталған негізгі және жалпы орта білім берудің мамандандырылған жалпы білім беретін оқу бағдарламаларын іске асыратын оқу орны;</w:t>
+       Работники объектов соблюдают личную и производственную гигиену: следят за чистотой рук, носят чистую специальную одежду и обувь, при выходе из объекта и перед посещением туалета снимают специальную одежду, моют руки с мылом перед началом работы и после посещения туалета, а также после каждого перерыва в работе и соприкосновения с загрязненными предметами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z269" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      16) мектеп алды сыныптары (0) – жалпы білім беретін мектептерде бес, алты (жеті) жастағы балаларды тегін міндетті мектеп алды даярлау жүргізілетін сыныптар;</w:t>
+        <w:t xml:space="preserve">
+      127. Работники столовой объекта образования перед началом работы подбирают волосы под колпак или косынку, снимают ювелирные украшения, часы и другие бьющиеся предметы, коротко стригут ногти и не покрывают их лаком. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z270" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      17) мектептен тыс қосымша білім беру ұйымы – білім алушылар мен тәрбиеленушілердің жеке тұлғасын дамытуға, денсаулығын нығайтуға және өзін-өзі кәсіптік тұрғыдан айқындауға, шығармашылық еңбегіне, олардың жалпы мәдениетін қалыптастыруға, жеке тұлғаны қоғамдағы өмірге бейімдеуге, бос уақытын пайдалы өткізуді ұйымдастыруға қажетті жағдайларды қамтамасыз етуге арналған оқу-тәрбие ұйымдары (бұдан әрі –мектептен тыс объектілер);</w:t>
+        <w:t xml:space="preserve">
+      Не допускается работникам входить без специальной одежды в производственные помещения и ношение иной одежды поверх нее. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z271" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) оқу-әдістемелік кешен (ОӘК) – білім алушының оқу пәні (пәндер) бойынша білім мазмұнын меңгеруін қамтамасыз етуге бағытталған және оқулыққа ілеспе болатын жекелеген оқу және әдістемелік басылымдардың жиынтығы;</w:t>
+      Специальная одежда хранится отдельно от личных вещей.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z272" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      19) оқу жүктемесі – әрбір жас тобы үшін оқу сағаттарымен өлшенетін оқу-тәрбие процесіне қатысудың нормаланатын жиынтығы;</w:t>
+        <w:t xml:space="preserve">
+      128. Во избежание попадания посторонних предметов в сырье и готовую продукцию не допускается вносить и хранить в производственных помещениях </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z273" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20) оқу сағаты – сабақтың (жаттығудың) немесе дәрiстердiң сабақ басталғаннан үзiлiске дейiнгі ұзақтығы;</w:t>
+        <w:t xml:space="preserve">
+      мелкие стеклянные и металлические предметы (кроме технологического инвентаря), застегивать специальную одежду булавками, иголками и хранить в карманах халатов предметы личного обихода. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z274" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21) оңтайлы микроклиматтық жағдай – білім алушылар мен тәрбиеленушілерге ұзақ және жүйелі әсер ету кезінде термореттегіш тетіктерінің көмегінсіз организмнің қалыпты жылу жағдайын сақтауды қамтамасыз ететін микроклиматтың сандық көрсеткіштерінің үйлесімдігі;</w:t>
+        <w:t xml:space="preserve">
+      129. Для мытья рук устанавливают умывальные раковины с подводкой к ним горячей и холодной воды, средствами для мытья и сушки рук. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z275" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) өндірістік бақылау – өндірілетін өнімнің, жұмыстар мен көрсетілетін қызметтердің адам мен мекендеу ортасы үшін қауіпсіздігін және (немесе) зиянсыздығын қамтамасыз етуге бағытталған, дара кәсіпкер немесе заңды тұлға орындайтын іс-шаралар, оның ішінде зертханалық зерттеулер мен сынақтар кешені;</w:t>
+      130. Употребление пищи разрешается строго в отведенных местах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23) рекреация – үзіліс кезінде және сабақтан бос уақытта білім алушылар мен тәрбиеленушілердің демалуына және күшін қалпына келтіруге арналған үй-жай;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 130 в редакции приказа и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z276" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      24) санитариялық-аулалық қондырғылар (бұдан әрі – САҚ) – орталықтандырылған кәрізбен байланысы жоқ, объектінің аумағында орналасқан жер үсті бөлігі мен қазылған шұңқыры бар дәретхана;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 9. Санитарно-эпидемиологические требования к медицинскому обеспечению на объектах</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z277" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      25) санитариялық арнайы киім (бұдан әрі – арнайы киім) – шикізатты, қосымша материалдар мен дайын өнімді механикалық бөлшектермен, микроорганизмдермен ластанудан және басқа да ластанулардан қорғауға арналған персоналдың қорғаныш киімінің жиынтығы;</w:t>
+        <w:t xml:space="preserve">
+      131. На объектах образования обеспечивается медицинское обслуживание. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z278" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      26) септик – шағын көлемдегi тұрмыстық сарқынды суды тазалауға арналған құрылыс;</w:t>
+        <w:t xml:space="preserve">
+      При отсутствии медицинского работника медицинское обслуживание осуществляет организация первичной медико-санитарной помощи. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z279" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      27) спорт объектілері – қызметі балалар және жасөспірімдерді емдеу-сауықтыру, дене шынықтыру-сауықтыру, оқу-тәрбие жұмыстарын және мәдени бос уақытты ұйымдастырумен және жүзеге асырумен байланысты ұйымдар;</w:t>
+        <w:t xml:space="preserve">
+      132. Для вновь поступающих обучающихся и воспитанников в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, ЦАН предусматриваются боксы изоляторы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z280" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      28) сыныптардың толықтырылуы – сыныптағы білім алушылардың нормаланған саны;</w:t>
+        <w:t xml:space="preserve">
+      133. На объектах образования минимальный набор помещений медицинского пункта включает кабинет медицинского работника и процедурный кабинет. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z281" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29) ұтымды тамақтану – тамақтанудың физиологиялық және жас ерекшелігі нормаларын ескере отырып, теңестірілген тамақтандыру;</w:t>
+      Для объектов с организацией мест проживания, общежитий предусматривается медицинский пункт с изолятором на первом этаже.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z282" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      30) халықтың жүріп-тұруы шектеулі топтары – кресло-арбалармен және/немесе басқа да қосалқы құралдардың көмегімен қозғалатын, тірек-қозғалыс аппараты бұзылған және ауыратын мүгедектер, сондай-ақ сүйемелдеушілердің көмегімен қозғалатын, нашар көретін және/немесе көзі көрмейтін азаматтар;</w:t>
+        <w:t xml:space="preserve">
+      134. Палаты изолятора должны быть не проходными, размещаться смежно с медицинским кабинетом с устройством между ними остекленной перегородки на высоте 1,2 м. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z283" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      31) шағын жинақталған мектеп – білім алушылар контингенті аз (5 баладан бастап), біріккен сынып-жиындары бар және оқу сабақтарын ұйымдастыру нысаны ерекше жалпы білім беру мектебі.</w:t>
+        <w:t xml:space="preserve">
+      135. В организациях образования с кратковременным пребыванием обучающихся, а также во внешкольных организациях медицинский кабинет не предусматривается. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z284" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...44 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      136. Допускается в процедурном кабинете проводить профилактические прививки. Не допускается одномоментное проведение медицинских процедур и профилактических прививок. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z285" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Объектінің салынатын жер учаскесін таңдауға, жобалауға, пайдалануға, реконструкциялауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      137. При отсутствии необходимого набора помещений медицинского пункта в организациях, размещенных в сельской населенной местности, для медицинских пунктов оборудуется комната площадью не менее 12 м2. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z286" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Объектінің жер учаскесін таңдау, жобалау, реконструкциялау "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" 2001 жылғы 16 шілдедегі Қазақстан Республикасы Заңының 20-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес сәулет, қала құрылысы және құрылыс істері бойынша уәкілетті орган бекітетін сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің (бұдан әрі – сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер) талаптарымен айқындалады.</w:t>
+      138. Минимальный перечень медицинского оборудования и инструментария для оснащения медицинского пункта установлены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z287" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Жалпы білім беру ұйымдарының және білім алушылар мен тәрбиеленушілердың тұратын орындарын ұйымдастыратын объектілердің аумағында сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес барлық периметрі бойынша қоршау болуы тиіс. Қоршау зақымдалмаған болуы тиіс.</w:t>
+      139. При образовании медицинских отходов, которые по степени эпидемиологической опасности относятся к потенциально опасным отходам, их обезвреживают и удаляют в соответствии с правилами сбора, хранения, переработки, обезвреживания и удаления всех видов отходов лечебно-профилактических объектов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z288" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Объектілердің аумағында олардың қызметiмен байланысы жоқ объектілерді орналастыруға жол берілмейді.</w:t>
+        <w:t xml:space="preserve">
+       140. Обучающиеся и воспитанники, состоящие на диспансерном учете с хроническими формами заболеваний, с факторами риска, а также перенесшие отдельные острые заболевания подлежат диспансерному наблюдению и оздоровлению, согласно составленному плану. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z289" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. Көп қабатты тұрғын үйлерде, жеке үй иелігінде, ішіне-жапсарлас салынған үй-жайларда орналастырылатын мектептен тыс объектілерде жеке жер учаскесі болмауы мүмкін.</w:t>
+        <w:t xml:space="preserve">
+      141. Лечебно–профилактические и оздоровительные мероприятия проводит медицинский персонал. На объектах составляется комплексный план оздоровительных мероприятий, направленных на укрепление здоровья обучающихся и воспитанников, предупреждение и снижение заболеваемости. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z290" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Объектінің учаскесіне кіру жолдары, көлiкпен өту жолдары, шаруашылық құрылыстарға, қоқыс жинағыштарға артналған алаңдарға, санитариялық-аулалық қондырғыларға апаратын жолдар асфальтпен, бетонмен немесе тазалауға қолжетімді басқа да қатты жабынмен жабылады.</w:t>
+      142. Обучающиеся и воспитанники, поступающие в образовательные организации, проходят медицинский осмотр и представляют справки о состоянии здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z291" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Жалпы білім беретін ұйымдардағы үй-жайлардың (сыныптар, оқу кабинеттері) ауданы оқытудың аралас нысандарында (фронтальды және топтық) бір білім алушыға шаққанда 2,5 шаршы метр (бұдан әрі – м</w:t>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      143. Сотрудники объектов образования и персонал пищеблока имеют личные медицинские книжки с отметкой о допуске к работе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z292" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Техникалық және кәсіптік білімнің (бұдан әрі – ТжКБ), орта білімнен кейінгі (бұдан әрі – ОБКБ), жоғары және жоғары оқу орнынан кейінгі (бұдан әрі – ЖОО) оқу кабинеттері мен дәрісханалары үй-жайларының ауданы:</w:t>
+      144. Лица с гнойничковыми заболеваниями кожи, нагноившимися порезами, ожогами, ссадинами, больные или носители возбудителей инфекционных заболеваний, так же контактировавшие с больными или носителями не допускаются к работе до проведения соответствующего медицинского обследования и заключения врача.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z293" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">
+      145. Медицинский работник на объектах, кроме внешкольных организаций, проводит подготовку медицинского кабинета, документации и подлежащего контингента к проведению профилактических медицинских осмотров, вакцинации обучающихся и воспитанников, персонала. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z294" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">
+      146. Медицинские работники и администрация объектов: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z295" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      1) проводят учет за своевременным прохождением сотрудниками объектов профилактических медицинских осмотров и ежедневный контроль здоровья работников пищеблока с регистрацией данных в журнал результатов осмотра работников пищеблока, согласно форме 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z296" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) 50-75 орын үшін 1 білім алушыға 1,5 м</w:t>
-[...19 lines deleted...]
-        <w:t>;</w:t>
+      2) ежегодно и по запросу представляют в территориальные подразделения государственного органа в сфере санитарно-эпидемиологического благополучия населения информацию по заболеваемости, проведению профилактических медицинских осмотров, распределению обучающихся и воспитанников по состоянию здоровья (группы здоровья), группам физического развития, диспансерного наблюдения и проведенному оздоровлению;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z297" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">
+      3) подекадно проводят анализ выполнения суточных норм по основным продуктам за 10 календарных дней с последующей коррекцией и ведением ведомости контроля за выполнением норм пищевой продукции, согласно форме 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z298" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) 100-150 орын үшін 1 білім алушыға 1,2 м</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      147. При регистрации инфекционных заболеваний среди обучающихся и воспитанников или персонала, а также с профилактической целью руководством организаций образования, его персоналом и медицинскими работниками проводятся санитарно-противоэпидемические и санитарно-профилактические мероприятия.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z299" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">
+      148. Оказание медицинской помощи в организациях образования осуществляется в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания медицинской помощи обучающимся и воспитанникам организаций образования, утвержденных приказом Министра здравоохранения Республики Казахстан от 7 апреля 2017 года № 141 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 112351).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z300" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) 350 және одан артық орын үшін 1 білім алушыға 1,0 м</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> болып айқындалады. </w:t>
+      149. В медицинских кабинетах проводят санитарно-дезинфекционную обработку оборудования и инвентаря дезинфицирующими средствами, разрешенными к применению, согласно инструкции производителя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z301" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Дәрісханалар, оқу кабинеттері, зертханалар жерүсті қабаттарда орналасуы тиіс.</w:t>
+        <w:t xml:space="preserve">
+      150. На объектах образования ведется медицинская документация в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...4990 lines deleted...]
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -7391,4008 +7549,3506 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="166"/>
+    <w:bookmarkStart w:name="z303" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Зертханалық-аспаптық зерттеулер</w:t>
+        <w:t xml:space="preserve"> Лабораторно-инструментальные исследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z304" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="1190"/>
+        <w:gridCol w:w="3672"/>
+        <w:gridCol w:w="16"/>
+        <w:gridCol w:w="3503"/>
+        <w:gridCol w:w="3919"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...233 lines deleted...]
-Зерттеу кезеңділігі</w:t>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z305" w:id="303"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="303"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Места отбора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лабораторные исследования, количество (единиц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Периодичность исследований</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z306" w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="4028" w:type="dxa"/>
+          <w:bookmarkEnd w:id="304"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3614" w:type="dxa"/>
+            <w:tcW w:w="3919" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z307" w:id="305"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="305"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Білім алушылар мен тәрбиеленушілерге білім беру, тәрбеиелеу, тұру орындарының ұйымдары, барлық түрдегі және типтегі интернат ұйымдары</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организации образования, воспитания, мест проживания обучающихся и воспитанников, интернатные организации всех видов и типов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
+            <w:tcW w:w="1190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z308" w:id="306"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="4028" w:type="dxa"/>
+          <w:bookmarkEnd w:id="306"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+              <w:t xml:space="preserve">
+ пищеблоки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+пробы пищевых продуктов (сырье) на микробиологические исследования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пробы готовых блюд на микробиологические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-ағымдағы қадағалау тәртібінде (жылына бір рет)</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пробы воды на микробиологические и санитарно-химические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора (один раз в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+блюда на калорийность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+качество термической обработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+смывы с внешней среды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+определение остаточного хлора в дезинфицирующих средствах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...79 lines deleted...]
-(жылына бір рет)</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вода питьевая из местных источников водоснабжения (централизованное, колодцы, скважины, каптажи) на бактериологические, санитарно-химические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора (один раз в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
-[...65 lines deleted...]
-эпидемиологиялық көрсеткіштер бойынша</w:t>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+обследование персонала на бактериологическое носительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ по эпидемиологическим показаниям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z317" w:id="307"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="4028" w:type="dxa"/>
+          <w:bookmarkEnd w:id="307"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-қабылдау бөлмелері, жатын бөлмелер, оқу үй-жайлары, шеберханалар, спорт және музыка залдары, медициналық кабинеттер, демалуға және ұйықтауға арналған үй-жайлар, компьютерлік </w:t>
-[...71 lines deleted...]
-объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібінде (жылыту маусымы кезеңінде жылына бір рет)</w:t>
+приемные комнаты, спальни, учебные помещения, мастерские, спортивные и музыкальные залы, медицинские кабинеты, помещения для отдыха и сна, компьютерные классы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+температура, относительная влажность воздуха</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора (один раз в год в период отопительного сезона) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z318" w:id="308"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...107 lines deleted...]
-Зерттеу кезеңділігі</w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="308"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+помещения для отдыха и сна, компьютерные классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+раз в год в период отопительного сезона)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z319" w:id="309"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...107 lines deleted...]
-4</w:t>
+1.3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="309"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лаборатории, кабинет химии, спортивные залы, мастерские, пищеблоки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+исследование эффективности вентиляции, шум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора (один раз в год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="1190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3614" w:type="dxa"/>
-[...32 lines deleted...]
-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+водоразборные краны - ввод и вывод в здании, на пищеблоке (при расположении в отдельном блоке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вода из водопроводной системы (бактериологические и санитарно-химические исследования)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта; текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z321" w:id="310"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.3</w:t>
-[...121 lines deleted...]
-(жылына бір рет)</w:t>
+1.4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="310"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+колодцы, скважины, каптажи, родники, водоразборные краны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вода питьевая из местных источников водоснабжения (централизованное, колодцы, скважины, каптажи) на бактериологические, санитарно-химические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...140 lines deleted...]
-объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы санитариялық қадағалау </w:t>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z322" w:id="311"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="311"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объекты с использованием воды, расфасованной в емкости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вода питьевая, расфасованная в емкости (исключая бутилированную воду)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z323" w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4028" w:type="dxa"/>
+1.6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="312"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+закрытые плавательные бассейны и ванны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пробы воды на бактериологические, санитарно-химические, паразитологические исследования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-құдықтар, ұңғымалар, каптаждар және бұлақтар, су тарату крандары </w:t>
-[...71 lines deleted...]
-объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібінде</w:t>
+при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта в порядке текущего надзора </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z324" w:id="313"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.5.</w:t>
-[...107 lines deleted...]
-ағымдағы қадағалау тәртібінде</w:t>
+1.7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="313"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ компьютерные и мультимедийные классы, кабинеты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+напряженность электромагнитного поля , электростатического поля на рабочих местах, уровень концентрации аэроинов и коэффициента униполярности, шум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z325" w:id="314"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.6</w:t>
-[...107 lines deleted...]
-объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібінде</w:t>
+1.8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="314"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учебные помещения, лаборатории, мастерские, комнаты самоподготовки, читальный зал, медкабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+уровень искусственной освещенности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z326" w:id="315"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.7</w:t>
-[...107 lines deleted...]
-объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібінде</w:t>
+1.9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="315"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+помещения с печным или</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z327" w:id="316"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.8</w:t>
-[...107 lines deleted...]
-объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібінде </w:t>
+1.9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="316"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автономным, неэлектрическим отоплением, медицинские кабинеты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+исследование воздушной среды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в порядке текущего надзора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z328" w:id="317"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...107 lines deleted...]
-Зерттеу кезеңділігі</w:t>
+1.10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="317"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+песочницы на игровых площадках</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+исследования почвы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в порядке текущего надзора в период с мая по сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1181" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z329" w:id="318"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...445 lines deleted...]
-              <w:t>
 1.11</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...104 lines deleted...]
-жылына бір рет</w:t>
+          <w:bookmarkEnd w:id="318"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+организации образования, осуществляющие закуп товаров детского ассортимента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товары детского ассортимента (одежда, обувь, игрушки, косметические средства, канцелярские товары, посуда, средства гигиены и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11442,144 +11098,2505 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="167"/>
+    <w:bookmarkStart w:name="z331" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы білім беретін және арнайы білім беру ұйымдары топтарының (сыныптарының) толықтырылуы Жалпы білім беретін ұйымдар сыныптарының толықтырылуы</w:t>
+        <w:t xml:space="preserve"> Наполняемость групп (классов) общеобразовательных и специальных образовательных организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z332" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наполняемость классов общеобразовательных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z333" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жалпы білім беретін ұйымдар үшін сыныптарды толықтыру 25 оқушыдан артық емес болып белгіленеді. Жалпы білім беретін мектептердің жоғары сыныптарында, мамандырылған білім беру ұйымдарында, гимназияларда және лицейлерде сыныптардың толықтыруын 20 оқушыға дейін азайтуға жол беріледі. </w:t>
+      Наполняемость классов для общеобразовательных организаций устанавливается не более 25 учащихся. В старших классах общеобразовательных школ, специализированных организациях образования, гимназиях и лицеях допускается снижение наполняемости классов до 20 учащихся. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z334" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="5183"/>
+        <w:gridCol w:w="4078"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группы (классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возраст</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z336" w:id="323"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="323"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группы (классы) предшкольной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от пяти (шести) до шести (семи) лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z337" w:id="324"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="324"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Классов общеобразовательных организаций </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 6 (7) до 18 лет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(1-11 (12) классы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z338" w:id="325"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="325"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Классы в малокомплектных школах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5183" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 6 до 18 лет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(1-11(12) классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 5-10 до 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z339" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наполняемость классов, воспитательных групп, групп продленного дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z340" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в специальных образовательных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z341" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6025"/>
+        <w:gridCol w:w="6275"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z342" w:id="329"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специальные образовательные организации для детей</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="329"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество детей в классе (группе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+школьный возраст</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z344" w:id="330"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="330"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z345" w:id="331"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С нарушениями речи:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="331"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z346" w:id="332"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с тяжелыми нарушениями речи</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="332"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z347" w:id="333"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с фонетико-фонематическим недоразвитием произношения отдельных звуков</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="333"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z348" w:id="334"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С нарушениями слуха:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="334"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z349" w:id="335"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+неслышащих </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="335"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z350" w:id="336"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+слабослышащих и позднооглохших</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="336"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z351" w:id="337"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С нарушениями зрения:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="337"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z352" w:id="338"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незрячих, поздноослепших:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="338"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z353" w:id="339"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+слабо видящих </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="339"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z354" w:id="340"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с амблиопией и косоглазием</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="340"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z355" w:id="341"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с легкой умственной отсталостью </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="341"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z356" w:id="342"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с умеренной умственной отсталостью</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="342"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z357" w:id="343"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с тяжелой умственной отсталостью</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="343"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z358" w:id="344"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с задержкой психического развития</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="344"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z359" w:id="345"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с нарушением опорно-двигательного аппарата</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="345"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z360" w:id="346"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+со сложными дефектами</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="346"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z361" w:id="347"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с расстройствами эмоционально-волевой сферы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="347"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z362" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: 1. Исходя из местных условий и наличия средств, наполняемость классов, воспитательных групп продленного дня в указанных специальных образовательных организациях допускается ниже рекомендуемой предельной наполняемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z363" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Численность групп детей с физическими недостатками и умственной отсталостью (спецгруппы) может составлять 4-6.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -11624,5874 +13641,3203 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 –кесте</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к санитарным правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z365" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Недельная учебная нагрузка в общеобразовательных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z366" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1022"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4278"/>
+        <w:gridCol w:w="2544"/>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="778"/>
+        <w:gridCol w:w="779"/>
+        <w:gridCol w:w="779"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z367" w:id="352"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="352"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...107 lines deleted...]
-Балалар саны</w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z368" w:id="353"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...109 lines deleted...]
-          </w:p>
+Нагрузка в часах, в неделю</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="353"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z369" w:id="354"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...107 lines deleted...]
-25-тен артық емес</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="354"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z370" w:id="355"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...121 lines deleted...]
-25-тен артық емес</w:t>
+Инвариантная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="355"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z371" w:id="356"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...187 lines deleted...]
-              <w:ind w:left="0"/>
+Занятия, факультативы, курсы по выбору (в старших классах профилирующие предметы, прикладные курсы)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="356"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...23 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-кесте</w:t>
-[...29 lines deleted...]
-            <w:tcW w:w="6422" w:type="dxa"/>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балаларға арналған арнайы білім беру ұйымдары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныптағы (топтағы) балалар саны</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6422" w:type="dxa"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z372" w:id="357"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мектеп жасы</w:t>
+Индивидуальные и групповые консультации, занятия активно-двигательного характера</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="357"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6422" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z373" w:id="358"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+Максимальная учебная нагрузка</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="358"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...126 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...126 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...126 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...46 lines deleted...]
-            <w:tcW w:w="5878" w:type="dxa"/>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...3643 lines deleted...]
-              <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17571,1721 +16917,1660 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:bookmarkStart w:name="z375" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қиындығы бойынша пәндердi саралау кестесi </w:t>
+        <w:t xml:space="preserve"> Таблица ранжирования предметов по трудности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z376" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="1851"/>
+        <w:gridCol w:w="8596"/>
+        <w:gridCol w:w="1853"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z377" w:id="361"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...23 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="361"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кесте </w:t>
-[...30 lines deleted...]
-            <w:tcW w:w="2290" w:type="dxa"/>
+              <w:t>
+Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Балл саны</w:t>
+Количество баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z378" w:id="362"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7718" w:type="dxa"/>
+          <w:bookmarkEnd w:id="362"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z379" w:id="363"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...71 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="363"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Математика, русский язык (для школ с казахским языком обучения), казахский язык (для школ с неказахским языком обучения).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z380" w:id="364"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="364"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иностранный язык, изучение предметов на иностранном языке.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z381" w:id="365"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="365"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Физика, химия, информатика, биология.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z382" w:id="366"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="366"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+История, Человек. Общество. Право. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z383" w:id="367"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-Қазақ тiлi, әдебиет (қазақ тiлiнде оқытатын мектептер үшiн)</w:t>
+          <w:bookmarkEnd w:id="367"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казахский язык, литература (для школ с казахским языком обучения).</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орыс тiлi, әдебиет (қазақ тiлiнде оқытпайтын мектептер үшiн)</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+Русский язык, литература (для школ с неказахским языком обучения).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z384" w:id="368"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="368"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Естествознание, география, самопознание, НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z385" w:id="369"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="369"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Физкультура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z386" w:id="370"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="370"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Труд, технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z387" w:id="371"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="371"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Черчение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z388" w:id="372"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="372"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ИЗО </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z389" w:id="373"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="373"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Музыка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19346,1706 +18631,1635 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:bookmarkStart w:name="z391" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оқу жиһазының өлшемдерi</w:t>
+        <w:t xml:space="preserve"> Размеры учебной мебели</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z392" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="943"/>
+        <w:gridCol w:w="943"/>
+        <w:gridCol w:w="5647"/>
+        <w:gridCol w:w="2778"/>
+        <w:gridCol w:w="1989"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...115 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z393" w:id="376"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...140 lines deleted...]
-Орындықтың алдыңғы жиегiнiң еденнен биiктiгi</w:t>
+          <w:bookmarkEnd w:id="376"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номера мебели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группа роста (в миллиметрах) учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Высота над полом крышки края стола, обращенного к обучающему </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высота над полом переднего края сидения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z394" w:id="377"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="377"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z395" w:id="378"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="378"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 – 1150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z396" w:id="379"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="379"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1150 – 1300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z397" w:id="380"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="380"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1300 – 1450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z398" w:id="381"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="381"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1450– 1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z399" w:id="382"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="382"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1600 – 1750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z400" w:id="383"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkEnd w:id="383"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
-[...54 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свыше 1750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 760</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21106,4352 +20320,4255 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z181" w:id="173"/>
+    <w:bookmarkStart w:name="z402" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Объектілердің оқу және тұрғын корпустарындағы санитариялық аспаптарға қажеттілік </w:t>
+        <w:t xml:space="preserve"> Потребность в санитарных приборах учебных и жилых корпусов объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z403" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Таблица 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z404" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Потребность в санитарных приборах учебных корпусов общеобразовательных и интернатных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="598"/>
+        <w:gridCol w:w="3367"/>
+        <w:gridCol w:w="1761"/>
+        <w:gridCol w:w="6574"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z405" w:id="387"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...23 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+№№</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пп</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="387"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-кесте</w:t>
+              <w:t>
+Помещение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ед. изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Расчетное количество санитарных приборов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z406" w:id="388"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="388"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z407" w:id="389"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="389"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные и умывальные учащихся:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ девочек</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мальчиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 обучающийся </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 обучающийся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз на 20 девочек,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 умывальник на 30 девочек</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз на 30 мальчиков, 0,5 лоткового писсуара на 40 мальчиков, 1 умывальник на 30 мальчиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z408" w:id="390"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="390"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные и умывальные персонала (индивидуальные)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 санузла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1 умывальник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z409" w:id="391"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="391"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабинет личной гигиены женщин (для персонала)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 кабина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 гигиенический душ, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1 умывальник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z410" w:id="392"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="392"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Уборные и умывальные при актовом зале – лекционной аудитории в блоке общешкольных помещений </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 санузла (женский и мужской)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 унитаз и 1 умывальник на 30 мест в зале </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z411" w:id="393"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="393"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные и душевые при раздевальных спортзалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 раздевальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1умывальник</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 душевые сетки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z412" w:id="394"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="394"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные и душевые для персонала в столовой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 санузел и 1 душевая кабина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1умывальник,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 душевая сетка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z413" w:id="395"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="395"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабина личной гигиены для девочек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 кабина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 гигиенический душ, 1 унитаз, 1 умывальник на кабину, одна кабина на 70 девочек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z414" w:id="396"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="396"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные для персонала в мед. кабинете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 санузел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1умывальник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z415" w:id="397"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="397"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Умывальники при обеденных залах:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ в школах-интернатах для слепых и слабовидящих </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в школах-интернатах для умственно отсталых детей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в общеобразовательных, специализированных организациях, в школах-интернатах для глухих и слабослышащих, с нарушениями опорно-двигательного аппарата </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 обучающийся</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 обучающийся</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 обучающийся</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 умывальник на 10 посадочных мест</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 умывальник на 15 посадочных мест</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 умывальник на 20 посадочных мест </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z416" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы бiлiм беретiн және интернат ұйымдарындағы оқу корпустарының санитариялық аспаптарға қажеттілігі</w:t>
+        <w:t xml:space="preserve"> Потребность в санитарных приборах для внешкольных организаций</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z417" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="676"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5631"/>
+        <w:gridCol w:w="1053"/>
+        <w:gridCol w:w="2416"/>
+        <w:gridCol w:w="1345"/>
+        <w:gridCol w:w="7486"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z418" w:id="400"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3999" w:type="dxa"/>
+№№ пп</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="400"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үй-жай</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1994" w:type="dxa"/>
+Помещение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5631" w:type="dxa"/>
+Ед. изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санитариялық аспаптардың</w:t>
-[...13 lines deleted...]
-есепті саны</w:t>
+Расчетное количество санитарных приборов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z419" w:id="401"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="3999" w:type="dxa"/>
+          <w:bookmarkEnd w:id="401"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5631" w:type="dxa"/>
+            <w:tcW w:w="7486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z420" w:id="402"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...32 lines deleted...]
-Оқушылар дәретханалары және қолжуғыштары: </w:t>
+          <w:bookmarkEnd w:id="402"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные учащихся:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қыздарға</w:t>
+Девочек</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ұлдарға</w:t>
-[...35 lines deleted...]
-1 білім алушы</w:t>
+мальчиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 обучающийся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 білім алушы</w:t>
-[...35 lines deleted...]
-20 қызға 1 унитаз,</w:t>
+1 обучающийся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 қызға 1 қолжуғыш</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 ұлға 1 унитаз, 40 ұлға 0,5 писсуар лотогы,</w:t>
+1 унитаз на 20 девочек, 1 умывальник на 30 девочек</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 ұлға 1 қолжуғыш</w:t>
+1 унитаз, 0,5 лотков писсуара и 1 умывальник на 30 мальчиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z421" w:id="403"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...104 lines deleted...]
-1 унитаз, 1 қолжуғыш</w:t>
+          <w:bookmarkEnd w:id="403"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные и умывальные персонала (индивидуальные)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 санузла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1 умывальник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z422" w:id="404"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...104 lines deleted...]
-1 гигиеналық себезгі,</w:t>
+          <w:bookmarkEnd w:id="404"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборные и душевые при раздевальных спортзалов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 унитаз, 1 қолжуғыш</w:t>
-[...821 lines deleted...]
-Тамақ ішетін залдар жанындағы қолжуғыштар:</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 раздевальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз, 1 умывальник</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-соқыр және нашар көретіндерге арналған мектеп-интернаттарда</w:t>
-[...155 lines deleted...]
-20 орынға 1 қолжуғыш</w:t>
+2 душевые сетки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:bookmarkStart w:name="z423" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Мектептен тыс ұйымдар үшін санитариялық аспаптарға қажеттілік</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество санитарных приборов в жилых комплексах общеобразовательных, специализированных и специальных интернатных организаций, спальных корпусов интернатных организаций, организаций образования для детей-сирот и детей, оставшихся без попечения родителей, ЦАН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z424" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="2059"/>
+        <w:gridCol w:w="1691"/>
+        <w:gridCol w:w="8550"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...247 lines deleted...]
-Санитариялық аспаптардың есепті саны</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z425" w:id="407"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование помещений</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="407"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Измеритель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество санитарных приборов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z426" w:id="408"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2661" w:type="dxa"/>
+          <w:bookmarkEnd w:id="408"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...35 lines deleted...]
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
-[...65 lines deleted...]
-Оқушылар дәретханалары:</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z427" w:id="409"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туалеты и умывальные для девочек</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="409"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 воспитанник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз на 5 девочек</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қыздарға</w:t>
+1 умывальник на 4 девочки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ұлдарға</w:t>
-[...99 lines deleted...]
-30 ұлға 1 унитаз, 0,5 писсуар лотогы және 1 қолжуғыш</w:t>
+1 ножная ванна на 10 девочек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
-[...137 lines deleted...]
-1 унитаз, 1 қолжуғыш</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z428" w:id="410"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туалеты и умывальные для мальчиков</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="410"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 воспитанник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз на 5 мальчиков</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 писсуар на 5 мальчиков</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 умывальник на 4 мальчика</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ножная ванна на 10 мальчиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
-[...137 lines deleted...]
-1 унитаз, 1 қолжуғыш</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z429" w:id="411"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабина личной гигиены для девочек</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="411"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 кабина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кабины на 15 девочек:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 себезгі торы</w:t>
-[...244 lines deleted...]
-Санитариялық аспаптар саны</w:t>
+1 гигиенический душ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 умывальник (биде или с поддоном и гибким шлангом)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
-[...101 lines deleted...]
-4</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z430" w:id="412"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Душевые кабины</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="412"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 кабина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 душевая сетка на 10 спальных мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
-[...129 lines deleted...]
-10 қызға 1 аяқ ваннасы</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z431" w:id="413"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ванны</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="413"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 место</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 ванна на 10 спальных мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
-[...143 lines deleted...]
-10 ұлға 1 аяқ ваннасы </w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z432" w:id="414"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раздевальные</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="414"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 место</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 места на одну душевую сетку (по 0,5 м длины скамейки на место)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
-[...101 lines deleted...]
-15 қызға 2 кабина:</w:t>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z433" w:id="415"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Туалеты при душевых и ваннах </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="415"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 туалет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 унитаз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 гигиеналық себезгі</w:t>
-[...493 lines deleted...]
-дәретхана жанындағы шлюзде 1 қолжуғыш</w:t>
+1 умывальник в шлюзе при туалете</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25501,673 +24618,594 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 7</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="176"/>
+    <w:bookmarkStart w:name="z435" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жасқа байланысты граммен тағам порцияларының ұсынылатын массасы</w:t>
+        <w:t xml:space="preserve"> Рекомендуемая масса порции блюд в граммах в зависимости от возраста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-[...93 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z436" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3229"/>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z437" w:id="418"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием пищи, блюдо</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="418"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-Жасы</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возраст</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-6 - 11 жас</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 6 до 11 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-11-18 жас</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 11-18 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkStart w:name="z439" w:id="419"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="419"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z440" w:id="420"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первые блюда</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="420"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200-250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250-300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z441" w:id="421"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вторые блюда:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="421"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
@@ -26225,579 +25263,589 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z442" w:id="422"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гарнир</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="422"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100-150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150-180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z443" w:id="423"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Ет, котлет, балық, құс еті </w:t>
-[...1 lines deleted...]
-          </w:p>
+Мясо, котлета, рыба, птица </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="423"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80-150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100-180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z444" w:id="424"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Овощное, яичное, творожное, мясное блюдо и каша</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="424"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150-200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200-250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z445" w:id="425"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салат</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="425"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100-150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z446" w:id="426"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Третьи блюда</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="426"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -26858,6058 +25906,5790 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z187" w:id="177"/>
+    <w:bookmarkStart w:name="z448" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тамақ өнімдерін ауыстыру</w:t>
+        <w:t xml:space="preserve"> Замена пищевой продукции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z449" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Таблица </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="1004"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="2951"/>
+        <w:gridCol w:w="4110"/>
+        <w:gridCol w:w="2952"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...115 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z450" w:id="429"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...140 lines deleted...]
-Граммен салмағы</w:t>
+          <w:bookmarkEnd w:id="429"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продукт, подлежащий замене</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вес в граммах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продукт заменитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вес в граммах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z451" w:id="430"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...140 lines deleted...]
-5</w:t>
+          <w:bookmarkEnd w:id="430"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мясо говядина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мясо блочное на костях 1 категории: баранина, конина, крольчатина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мясо блочное без костей 1 категории: баранина, конина, крольчатина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-80,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+конина 1 категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-104,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мясо птицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+субпродукты 1-й категории печень, почки, сердце</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...79 lines deleted...]
-116,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+колбаса вареная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-80,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+консервы мясные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-120,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+рыба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-150,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+творог полужирный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-250,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+молоко </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z461" w:id="431"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сүт</w:t>
-[...35 lines deleted...]
-600,0</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="431"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Молоко цельное </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+100,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кефир, айран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+молоко сгущенное стерилизованное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-40,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сливки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+творог жирный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z465" w:id="432"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-майлы сүзбе</w:t>
-[...35 lines deleted...]
-30,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="432"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сливки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-133,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+молоко </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z467" w:id="433"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сүт</w:t>
-[...35 lines deleted...]
-667,0</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="433"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+молоко </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-333,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-40,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-80,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-50,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сливки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z472" w:id="434"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кілегей</w:t>
-[...35 lines deleted...]
-66,0</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="434"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+масло коровье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-50,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+сметана </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-125,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-250,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-200,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+молоко </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+825,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-825,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+яйца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z478" w:id="435"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыртқа</w:t>
-[...35 lines deleted...]
-3 шт.</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="435"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Яйца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шт.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-33,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сметана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-40,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z481" w:id="436"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сүзбе</w:t>
-[...35 lines deleted...]
-80,0</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="436"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рыба обезглавленная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+мясо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...93 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельдь соленая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
-            </w:r>
-[...70 lines deleted...]
-67,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рыбное филе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-70,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+творог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-168,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...52 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z486" w:id="437"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ірімшік</w:t>
-[...35 lines deleted...]
-50,0</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="437"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фрукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сок плодово-ягодный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="954" w:type="dxa"/>
-[...176 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+яблоки сушеные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+курага</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-8,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+чернослив</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-17,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изюм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...65 lines deleted...]
-22,0</w:t>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+арбуз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...170 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дыня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -32970,126 +31750,113 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>9-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z189" w:id="178"/>
+    <w:bookmarkStart w:name="z494" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың бракераж журналы </w:t>
+        <w:t xml:space="preserve"> Бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="438"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -33134,1022 +31901,1014 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-нысан</w:t>
+              <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1794"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1244"/>
+        <w:gridCol w:w="1846"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="2517"/>
+        <w:gridCol w:w="1486"/>
+        <w:gridCol w:w="1331"/>
+        <w:gridCol w:w="1951"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1435"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-[...281 lines deleted...]
-Ескертпе (бар болса)*</w:t>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z496" w:id="439"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата и час, поступления продовольственного сырья и пищевых продуктов)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="439"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование пищевых продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество поступившего продовольственного сырья и пищевых продуктов (в килограммах, литрах, штуках)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты органолептической оценки поступившего продовольственного сырья и пищевых продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конечный срок реализации продовольственного сырья и пищевых продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата и час фактической реализации продовольственного сырья и пищевых продуктов по дням</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. подпись ответственного лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(При наличии) примечание *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z497" w:id="440"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="541" w:type="dxa"/>
+          <w:bookmarkEnd w:id="440"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcW w:w="2517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:tcW w:w="1486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
+            <w:tcW w:w="1331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="541" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z498" w:id="441"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="441"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="541" w:type="dxa"/>
+            <w:tcW w:w="2517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcW w:w="1486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:tcW w:w="1331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
+            <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="541" w:type="dxa"/>
+            <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="179"/>
+    <w:bookmarkStart w:name="z499" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе : * Өнімдерді есептен шығару, кері қайтару фактілері және басқалар көрсетіледі.</w:t>
+      Примечание:* Указываются факты списания, возврата продуктов и др.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z191" w:id="180"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z500" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "С – витаминдеу" журналы</w:t>
+        <w:t xml:space="preserve"> Журнал "С – витаминизации"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="443"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -34194,481 +32953,670 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-нысан</w:t>
+              <w:t>Форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2727"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1754"/>
+        <w:gridCol w:w="2527"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="2076"/>
+        <w:gridCol w:w="4448"/>
+        <w:gridCol w:w="1625"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2727" w:type="dxa"/>
-[...173 lines deleted...]
-Жауапты адамның қолы</w:t>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z502" w:id="444"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата и час приготовления блюда</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="444"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование блюда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общее количество добавленного витамина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание витамина "С" в одной порции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подпись ответственного лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z503" w:id="445"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="445"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1265" w:type="dxa"/>
+            <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4314" w:type="dxa"/>
+            <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:tcW w:w="1625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="181"/>
+    <w:bookmarkStart w:name="z505" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тағамдардың және аспаздық өнімдердің сапасын органолептикалық бағалау журналы</w:t>
+        <w:t xml:space="preserve"> Журнал органолептической оценки качества блюд и кулинарных изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="446"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -34713,910 +33661,914 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-нысан</w:t>
+              <w:t>Форма 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1631"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="2073"/>
+        <w:gridCol w:w="1296"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="644"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
-[...245 lines deleted...]
-Ескертпе</w:t>
+            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z507" w:id="447"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата, время, изготовления блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="447"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Органолептическая оценка, включая оценку степени готовности блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разрешение к реализации (время)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ответственный исполнитель (Ф.И.О. (при его наличии), должность)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии), лица проводившего бракераж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z508" w:id="448"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="1062" w:type="dxa"/>
+          <w:bookmarkEnd w:id="448"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcW w:w="2073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3020" w:type="dxa"/>
+            <w:tcW w:w="3023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2326" w:type="dxa"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcW w:w="1715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1062" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcW w:w="2073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3020" w:type="dxa"/>
+            <w:tcW w:w="3023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2326" w:type="dxa"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="182"/>
+    <w:bookmarkStart w:name="z510" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: 7-бағанда дайын өнімді өткізуге тыйым салу фактілері көрсетіледі.</w:t>
+      Примечание: в графе 7 указываются факты запрещения к реализации готовой продукции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z194" w:id="183"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z511" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ас блогы жұмыскерлерін тексеріп-қарау нәтижелері</w:t>
+        <w:t xml:space="preserve"> Журнал результатов осмотра работников пищеблока</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="450"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -35661,51 +34613,51 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-нысан</w:t>
+              <w:t>Форма 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="1580"/>
         <w:gridCol w:w="505"/>
         <w:gridCol w:w="784"/>
         <w:gridCol w:w="505"/>
@@ -35724,177 +34676,179 @@
         <w:gridCol w:w="111"/>
         <w:gridCol w:w="112"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z513" w:id="451"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="451"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-Тегі, аты, әкесінің аты (бар болса)</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-Лауазымы</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-айы / күндері</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Месяц / дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -35919,483 +34873,483 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15…</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
@@ -36519,595 +35473,597 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:bookmarkStart w:name="z515" w:id="452"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="452"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -37196,89 +36152,835 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="184"/>
+    <w:bookmarkStart w:name="z517" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескертпе: *дені сау, ауру, жұмыстан шеттетілді, санация жүргізілді, еңбек демалысы, демалыс </w:t>
+        <w:t>
+      Примечание *здоров, болен, отстранен от работы, санирован, отпуск, выходной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z196" w:id="185"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z518" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _________ жылғы ___ айына тамақ өнімдері нормаларының орындалуын бақылау тізімдемесі </w:t>
+        <w:t xml:space="preserve"> Ведомость контроля за выполнением норм пищевой продукции за___месяц ________г. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="454"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -37323,551 +37025,539 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-нысан</w:t>
+              <w:t>Форма 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="593"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="2651"/>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="484"/>
+        <w:gridCol w:w="2322"/>
+        <w:gridCol w:w="492"/>
+        <w:gridCol w:w="492"/>
+        <w:gridCol w:w="492"/>
+        <w:gridCol w:w="630"/>
+        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="2501"/>
+        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="2326"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="500" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...20 lines deleted...]
-            <w:tcW w:w="574" w:type="dxa"/>
+          <w:bookmarkStart w:name="z520" w:id="455"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="455"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1212" w:type="dxa"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование пищевой продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2322" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...24 lines deleted...]
-(брутто) нормасы*</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Норма* пищевой продукции в граммах г (брутто) на 1 человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="2648" w:type="dxa"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фактически выдано пищевой продукции в брутто по дням (всего), г на одного человека / количество питающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2501" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1213" w:type="dxa"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего выдано пищевой продукции в брутто на 1 человека за 10 дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="2651" w:type="dxa"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В среднем на 1 человека в день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2326" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-% (+/-)-да нормадан ауытқу</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отклонение от нормы в % (+/-)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37903,900 +37593,890 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z522" w:id="456"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="574" w:type="dxa"/>
+          <w:bookmarkEnd w:id="456"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="2322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2648" w:type="dxa"/>
+            <w:tcW w:w="2501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1213" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2651" w:type="dxa"/>
+            <w:tcW w:w="2326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z523" w:id="457"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="457"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
+            <w:tcW w:w="2322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
+            <w:tcW w:w="2501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2648" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1213" w:type="dxa"/>
+            <w:tcW w:w="2326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="186"/>
+    <w:bookmarkStart w:name="z524" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: _______________________________________________________</w:t>
+      Примечание: _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="458"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -38841,5398 +38521,5388 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 10</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="187"/>
+    <w:bookmarkStart w:name="z526" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Медициналық пунктті жарақтандыруға арналған медициналық жабдықтар мен құрал-саймандардың ең аз тізбесі </w:t>
+        <w:t xml:space="preserve"> Минимальный перечень медицинского оборудования и инструментария для оснащения медицинского кабинета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="459"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1685"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3291"/>
+        <w:gridCol w:w="1728"/>
+        <w:gridCol w:w="7198"/>
+        <w:gridCol w:w="3374"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+Наименование медицинского оборудования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и инструментария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медициналық жабдықтар мен құрал-саймандардың атауы</w:t>
-[...35 lines deleted...]
-Саны</w:t>
+Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z528" w:id="460"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="460"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z529" w:id="461"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="461"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Письменный стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z530" w:id="462"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="462"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стулья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z531" w:id="463"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="463"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кушетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z532" w:id="464"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="464"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф канцелярский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z533" w:id="465"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="465"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф медицинский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z534" w:id="466"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="466"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ширма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z535" w:id="467"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="467"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинский столик со стеклянной крышкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z536" w:id="468"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="468"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Холодильник (для вакцин и медикаментов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z537" w:id="469"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="469"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тонометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z538" w:id="470"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="470"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фонендоскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z539" w:id="471"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="471"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бактерицидная лампа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z540" w:id="472"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="472"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Медициналық таразы </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+Весы медицинские </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z541" w:id="473"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="473"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ростомер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z542" w:id="474"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="474"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термоконтейнер для транспортировки вакцин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z543" w:id="475"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="475"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Настольная лампа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z544" w:id="476"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="476"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термометры медицинские</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z545" w:id="477"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="477"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ножницы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z546" w:id="478"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="478"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Умывальная раковина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z547" w:id="479"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="479"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведро с педальной крышкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z548" w:id="480"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="480"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Емкость для уничтожения остатков вакцин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z549" w:id="481"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="481"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халаты медицинские</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z550" w:id="482"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="482"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колпаки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z551" w:id="483"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="483"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Простыни одноразовые </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-үнемі болады</w:t>
+постоянно в наличии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z552" w:id="484"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="484"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полотенца бумажные одноразовые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-үнемі болады</w:t>
+постоянно в наличии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z553" w:id="485"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="485"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халаты темные для уборки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z554" w:id="486"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="486"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маски одноразовые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z555" w:id="487"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="487"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Жинау мүкәммалы: шелек, швабра, шүберек, шүберектерді сақтауға арналған сыйымдылықтар, қолғаптар </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+Уборочный инвентарь: ведра, швабра, ветоши, емкости для хранения ветошей, перчатки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-үй-жай жиынына қарай есептеледі</w:t>
+расчет от набора помещений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z556" w:id="488"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="488"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дезинфицирующие средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 айға қор</w:t>
+запас на 3 месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z557" w:id="489"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="489"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Канцтовары (журналы, тетради, клей, ручки, дырокол, степлер, корректор, папки и т.д.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қажеттілігіне қарай</w:t>
+по мере необходимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z558" w:id="490"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бикс маленький</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 дана</w:t>
+1 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z559" w:id="491"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="491"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бикс большой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 дана</w:t>
+1 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z560" w:id="492"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="492"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жгут резиновый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-6 дана</w:t>
+4-6 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z561" w:id="493"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...22 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="493"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шприцы одноразовые с иглами:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,0</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10,0 инелері бар шрицтер</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+10,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 дана</w:t>
+10 штук</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 дана</w:t>
+10 штук</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 дана</w:t>
+5 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z562" w:id="494"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+          <w:bookmarkEnd w:id="494"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пинцет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 дана</w:t>
+1 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z563" w:id="495"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...38 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+          <w:bookmarkEnd w:id="495"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грелка резиновая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-2 дана.</w:t>
+1-2 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z564" w:id="496"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+36</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="496"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пузырь для льда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1-2 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z565" w:id="497"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+37</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="497"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лоток почкообразный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-2 дана.</w:t>
+5 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z566" w:id="498"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+38</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="498"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шпатель металлический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 дана.</w:t>
+5 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z567" w:id="499"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+39</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="499"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шины для иммобилизации конечностей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 дана.</w:t>
+5 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z568" w:id="500"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+40</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="500"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коврик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 дана.</w:t>
+1 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z569" w:id="501"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...74 lines deleted...]
-</w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="501"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сантиметровая лента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z570" w:id="502"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+42</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="502"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таблицы для определения остроты зрения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 дана</w:t>
+1 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1685" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z571" w:id="503"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7324" w:type="dxa"/>
+43</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="503"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көздің көргіштігін анықтауға арналған кестелер </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3291" w:type="dxa"/>
+Жидкое мыло с дозатором </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 дана</w:t>
-[...112 lines deleted...]
-үнемі болады</w:t>
+постоянно в наличии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -44282,1197 +43952,1188 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Білім беру объектілеріне</w:t>
+              <w:t>Приложение 11</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>к санитарным правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>"Санитарно-эпидемиологические требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>11-қосымша</w:t>
+              <w:t>к объектам образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z201" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Объектілердің медициналық құжаттамасы</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 11 с изменениями, внесенными приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z573" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 11-қосымшаға өзгеріс енгізілді – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      Медицинская документация объектов </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z574" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Медициналық құжаттама мыналар болып табылады:</w:t>
+      Медицинской документацией являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="189"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z575" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) инфекциялық ауруларды есепке алу журналы;</w:t>
+      1) журнал учета инфекционных заболеваний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z204" w:id="190"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z576" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жіті инфекциялық аурулармен байланыстарды есепке алу журналы;</w:t>
+      2) журнал учета контактов с острыми инфекционными заболеваниями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z205" w:id="191"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z577" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) профилактикалық егулер картасы;</w:t>
+      3) карта профилактических прививок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z206" w:id="192"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z578" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) профилактикалық егулерді есепке алу журналы;</w:t>
+      4) журнал учета профилактических прививок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z207" w:id="193"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z579" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) вакциналардың, басқа бактериялық препараттардың қозғалысын тіркеу журналы;</w:t>
+      5) журнал движения вакцин, других бактериальных препаратов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z208" w:id="194"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z580" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Манту сынамаларын тіркеу журналы;</w:t>
+      6) журнал регистрации проб Манту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z209" w:id="195"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z581" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) Манту сынамасы бойынша зерттеп-қарауға жататын тәуекел тобындағы балаларды тіркеу журналы;</w:t>
+      7) журнал регистрации детей группы риска подлежащих обследованию по пробе Манту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z210" w:id="196"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z582" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) фтизиопедиатрда қосымша зерттеп-қарауға жататын туберкулиннің оң нәтижесі бар адамдар журналы;</w:t>
+      8)журнал туберкулино-положительных лиц, подлежащих дообследованию у фтизиопедиатра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">9) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">10) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">10) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">11) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">12) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">12) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">13) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">13) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="197"/>
+    <w:bookmarkStart w:name="z588" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) гельминттерге зерттеп-қаралатын адамдарды тіркеу журналы;</w:t>
+      14) журнал регистрации лиц, обследованных на гельминты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">15) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">15) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="198"/>
+    <w:bookmarkStart w:name="z590" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) баланың денсаулық паспорты;</w:t>
+      16) паспорт здоровья ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z219" w:id="199"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z591" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) тәуекел тобындағы балалардың тізімдері;</w:t>
+      17) списки детей группы риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z220" w:id="200"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z592" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) студенттерді флюорографиялық зерттеп-қарауды есепке алу журналы;</w:t>
+      18) журнал учета флюрообследования студентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z221" w:id="201"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z593" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) флюорографиялық оң нәтижесі бар адамдарды есепке алу журналы;</w:t>
+      19) журнал учета флюроположительных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">20) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">20) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="202"/>
+    <w:bookmarkStart w:name="z595" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) диспансерлік қадағалаудың бақылау картасы;</w:t>
+      21) контрольная карта диспансерного наблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z224" w:id="203"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z596" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) тереңдетілген профилактикалық медициналық тексеріп-қарау журналы, мамандардың актілері;</w:t>
+      22) журнал углубленных профилактических медицинских осмотров, акты специалистов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z225" w:id="204"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z597" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23) оқушылардың (тәрбиеленушілердің) жеке медициналық карталары;</w:t>
+      23) индивидуальные медицинские карты учащихся (воспитанников);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">24) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">24) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">25) Алып тасталды – ҚР Денсаулық сақтау министрінің м.а. 03.09.2018 </w:t>
+        <w:t xml:space="preserve">25) исключен приказом и.о. Министра здравоохранения РК от 03.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="205"/>
+    <w:bookmarkStart w:name="z600" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26) ас блогы жұмыскерлерінің денсаулық жағдайын тіркеу журналы;</w:t>
+      26) журнал регистрации состояния здоровья работников пищеблока;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z229" w:id="206"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z601" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      27) шикі өнімдерге арналған бракераж журналы </w:t>
+        <w:t>
+      27) бракеражный журнал для сырой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z230" w:id="207"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z602" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28) дайын тамақтың сапасын бақылау (бракераж) журналы</w:t>
+      28) журнал контроля качества готовой пищи (бракеражный)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z231" w:id="208"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z603" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29) "С- витаминдеу" журналы;</w:t>
+      29) журнал "С-витаминизации";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z232" w:id="209"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z604" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30) бір айдағы тамақтану өнімдері нормаларының орындалуын бақылау тізімдемесі. </w:t>
+      30) ведомость контроля за выполнением норм продуктов питания за месяц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>