--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3fffa21" w14:textId="3fffa21">
+    <w:p w14:paraId="bf6f059" w14:textId="bf6f059">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,386 +76,397 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О мерах по дальнейшему совершенствованию этических норм и правил поведения государственных служащих Республики Казахстан</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы мемлекеттік қызметшілерінің әдептілік нормаларын және мінез-құлық қағидаларын одан әрі жетілдіру жөніндегі шаралар туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 Жарлығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В целях повышения требований к морально-нравственному облику и деловым качествам государственных служащих </w:t>
+      Мемлекеттiк қызметшiлердiң моральдық-адамгершiлік бейнесiне және iскерлiк қасиеттеріне қойылатын талаптарды жоғарылату мақсатында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЮ:</w:t>
-[...18 lines deleted...]
-      1. Утвердить прилагаемые:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕМІН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Признать утратившими силу некоторые указы Президента Республики Казахстан согласно приложению к настоящему Указу.</w:t>
+      1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящий Указ вводится в действие с 1 января 2016 года и подлежит официальному опубликованию.</w:t>
+      1) Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексі (Мемлекеттік қызметшілердің қызметтік әдеп қағидалары);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Әдеп жөнiндегi уәкiл туралы ереже бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Жарлыққа қосымшаға сәйкес Қазақстан Республикасы Президентінің кейбір жарлықтарының күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Жарлық 2016 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi және ресми жариялануға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7791"/>
-        <w:gridCol w:w="4209"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...33 lines deleted...]
-</w:t>
+Президенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4209" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...20 lines deleted...]
-</w:t>
+Н.Назарбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -500,1328 +511,1374 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>УТВЕРЖДЕН</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Указом Президента Республики Казахстан</w:t>
+              <w:t>Президентінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 29 декабря 2015 года № 153</w:t>
+              <w:t>2015 жылғы 29 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 153 Жарлығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Этический кодекс государственных служащих Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(Правила служебной этики государственных служащих)</w:t>
+        <w:t>(Мемлекеттік қызметшілердің қызметтік әдеп қағидалары)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...215 lines deleted...]
-      3. Руководители государственных органов, в центральных исполнительных органах – ответственные секретари центральных исполнительных органов или должностные лица, на которых в установленном порядке возложены полномочия ответственных секретарей центральных исполнительных органов, а в случаях отсутствия ответственных секретарей центральных исполнительных органов или указанных должностных лиц – руководители центральных исполнительных органов обеспечивают исполнение требований настоящего Кодекса, размещение текста настоящего Кодекса в зданиях государственных органов в местах, доступных для всеобщего обозрения.</w:t>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Государственный служащий в трехдневный срок после поступления на государственную службу должен быть в письменной форме ознакомлен с текстом настоящего Кодекса.</w:t>
+      1. Мемлекеттік қызмет атқару қоғам мен мемлекет тарапынан ерекше сенім білдіру болып табылады және мемлекеттік қызметшілердің моральдық-әдептілік бейнесіне жоғары талаптар қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоғам мемлекеттік қызметші өзінің барлық күш-жігерін, білімі мен тәжірибесін өзі жүзеге асыратын кәсіби қызметіне жұмсайды, өзінің Отаны – Қазақстан Республикасына қалтқысыз әрі адал қызмет етеді деп сенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметшілер өз қызметінде Қазақстан Республикасының Тұңғыш Президенті – Елбасы Нұрсұлтан Назарбаевтың саясатын жақтауға және оны дәйекті түрде жүзеге асыруға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орыс тіліндегі мәтінге өзгеріс енгізілді, мемлекеттік тілдегі мәтін өзгермейді – ҚР Президентінің 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қазақстан Республикасы мемлекеттік қызметшілерінің осы әдеп кодексі (Мемлекеттік қызметшілердің қызметтік әдеп қағидалары) (бұдан әрі – Кодекс) Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Қазақстан Республикасының мемлекеттік қызметі туралы" 2015 жылғы 23 қарашадағы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Сыбайлас жемқорлыққа қарсы іс-қимыл туралы"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 жылғы 18 қарашадағы Қазақстан Республикасының заңдарына, жалпы қабылданған моральдық-әдептілік нормаларына сәйкес мемлекеттік қызметшілердің моральдық-әдептілік бейнесіне қойылатын жалпы қабылданған талаптарды, сондай-ақ олардың мінез-құлқының негізгі стандарттарын белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кодекс халықтың мемлекеттік органдарға сенімін нығайтуға, мемлекеттік қызметте өзара қарым-қатынастың жоғары мәдениетін қалыптастыруға және мемлекеттік қызметшілердің әдепсіз мінез-құлық жағдайларының алдын алуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік органдардың басшылары, орталық атқарушы органдарда – орталық атқарушы органдардың жауапты хатшылары немесе белгіленген тәртіппен орталық атқарушы органдардың жауапты хатшыларының өкілеттіктері жүктелген лауазымды адамдар, ал орталық атқарушы органдардың жауапты хатшылары немесе аталған лауазымды адамдар болмаған жағдайда – орталық атқарушы органдардың басшылары осы Кодекс талаптарының орындалуын, осы Кодекстің мәтінін мемлекеттік органдардың ғимараттарында баршаға көрінетіндей жерде орналастыруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік қызметші мемлекеттік қызметке тұрғаннан кейін үш күн мерзімде осы Кодекстің мәтінімен жазбаша нысанда таныстырылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Общие стандарты поведения</w:t>
-[...345 lines deleted...]
-        <w:t xml:space="preserve"> 3. Стандарты поведения во внеслужебное время</w:t>
+        <w:t xml:space="preserve"> 2. Мінез-құлықтың жалпы стандарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Государственные служащие во внеслужебное время должны:</w:t>
+      5. Мемлекеттік қызметшілер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) придерживаться общепринятых морально-этических норм, не допускать случаев антиобщественного поведения, в том числе нахождения в общественных местах в состоянии опьянения, оскорбляющем человеческое достоинство и общественную нравственность;</w:t>
-[...35 lines deleted...]
-      3) не допускать со своей стороны нарушения требований законодательства, сопряженных с посягательством на общественную нравственность, порядок и безопасность, и не вовлекать других граждан в совершение противоправных, антиобщественных действий.</w:t>
+      1) Қазақстан халқының бірлігі мен елдегі ұлтаралық келісімді нығайтуға ықпал етуге, мемлекеттік және басқа тілдерге, Қазақстан халқының салт-дәстүрлеріне құрметпен қарауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адал, әділ, қарапайым болуға, жалпы қабылданған моральдық-әдептілік нормаларын сақтауға, азаматтармен және әріптестерімен қарым-қатынаста сыпайылық пен әдептілік танытуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өздері қабылдайтын шешімдердің заңдылығы мен әділдігін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке және заңды тұлғалардың құқықтары мен заңды мүдделерін қозғайтын шешімдерді қабылдаудың ашықтығын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекет мүддесіне нұқсан келтіретін, мемлекеттік органдардың жұмыс істеу тиімділігіне кедергі жасайтын немесе тиімділігін төмендететін іс-әрекеттерге қарсы тұруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қызметтік міндеттерін тиімді атқару үшін өзінің кәсіби деңгейі мен біліктілігін арттыруға, Қазақстан Республикасының заңдарында белгіленген шектеулер мен тыйымдарды сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өзінің іс-әрекетімен және мінез-құлқымен қоғам тарапынан айтылатын сынға себепкер болмауға, сынағаны үшін қудалауға жол бермеуге, орынды сынды кемшіліктерді жою мен өзінің қызметін жақсарту үшін пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жеке сипаттағы мәселелерді шешу кезінде мемлекеттік органдардың, ұйымдардың, мемлекеттік қызметшілер мен өзге де адамдардың қызметіне ықпал ету үшін өзінің қызметтік жағдайын пайдаланбауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) шындыққа сәйкес келмейтін мәліметтерді таратпауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік меншіктің сақталуын қамтамасыз етуге, өзіне сеніп тапсырылған мемлекеттік меншікті, автокөлік құралдарын қоса алғанда, ұтымды, тиімді және тек қызметтік мақсатта ғана пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қызметтік тәртіпті бұлжытпай сақтауға, өзінің қызметтік міндеттерін адал, бейтарап және сапалы атқаруға, жұмыс уақытын ұтымды және тиімді пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мемлекеттік қызмет көрсету сапасын арттыру бойынша тұрақты түрде шаралар қабылдауға, мемлекеттік көрсетілетін қызметтердің тұтынушысы ретінде толығымен халықтың сұранысына бағдар ұстануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) жасағаны үшін заңнамада тәртіптік, әкімшілік немесе қылмыстық жауаптылық көзделген құқық бұзушылықтар мен теріс қылықтарды жасауға жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) іскерлік әдепті және ресми мінез-құлық қағидаларын сақтауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметшілердің сырт келбеті олардың қызметтік міндеттерін орындау кезінде мемлекеттік аппараттың беделін нығайтуға ықпал етуге, іскерлікпен, ұстамдылықпен және ұқыптылықпен ерекшеленетін жалпы қабылданған іскерлік талаптарына сай болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік қызметшілер қызметтік жағдайларын және онымен байланысты мүмкіндіктерді қоғамдық және діни бірлестіктердің, басқа да коммерциялық емес ұйымдардың мүдделеріне, оның ішінде өзінің оларға көзқарасын насихаттау үшін пайдаланбауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметшілер, оның ішінде басшы лауазымдарды атқаратындар, ұжымда өз діни көзқарасын ашық көрсете алмайды, бағынысты қызметшілерді қоғамдық және діни бірлестіктердің, басқа да коммерциялық емес ұйымдардың қызметіне қатысуға мәжбүрлей алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Стандарты поведения в служебных отношениях</w:t>
-[...19 lines deleted...]
-      8. Государственные служащие в служебных отношениях с коллегами должны:</w:t>
+        <w:t xml:space="preserve"> 3. Қызметтен тыс уақыттағы мінез-құлық стандарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Руководители в отношениях с подчиненными служащими должны:</w:t>
+      7. Мемлекеттік қызметшілер қызметтен тыс уақытта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) своим поведением служить примером беспристрастности, справедливости, бескорыстия, уважительного отношения к чести и достоинству личности;</w:t>
-[...107 lines deleted...]
-      7) не допускать по отношению к ним необоснованных обвинений, фактов грубости, унижения достоинства, бестактности и некорректного поведения.</w:t>
+      1) жалпы қабылданған моральдық-әдептілік нормаларын ұстануға, қоғамға жат мінез-құлық, оның ішінде қоғамдық орындарда адамның қадiр-қасиетiн және қоғамдағы адамгершілікке нұқсан келтіретін масаң күйде болу жағдайларына жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қарапайым болуға, тиісті көрсетілетін қызметтерді алу кезінде өзінің лауазымдық жағдайын баса көрсетпеуге және пайдаланбауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз тарапынан қоғамдағы адамгершілікке, тәртіпке және қауіпсіздікке қол сұғушылыққа әкелетін заңнама талаптарын бұзуға және басқа азаматтарды құқыққа қарсы, қоғамға жат әрекеттерді жасауға тартуға жол бермеуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      10. Государственные служащие, занимающие нижестоящие должности, должны:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Қызметтік қатынастардағы мінез-құлық стандарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік қызметшілер әріптестерімен қызметтік қарым-қатынасы кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұжымда іскерлік және тілектестік өзара қарым-қатынасты әрі сындарлы ынтымақтастықты орнату мен нығайтуға ықпал етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басқа мемлекеттік қызметшілер тарапынан қызметтік әдеп нормаларын бұзудың жолын кесуге немесе оларды болдырмау жөнінде өзге шаралар қабылдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұжымда әріптестерінің ар-намысы мен абыройына кір келтіретін жеке және кәсіптік қасиеттерін талқылаудан аулақ болуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әріптестерінің өз лауазымдық міндеттерін орындауына кедергі келтіретін әрекеттерге (әрекетсіздікке) жол бермеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Басшылар қарамағындағы қызметшілермен қарым-қатынас кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзінің мінез-құлқымен бейтараптықтың, әділдіктің, риясыздықтың, жеке тұлғаның ар-намысы мен абыройына құрметпен қараудың үлгісі болуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) меритократия қағидаттарын сақтауды қамтамасыз етуге, кадр мәселелерін шешу кезінде туыстық, жерлестік және жеке басына берілгендік белгілері бойынша артықшылық көрсетпеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) олардың қызметінің нәтижелерін бағалау, сондай-ақ көтермелеу және жазалау шараларын қолдану кезінде әділдік пен объективтілік танытуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) еңбекті, денсаулықты қорғауға, тиімді қызмет ету үшін қауіпсіз және қажетті жағдайларды жасауға, сондай-ақ қызметшілердің ар-намысы мен қадір-қасиетін кемсітушіліктің және қол сұғушылықтың кез келген нысандарын болдырмайтын қолайлы моральдық-психологиялық ахуалды қалыптастыруға бағытталған шараларды қабылдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қызметтік емес сипаттағы мәселелерді шешу кезінде олардың қызметіне ықпал етуге өзінің қызметтік дәрежесін пайдаланбауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) құқыққа қарсы қылықтарды, сондай-ақ жалпы қабылданған моральдық-әдептілік нормаларына жат қылықтарды жасауға мәжбүрлемеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) оларға қатысты негізсіз айыптауларға, дөрекілік, қадір-қасиетін қорлау, әдепсіздік және орынсыз мінез-құлық фактілеріне жол бермеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Төмен тұрған лауазымдарды атқаратын мемлекеттік қызметшілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылардың тапсырмаларын орындау кезінде тек объективті және шынайы мәліметтерді ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өздеріне мәлім болған қызметтік әдеп нормаларының бұзу жағдайлары және мемлекеттік қызметке кір келтiретін тәртіптік теріс қылықтар туралы басшылыққа және әдеп жөніндегі уәкілге дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) басшының заңды тапсырмаларын орындауға кедергі келтіретін әрекеттерді (әрекетсіздікті) болдырмауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) басшылыққа қатысты жеке берілгендікке, олардың қызметтік мүмкіндіктері есебінен пайда және артықшылықтар алуға ұмтылуға жол бермеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5. Стандарты поведения, связанные с публичными выступлениями,</w:t>
+        <w:t xml:space="preserve"> 5. Көпшілік алдында, оның ішінде бұқаралық ақпарат құралдарында</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>в том числе в средствах массовой информации</w:t>
-[...131 lines deleted...]
-      13. Не допускаются публикации государственными служащими от имени государственного органа по вопросам, не связанным с проведением государственной политики, деятельностью государственного органа и государственных служащих. Публикация материалов по педагогической, научной и иной творческой деятельности может осуществляться государственным служащим только от собственного имени как частного лица.</w:t>
+        <w:t>сөйлеумен байланысты мінез-құлық стандарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. При предъявлении к государственному служащему необоснованного публичного обвинения в коррупционных проявлениях он должен в месячный срок со дня обнаружения такого обвинения принять меры по его опровержению.</w:t>
+      11. Мемлекеттік орган қызметінің мәселелері бойынша көпшілік алдында сөйлеуді оның басшысы немесе мемлекеттік органның бұған уәкілеттік берілген лауазымды адамдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметшілер мемлекеттік қызметтің беделіне нұқсан келтірмей, пікірсайысты сыпайы нысанда жүргізуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызметшілер мемлекеттік саясат және қызметі мәселелері жөніндегі өз пікірін, егер ол:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекет саясатының негізгі бағыттарына сәйкес келмесе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жариялауға рұқсат етілмеген қызметтік ақпаратты ашатын болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттің лауазымды адамдарының, мемлекеттік басқару органдарының, басқа да мемлекеттік қызметшілердің атына әдепке жат сөздер айтудан тұрса, көпшілік алдында білдіруіне болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мемлекеттік саясатты жүргізумен, мемлекеттік органның және мемлекеттік қызметшілердің қызметімен байланысты емес мәселелер бойынша мемлекеттік қызметшілердің мемлекеттік органның атынан жарияланымдарына жол берілмейді. Педагогикалық, ғылыми және өзге де шығармашылық қызмет бойынша материалдар жариялауды мемлекеттік қызметші жеке тұлға ретінде тек өз атынан жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мемлекеттік қызметшіге сыбайлас жемқорлық көріністерін жасаған деп көпшілік алдында негізсіз айып тағылған жағдайда, ол осындай айыптау анықталған күннен бастап бір ай мерзімде оны теріске шығару жөнінде шаралар қолдануға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -1866,953 +1923,952 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>УТВЕРЖДЕНО</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Указом Президента</w:t>
+              <w:t>Президентінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2015 жылғы 29 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 29 декабря 2015 года № 153</w:t>
+              <w:t>№ 153 Жарлығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПОЛОЖЕНИЕ</w:t>
+        <w:t xml:space="preserve"> Әдеп жөніндегі уәкіл туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>об уполномоченном по этике</w:t>
+        <w:t>ЕРЕЖЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...235 lines deleted...]
-      3. Лица, занимающие самостоятельную должность уполномоченного по этике, координируют и осуществляют методологическое руководство уполномоченных по этике ведомств и территориальных подразделений, загранучреждений, местных исполнительных органов районных уровней, входящих в структуру данных государственных органов, и подчиняются ответственному секретарю центрального исполнительного органа, а в случаях отсутствия ответственных секретарей или указанных должностных лиц – руководителю аппарата государственного органа либо лицу, имеющему право назначать и освобождать от должности.</w:t>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2. Основные функции уполномоченного по этике</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әдеп жөніндегі уәкіл – қызметтік әдеп нормаларының сақталуын және мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнама мен Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (бұдан әрі – Әдеп кодексі) бұзушылықтардың профилактикасын қамтамасыз ету қызметін жүзеге асыратын, сондай-ақ өз функциялары шегінде мемлекеттік қызметшілер мен азаматтарға консультация беретін мемлекеттік қызметші.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Уполномоченный по этике в пределах своей компетенции осуществляет следующие функции:</w:t>
+      2. Әдеп жөніндегі уәкіл өз қызметінде "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының мемлекеттік қызметі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" 2015 жылғы 23 қарашадағы, "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" 2015 жылғы 18 қарашадағы Қазақстан Республикасының заңдарын, Әдеп кодексін, осы Ережені, сондай-ақ Қазақстан Республикасының өзге де заңнамалық актілерін басшылыққа алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:p>
-[...231 lines deleted...]
-      5. Для выполнения возложенных функций уполномоченный по этике:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әдеп жөніндегі уәкілдің дербес лауазымы аумақтық бөлімшелері немесе ведомстволарының аумақтық бөлімшелері, шет елдегі мекемелері бар орталық мемлекеттік органдарда (құқық қорғау және арнаулы мемлекеттік органдарды, сондай-ақ Қазақстан Республикасының Қорғаныс министрлігін қоспағанда), сондай-ақ облыстар, республикалық маңызы бар қалалар және Астана әкімдерінің аппараттарында енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:p>
-[...87 lines deleted...]
-      6. Уполномоченный по этике в случаях получения необоснованного отказа, непринятия руководителем государственного органа соответствующих мер либо совершения им действий (бездействия), препятствующих исполнению функций уполномоченного по этике, уведомляет об этом уполномоченный орган либо его территориальное подразделение.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аумақтық бөлімшелері немесе ведомстволарының аумақтық бөлімшелері жоқ мемлекеттік органдарда (құқық қорғау және арнаулы мемлекеттік органдарды, сондай-ақ Қазақстан Республикасының Қорғаныс министрлігін қоспағанда), орталық мемлекеттік органдардың ведомстволарында және аумақтық бөлімшелерінде, орталық мемлекеттік органдар ведомстволарының аумақтық бөлімшелерінде, шет елдегі мекемелерде, тексеру комиссияларында, облыстық маңызы бар қалалар, аудандар, қалалардағы аудандар әкімдерінің аппараттарында әдеп жөніндегі уәкілдің функциялары осы мемлекеттік органдардың қызметшілеріне жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkStart w:name="z26" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әдеп жөніндегі уәкілдің функциялары басшылық қызмет атқаратын, сондай-ақ ұжымда қадірлі және құрметке ие болған мемлекеттік қызметшіге жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Президентінің 01.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 487</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әдеп жөніндегі уәкілдің дербес лауазымын атқаратын адам осы мемлекеттік органдардың құрылымына кіретін ведомстволардың және аумақтық бөлімшелердің, шет елдегі мекемелердің, аудан деңгейіндегі жергілікті атқарушы органдардың әдеп жөніндегі уәкілдеріне әдіснамалық басшылық жасауды үйлестіреді және жүзеге асырады әрі орталық атқарушы органның жауапты хатшысына бағынады, ал жауапты хатшы немесе көрсетілген лауазымды адамдар болмаған жағдайда – мемлекеттік органның аппарат басшысына не қызметке тағайындауға және қызметтен босатуға құқығы бар адамға бағынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Президентінің 01.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 487</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности уполномоченного по этике</w:t>
-[...39 lines deleted...]
-      8. По результатам своей деятельности уполномоченный по этике представляет отчеты уполномоченному органу. Форма и сроки представления отчетов утверждаются уполномоченным органом.</w:t>
+        <w:t xml:space="preserve"> 2. Әдеп жөніндегі уәкілдің негізгі функциялары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...15 lines deleted...]
-      9. Уполномоченный по этике осуществляет прием государственных служащих и иных граждан по вопросам, отнесенным к его функциям, в случае их обращений либо не менее одного раза в месяц согласно графику, размещенному в местах, доступных для всеобщего обозрения.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әдеп жөніндегі уәкіл өз құзыреті шегінде мынадай функцияларды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При необходимости беседа с гражданином или государственным служащим может быть проведена по телефону либо с использованием других средств коммуникаций, обеспечивающих надлежащую передачу информации.</w:t>
-[...36 lines deleted...]
-      10. В целях мониторинга соблюдения норм служебной этики, а также состояния морально-психологического климата в коллективе не менее одного раза в полгода уполномоченный по этике проводит анонимное анкетирование по форме, утвержденной уполномоченным органом.</w:t>
+      1) мемлекеттік қызметшілерге Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасының және Әдеп кодексінің талаптарын сақтау мәселелері бойынша консультациялық көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметшілердің заңдарда белгіленген шектеулер мен тыйымдарды сақтауына ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзі жұмыс істейтін мемлекеттік орган басшылығының тапсырмасы бойынша мемлекеттік қызметшілердің қызметтік әдеп нормаларын бұзу фактілері бойынша жеке және заңды тұлғалардың өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұжымда жалпы қабылданған моральдық-әдептілік нормаларына сәйкес келетін өзара қатынастар мәдениетін қалыптастыруға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік қызметшілердің құқықтары мен заңды мүдделері бұзылған жағдайларда, оларды қорғауға және қалпына келтіруге бағытталған шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік қызметшілердің қызметтік әдеп нормаларын сақтауын мониторингтеуді және бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мемлекеттік органдардың құрылымдық бөлімшелері басшыларының қызметтік әдеп нормаларын бұзу деректері бойынша тиісті шараларды қабылдамау жағдайлары туралы мемлекеттік органның басшылығына хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік қызметшілер Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзған жағдайларда, құқық бұзушылықтарды жасауға ықпал ететін себептер мен шарттарды талдайды және мемлекеттік органның басшылығына оларды жою туралы ұсынымдар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзу профилактикасы және оған жол бермеу, сондай-ақ мемлекеттік қызметтің оң бейнесін қалыптастыру мақсатында азаматтық қоғам институттарымен және мемлекеттік органдармен өзара іс-қимыл жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін сақтау мәселелері бойынша мемлекеттік қызметшілермен түсіндіру жұмыстарын тұрақты негізде жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) заңнамада белгіленген тәртіппен тиісті лауазымды адамдарға қызметтік әдеп нормаларын бұзуға жол берген мемлекеттік қызметшілердің жауапкершілігін қарау туралы ұсыныммен жүгінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) қызметтік әдеп нормаларын бұзудың профилактикасы мақсатында өзге де қызметті ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Әдеп жөніндегі уәкіл өзіне жүктелген міндеттерді орындау үшін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзуға ықпал ететін себептер мен жағдайларды талдауға қажетті мәліметтер мен құжаттарды сұратады және алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзі жұмыс істейтін мемлекеттік органның атынан Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасының, сондай-ақ Әдеп кодексінің нормаларын түсіндіру үшін мемлекеттік қызмет істері жөніндегі уәкілетті органға (бұдан әрі – уәкілетті орган) заңнамада белгіленген тәртіппен жүгінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік органның басшысына мемлекеттік органның оң имиджін және ұжымда жағымды ахуал қалыптастыруға елеулі үлес қосқан адамдарды көтермелеу туралы ұсыным енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қажет болған жағдайда өзінің құзыретіне қатысты мәселелерді қарау кезінде кадр қызметінен мемлекеттік қызмет өткеру мәселелеріне қатысты мемлекеттік қызметшілердің жеке істерін, өзге де материалдар мен құжаттарды сұратуға және алуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Негізсіз бас тартылғанда, мемлекеттік органның басшысы тиісті шаралар қолданбағанда не ол әдеп жөніндегі уәкілге жүктелген функцияларды орындауға кедергі келтіретін әрекеттерді (әрекетсіздіктерді) жасағанда, әдеп жөніндегі уәкіл бұл туралы уәкілетті органға не оның аумақтық бөлімшесіне хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган не оның аумақтық бөлімшесі мұндай хабарлама келіп түскен кезде Қазақстан Республикасының мемлекеттік қызмет саласындағы заңнамасында белгіленген тиісті шараларды қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Әдеп жөніндегі уәкілдің қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік орган басшыларының бейтараптығы негізді күмән тудыратын, лауазымдық өкілеттіктерін тиісінше орындамауға әкеп соғатын мән-жайлар (мүдделер қақтығысы) болған кезде әдеп жөніндегі уәкіл өз қызметін дербес негізде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Әдеп жөніндегі уәкіл өз қызметінің нәтижесі бойынша уәкілетті органға есеп береді. Есеп беру нысанын және мерзімдерін уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әдеп жөніндегі уәкіл өзінің функцияларына жататын мәселелер бойынша мемлекеттік қызметшілерді және басқа да азаматтарды олардың өтініші бойынша немесе баршаға көрінетіндей жерде орналастырылған кестеге сәйкес айына кемінде бір рет қабылдауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қажет болған жағдайда, азаматпен немесе мемлекеттік қызметшімен әңгімелесу телефон арқылы не тиісті ақпарат беруді қамтамасыз ететін басқа да коммуникациялар құралдарын пайдаланумен жүргізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әдеп жөніндегі уәкіл туралы мәліметтер, оның ішінде тегі, аты-жөні, фотосуреті, кабинет және телефон нөмірлері заңнамада белгіленген тәртіппен мемлекеттік органның интернет-ресурсында және мемлекеттік органның ғимаратында баршаға көрінетіндей жерде орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қызметтік әдеп нормаларының сақталуын, сондай-ақ ұжымдағы моральдық-психологиялық ахуалдың жай-күйін мониторингтеу мақсатында әдеп жөніндегі уәкіл кемінде жарты жылда бір рет уәкілетті орган бекіткен нысан бойынша анонимді сауалнама жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -2857,321 +2913,347 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ПРИЛОЖЕНИЕ</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Указу Президента Республики Казахстан</w:t>
+              <w:t>Президентінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 29 декабря 2015 года № 153</w:t>
+              <w:t>2015 жылғы 29 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 153 Жарлығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің күші</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>утративших силу некоторых указов</w:t>
+        <w:t>жойылған кейбір жарлықтарының</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Президента Республики Казахстан</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+        <w:t>ТІЗБЕСІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+      1. "Қазақстан Республикасы мемлекеттік қызметшiлерiнiң ар-намыс кодексі туралы" Қазақстан Республикасы Президентінің 2005 жылғы 3 мамырдағы № 1567 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 19, 225-құжат).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+      2. "Қазақстан Республикасы Президентінің жарлықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Президентінің 2007 жылғы 27 қарашадағы № 446 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 43, 499-құжат).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+      3. "Қазақстан Республикасы Президентінің 2005 жылғы 3 мамырдағы № 1567 Жарлығына өзгеріс енгізу туралы" Қазақстан Республикасы Президентінің 2011 жылғы 1 сәуірдегі № 1180 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 30, 365-құжат).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+      4. "Қазақстан Республикасы мемлекеттік қызметшілерінің ар-намыс кодексі туралы" Қазақстан Республикасы Президентінің 2005 жылғы 3 мамырдағы № 1567 Жарлығына өзгерістер енгізу туралы" Қазақстан Республикасы Президентінің 2013 жылғы 1 қазандағы № 651 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 58, 786-құжат).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>