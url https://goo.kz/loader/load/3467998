--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c3f1a0" w14:textId="3c3f1a0">
+    <w:p w14:paraId="a24d24d" w14:textId="a24d24d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -75,4931 +75,4969 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Мемлекеттiк жастар саясаты туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының Заңы 2015 жылғы 9 ақпандағы № 285-V ҚРЗ.</w:t>
+        <w:t>О государственной молодежной политике</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 9 февраля 2015 года № 285-V ЗРК.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Қолданушылар назарына!</w:t>
+        <w:t>      Вниманию пользователей!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Қолданушыларға ыңғайлы болуы үшін РҚАО мазмұнды жасады.</w:t>
-[...35 lines deleted...]
-      Осы Заң мемлекеттік жастар саясаты саласында туындайтын қоғамдық қатынастарды реттейді.</w:t>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон регулирует общественные отношения, возникающие в сфере государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z70" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) молодой специалист - гражданин Республики Казахстан, не достигший возраста двадцати девяти лет, освоивший образовательные учебные программы в организациях технического и профессионального, послесреднего, высшего и послевузовского образования и работающий не более трех лет по специальности, указанной в документе об образовании; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z33" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) молодая семья - семья, в которой оба супруга не достигли возраста двадцати девяти лет, либо неполная семья, в которой ребенка (детей) воспитывает один из родителей, не достигший возраста двадцати девяти лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z34" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) молодежь - граждане Республики Казахстан от четырнадцати до двадцати девяти лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z35" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) социальная инфраструктура для молодежи - система необходимых для реализации государственной молодежной политики объектов (зданий, строений, сооружений), а также организаций, которые осуществляют деятельность по охране здоровья, образованию, воспитанию, социальному обслуживанию, физическому, духовному и нравственному развитию молодых граждан, обеспечению их занятости и удовлетворению их общественных потребностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z36" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) национальный доклад "Молодежь Казахстана" - ежегодный отчет, содержащий анализ реализации государственной молодежной политики и рекомендации по ее совершенствованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z37" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) государственная молодежная политика - система социально-экономических, организационных и правовых мер, осуществляемых государством и направленных на поддержку и развитие молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z38" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) уполномоченный орган по вопросам государственной молодежной политики (далее - уполномоченный орган) - центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z39" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) региональный форум молодежи - форум представителей молодежи, проводимый в целях формирования регионального уровня взаимодействия между местными исполнительными органами и молодежью; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z40" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) республиканский форум молодежи - форум представителей молодежи, избранных на региональных форумах, проводимый в целях формирования общенационального уровня взаимодействия между государственными органами и молодежью. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
-[...196 lines deleted...]
-      9) республикалық жастар форумы – өңірлік форумдарда сайланған жастар өкілдерінің мемлекеттік органдар мен жастар арасындағы өзара іс-қимылдың жалпыұлттық деңгейін қалыптастыру мақсатында өткізілетін форумы.</w:t>
+        <w:t>Статья 2. Законодательство Республики Казахстан в сфере государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Законодательство Республики Казахстан в сфере государственной молодежной политики основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z42" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының мемлекеттік жастар саясаты саласындағы заңнамасы</w:t>
-[...38 lines deleted...]
-      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңдағыдан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+        <w:t>Статья 3. Цель, задачи и принципы государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Целью государственной молодежной политики является создание условий для полноценного духовного, культурного, образовательного, профессионального и физического развития молодежи, участия в процессе принятия решений, успешной социализации и направления ее потенциала на дальнейшее развитие страны. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z44" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Задачами государственной молодежной политики являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) защита прав и законных интересов молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) вовлечение молодежи в социально-экономическую и общественно-политическую жизнь страны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) воспитание гражданственности и укрепление чувства казахстанского патриотизма. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственная молодежная политика основывается на принципах: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) приоритета культурных, нравственных и духовных ценностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) гражданственности, ответственности, трудолюбия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) межконфессионального согласия и межэтнической толерантности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) преемственности поколений, приоритета семейного воспитания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) участия молодежи в формировании и реализации государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) научного, комплексного и последовательного подхода в формировании и реализации государственной молодежной политики. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>3-бап. Мемлекеттік жастар саясатының мақсаты, міндеттері және қағидаттары</w:t>
-[...112 lines deleted...]
-      3. Мемлекеттік жастар саясаты:</w:t>
+        <w:t>Статья 4. Основные направления государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Основными направлениями государственной молодежной политики являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечение доступного и качественного образования, развитие научно-технического потенциала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сохранение и укрепление здоровья, формирование здорового образа жизни; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) создание условий для трудоустройства и занятости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) создание условий для развития предпринимательской деятельности среди молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) развитие системы доступного жилья для молодых семей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) повышение уровня правовой культуры, воспитание нетерпимости к проявлениям коррупции; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) формирование экологической культуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) содействие развитию талантливой молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) обеспечение условий для культурного досуга и отдыха. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ В СФЕРЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ГОСУДАРСТВЕННОЙ МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...106 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4-бап. Мемлекеттік жастар саясатының негізгі бағыттары</w:t>
-[...182 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="16"/>
+        <w:t>Статья 5. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) разрабатывает основные направления государственной молодежной политики и организует ее осуществление; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) вносит Президенту Республики Казахстан национальный доклад "Молодежь Казахстана"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) утверждает порядок присуждения, размер денежного вознаграждения и номинации Государственной молодежной премии "Дарын"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, законами Республики Казахстан и актами Президента Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. МЕМЛЕКЕТТІК ОРГАНДАРДЫҢ МЕМЛЕКЕТТІК ЖАСТАР САЯСАТЫ САЛАСЫНДАҒЫ ҚҰЗЫРЕТІ</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 6. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) формирует и реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет координацию и методическое руководство местных исполнительных органов по вопросам государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осуществляет разъяснительную работу по вопросам государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осуществляет научное и методическое обеспечение государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) разрабатывает и утверждает нормативные правовые акты в сфере государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) организует и координирует работу по подготовке и внесению национального доклада "Молодежь Казахстана" в Правительство Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) разрабатывает и утверждает типовое положение о советах по делам молодежи при акиматах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) разрабатывает и утверждает порядок проведения республиканского форума молодежи и типовые правила о региональном форуме молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) разрабатывает и утверждает типовое положение о молодежных ресурсных центрах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) разрабатывает порядок присуждения Государственной молодежной премии "Дарын"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) содействует развитию волонтерской деятельности молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 7. Компетенция уполномоченного органа в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области образования в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 8. Компетенция уполномоченного органа в области науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области науки в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам науки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 9. Компетенция уполномоченного органа в области здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области здравоохранения в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам здравоохранения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам охраны здоровья и пропаганды здорового образа жизни среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 10. Компетенция уполномоченного государственного органа по труду</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный государственный орган по труду в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) разрабатывает меры по содействию в трудоустройстве и занятости молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспечивает функционирование единого информационного портала "Молодежная биржа труда"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам содействия в трудоустройстве и занятости молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция уполномоченного органа по предпринимательству</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по предпринимательству в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) разрабатывает меры по развитию предпринимательской деятельности, осуществляемой молодежью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам развития предпринимательской деятельности среди молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 12. Компетенция уполномоченного органа в области культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области культуры в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет комплекс мероприятий, направленных на поиск и поддержку талантливой молодежи и перспективных молодежных творческих коллективов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам культуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа, направленного на поддержку молодежных инициатив по вопросам культуры, укрепления общественного согласия и общенационального единства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 13. Компетенция уполномоченного органа в области физической культуры и спорта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области физической культуры и спорта в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) проводит соревнования с участием молодежи по видам спорта, в том числе национальным, техническим и прикладным видам, массовому спорту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет пропаганду знаний и достижений в области физической культуры и спорта, принципов здорового образа жизни, в том числе с участием спортсменов высокого класса из числа молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам физической культуры и спорта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по развитию физической культуры и спорта среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 14. Компетенция уполномоченного органа в сфере религиозной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере религиозной деятельности в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет разъяснительную работу среди молодежи по укреплению межконфессионального согласия и религиозной толерантности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по укреплению межконфессионального согласия и религиозной толерантности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам укрепления межконфессионального согласия и религиозной толерантности среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 15. Компетенция органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Органы внутренних дел в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализуют государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принимают меры по профилактике правонарушений среди молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) принимают меры по военно-патриотическому воспитанию молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляют взаимодействие и сотрудничество с молодежными организациями по профилактике правонарушений среди молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляют формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам профилактики правонарушений среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 16. Компетенция Министерства обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Министерство обороны в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принимает меры по военно-патриотическому воспитанию молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам обороны и воинской службы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 17. Компетенция уполномоченного органа в области охраны окружающей среды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области охраны окружающей среды в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принимает меры по формированию экологической культуры среди молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам охраны окружающей среды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по участию молодежи в решении вопросов охраны окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 18. Компетенция уполномоченного органа в области средств массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области средств массовой информации в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам средств массовой информации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) размещает государственный заказ по проведению государственной информационной политики по вопросам государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 19. Компетенция местных представительных и исполнительных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Местный представительный орган области, города республиканского значения и столицы, района (города областного значения) в пределах своей компетенции: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) не реже одного раза в год заслушивает отчеты руководителей местных исполнительных органов о ходе реализации государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принимает участие в деятельности советов по делам молодежи при акиматах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) не реже одного раза в год проводит публичные слушания по вопросам реализации государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет в соответствии с законодательством Республики Казахстан иные полномочия по обеспечению прав и законных интересов граждан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Местный исполнительный орган области, города республиканского значения и столицы, района (города областного значения) в пределах своей компетенции: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обеспечивает проведение мониторинга и оценки потребностей молодежи для выявления и решения актуальных проблем, повышения эффективности реализации государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обеспечивает реализацию политики занятости и трудоустройства молодежи, организует мониторинг рынка труда и практики трудоустройства молодых специалистов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) содействует развитию волонтерской деятельности молодежи и молодежного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) создает молодежные ресурсные центры, обеспечивает и координирует их деятельность; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) обеспечивает проведение регионального форума молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) принимает меры по укреплению казахстанского патриотизма, межконфессионального согласия и межэтнической толерантности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...99 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. МЕХАНИЗМЫ ФОРМИРОВАНИЯ И РЕАЛИЗАЦИИ ГОСУДАРСТВЕННОЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...335 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t>МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>7-бап. Білім беру саласындағы уәкілетті органның құзыреті</w:t>
-[...151 lines deleted...]
-</w:t>
+        <w:t>Статья 20. Республиканский и региональный форумы молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Форум молодежи проводится на республиканском и региональном уровнях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z51" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Республиканский форум молодежи обеспечивает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) диалог и взаимодействие между центральными государственными органами и молодежью, молодежными организациями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обсуждение вопросов реализации государственной молодежной политики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. На республиканском форуме молодежи обсуждается национальный доклад "Молодежь Казахстана", заслушиваются отчеты центральных и местных исполнительных органов, по итогам которого в Правительство Республики Казахстан вносятся рекомендации по совершенствованию государственной молодежной политики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z53" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Региональный форум молодежи обеспечивает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) диалог и взаимодействие между местными исполнительными органами и молодежью, молодежными организациями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обсуждение вопросов реализации государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) выработку рекомендаций по совершенствованию государственной молодежной политики. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>8-бап. Ғылым саласындағы уәкілетті органның құзыреті</w:t>
-[...2092 lines deleted...]
-      4. Өңірлік жастар форумы:</w:t>
+        <w:t>Статья 21. Консультативно-совещательные органы в сфере государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Совет по молодежной политике при Президенте Республики Казахстан является консультативно-совещательным органом, полномочия, организация и порядок деятельности которого определяются Президентом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p>
-[...86 lines deleted...]
-      1. Қазақстан Республикасы Президентінің жанындағы Жастар саясаты жөніндегі кеңес консультативтік-кеңесші орган болып табылады, оның өкілеттіктерін, қызметін ұйымдастыру және оның тәртібін Қазақстан Республикасының Президенті айқындайды.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Советы по делам молодежи при акиматах являются консультативно-совещательными органами, создаваемыми в соответствии с законодательством Республики Казахстан и осуществляющими свою деятельность в целях выработки рекомендаций по совершенствованию государственной молодежной политики и повышению эффективности межведомственного взаимодействия. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z56" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      2. Әкімдіктер жанындағы жастар істері жөніндегі кеңестер Қазақстан Республикасының заңнамасына сәйкес құрылатын және өз қызметін мемлекеттік жастар саясатын жетілдіру және ведомствоаралық өзара іс-қимылдың тиімділігін арттыру жөнінде ұсынымдар тұжырымдау мақсатында жүзеге асыратын консультативтік-кеңесші органдар болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      3. Координационный совет по развитию молодежных организаций является консультативно-совещательным органом при уполномоченном органе, создаваемым в соответствии с законодательством Республики Казахстан и осуществляющим свою деятельность в целях выработки рекомендаций по эффективному взаимодействию, усилению координации и дальнейшему совершенствованию деятельности молодежных организаций. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z55" w:id="26"/>
-[...15 lines deleted...]
-      3. Жастар ұйымдарын дамыту жөніндегі үйлестіру кеңесі Қазақстан Республикасының заңнамасына сәйкес құрылатын және өз қызметін жастар ұйымдарының тиімді өзара іс-қимыл жасауы, қызметін үйлестіруді күшейту және одан әрі жетілдіру жөнінде ұсынымдар тұжырымдау мақсатында жүзеге асыратын, уәкілетті орган жанындағы консультативтік-кеңесші орган болып табылады.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В центральных исполнительных органах могут создаваться советы по взаимодействию и сотрудничеству с неправительственными организациями, в том числе с привлечением молодежных организаций. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z54" w:id="27"/>
-[...15 lines deleted...]
-      4. Орталық атқарушы органдарда үкіметтік емес ұйымдармен, оның ішінде жастар ұйымдарын тарта отырып, өзара іс-қимыл жасау және ынтымақтастық жөніндегі кеңестер құрылуы мүмкін.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 22. Социальная инфраструктура для молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственные органы в соответствии с законодательством Республики Казахстан обеспечивают создание и функционирование социальной инфраструктуры для молодежи. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z59" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Молодежные организации могут получить в безвозмездное пользование здания, строения, сооружения и иное необходимое для осуществления их уставных целей имущество в порядке, определенном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>22-бап. Жастарға арналған әлеуметтiк инфрақұрылым</w:t>
-[...38 lines deleted...]
-      2. Жастар ұйымдары Қазақстан Республикасының заңнамасында айқындалған тәртіппен үйлерді, құрылыстарды, ғимараттарды және өздерінің жарғылық мақсаттарын жүзеге асыру үшін қажетті өзге де мүлікті өтеусіз пайдалануға алуы мүмкін.</w:t>
+        <w:t>Статья 23. Молодежные ресурсные центры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Молодежные ресурсные центры создаются с целью оказания услуг для поддержки и развития молодежи и молодежных организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z61" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Молодежные ресурсные центры осуществляют информационно-методическое, консультационное сопровождение и поддержку инициатив молодежи, мониторинг и анализ ситуации в молодежной среде. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z62" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Услуги молодежных ресурсных центров, финансируемых за счет бюджетных средств, предоставляются бесплатно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>23-бап. Жастар ресурстық орталықтары</w:t>
-[...58 lines deleted...]
-      3. Бюджет қаражаты есебінен қаржыландырылатын жастар ресурстық орталықтары көрсететін қызметтер тегін ұсынылады.</w:t>
+        <w:t>Статья 24. Научно-исследовательский центр "Молодежь"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Научно-исследовательский центр "Молодежь" создается по решению Правительства Республики Казахстан в целях научного обеспечения реализации государственной молодежной политики. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z64" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Научно-исследовательский центр "Молодежь" проводит научные исследования и осуществляет методическое обеспечение реализации государственной молодежной политики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z65" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Финансирование деятельности научно-исследовательского центра "Молодежь" осуществляется за счет бюджетных средств, а также иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>24-бап. "Жастар" ғылыми-зерттеу орталығы</w:t>
-[...58 lines deleted...]
-      3. "Жастар" ғылыми-зерттеу орталығының қызметін қаржыландыру бюджет қаражаты есебінен, сондай-ақ Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен жүзеге асырылады.</w:t>
+        <w:t>Статья 25. Социальные службы для молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Социальные службы для молодежи осуществляют свою деятельность в целях создания условий для интеллектуального, духовного, физического, творческого развития, профессиональной подготовки и реализации предпринимательского потенциала молодежи. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z67" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Основными направлениями деятельности социальных служб для молодежи являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществление психолого-педагогической, медико-социальной, юридической помощи и консультирование молодежи, находящейся в трудной жизненной ситуации, вернувшейся из специальных организаций образования и организаций образования с особым режимом содержания, прошедшей лечение от алкоголизма, наркомании, токсикомании, а также молодежи из числа инвалидов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) профилактика противоправных действий молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организация досуга молодежи по месту жительства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) поддержка и развитие предпринимательской деятельности молодежи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) содействие развитию молодежного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) иные социально значимые направления, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>25-бап. Жастарға арналған әлеуметтік қызметтер</w:t>
-[...38 lines deleted...]
-      2. Жастарға арналған әлеуметтік қызметтер қызметінің негізгі бағыттары:</w:t>
+        <w:t>Статья 26. Международное сотрудничество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Международное сотрудничество Республики Казахстан в сфере государственной молодежной политики осуществляется на основе законодательства Республики Казахстан и международных договоров Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...104 lines deleted...]
-      6) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де әлеуметтік маңызы бар бағыттар болып табылады.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Государственные органы Республики Казахстан оказывают содействие международному сотрудничеству в сфере государственной молодежной политики путем: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) привлечения молодежи и молодежных организаций в деятельность международных организаций, членом которых является Республика Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) организации мероприятий, способствующих обмену опытом, развитию дружественных и деловых отношений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организации иных мероприятий, не противоречащих законодательству Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>26-бап. Халықаралық ынтымақтастық</w:t>
-[...38 lines deleted...]
-      2. Қазақстан Республикасының мемлекеттік органдары мемлекеттік жастар саясаты саласындағы халықаралық ынтымақтастыққа:</w:t>
+        <w:t>Статья 27. Финансовое обеспечение государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Финансирование государственной молодежной политики осуществляется за счет бюджетных средств и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. УЧАСТИЕ МОЛОДЕЖИ В ФОРМИРОВАНИИ И РЕАЛИЗАЦИИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ГОСУДАРСТВЕННОЙ МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>27-бап. Мемлекеттік жастар саясатын қаржылық қамтамасыз ету</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+        <w:t>Статья 28. Молодежные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Молодежная организация является неправительственной организацией, деятельность которой направлена на развитие, самореализацию, защиту прав и законных интересов молодежи, а также удовлетворение социальных, культурных, образовательных, духовных и иных потребностей молодежи, членами (участниками) которой являются представители молодежи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z72" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Молодежные организации вправе принимать участие в: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обсуждении актуальных вопросов государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) деятельности консультативно-совещательных органов в сфере государственной молодежной политики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) работе республиканского и регионального форумов молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) деятельности органов молодежного самоуправления.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 29. Волонтерская деятельность молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Волонтерской деятельностью молодежи является добровольная общественно полезная деятельность, осуществляемая на безвозмездной основе в интересах физических и юридических лиц. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z74" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Волонтерская деятельность молодежи не может быть направлена на поддержку политических партий и религиозных объединений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Статья 30. Молодежное самоуправление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Молодежное самоуправление является формой организации деятельности молодежи по созданию условий для личностного и профессионального роста, успешной социализации в обществе, реализации ее интеллектуального и творческого потенциала. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z76" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Органы молодежного самоуправления могут создаваться в организациях основного среднего, среднего (общего среднего, технического и профессионального образования), послесреднего, высшего, послевузовского образования и трудовых коллективах в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z77" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...115 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>29-бап. Жастардың волонтерлік қызметі</w:t>
-[...113 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...32 lines deleted...]
-      1. Осы Заң алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 7 июля 2004 года "О государственной молодежной политике в Республике Казахстан" (Ведомости Парламента Республики Казахстан, 2004 г, № 16, ст. 95; 2007 г, № 10, ст. 69; № 20, ст. 152; 2010 г., № 22, ст. 130; 2011 г., № 6, ст. 49; № 11, ст. 102; 2013 г., № 14, ст. 72, 75; 2014 г., № 1, ст. 4). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z33" w:id="49"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="7791"/>
+        <w:gridCol w:w="4209"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Президенті</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н.Назарбаев</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>