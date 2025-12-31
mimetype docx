--- v0 (2025-12-09)
+++ v1 (2025-12-31)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00423F6D" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00423F6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Бекiтемiн:</w:t>
       </w:r>
       <w:r w:rsidRPr="00423F6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00423F6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -256,157 +255,193 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD71E9" w:rsidRPr="00693C03" w:rsidRDefault="00FD71E9" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="009E1A95" w:rsidP="00FD71E9">
+    <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="00A129E0" w:rsidP="00FD71E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="735"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>2018</w:t>
+        <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidR="00D05CC9" w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>-201</w:t>
+        <w:t>-20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00EC1250" w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> оқу жылына</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="735"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>№40ЖОМ кітапханасының</w:t>
+        <w:t>№40</w:t>
+      </w:r>
+      <w:r w:rsidR="0098611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD71E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ЖОМ кітапханасының</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
+    <w:p w:rsidR="00EC1250" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="735"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>жылдық жұмыс жоспары</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD400E" w:rsidRPr="00FD71E9" w:rsidRDefault="00BD400E" w:rsidP="00FD71E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="735"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="735"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>Годовой план  работы</w:t>
@@ -441,79 +476,79 @@
     <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="735"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>на 201</w:t>
       </w:r>
-      <w:r w:rsidR="009E1A95">
+      <w:r w:rsidR="00A129E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>-201</w:t>
+        <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="009E1A95">
+      <w:r w:rsidR="00A129E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD71E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00FD71E9" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -781,70 +816,70 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10541" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="1417"/>
-        <w:gridCol w:w="1894"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
@@ -1007,51 +1042,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>вано</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1062,51 +1097,51 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -1283,102 +1318,120 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="00A129E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>715</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1894" w:type="dxa"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A129E0">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1735"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-378" w:firstLine="378"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -1757,74 +1810,74 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00FD71E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:trPr>
           <w:trHeight w:val="379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -1911,98 +1964,116 @@
               <w:t>ішінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) /Количество посещений (за год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00A129E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7600</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1894" w:type="dxa"/>
+              <w:t>76</w:t>
+            </w:r>
+            <w:r w:rsidR="00A129E0">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -2098,97 +2169,106 @@
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Количество книговыдач (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="00A129E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>9025</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1894" w:type="dxa"/>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidR="00A129E0">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -2233,98 +2313,98 @@
               <w:t>Оқылу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Читаемость (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>32</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1894" w:type="dxa"/>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -2389,107 +2469,116 @@
               <w:t>рет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) /Обращаемость фонда (раз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00A129E0" w:rsidP="00A129E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1250">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            <w:tcW w:w="1894" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -2574,98 +2663,98 @@
               <w:t>посещ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>25</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1894" w:type="dxa"/>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:trPr>
           <w:trHeight w:val="820"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -2917,51 +3006,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -3114,70 +3203,70 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Информационно-библиографическая и массовая работа</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005567C0" w:rsidRPr="00693C03" w:rsidRDefault="005567C0" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2126"/>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -3301,51 +3390,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>запланировано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3356,51 +3445,51 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -3485,87 +3574,87 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:r w:rsidR="00A129E0">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -3671,98 +3760,98 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Просмотры литературы (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -3897,98 +3986,98 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Устные обзоры литературы (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -4098,74 +4187,74 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -4254,74 +4343,74 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -4410,74 +4499,74 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -4535,74 +4624,74 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -4728,74 +4817,74 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -4886,142 +4975,145 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ...</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> /Литературные праздники, игры...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -5101,74 +5193,74 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -5274,107 +5366,106 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00F44543">
         <w:trPr>
           <w:trHeight w:val="1480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -5679,51 +5770,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -5858,106 +5949,106 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Пропаганда библиотечно - библиографических знаний</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005567C0" w:rsidRPr="00693C03" w:rsidRDefault="005567C0" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="5954"/>
         <w:gridCol w:w="2126"/>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6045,51 +6136,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>запланировано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6100,87 +6191,87 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -6222,110 +6313,110 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>По мере обращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6375,134 +6466,134 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экскурсия по библиотеке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6555,110 +6646,110 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6687,75 +6778,75 @@
               <w:t>імелесулер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Беседы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
-[...23 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -6830,106 +6921,106 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Комплектование фонда</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005567C0" w:rsidRPr="00693C03" w:rsidRDefault="005567C0" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1134"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="5954"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6961,51 +7052,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование показателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7017,51 +7108,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>запланировано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7072,100 +7163,100 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7361,51 +7452,51 @@
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7432,103 +7523,103 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7693,136 +7784,136 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="1301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7869,61 +7960,59 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>электрондық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>құралдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0098611D" w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. /В</w:t>
+            </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> том числе электронных пособий </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
@@ -8006,51 +8095,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>атаумен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> /всего в названиях </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8066,110 +8155,110 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">27 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8177,69 +8266,69 @@
               </w:rPr>
               <w:t>Газеттер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>журналдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2018</w:t>
+              <w:t>2019</w:t>
             </w:r>
             <w:r w:rsidR="00EC1250" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.(2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00EC1250" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жартыжылдығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00EC1250" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -8323,51 +8412,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8377,134 +8466,143 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="009E1A95" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="009E1A95" w:rsidRDefault="00A129E0" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>63000</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1A95">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8521,69 +8619,69 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>журналдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2019</w:t>
+              <w:t>2020</w:t>
             </w:r>
             <w:r w:rsidR="00EC1250" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ж.(1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00EC1250" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жартыжылдығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00EC1250" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -8667,51 +8765,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8730,134 +8828,143 @@
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="009E1A95">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="000342A3">
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>63000</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1A95">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8912,50 +9019,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> саны  /</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Количество выбывших изданий</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кітаптар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -8982,99 +9090,99 @@
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқулықтар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / учебники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
-[...7 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00A129E0" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00FD7247" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -9201,106 +9309,106 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Обработка литературы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005567C0" w:rsidRPr="00693C03" w:rsidRDefault="005567C0" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10482" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="5954"/>
         <w:gridCol w:w="2126"/>
-        <w:gridCol w:w="1835"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9388,51 +9496,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>запланировано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1835" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9443,87 +9551,87 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9578,180 +9686,169 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Систематизация </w:t>
-[...9 lines deleted...]
-              <w:t>лит-</w:t>
+              <w:t>Систематизация лит-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ры</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (назв.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1835" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9806,180 +9903,169 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Каталогизация </w:t>
-[...9 lines deleted...]
-              <w:t>лит-</w:t>
+              <w:t>Каталогизация лит-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ры</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (назв.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1835" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10073,51 +10159,51 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1835" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -10272,106 +10358,106 @@
       <w:r w:rsidRPr="00693C03">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организация и хранение фонда</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="5954"/>
         <w:gridCol w:w="2126"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10459,51 +10545,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>запланировано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10514,87 +10600,87 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10887,110 +10973,110 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13926</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11116,113 +11202,113 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11295,113 +11381,113 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11454,113 +11540,113 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11633,113 +11719,113 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11753,110 +11839,90 @@
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>түптеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-              <w:t>) / Переплет литературы (экз.)</w:t>
+              <w:t xml:space="preserve"> (дана) / Переплет литературы (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -11986,106 +12052,106 @@
       <w:r w:rsidRPr="00693C03">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организация и хранение фонда</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="5954"/>
         <w:gridCol w:w="2126"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -12173,51 +12239,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>запланировано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -12228,87 +12294,87 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>выполнено</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -12421,110 +12487,110 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>328,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -12706,191 +12772,204 @@
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> сан</w:t>
             </w:r>
             <w:r w:rsidR="00FD71E9" w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ы (</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>саны)/кол-во мест в читальном зале (число)</w:t>
+              <w:t xml:space="preserve">саны)/кол-во мест в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>читальном зале (число)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>156,1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -13030,101 +13109,99 @@
               </w:rPr>
               <w:t>қор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> /основной фонда</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / учебного фонда</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -13142,51 +13219,51 @@
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
@@ -13535,73 +13612,73 @@
       <w:r w:rsidRPr="00693C03">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      СТАТИСТИЧЕСКИЕ ПОКАЗАТЕЛИ:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1430"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
-        <w:gridCol w:w="1407"/>
+        <w:gridCol w:w="1164"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="000342A3">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Көрсеткіш</w:t>
             </w:r>
           </w:p>
@@ -13906,350 +13983,359 @@
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>четв</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4 тоқс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>четв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқырман саны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>читателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="009E1A95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A129E0">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1A95">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00A129E0" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>690</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="009E1A95" w:rsidP="009E1A95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...220 lines deleted...]
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="000342A3">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="906"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -14376,253 +14462,253 @@
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қатысқандар саны /</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во посещений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>760</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>430</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="000A28DD" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1000</w:t>
-[...174 lines deleted...]
-              </w:rPr>
               <w:t>1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -14711,5149 +14797,9607 @@
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. РАБОТА С ЧИТАТЕЛЯМИ:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0014649C" w:rsidRPr="0014649C" w:rsidRDefault="0014649C" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidTr="0098611D">
         <w:trPr>
           <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№ п./п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRDefault="0098611D" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жұмыс мазмұны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
-[...25 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="0098611D" w:rsidRPr="003512C8" w:rsidRDefault="0098611D" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Содержание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Түрі  Форма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0098611D" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мерзім</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...19 lines deleted...]
-            <w:tcW w:w="9355" w:type="dxa"/>
+      <w:tr w:rsidR="0098611D" w:rsidRPr="00693C03" w:rsidTr="0098611D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="0098611D" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық ұжыммен жұмыс./</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа с педагогическим коллективом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
-[...29 lines deleted...]
-              <w:t>Работа с педагогическим коллективом</w:t>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информирование учителей о новой учебной и методической литературе, педагогических журналах и газетах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...78 lines deleted...]
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Подбор литературы в помощь проведению предметных недель, классных часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...21 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Совместная работа с заместителями директора школы по формированию заказа на учебно-методическую литературу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Январь-февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="0098611D" w:rsidRPr="00693C03" w:rsidTr="0098611D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="0098611D" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Мектеп оқушыларымен жұмыс./</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работа с учащимися школ</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
+      <w:tr w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="00374C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Обслуживание учащихся школы, рекомендательные беседы при выдаче книг, о прочитанном, о новинках, консультации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="003512C8" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003512C8" w:rsidRPr="00693C03" w:rsidRDefault="0098611D" w:rsidP="00374C36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...4 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00374C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Просмотр читательских формуляров с целью выявления задолжников. Доведение результатов осмотра до классных руководителей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00374C36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В конце года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...4 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00374C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Проведение беседы с вновь записавшимися читателями о правилах поведения в библиотеке, о культуре чтения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00374C36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...22 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00374C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работа с трудными детьми, с активом библиотеки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00374C36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...4 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00F44543">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="9355" w:type="dxa"/>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кітапхана белсенділерімен жұмыс./</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа с библиотечным активом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Составление плана работы на новый учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="009E1A95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение рейдов по сохранности учебников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в четверть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ремонт книг, переплетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374C36" w:rsidRPr="00693C03" w:rsidRDefault="00374C36" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По мере необходимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00F44543">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Кітапхана белсенділерімен жұмыс./</w:t>
+              <w:t xml:space="preserve">Көпшілік жұмыс. </w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Работа с библиотечным активом</w:t>
+              <w:t>Массовая работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...4 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...34 lines deleted...]
-                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа по целевой программе по ЗОЖ «Ұрпақ денсаулығы-ұлт денсаулығы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>май</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="009841E4" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009841E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставка «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рухани жаңғыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009841E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009841E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="009841E4" w:rsidRDefault="00BE6C52" w:rsidP="009E1A95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00FD71E9">
-[...94 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
-[...249 lines deleted...]
-          <w:p w:rsidR="00EC1250" w:rsidRPr="009841E4" w:rsidRDefault="00EC1250" w:rsidP="009841E4">
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="009841E4" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009841E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Выставка</w:t>
-[...88 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="009841E4" w:rsidRDefault="00E77168" w:rsidP="009841E4">
+              <w:t>Выставка «Әдістеме бұрышы-в помощь учителям»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="009841E4" w:rsidRDefault="00BE6C52" w:rsidP="009841E4">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>в течение года</w:t>
-[...377 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="000342A3" w:rsidRDefault="00E77168" w:rsidP="00503799">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="009841E4" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставка «Рухани қазына»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="009841E4" w:rsidRDefault="00BE6C52" w:rsidP="009841E4">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставка к Дню Победы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014649C">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Великой Победе-75</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014649C">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- игра-путешествие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00A129E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Неделя детской книги по отдельному плану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00F44543">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>Патриоттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбие. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Патриотическое воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="001C29F3" w:rsidRDefault="00BE6C52" w:rsidP="001C29F3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Библиотечные  уроки </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0014649C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00503799">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C29F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мои взгляд на будущее</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0014649C">
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C29F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ітап алтын қазына</w:t>
+            </w:r>
+            <w:r w:rsidR="00186110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00186110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001C29F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Әдеби вернисаж»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="000342A3" w:rsidRDefault="00BE6C52" w:rsidP="00A129E0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...4 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обновить и пополни</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ть </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">выставки: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енің отаным-Қазақстані», «Нұр-Сұлтан-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>елдің  бірілігі», «Туған  өлкем»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00A129E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="00F44543">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...14 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00F44543">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="00BE6C52" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Құқықтық </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және көпмәдениетті тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і/</w:t>
+            </w:r>
+            <w:r w:rsidR="008133EF">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правовое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и поликультурное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00DE4933" w:rsidRDefault="00BE6C52" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE4933">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00DE4933" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE4933">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставка «Ата  мұрам  асыл  қазынам»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00DE4933" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00DE4933" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00DE4933" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE4933">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="008133EF" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«ҚР конституциясы-еліміздің басты заңы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Конституция РК-главный закон страны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ақпараттық бұрыш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информационный уголок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3-10сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30.08-қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="00693C03" w:rsidRDefault="008133EF" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Тарих.Тұлға.Уақыт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«История.Личность .Время»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарихи тұлғалар туралы кітаптар през</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ентациясы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Презентация книг об исторических личностях</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8-сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE6C52" w:rsidRPr="003512C8" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRDefault="008133EF" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE6C52" w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Қ.Республикасындағы тілдер туралы» ҚР Заңын,2001-2010 жылдарға арн.тілдерді дамыту және қолданудың мемл.бағдарламасын орындау мақсатында </w:t>
+            </w:r>
+            <w:r w:rsidR="00E92ECE" w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаз.орыс тілі мен әдебиеті мұғалімдермен бірге іс-шаралар ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ҚР халықтарының тілдер апталығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Әлем тілдер күні»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мемлекеттік тілді білу –әр азамыттың парызы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ.халқының салт –дәстүрлері мен әдет –ғұрыптары.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ.тілін үйренуді насихаттау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Қазақ тілін үйренеміз» - ойындар, конкурстар, жұмбақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="003663FD" w:rsidP="003663FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кітап көрмесі: «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік тілді білу –әр азамыттың парызы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...22 lines deleted...]
-              <w:t>август</w:t>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сөрешілік көрме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Внутриполочная выставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003663FD" w:rsidRPr="004A3355" w:rsidRDefault="003663FD" w:rsidP="003663FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003663FD" w:rsidRPr="004A3355" w:rsidRDefault="003663FD" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7-сынып</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E92ECE" w:rsidRPr="004A3355" w:rsidRDefault="00E92ECE" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2-10 сыныптар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE6C52" w:rsidRPr="004A3355" w:rsidRDefault="00BE6C52" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008133EF" w:rsidRPr="004A3355" w:rsidRDefault="008133EF" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...24 lines deleted...]
-              <w:jc w:val="center"/>
+      <w:tr w:rsidR="00186110" w:rsidRPr="003512C8" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «День национальной валюты»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="004A3355">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беседа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="004A3355">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6 «б», «г»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="003663FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15 қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="003512C8" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Құқтары мен міндеттері»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Права и обязанности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқықтық ойын</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правовая игра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-7 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>раша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="004A3355" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00186110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00BE6C52">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Біз түрліміз – біздің байлығымыз осы, біз біргеміз –біздің күшіміз осы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Іс-шара</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00CE7D00">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="003663FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="003512C8" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00BE6C52">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Махаббат туралы новеллалар»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00BE6C52">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Новелы о любви»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Лит-муз.композиция,посвященая любви великих людей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00CE7D00">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00F44543">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00BE6C52">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00693C03">
+              <w:t>Рухани а</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамгершілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Духовно-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>равственное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитание</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00F44543" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44543">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>постоянно</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00F44543" w:rsidRDefault="00186110" w:rsidP="008D68EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44543">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Тореланттылық дегеніміз не?» «Что такое торелантность»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Араласу сағаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00F44543" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Час общения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00F44543" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="008D68EE" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44543">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6- қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...21 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>февраль</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мейірім мен зұлымдық: іс –әрекетіміздің себептері»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00F44543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Добро и зло: причины наших поступков»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адамгершілік пен руханилық туралы әңгіме. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00AF5FDD" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беседа о нравственности и духовности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00B428CF" w:rsidRDefault="00186110" w:rsidP="00B428CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B428CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9 сыныптар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B428CF">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...90 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00B428CF" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00B428CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Қонаққа барасыз ба» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00B428CF" w:rsidRDefault="00186110" w:rsidP="00B428CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Вы собираетесь в гости»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00B428CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдет қағидаларына арн.викторина.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00B428CF" w:rsidRDefault="00186110" w:rsidP="00B428CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Викторина на знание правил этикета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00B428CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-6-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="004D37F9" w:rsidRDefault="00186110" w:rsidP="004D37F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...32 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="004D37F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Адам зиялы болуы тиіс»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="004D37F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Человек должен быть интеллигентным»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00196116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәрбие тақырыбына пікірсайыс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="009841E4" w:rsidRDefault="00186110" w:rsidP="00196116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Диспут на тему воспитания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="004D37F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009841E4">
+              <w:t>10-11-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  конкурс рисунков</w:t>
-[...25 lines deleted...]
-              <w:t>март</w:t>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...32 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="004D37F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">»- </w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>«Жаралайтын сөздер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="004D37F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>апрель</w:t>
+              <w:t>«Слова, которые калечат»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіл экологиясы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="009841E4" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экология речи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...247 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
-[...23 lines deleted...]
-            <w:tcW w:w="7229" w:type="dxa"/>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
-[...22 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00D45223">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Последствия ядерных испытаний»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00D45223">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Ядролық сынақтың салдары»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
-[...17 lines deleted...]
-              <w:t>ноябрь</w:t>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беседа с презентацией</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00112A32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Презентация арқылы әңгімелесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...21 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00D45223" w:rsidRDefault="00186110" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00693C03">
+            <w:r w:rsidRPr="00D45223">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Өлкетану тәрбиесі. </w:t>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:t>Саламатты өмір салтын насихаттау/ Пропаганда здорового образа жизни.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...4 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="009841E4" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00D45223">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Егер мықты болғың келсе»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00D45223">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Если хочешь сильным быть»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009841E4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Акция «Одна страна – одна книга»: выставка, обзоры</w:t>
-[...25 lines deleted...]
-              <w:t>сентябрь</w:t>
+              <w:t>Спорт пен СӨС арн.ойын іс-шарасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="009841E4" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Игровое мероприятие, посвященное спорту и ЗОЖ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-7-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="003663FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="000B2AD0" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214F9D">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="009841E4" w:rsidRDefault="00E77168" w:rsidP="007814C2">
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="002D50AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Туберкулез және оның алдын алу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="002D50AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Туберкулез и его профилактика»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009841E4">
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып сағаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8-9- сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="002D50AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СӨС. «Сенің денсаулығың және шылым шегу» халықаралық шылым шегуден бас тарту күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="002D50AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗОЖ. Международный день отказа от курения. «Твое здоровье и курение»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00196116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="009841E4">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009841E4">
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шылым шегудің зияны туралы іс-шара, презентация.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="00196116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009841E4">
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="009841E4">
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мероприятие, презентация о вреде курения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00196116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - литературный час</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>5-8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...24 lines deleted...]
-              <w:t>ноябрь</w:t>
+              <w:t>- сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00196116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19 қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...4 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Тартылымдыққа шақырамыз» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қауыпсіздік қағидалары туралы әңгіме.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беседа о правилах безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3355">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Шыңыраудың шетінде» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«На краю пропасти»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тема наркомании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9-е классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СӨС. Бүкіләлемдік денсаулық күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗОЖ. Всемирный день здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Книжная выставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5 сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidTr="001C29F3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidRDefault="00186110" w:rsidP="00242A30">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00242A30">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экологиялық және эстетикалық тәрбие/ Экологическое и эстетическое воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Жер – біздің ортақ үйіміз» «Земля наш общий дом»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="007D707B" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D707B">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экология тақырыбына викторина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9-10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00214F9D" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мен дем аламын, демек, мен тірімін»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Я дышу, а значит я живу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экологиялық сабақ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экологический урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7-е классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22 марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>апрель</w:t>
+              <w:t xml:space="preserve">«Жұмбақ апат» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Загадочная стихия»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00E77168" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Суға арналған мереке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...4 lines deleted...]
-          <w:p w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidRDefault="00E77168" w:rsidP="000342A3">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>август</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдеби лабиринт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="007D707B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Литературный лабиринт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Танымдық ойын</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Познавательная игра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...23 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00B9371B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Қарым қатынас мәдениеті: ұялы телефон»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00B9371B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Культура общения: сотовый телефон»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып сағаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="001C29F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9-сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="001C29F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00B9371B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Дана кішкене құрылысшылар»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00B9371B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мудрые маленькие строители»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құмырсқа туралы сабақ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Урок о муравьях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш сыныптар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Начальные классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00693C03" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Аргоншылар саяхаты»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Путешествие аргонавтов»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ежелгі Греция мифологиясы бойынша викторина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00214F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="001C29F3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRPr="00AF5F91" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00693C03">
+            <w:r w:rsidRPr="00AF5F91">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Экологиялық тәрбие./</w:t>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:t>Еңбек және экономикалық тәрбие. Кәсіптік-шығармашылық тәрбие/ Трудовое и экономическое воспитание. Профессионально-творческое воспитание.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>постоянно</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="00AF5F91">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Ақша. Ақшаныңмпайда болу тарихы» «Ақша туралы сұқбат» «Деньги. История возникновения денег» «Поговорим о деньгах»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып сағаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3-сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00186110" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...44 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Кәсіптер. Кәсіп тандауда қалай қателеспеуге болады»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77168" w:rsidRPr="00693C03" w:rsidTr="000342A3">
-[...318 lines deleted...]
-            <w:r w:rsidRPr="00693C03">
+      <w:tr w:rsidR="00186110" w:rsidRPr="00242A30" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="0098611D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
-[...45 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00186110" w:rsidRDefault="00186110" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
+    <w:p w:rsidR="00EC1250" w:rsidRPr="00242A30" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
+    <w:p w:rsidR="00EC1250" w:rsidRPr="00242A30" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00693C03">
+      <w:r w:rsidRPr="00242A30">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">IV </w:t>
       </w:r>
       <w:r w:rsidRPr="00693C03">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ҚОРД</w:t>
       </w:r>
-      <w:r w:rsidRPr="00693C03">
+      <w:r w:rsidRPr="00242A30">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ы ЖИНАУ ЖӘНЕ ҰЙЫМДАСТЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
+    <w:p w:rsidR="00EC1250" w:rsidRPr="00242A30" w:rsidRDefault="00EC1250" w:rsidP="00EC1250">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00693C03">
+      <w:r w:rsidRPr="00242A30">
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>IV КОМПЛЕКТОВАНИЕ И ОРГАНИЗАЦИЯ ФОНДА</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="7655"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...20 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00242A30" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00242A30">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00242A30" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00242A30">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005567C0">
-[...50 lines deleted...]
-              <w:t>Содержание работы</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00242A30">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Содержание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00693C03">
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жұмыс мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Срок исполнения</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Орындау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...19 lines deleted...]
-            <w:tcW w:w="9355" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Оқу қорымен жұмыс/</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работа с учебным фондом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Диагностика обеспеченности учащихся школы учебниками и учебными пособиями в новом учебном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сентябрь-октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Прием и обработка  поступивших учебников, оформление накладных, запись в книгу суммарного учета, штемпелевание, пополнение и редактирование картотеки учебников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Рейды по сохранности учебников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1раз в четверь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...19 lines deleted...]
-            <w:tcW w:w="9355" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Негізгі қормен жұмыс./</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работа с основным фондом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Обработка и регистрация новых изданий, оформление подписки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Выдача изданий читателям, расстановка фонда, работа по сохранности фонда, работа с задолжниками, мелкий ремонт книг с привлечением актива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Списание из фонда с учетом ветхости и морального износа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сбор макулатуры и проведение акции « Подари библиотеке книгу»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -20088,243 +24632,243 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-        <w:gridCol w:w="7229"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="7655"/>
         <w:gridCol w:w="1808"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Содержание работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Срок исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Выпуск бюллетеня новых изданий, выставки новых книг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Оформление карточек на новые поступления, описание статей из периодических изданий</w:t>
             </w:r>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -20339,80 +24883,80 @@
             <w:tcW w:w="1808" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Ведение картотеки </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD71E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -20445,80 +24989,80 @@
             <w:tcW w:w="1808" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Проводить библиографические обзоры книжных выставок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
@@ -20665,163 +25209,163 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-        <w:gridCol w:w="7229"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="7655"/>
         <w:gridCol w:w="1808"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Посещение семинаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="0014649C">
-[...2 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+      <w:tr w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidTr="00BD400E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC1250" w:rsidRPr="00693C03" w:rsidRDefault="00EC1250" w:rsidP="000342A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работа по самообразованию: освоение информации из профессиональных изданий, использование передового опыта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
@@ -20830,128 +25374,177 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693C03">
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EC1250" w:rsidRDefault="00EC1250" w:rsidP="00EC1250"/>
     <w:p w:rsidR="00DB0D8B" w:rsidRDefault="00DB0D8B"/>
-    <w:sectPr w:rsidR="00DB0D8B">
+    <w:sectPr w:rsidR="00DB0D8B" w:rsidSect="00BD400E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgBorders w:offsetFrom="page">
+        <w:top w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
+        <w:left w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
+        <w:bottom w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
+        <w:right w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
+      </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="21002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1250"/>
     <w:rsid w:val="000342A3"/>
+    <w:rsid w:val="000B2AD0"/>
     <w:rsid w:val="000C600C"/>
-    <w:rsid w:val="00116BB4"/>
+    <w:rsid w:val="00112A32"/>
     <w:rsid w:val="0014649C"/>
+    <w:rsid w:val="00186110"/>
+    <w:rsid w:val="00196116"/>
+    <w:rsid w:val="001C29F3"/>
+    <w:rsid w:val="00212528"/>
+    <w:rsid w:val="00214F9D"/>
+    <w:rsid w:val="00242A30"/>
+    <w:rsid w:val="002D50AE"/>
     <w:rsid w:val="002E1DC8"/>
+    <w:rsid w:val="003512C8"/>
+    <w:rsid w:val="003663FD"/>
+    <w:rsid w:val="00374C36"/>
     <w:rsid w:val="00402993"/>
+    <w:rsid w:val="004A3355"/>
+    <w:rsid w:val="004D37F9"/>
     <w:rsid w:val="00503799"/>
+    <w:rsid w:val="005257D5"/>
     <w:rsid w:val="005567C0"/>
+    <w:rsid w:val="005E79F9"/>
+    <w:rsid w:val="00766FE6"/>
     <w:rsid w:val="007814C2"/>
     <w:rsid w:val="007B7FA1"/>
+    <w:rsid w:val="007D707B"/>
+    <w:rsid w:val="008133EF"/>
+    <w:rsid w:val="008B6895"/>
+    <w:rsid w:val="008D68EE"/>
     <w:rsid w:val="009841E4"/>
+    <w:rsid w:val="0098611D"/>
+    <w:rsid w:val="00991AD4"/>
     <w:rsid w:val="009E1A95"/>
+    <w:rsid w:val="00A129E0"/>
     <w:rsid w:val="00A83FC5"/>
+    <w:rsid w:val="00AE7745"/>
+    <w:rsid w:val="00AF5F91"/>
     <w:rsid w:val="00AF5FDD"/>
+    <w:rsid w:val="00B428CF"/>
+    <w:rsid w:val="00B6074C"/>
     <w:rsid w:val="00B61FA7"/>
+    <w:rsid w:val="00B9371B"/>
+    <w:rsid w:val="00BD400E"/>
+    <w:rsid w:val="00BE6C52"/>
+    <w:rsid w:val="00CE7D00"/>
     <w:rsid w:val="00D05CC9"/>
+    <w:rsid w:val="00D45223"/>
     <w:rsid w:val="00D53799"/>
+    <w:rsid w:val="00D57F4B"/>
     <w:rsid w:val="00DB0D8B"/>
+    <w:rsid w:val="00DE4933"/>
     <w:rsid w:val="00E77168"/>
+    <w:rsid w:val="00E92ECE"/>
     <w:rsid w:val="00EC1250"/>
+    <w:rsid w:val="00F44543"/>
     <w:rsid w:val="00FD71E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -21097,50 +25690,74 @@
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EC1250"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE7D00"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -21168,50 +25785,95 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="007B7FA1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B7FA1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CE7D00"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00186110"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00186110"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -21334,50 +25996,74 @@
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EC1250"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE7D00"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -21407,78 +26093,123 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="007B7FA1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B7FA1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CE7D00"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00186110"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00186110"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="607276163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21722,71 +26453,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E864257-AD5A-4802-99BD-1CFAB1E27D76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9575</Characters>
+  <Pages>1</Pages>
+  <Words>2130</Words>
+  <Characters>12144</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11232</CharactersWithSpaces>
+  <CharactersWithSpaces>14246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Comp6</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>