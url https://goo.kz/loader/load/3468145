--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -1,804 +1,616 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7650" activeTab="2"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12045"/>
   </bookViews>
   <sheets>
-    <sheet name="ЗАЯВКА" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Форма 2" sheetId="3" r:id="rId3"/>
+    <sheet name="форма заявки" sheetId="2" r:id="rId1"/>
+    <sheet name="Лист3" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="57">
+  <si>
+    <t>Этапы</t>
+  </si>
+  <si>
+    <t>Всего</t>
+  </si>
+  <si>
+    <t>Пр.</t>
+  </si>
+  <si>
+    <t>Уч.</t>
+  </si>
   <si>
     <t>№</t>
   </si>
   <si>
+    <t>Жетекшінің аты-жөні</t>
+  </si>
+  <si>
     <t>Қатысушының аты-жөні</t>
   </si>
   <si>
-    <t>Жобаның атауы</t>
-[...23 lines deleted...]
-    <t>Этапы</t>
+    <t>Облыс/ қала</t>
+  </si>
+  <si>
+    <t>Секция</t>
+  </si>
+  <si>
+    <t>Сынып</t>
+  </si>
+  <si>
+    <t>Оқыту тілі</t>
+  </si>
+  <si>
+    <t>Тақырыбы</t>
+  </si>
+  <si>
+    <t>Алған орны</t>
+  </si>
+  <si>
+    <t>Мектептің толық атауы</t>
+  </si>
+  <si>
+    <t>Павлодар</t>
+  </si>
+  <si>
+    <t>Кунанбаев Ернар</t>
+  </si>
+  <si>
+    <t>Амангельды Гүлнәз</t>
+  </si>
+  <si>
+    <t>Садартинова Айдана</t>
+  </si>
+  <si>
+    <t>Ағынтай Ерхан</t>
+  </si>
+  <si>
+    <t>Қасымжан Әли</t>
+  </si>
+  <si>
+    <t>Абдиков Жандос</t>
+  </si>
+  <si>
+    <t>Джүнісбек Әлібек</t>
+  </si>
+  <si>
+    <t>Алаш және рухани жаңғыру идеялар сабақтастығы</t>
+  </si>
+  <si>
+    <t>Балаға психологиялық кеңес беру моделі</t>
+  </si>
+  <si>
+    <t>Жаяу жүргіншілер өткелін модернизациялау үшін роботты жобалау</t>
+  </si>
+  <si>
+    <t>Алюминийдің ас үйдегі пайдасы мен зияны</t>
+  </si>
+  <si>
+    <t>Абай өлеңдерінің тәрбиелік мәні</t>
+  </si>
+  <si>
+    <t>Сан есімді мақал-мәтелдер</t>
+  </si>
+  <si>
+    <t>тарих</t>
+  </si>
+  <si>
+    <t>қазақ</t>
+  </si>
+  <si>
+    <t>психология</t>
+  </si>
+  <si>
+    <t>робототехника</t>
+  </si>
+  <si>
+    <t>қазақ әдебиеті</t>
+  </si>
+  <si>
+    <t>қазақ тілі</t>
+  </si>
+  <si>
+    <t>"№37 жалпы орта білім беру мектебі"ММ</t>
+  </si>
+  <si>
+    <t>Қасымжанова Алия Егенбаевна</t>
+  </si>
+  <si>
+    <t>Саметова Зарина Толегеновна</t>
+  </si>
+  <si>
+    <t>Мазанова Назгүл Төлегеновна</t>
+  </si>
+  <si>
+    <t>Бегежанова Тлектес Амантаевна</t>
+  </si>
+  <si>
+    <t>Из них</t>
+  </si>
+  <si>
+    <t>Сельские</t>
+  </si>
+  <si>
+    <t>Городские</t>
+  </si>
+  <si>
+    <t>СОООД</t>
+  </si>
+  <si>
+    <t>Гимназии, лицеи</t>
+  </si>
+  <si>
+    <t>НОО.</t>
+  </si>
+  <si>
+    <t>Шк</t>
   </si>
   <si>
     <t>Уч</t>
   </si>
   <si>
+    <t>Шк.</t>
+  </si>
+  <si>
     <t>Пр</t>
   </si>
   <si>
-    <t>Всего</t>
-[...311 lines deleted...]
-    <t>Сапарбек Айғаным</t>
+    <t>I(рег)</t>
+  </si>
+  <si>
+    <r>
+      <t>II(обл</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">                              Отчет  по итогам  I,  II этапов   республиканского  конкурса  исследовательских работ  и  творческих проектов «Зерде» среди учащихся 1-7 классов </t>
+  </si>
+  <si>
+    <t>№37</t>
+  </si>
+  <si>
+    <t>Нұрғалиева Гүлнар Өкеновна                Ауталипова Салтанат Жасулановна</t>
+  </si>
+  <si>
+    <t>химия</t>
+  </si>
+  <si>
+    <t>облыс</t>
+  </si>
+  <si>
+    <t>"Зерде" зерттеу жобалары мен шығармашылық жұмыстары</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="10" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Times New Roman"/>
-      <family val="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <charset val="204"/>
-    </font>
-[...11 lines deleted...]
-      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
       <charset val="204"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom/>
-[...7 lines deleted...]
-      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
-[...47 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...31 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...67 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1050,1656 +862,627 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:H34"/>
+  <sheetPr>
+    <tabColor rgb="FFFF0000"/>
+  </sheetPr>
+  <dimension ref="A2:K15"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="I28" sqref="I28"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="P8" sqref="P8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
-    <col min="2" max="2" width="20.42578125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="23.140625" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" customWidth="1"/>
+    <col min="3" max="3" width="17.5703125" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" customWidth="1"/>
+    <col min="5" max="5" width="5.28515625" customWidth="1"/>
+    <col min="6" max="6" width="6.28515625" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" customWidth="1"/>
+    <col min="8" max="9" width="6" customWidth="1"/>
+    <col min="10" max="10" width="14" customWidth="1"/>
+    <col min="11" max="11" width="21.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B2" s="13" t="s">
+    <row r="2" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="6"/>
+      <c r="B2" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+    </row>
+    <row r="3" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="10">
+        <v>1</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" s="1">
+        <v>6</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" s="19">
+        <v>3</v>
+      </c>
+      <c r="I4" s="19"/>
+      <c r="J4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="10">
+        <v>2</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" s="1">
+        <v>7</v>
+      </c>
+      <c r="F5" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H5" s="20">
+        <v>3</v>
+      </c>
+      <c r="I5" s="20"/>
+      <c r="J5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="10">
+        <v>3</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" s="1">
+        <v>7</v>
+      </c>
+      <c r="F6" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="20">
+        <v>3</v>
+      </c>
+      <c r="I6" s="20"/>
+      <c r="J6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="10">
+        <v>4</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="C2" s="13"/>
-[...9 lines deleted...]
-      <c r="B4" s="9" t="s">
+      <c r="E7" s="1">
+        <v>4</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="20">
+        <v>3</v>
+      </c>
+      <c r="I7" s="20"/>
+      <c r="J7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="10">
+        <v>5</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" s="1">
+        <v>3</v>
+      </c>
+      <c r="F8" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" s="20">
+        <v>3</v>
+      </c>
+      <c r="I8" s="20"/>
+      <c r="J8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="10">
+        <v>6</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="1">
+        <v>4</v>
+      </c>
+      <c r="F9" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="20">
+        <v>2</v>
+      </c>
+      <c r="I9" s="20">
+        <v>3</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="10">
+        <v>7</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" s="1">
+        <v>6</v>
+      </c>
+      <c r="F10" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" s="20">
         <v>1</v>
       </c>
-      <c r="C4" s="10" t="s">
+      <c r="I10" s="20">
         <v>2</v>
       </c>
-      <c r="D4" s="10" t="s">
-[...22 lines deleted...]
-      <c r="C5" s="4" t="s">
+      <c r="J10" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D5" s="6" t="s">
-[...69 lines deleted...]
-      <c r="B8" s="4" t="s">
+      <c r="K10" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="4" t="s">
-[...588 lines deleted...]
-    </row>
+    </row>
+    <row r="11" spans="1:11" ht="39.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B2:K2"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:Y13"/>
+  <dimension ref="A2:S8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+      <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <cols>
-[...13 lines deleted...]
-  </cols>
   <sheetData>
-    <row r="2" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A2" s="22" t="s">
-        <v>114</v>
-[...63 lines deleted...]
-      <c r="E4" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="23"/>
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+      <c r="K2" s="23"/>
+      <c r="L2" s="23"/>
+      <c r="M2" s="23"/>
+      <c r="N2" s="23"/>
+      <c r="O2" s="23"/>
+      <c r="P2" s="23"/>
+      <c r="Q2" s="23"/>
+      <c r="R2" s="23"/>
+      <c r="S2" s="23"/>
+    </row>
+    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A3" s="24"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="24"/>
+      <c r="P3" s="24"/>
+      <c r="Q3" s="24"/>
+      <c r="R3" s="24"/>
+      <c r="S3" s="24"/>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A4" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" s="28"/>
+      <c r="E4" s="28"/>
+      <c r="F4" s="28"/>
+      <c r="G4" s="28"/>
+      <c r="H4" s="28"/>
+      <c r="I4" s="28"/>
+      <c r="J4" s="29"/>
+      <c r="K4" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="L4" s="28"/>
+      <c r="M4" s="28"/>
+      <c r="N4" s="28"/>
+      <c r="O4" s="28"/>
+      <c r="P4" s="28"/>
+      <c r="Q4" s="29"/>
+      <c r="R4" s="30"/>
+      <c r="S4" s="31"/>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" s="28"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="28"/>
+      <c r="J5" s="29"/>
+      <c r="K5" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" s="28"/>
+      <c r="M5" s="29"/>
+      <c r="N5" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="O5" s="28"/>
+      <c r="P5" s="29"/>
+      <c r="Q5" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="R5" s="30"/>
+      <c r="S5" s="31"/>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A6" s="17"/>
+      <c r="B6" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="E6" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="J6" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="M6" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="N6" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="O6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="P6" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q6" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="R6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="S6" s="16" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A7" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" s="18">
+        <v>1</v>
+      </c>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
+      <c r="E7" s="17"/>
+      <c r="F7" s="17"/>
+      <c r="G7" s="17"/>
+      <c r="H7" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="I7" s="17">
+        <v>35</v>
+      </c>
+      <c r="J7" s="17">
         <v>17</v>
       </c>
-      <c r="F4" s="24"/>
-[...163 lines deleted...]
-      </c>
+      <c r="K7" s="17"/>
+      <c r="L7" s="17"/>
+      <c r="M7" s="17"/>
+      <c r="N7" s="17"/>
+      <c r="O7" s="17"/>
+      <c r="P7" s="17"/>
+      <c r="Q7" s="17"/>
+      <c r="R7" s="17"/>
+      <c r="S7" s="17"/>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A8" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="17"/>
+      <c r="H8" s="17"/>
+      <c r="I8" s="17"/>
+      <c r="J8" s="17"/>
+      <c r="K8" s="17"/>
+      <c r="L8" s="17"/>
+      <c r="M8" s="17"/>
+      <c r="N8" s="17"/>
+      <c r="O8" s="17"/>
+      <c r="P8" s="17"/>
+      <c r="Q8" s="17"/>
+      <c r="R8" s="17"/>
+      <c r="S8" s="17"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
+  <mergeCells count="11">
+    <mergeCell ref="A2:S3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:J4"/>
+    <mergeCell ref="K4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="H5:J5"/>
+    <mergeCell ref="K5:M5"/>
     <mergeCell ref="N5:P5"/>
-    <mergeCell ref="Q5:S5"/>
-[...5 lines deleted...]
-    <mergeCell ref="K5:M5"/>
+    <mergeCell ref="R5:S5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-[...579 lines deleted...]
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Форма 2</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>форма заявки</vt:lpstr>
+      <vt:lpstr>Лист3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>