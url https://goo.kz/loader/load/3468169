--- v0 (2025-12-09)
+++ v1 (2026-01-12)
@@ -1,168 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="009A43D7" w:rsidRPr="00116E12" w:rsidRDefault="009A43D7" w:rsidP="009A43D7">
+    <w:p w:rsidR="009A43D7" w:rsidRPr="00116E12" w:rsidRDefault="00AC1AE7" w:rsidP="009A43D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00116E12">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>201</w:t>
+        <w:t>2019-2020</w:t>
       </w:r>
       <w:r w:rsidR="00825F2C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00116E12">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00116E12">
+      <w:r w:rsidR="009A43D7" w:rsidRPr="00116E12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>оқу жылы.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009A43D7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> Физика, </w:t>
       </w:r>
       <w:r w:rsidR="00825F2C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>биология</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009A43D7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> және информатика</w:t>
       </w:r>
-      <w:r w:rsidRPr="00116E12">
+      <w:r w:rsidR="009A43D7" w:rsidRPr="00116E12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00825F2C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қостілдік оқытудың шығарма</w:t>
       </w:r>
       <w:r w:rsidR="00B16B16">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>шы</w:t>
       </w:r>
       <w:r w:rsidR="00825F2C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лық топ жұмысының жоспары</w:t>
       </w:r>
-      <w:r w:rsidRPr="00116E12">
+      <w:r w:rsidR="009A43D7" w:rsidRPr="00116E12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10397" w:type="dxa"/>
         <w:tblInd w:w="-1188" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="611"/>
@@ -222,102 +204,108 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Отырыс тақырыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5626" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00680876">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31F17">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жауапты мұғалім:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052B55" w:rsidRPr="00B16B16" w:rsidTr="00052B55">
+      <w:tr w:rsidR="00052B55" w:rsidRPr="00AC1AE7" w:rsidTr="00052B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00680876">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31F17">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1352" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00680876">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31F17">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қырқүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00680876">
-[...9 lines deleted...]
-              <w:t>1.2018-2019 о ж әдістемелік нұскау хат. Күнтізбелік жоспарларды, үйірме,  факультативтерді талқылау.</w:t>
+          <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00AC1AE7" w:rsidP="00680876">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.2019-2020</w:t>
+            </w:r>
+            <w:r w:rsidR="00052B55" w:rsidRPr="00B31F17">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о ж әдістемелік нұскау хат. Күнтізбелік жоспарларды, үйірме,  факультативтерді талқылау.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00B31F17">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31F17">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2. жаңа жылға жаңа топ құру және  жоспар құру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5626" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00680876">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -580,51 +568,51 @@
           <w:tcPr>
             <w:tcW w:w="5626" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRDefault="00052B55" w:rsidP="00680876">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ментор- Салтанат Болатбековна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00052B55">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052B55" w:rsidRPr="00B16B16" w:rsidTr="00052B55">
+      <w:tr w:rsidR="00052B55" w:rsidRPr="00AC1AE7" w:rsidTr="00052B55">
         <w:trPr>
           <w:trHeight w:val="1932"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRDefault="00052B55" w:rsidP="00825F2C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1352" w:type="dxa"/>
           </w:tcPr>
@@ -979,51 +967,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Пәндер бойынша дидактикалық материалдарды сұрыптау, жинақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5626" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00680876">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Пән мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052B55" w:rsidRPr="00B16B16" w:rsidTr="00052B55">
+      <w:tr w:rsidR="00052B55" w:rsidRPr="00AC1AE7" w:rsidTr="00052B55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00052B55">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31F17">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1352" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00052B55">
             <w:pPr>
               <w:rPr>
@@ -1323,137 +1311,143 @@
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRDefault="00052B55" w:rsidP="00310459">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310459">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Пәндер бойын</w:t>
             </w:r>
             <w:r w:rsidR="00B16B16">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ша дидактикалық материалдарды өң</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00310459">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>деп баспаға шығару</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00310459" w:rsidRPr="00310459" w:rsidRDefault="00310459" w:rsidP="00310459">
+          <w:p w:rsidR="00310459" w:rsidRPr="00310459" w:rsidRDefault="00AC1AE7" w:rsidP="00310459">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2019-2020 оқу жылына дамыту жоспарын құру.</w:t>
+              <w:t>2020-2021</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00310459">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу жылына дамыту жоспарын құру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5626" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00052B55" w:rsidRPr="00B31F17" w:rsidRDefault="00052B55" w:rsidP="00052B55">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Пән мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A4311C" w:rsidRDefault="00A4311C"/>
     <w:sectPr w:rsidR="00A4311C" w:rsidSect="003C2A9E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001B3BCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="963ABDB0"/>
     <w:lvl w:ilvl="0" w:tplc="A8A0887C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1255" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1966,113 +1960,113 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A43D7"/>
     <w:rsid w:val="00052B55"/>
     <w:rsid w:val="00160F78"/>
     <w:rsid w:val="001F0218"/>
     <w:rsid w:val="00310459"/>
     <w:rsid w:val="003C2A9E"/>
     <w:rsid w:val="0066704B"/>
     <w:rsid w:val="00825F2C"/>
     <w:rsid w:val="00860BF7"/>
     <w:rsid w:val="009A43D7"/>
     <w:rsid w:val="009B27F9"/>
     <w:rsid w:val="00A4311C"/>
+    <w:rsid w:val="00AC1AE7"/>
     <w:rsid w:val="00B16B16"/>
     <w:rsid w:val="00B31F17"/>
     <w:rsid w:val="00E93646"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7F244CE8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F2F76EEA-6224-4F4B-9C8D-83AEF4F08B76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2473,51 +2467,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001F0218"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>