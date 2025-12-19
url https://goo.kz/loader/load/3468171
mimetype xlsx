--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,568 +1,2345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w:rsidR="00E30CFB" w:rsidRPr="00FD33B6" w:rsidRDefault="00E30CFB" w:rsidP="00FD33B6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2475"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="1604"/>
+        <w:gridCol w:w="1759"/>
+        <w:gridCol w:w="1503"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="1142"/>
+        <w:gridCol w:w="1511"/>
+        <w:gridCol w:w="1654"/>
+        <w:gridCol w:w="1654"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidTr="00FD33B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аудан/ қала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ТАӘ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пәні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖМБ пәндерді ағылшын тілінде оқытады (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>инвариант компоненті, сыныптар бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЖМБ пәндерді ағылшын тілінде оқытады (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вариатив компоненті, сыныптар бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidTr="00FD33B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калиева Куляш  Темиржановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№37 ЖОМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог - зерттеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8б, 9б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidTr="00FD33B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бектемирова Гаухартас Болатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№37 ЖОМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог - зерттеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8а, 9а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidTr="00FD33B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Саметова Зарина Төлегеновна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№37 ЖОМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бірінші</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог - зерттеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidTr="00FD33B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Саханова Мадина Алихановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№37 ЖОМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidTr="00FD33B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аментаева Гүлбаршын Кабдулбариевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№37 ЖОМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог - зерттеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD33B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8в,9б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FD33B6" w:rsidRPr="00FD33B6" w:rsidRDefault="00FD33B6" w:rsidP="00FD33B6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD33B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Мұғалімдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD33B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD33B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>сапалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD33B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD33B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E30CFB" w:rsidRPr="00FD33B6" w:rsidRDefault="00E30CFB" w:rsidP="00FD33B6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E30CFB" w:rsidRPr="00FD33B6" w:rsidSect="00DA6432">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...180 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...222 lines deleted...]
-</styleSheet>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36CE361D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DD80C5A"/>
+    <w:lvl w:ilvl="0" w:tplc="10B8AC58">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D012AD"/>
+    <w:rsid w:val="000A33C6"/>
+    <w:rsid w:val="000B7896"/>
+    <w:rsid w:val="00132533"/>
+    <w:rsid w:val="00152470"/>
+    <w:rsid w:val="00254EC8"/>
+    <w:rsid w:val="002E56B0"/>
+    <w:rsid w:val="002F743C"/>
+    <w:rsid w:val="00393947"/>
+    <w:rsid w:val="003C42F8"/>
+    <w:rsid w:val="003E7BB5"/>
+    <w:rsid w:val="004118D9"/>
+    <w:rsid w:val="00432D98"/>
+    <w:rsid w:val="00490B64"/>
+    <w:rsid w:val="005067E6"/>
+    <w:rsid w:val="005E4076"/>
+    <w:rsid w:val="00625DA1"/>
+    <w:rsid w:val="00644C49"/>
+    <w:rsid w:val="00654F36"/>
+    <w:rsid w:val="00660C5B"/>
+    <w:rsid w:val="0066508A"/>
+    <w:rsid w:val="006814B6"/>
+    <w:rsid w:val="006C79C3"/>
+    <w:rsid w:val="006E4891"/>
+    <w:rsid w:val="006F5A62"/>
+    <w:rsid w:val="007F75AA"/>
+    <w:rsid w:val="00833D44"/>
+    <w:rsid w:val="008420EC"/>
+    <w:rsid w:val="008478BB"/>
+    <w:rsid w:val="00852E50"/>
+    <w:rsid w:val="00871CE1"/>
+    <w:rsid w:val="00875587"/>
+    <w:rsid w:val="008E017C"/>
+    <w:rsid w:val="008E4300"/>
+    <w:rsid w:val="008E7250"/>
+    <w:rsid w:val="00995B9E"/>
+    <w:rsid w:val="009A7C58"/>
+    <w:rsid w:val="009E0B0B"/>
+    <w:rsid w:val="00A529BA"/>
+    <w:rsid w:val="00A562E4"/>
+    <w:rsid w:val="00AF044C"/>
+    <w:rsid w:val="00B23AA9"/>
+    <w:rsid w:val="00B9226F"/>
+    <w:rsid w:val="00BA73A8"/>
+    <w:rsid w:val="00C10380"/>
+    <w:rsid w:val="00C53715"/>
+    <w:rsid w:val="00C81A2A"/>
+    <w:rsid w:val="00CD5D3A"/>
+    <w:rsid w:val="00D012AD"/>
+    <w:rsid w:val="00D23689"/>
+    <w:rsid w:val="00DA6432"/>
+    <w:rsid w:val="00E25544"/>
+    <w:rsid w:val="00E30CFB"/>
+    <w:rsid w:val="00E32C94"/>
+    <w:rsid w:val="00ED664A"/>
+    <w:rsid w:val="00EF1DA0"/>
+    <w:rsid w:val="00F148FF"/>
+    <w:rsid w:val="00F26B37"/>
+    <w:rsid w:val="00F53154"/>
+    <w:rsid w:val="00F55AD5"/>
+    <w:rsid w:val="00F92A91"/>
+    <w:rsid w:val="00FD09DA"/>
+    <w:rsid w:val="00FD33B6"/>
+    <w:rsid w:val="00FF0243"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{45E5F304-6E9D-4552-9ACB-F23128DC9616}"/>
+</w:settings>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD33B6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00C53715"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA73A8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BA73A8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A562E4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FD33B6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="688263689">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -716,600 +2493,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...536 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>108</Words>
+  <Characters>618</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Листы</vt:lpstr>
+        <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Лист3</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>CTO_2</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>