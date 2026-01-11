--- v0 (2025-12-15)
+++ v1 (2026-01-11)
@@ -1,8413 +1,7487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E135F2" w:rsidRPr="00340FB3" w:rsidRDefault="00E135F2" w:rsidP="00E135F2">
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00340FB3">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00E135F2" w:rsidRDefault="00E135F2" w:rsidP="001002DD">
+        <w:t>Сентябрь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...55 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Программа «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өрен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(5-9 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
-[...23 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Необитаемый остров» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квест</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-игра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> Создание условий для воспитания у детей позитивного эмоционально – ценностного отношения к окружающему миру, экологической и духовно – нравственной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:b w:val="0"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>У</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>точнить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> и обобщить представления детей о разнообразном значении леса в жизни человека, закрепить полученные знания об обитателях леса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Развивать устойчивый интерес к природе родного края, внимание, логическое мышление, умение работать в группах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Воспитывать у детей желание беречь природу, способствовать осмыслению своего места в ней, ответственность за сохранения красоты и богатства родной природы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участники: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Учащиеся 5-9 классов, классный  руководитель, родители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Координатор: классный  руководитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,учитель биологии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">Каждой команде выдается маршрутный лист. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Оборудование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Листы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> с номерами для каждого этапа, маршрутные листы по количеству команд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ведущий:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Чтобы начать игру, нам необходимо поделиться на команды. При регистрации капитаны команд получили цветные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейджики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сейчас вам необходимо объединиться в команды по цветам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейджиков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Отлично! У нас получилось 5 команд. Каждой команде необходимо придумать название.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Здорово! Вот и познакомились.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ведущий:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А сейчас давайте поприветствуем, друг друга. 1-ая команда- европейцы, пожимают руку, 2ая - японцы, кланяются, 3-я – африканцы, трутся ногами. 4-ая – россияне – обнимаются, 5-ая французы – целуют в щечку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ведущий:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наша игра пройдет по станциям. Каждая команда получает свой маршрутный лист и должна проходить этапы, следуя ему. Выполняя задания на станциях, вы будете набирать баллы и получать подсказки. Пройдя все станции, вам нужно будет собрать все подсказки и расшифровать их. Победителем станет команда, набравшая максимальное количество баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Желаем всем удачи! Поехали!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Станция «Парфюмер».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участникам команды необходимо по запаху определить название растений, спрятанных в мешочках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Каждый правильный ответ – 1 балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Станция «Знаки природы».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участникам команды необходимо нарисовать знак, запрещающий какую-либо деятельность человека, который приносит вред окружающей среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Станция «Найди пару».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участникам необходимо сопоставить животное с растением по принципу схожести друг с другом и объяснить причину выбора. Например, кактус-дикобраз (имеют иголки), крапива-пчела (жалят), лиана-удав (длинное тело), мать-и-мачеха – крот (мягкие покровы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Каждый правильный ответ – 1 балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Станция «Поле чудес»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Перед  участниками игровое поле, задача  каждого игрока добежать до игрового поля найти одно название зверя, птицы или рыбы, положить кольцо на первую букву этого слова и вернуться назад, передав ход следующему игроку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Станция «Контейнер».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Во многих цивилизованных странах – существует раздельный способ сбора мусора. На улицах стоят мусорные контейнеры разных цветов. В них складывают соответствующий мусор. Участники </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квеста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тоже сегодня попробуйте это сделать. Задание: Перед вами 4 контейнера разного цвета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Белый (значок «Книга») – бумага, газеты, журналы, картон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Желтый (значок «Банка) – банки, бутылки, пластик, металл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>З .3еленый ( значок «Сосиска»)– пищевые отходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Черный – ( значок «Череп и молния») опасные отходы. (батарейки, лампочки, сломанные телефоны.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На кубиках написаны названия  отходов. Кубики разложены по площадке. По команде – каждая команда складывает мусор по контейнерам. Время выполнения задания 1 минута.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...138 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заключительный этап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...621 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подведение итогов мероприятия (рефлексия) - дети рассказывают  о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выполненн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ими  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заданиях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, координатор  подводит  итог  проведённого  мероприятия, говорит  что  нового  узнали  дети, были ли  достигнуты  цели  мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполнитель:  Методист  Дворца  школьников  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>им.М.М.Катаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Тел.8(7182)328507 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
-[...18 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+    </w:p>
+    <w:p w:rsidR="0092602C" w:rsidRPr="000B7738" w:rsidRDefault="0092602C" w:rsidP="0092602C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...29 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...53 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Октябрь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Программа «Өрен» 5-9классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Путь к успеху» брифинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...51 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c241"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Цель: продолжить формирование экологической культуры обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c241"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c02"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>познакомить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c02"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся с основными глобальными экологическими проблемами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c191"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c02"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изучить экологическую ситуацию в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>области;рассмотреть</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможные пути решения экологических </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проблем;продолжить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развитие умения работать с различными источниками </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информации;способствовать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развитию информационно-познавательной компетенции учащихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воспитывать бережное отношение к окружающей среде, любовь к родному краю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c241"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...124 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c112"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма проведения: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
-          <w:sz w:val="24"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="00E135F2" w:rsidP="001002DD">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>брифинг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c61"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c112"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оборудование: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>экологические плакаты, цитаты известных писателей, выставка книг о природе и её охране, иллюстрации картин о природе известных художников, фонограммы, видеофильмы, презентация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c41"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Әңгіме</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001002DD" w:rsidRPr="00E135F2">
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001002DD" w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Ход мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c41"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c112"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Беседа: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve">Какова же экологическая ситуация в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области? Чтобы узнать экологическую обстановку нашего края, я предлагаю всем принять участие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в брифинге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Для обсуждения вопросов мы приглашаем специалистов: экологов, биолога, почвоведа, гидролога, статиста, медицинского работника.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В роли корреспондентов учащиеся 5-9 классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Корреспондент 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>: Называет свою фамилию имя, газета «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Звезда Прииртышья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>К сожалению, в последнее время всё чаще и чаще можно услышать такое выражение как нечем дышать. Катастрофически растёт во всём мире число городов, чей воздух не пригоден для жизни.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve">Что вы можете сказать о состоянии атмосферы в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Эколог:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t xml:space="preserve">Корреспондент 2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve">Какие города </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и районы Павлодарской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области имеют наиболее высокий уровень загрязнения?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Эколог:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Корреспондент 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>:  …, газета «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сарыарқа самалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve">Что вы можете сказать о состоянии водных ресурсов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>области?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Гидролог:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t xml:space="preserve">Корреспондент 4: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Каково же состояние почв в нашем крае на данный момент?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve">Почвовед: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Корреспондент 5: ..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>газета «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Регион</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t xml:space="preserve">Как деятельность человека отразилась на флоре и фауне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нашего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>края?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Биолог:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c41"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c112"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Корреспондент 6: …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Как  известно человек является частью живой природы. Как загрязнение окружающей среды отражается на здоровье самого человека?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c61"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Мед.работник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c112"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c41"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Корреспондент 7:…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Журнал «Юный эколог»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c71"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Какие меры помогут исправить отрицательные последствия деятельности человека?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c71"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Эколог:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c171"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Учитель:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t> Сегодня мы узнали как много проблем у природы нашего края,  Земли в целом и виной тому человек. Давайте попросим прощения у Земли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c171"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Исполнение песни «Прости, Земля!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c171"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c212"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қорытынды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        <w:t>Заключение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>Учитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="c31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>От каждого из нас зависит, сохраним ли мы нашу планету цветущей и изобильной. Писатель и летчик Антуан де Сент-Экзюпери говорил: «Есть такое твердое правило… встал поутру, умылся, привел себя в порядок – и сразу же приведи в порядок свою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c92"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>планету».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c92"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Как же можем мы помочь природе?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
           <w:rStyle w:val="c02"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c31"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c112"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        </w:rPr>
+        <w:t>Предположительные ответы ребят:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rStyle w:val="c02"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от каждого из нас зависит какой будет наша природа сейчас и в будущем. Каждый свой поступок надо соотносить с окружающим миром.Если это мне приятно,комфортно, полезно, то такое же состояние должна ощущать природа.Оберегать, заботиться, озеленять-вот наша задача.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c02"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E135F2">
-[...101 lines deleted...]
-    <w:p w:rsidR="00E135F2" w:rsidRPr="00340FB3" w:rsidRDefault="00E135F2" w:rsidP="00E135F2">
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c81"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c112"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Учитель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Наша встреча подходит к концу. В заключение я хочу произнести слова китайской мудрости, которая гласит: путешествие в тысячу миль начинается с одного шага. Давайте все вместе сделаем этот шаг навстречу  природе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c81"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перед вами дерево, символизирующее ваше отношение к природе. Если вы готовы принимать активное участие в деле охраны природы, возьмите листочек и прикрепите его на деревце.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="c171"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rStyle w:val="c212"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посмотрите, как преобразилось наше дерево! И пусть также вклад каждого из нас в дело охраны природы преобразит всю нашу планету! И тогда человек будет по-настоящему счастлив! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ноябрь, Апрель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...53 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Программа «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өрен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(5-9 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Октябрь,Май</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
-[...10 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="00E135F2" w:rsidP="001002DD">
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Программа «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Азамат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(10-11 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Акция по сбору макулатуры «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ағашты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001002DD" w:rsidRPr="00E135F2">
-[...10 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорғайық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь акции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Доказать необходимость экономного использования бумаги, научить бережному отношению к природным ресурсам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Задач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и акции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E135F2">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ағазды үнемді пайдалану  қажеттілігін дәлелдеу, табиғи ресурстарға ұқыпты қарауға үйрету</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Выявить экологическую пользу от сбора макулатуры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>роведение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акции по сбору макулатуры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ривлечь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внимание учащихся на необходимость экономного использования бумаги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>; в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ыяснить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, как можно использовать макулатуру в домашних условиях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участники  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-9,10-11 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школ, лицеев  и гимназий  Павлодарской  области, классные  руководители, педагоги  дополнительного  образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координатор  проведения  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>акции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классный  руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма проведения  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>акция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>акции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подготовительный этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осознание проблемы, выбор темы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>акции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, формулирование цели и задачей, создание рабочей группы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проведение опроса учащихся школы, целью которого является изучение знаний об экономном использовании бумаги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- Проведение  классного часа о переработке бумаги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основной этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассказы, беседы на тему «Бумага из макулатуры – решение экологической проблемы», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Демонстрация презентаций и видеороликов «Бумага в нашей жизни»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурс  рисунков, акции «Книга в дар библиотеке», «Сохрани учебник», «Сбор макулатуры».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заключительный этап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По итогам акции по сбору макулатуры провести  награждение лучших участников акции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О результатах проведения акции подготовить фотоотчет, результаты разместить на сайте школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ноябрь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Программа «Өрен»5-9классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс исследовательских работ «Экоәлем»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цель проекта:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сохранение здоровья учащихся, создание благоприятных условий обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачи: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">расширить и углубить знания учащихся о роли природы в жизни </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>человека;познакомить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся с многообразием, условиями жизни комнатных растений, их значением для здоровья человека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>азвивать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умение анализировать, рассуждать, доказывать своё мнение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечить взаимосвязь воспитательного и образовательного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процессов;воспитывать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бережное отношение к комнатным растениям, чувства сопричастности, личной ответственности за происходящее вокруг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;ф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ормировать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исследовательские навыки, умение работать с различными видами информационных источников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">развивать умение анализировать, отбирать, классифицировать полученную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информацию;развивать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умение творческого применения полученных знаний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участники  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся  школ, лицеев  и гимназий  Павлодарской  области, классные  руководители, педагоги  дополнительного  образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координатор  проведения  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проекта:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя биологии, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>классный  руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма проведения  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проект</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оборудование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+        </w:rPr>
+        <w:t>- учебные столы и стулья, интерактивная  доска  для  презентации работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...106 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>План проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00E135F2">
+        <w:t xml:space="preserve"> проекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...149 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект предназначен для учащихся 5–9 классов. В зависимости от возраста учащихся проект «Комнатные растения в школе» можно разделить на несколько этапов, каждый из которых включает как теоретическую, так и практическую части. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5–6 классы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Изучение видового состава комнатных растений в кабинетах школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Кружок озеленителей школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Сообщения на уроках биологии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 класс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Создание карты «Карта мира на подоконниках школы (класса)». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">–«Путешествие с комнатными растениями». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8–9 классы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Изучение экологической и лечебной функций растений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Озеленение кабинетов школы с учетом воздушно тепловых условий содержания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Выступление на экологической научно- практической конференции. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа по определению видового состава растений была разделена на два этапа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На первом этапе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5 класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся определяют и описывают растения базового кабинета. Для этих целей используют специальную справочную литературу. Наиболее удачным в этом плане является справочник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Хессайона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Все о комнатных растениях» (М.: Кладезь, 1996). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">"Қағаз біздің өмірімізде" тақырыбында тұсаукесерлер мен бейнероликтер демонстрациялау. </w:t>
-[...144 lines deleted...]
-    <w:p w:rsidR="00E135F2" w:rsidRPr="00340FB3" w:rsidRDefault="00E135F2" w:rsidP="00E135F2">
+        <w:t>На втором этапе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6 класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работая в группах, учащиеся определяют и описывают видовой состав комнатных растений кабинетов школы. Следует отметить, что работа в группах, где учащиеся совместно выполняют задания, способствует совершенствованию навыков общения, лучшему усвоению знаний и интеллектуальному развитию детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данные о видовом составе растений размещаются в классном уголке или на отдельном стенде. Кроме того, в емкость с растениями помещают табличку, где указаны название, вид, родина растения. Также можно провести заседание озеленителей школы, на котором дать рекомендации по работе со справочниками, указать, какие растения в зависимости от экспозиций окон целесообразно выращивать в том или ином кабинете. Также важна связь экспериментальной деятельности учащихся с учебным процессом, которая устанавливается через предметы естественного цикла. Так, например, в курсе биологии 6 класса учащиеся изучают морфологию растений, а полученные в процессе работы над проектом знания о растениях не только служат хорошим дополнением, но могут быть применены и в курсе географии в частности, при изучении материков. На основе знаний о видовом составе комнатных растений школы создаётся карта растительности мира, на которой обозначается родина каждого растения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заключительным этапом второй ступени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является презентация результатов исследовательской и практической работы. Для учащихся 5–7 классов это лучше сделать в виде праздника «Путешествие с комнатными растениями». Учащиеся ведущие, используя карту растительности мира, рассказывают об условиях жизни растений, встречающихся в школе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для учащихся 8–9 классов особый интерес представляет изучение экологической и лечебной функций растений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Из справочной и научно популярной литературы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>узн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что в школе есть растения, определяющие санитарное состояние воздуха в кабинетах, т.е. выполняющие роль биоиндикаторов. К ним относятся традесканция, бегония, аспарагус, фиалка. Кроме того, в кабинетах есть растения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>детоксиканты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, способные обезвреживать токсичные вещества, содержащиеся в воздухе. Это </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хлорофитум</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пучковатый, мирт обыкновенный, папоротник, герань, гибискус китайский, колеус, бегония королевская, драцена, плющи, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>диффенбахия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кактусы суккуленты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся в рамках программы озеленения школы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подбира</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для каждого кабинета растения с учетом экологических факторов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заключительный этап:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проектной работы учащиеся </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>представля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на школьной научно практической конференции, на которой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присутств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представители всех классов средней и старшей школы. Таким образом, достижения отдельных групп школьников становятся известными практически всей школе и могут быть востребованы всеми желающими. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наиболее интересные работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>могут быть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представлены на экологической научно практической конференции. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00340FB3">
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
-[...64 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="00E135F2" w:rsidP="00E135F2">
+        <w:t>Декабрь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E135F2">
-[...44 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="00E135F2" w:rsidRDefault="001002DD" w:rsidP="001002DD">
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Программа «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өрен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(5-9 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1939 lines deleted...]
-    <w:p w:rsidR="006C26D6" w:rsidRPr="00340FB3" w:rsidRDefault="006C26D6" w:rsidP="006C26D6">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00340FB3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
-[...53 lines deleted...]
-    <w:p w:rsidR="001002DD" w:rsidRPr="004D7886" w:rsidRDefault="00FF2C36" w:rsidP="001002DD">
+        <w:t>Январь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004D7886">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="004D7886" w:rsidRPr="00E135F2" w:rsidRDefault="004D7886" w:rsidP="004D7886">
+        </w:rPr>
+        <w:t>Программа  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Зерек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (1-4  классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="HTML"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00D56518" w:rsidRPr="00D56518" w:rsidRDefault="00D56518" w:rsidP="00D56518">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Кафе для птиц» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>кция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Цель акции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">Привлечь внимание обучающихся и жителей микрорайона к охране и заботе о птицах, подкормке их в зимний период. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачи акции: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">Обобщить и систематизировать знания учащихся о зимующих кочующих птицах нашего края, о трудностях зимнего периода для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>животных.Подвести</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> итоги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:lastRenderedPageBreak/>
+        <w:t>конкурсов кормушек и экологических листовок, развесить кормушки в школьном дворе и организовать подкормку птиц.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Распространить листовки среди жителей микрорайона с просьбой помогать птицам в зимний период.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Развивать умение работать с дополнительной литературой, самостоятельность и способности в решении творческих и практических задач, эстетические чувства и художественную инициативу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Создать условия для обогащения опытом коммуникативного общения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">Воспитывать любовь к нашим пернатым друзьям, желание заботиться и помогать им. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Подготовительная работа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Организация и проведение экологической акции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> «Помоги птицам!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> рассчитаны на учащихся младших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и средних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">классов. Для этого мероприятия необходима большая предварительная подготовка. Заранее в классах объявляются конкурсы на лучшую экологическую листовку и кормушку, предлагаются вопросы «птичьей» викторины. Ребята готовят пословицы, поговорки, стихи по теме акции, а педагог организует выступление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>экоагитбригады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> «Родничок». Выпускать тематическую газету и плакаты для оформления помогают родители. Привлекаются работники библиотеки с выставкой и обзором книг о птицах. Готовится презентация о зимующих птицах, о том, как избежать ошибок при изготовлении кормушек, о рекомендуемых видах корма, фотовыставка об уже действующих кормушках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оборудование и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>материалы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Выставка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> кормушек, экологических листовок, книг о птицах, стенгазета и плакаты: «Трудно птицам зимовать, надо птицам помогать!», «Птицы – наши друзья, не забудь их подкормить!», «Помоги птицам зимой, они будут радовать тебя весной!». Мультимедийная презентация, которая сопровождает весь ход акции, разные виды корма для птиц, грамоты и призы победителям конкурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ход проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Проводится игра «Аукцион слов»: Ребята называют зимующих и кочующих птиц нашей области. Побеждает тот, кто назовёт последнее слово. Победитель получает приз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Зимующие птицы: ворона, сорока, голубь, воробей, ворон, дятлы, совы, поползень, клёст, кедровка, синицы, глухари, рябчики, тетерева и т. д. Кочующие из северных районов птицы: снегири, свиристели, чечётки, щеглы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подведение итога конкурса кормушек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>еню</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> в птичьей столовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">(Сценическая миниатюра: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ученица в костюме синички рассказывает, какие виды корма предпочитают разные птицы: семечки, крошки хлеба, пшено, пшеница, творог, семена лопуха, овсяные хлопья, варёный несолёный картофель, смешанный с овсяными хлопьями или отрубями, тёртую морковь. Синицы и дятлы любят несолёное свиное сало, снегири и свиристели – ягоды рябины, калины, шиповника. Подойдут и остатки продуктов с нашего стола – кусочки каши, варёные макаронные изделия, лучше мелки, варёный картофель, кусочки фарша и даже колбасы. Нельзя кормить птиц ржаным хлебом и солёным салом, от этого они могут заболеть и погибнуть.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>Награждение проводится о номинациям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>«Самая экологическая»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>«Самая экономная»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>«Самая лёгкая»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>«Самая практичная»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>«Самая красивая»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>«Самая необычная»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Награждение победителей, рекомендуется кормушка, выбранная жюри для участия в городском конкурсе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Выступление экологической агитбригады «Родничок»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(с использованием экологических листовок, представленных на конкурс)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>икторина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> о птицах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выступление библиотекаря </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>о птицах нашего края</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>аграждение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> победителей конкурса листовок. Лучшие листовки рекомендуются на городской конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Практическая часть акции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">Чтобы привлечь внимание всех жителей микрорайона к этой проблеме, юные экологи приготовили и выпустили экологические листовки, которые можно прикрепить на дверях подъезда, на остановках, на магазинах, на рынке, на школе.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>рактическая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> часть акции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начинается с выхода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> на улицу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, дети</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>ве</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> кормушки на деревья в школьном дворе. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дети </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> изготовили много кормушек, часть из них </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">можно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>отправи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ть в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve">  городской детский </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>ревмосанаторий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:t>, подари</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> детским садам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вашего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> микрорайона. Классы получат листовки, которые надо будет распространить среди жителей. В каждом классе необходимо выбрать ответственных за кормление птиц. Остатки продуктов можно будет взять в школьной столовой. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выход на улицу и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>развешива</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>кормуш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, насыпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в них)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ход акции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Акция предполагает изготовление и развешивание скворечников, кормушек для птиц. Данная акция, направлена на привитие любви к природе, бережного и заботливого отношения к птицам, а также для привлечения внимания населения к данной проблеме. В течение трех зимних месяцев в каждом классе утверждается график дежурства, с целью постоянного пополнения кормушек кормом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фотографии с описанием проведения акции размещаются её участниками на бесплатном приложении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хэштегом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> #</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЭКОboomПавлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мониторинг проведенной акции будет производиться с учетом активности посещения страницы и отметкой публикации автора. Количество фотографий – 1-5. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Февраль</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Программа «Өрен» 5-9классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Золотые имена Прииртышья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шакен Айманов. Имитированная интерактивная  игра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цели и задачи:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совершенствование методики проведения воспитательных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мероприятий.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Формирование нового общенационального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>исторического сознания,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воспитание уважения к истории, культуре казахского народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Развитие поликультурной личности с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>полиэтничным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, толерантным </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сознанием и нравственностью. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участники  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся  школ, лицеев  и гимназий  Павлодарской  области, классные  руководители, педагоги  дополнительного  образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координатор  проведения  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проекта:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>классный  руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма проведения  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Имитированная интерактивная игра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оборудование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наглядность и ТСО:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Слайдовые материалы. Фрагменты из документальных фильмов телеканала «Хабар» – «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәдениет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» – «История одного шедевра»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шәкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Великие тайны великих людей», «В Казахстане отмечают 100 лет со дня рождения режиссера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шакена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айманова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>». Фрагменты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>из кинофильмов «Ангел в тюбетейке» -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>песни «Одиссей» и «Мама», «Конец атамана» – песня «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жиырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Компьютер, проектор, экран. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>План проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подготовка интерактивной игры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дети выбирают категорию  и балл и отвечают на вопросы по жизнедеятельности Ш.Айманова. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Категории:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor=".D0.91.D0.B8.D0.BE.D0.B3.D1.80.D0.B0.D1.84.D0.B8.D1.8F" w:history="1">
+        <w:r w:rsidRPr="000B7738">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Биография</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" \l ".D0.A2.D0.B5.D0.B0.D1.82.D1.80.D0.B0.D0.BB.D1.8C.D0.BD.D0.BE.D0.B5_.D1.82.D0.B2.D0.BE.D1.80.D1.87.D0.B5.D1.81.D1.82.D0.B2.D0.BE" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Театральное творчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" \l ".D0.90.D0.BA.D1.82.D1.91.D1.80"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Актёр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" \l ".D0.A0.D0.B5.D0.B6.D0.B8.D1.81.D1.81.D1.91.D1.80"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Режиссёр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="001E22CA" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:anchor=".D0.A1.D1.86.D0.B5.D0.BD.D0.B0.D1.80.D0.B8.D1.81.D1.82" w:history="1">
+        <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Сценарист</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" \l ".D0.A5.D1.83.D0.B4.D0.BE.D0.B6.D0.B5.D1.81.D1.82.D0.B2.D0.B5.D0.BD.D0.BD.D1.8B.D0.B9_.D1.80.D1.83.D0.BA.D0.BE.D0.B2.D0.BE.D0.B4.D0.B8.D1.82.D0.B5.D0.BB.D1.8C"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Художественный руководитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" \l ".D0.9E.D0.B7.D0.B2.D1.83.D1.87.D0.B8.D0.B2.D0.B0.D0.BD.D0.B8.D0.B5"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Озвучивание</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" \l ".D0.9F.D1.80.D0.B8.D0.B7.D1.8B_.D0.B8_.D0.BD.D0.B0.D0.B3.D1.80.D0.B0.D0.B4.D1.8B"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Призы и награды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B9407F" w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>После ответа учащихся высвечивается правильный ответ на экране.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подводятся итоги игры. Определяются победители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс презентации и видеороликов на тему «Родина Шакена Айманова»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="HTML"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-7классы: Природа Баянаула.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(конкурс презентации) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Темы презентации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баянаульский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственный национальный природный парк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...158 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00340FB3">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
-[...548 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:t>«Флора Баянаульского района», «Фауна Баянаульского района». «Сокральные места Баянаула» «Торайгыр  - родина Ш.Айманова»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="000B7738" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8-9классы. Описание природы(видеоролик:подбор кадров,запечатлевших картины природы   из фильмов,снятых Ш.Аймановым или из тех фильмов,где снимался сам актер).Запись закадровых комментариев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9407F" w:rsidRPr="001E22CA" w:rsidRDefault="00B9407F" w:rsidP="00B9407F">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:rPr>
-[...1543 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00C44BD4" w:rsidRPr="00607716" w:rsidRDefault="00C44BD4" w:rsidP="00607716">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00C44BD4" w:rsidRPr="00607716" w:rsidSect="001C0F23">
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Апрель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Программа «Өрен» (5-9классы )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Әке-ана өнегесі» один день на работе с родителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цель проекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">повышение социальной активности учащихся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Задачи проекта:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>формировани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таких качеств, как умение понимать общественные процессы, адаптироваться в меняющихся жизненных условиях, критически мыслить, формулировать выводы и принимать самостоятельные рационально обоснованные решения, принимать ответственность на себя, умение общаться с людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участники  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся  школ, лицеев  и гимназий  Павлодарской  области, классные  руководители, педагоги  дополнительного  образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координатор  проведения  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проект</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классный  руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма проведения  мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классный час</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оборудование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- учебные столы и стулья, интерактивная  доска  для  презентации работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подготовительный этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подготовка учащихся  к предстоящей встрече.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Основной этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Будучи на рабочих местах у родителей дети непосредственно узнают </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их работе, пробуют себя в роли того или иного специалиста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кто-то из ребят уже был на работе у родителей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кто-то первый раз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>то-то стоял у истоков начинаний семейного бизнеса, кто-то помогает родителям на работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заключительный этап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. О своих впечатлениях, о совместно проведенном с родными рабочем дне школьники </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>делятся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в своих эссе, фото и видеоматериалах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на классном часе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7738">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740743" w:rsidRPr="000B7738" w:rsidRDefault="00740743" w:rsidP="00740743">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA3C45" w:rsidRPr="00B9407F" w:rsidRDefault="00EA3C45"/>
+    <w:sectPr w:rsidR="00EA3C45" w:rsidRPr="00B9407F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...467 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009B5D2A"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00FF2C36"/>
+    <w:rsidRoot w:val="00A22989"/>
+    <w:rsid w:val="001E22CA"/>
+    <w:rsid w:val="00740743"/>
+    <w:rsid w:val="0092602C"/>
+    <w:rsid w:val="00A22989"/>
+    <w:rsid w:val="00B9407F"/>
+    <w:rsid w:val="00EA3C45"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8550,318 +7624,288 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c191">
     <w:name w:val="c191"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="164" w:hanging="164"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c31">
     <w:name w:val="c31"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c71">
     <w:name w:val="c71"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c61">
     <w:name w:val="c61"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c41">
     <w:name w:val="c41"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c81">
+    <w:name w:val="c81"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00B9407F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c171">
     <w:name w:val="c171"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c241">
     <w:name w:val="c241"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c112">
     <w:name w:val="c112"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c02">
     <w:name w:val="c02"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c212">
     <w:name w:val="c212"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c92">
+    <w:name w:val="c92"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00B9407F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...55 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -8981,332 +8025,302 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="0092602C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c191">
     <w:name w:val="c191"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="164" w:hanging="164"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c31">
     <w:name w:val="c31"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c71">
     <w:name w:val="c71"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c61">
     <w:name w:val="c61"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c41">
     <w:name w:val="c41"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c81">
+    <w:name w:val="c81"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00B9407F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c171">
     <w:name w:val="c171"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c241">
     <w:name w:val="c241"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c112">
     <w:name w:val="c112"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c02">
     <w:name w:val="c02"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c212">
     <w:name w:val="c212"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c92">
+    <w:name w:val="c92"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00B9407F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001002DD"/>
+    <w:rsid w:val="00B9407F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...55 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wp.wiki-wiki.ru/wp/index.php/%D0%90%D0%B9%D0%BC%D0%B0%D0%BD%D0%BE%D0%B2,_%D0%A8%D0%B0%D0%BA%D0%B5%D0%BD_%D0%9A%D0%B5%D0%BD%D0%B6%D0%B5%D1%82%D0%B0%D0%B5%D0%B2%D0%B8%D1%87" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9555,69 +8569,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2667</Words>
-  <Characters>15205</Characters>
+  <Words>3633</Words>
+  <Characters>20714</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17837</CharactersWithSpaces>
+  <CharactersWithSpaces>24299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Avalon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>