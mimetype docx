--- v0 (2025-12-13)
+++ v1 (2025-12-14)
@@ -1,5565 +1,5660 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...63 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Экология, экономика, еңбек тәрбиесі» бағыты бойынша әдістемелік әзірлемелелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қыркүйек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B7738">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Зерек» бағдарламасы (1-4  сыныптар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
-[...3115 lines deleted...]
-      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...15 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Менің гүлім» акциясы (әр бір оқушы өсіндіден өзінің бөлме гүлін құмырада  өсіреді) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidR="007F29BE" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F29BE" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалардың экологиялық тәрбиесін дамыту. Балалардың бөлме өсімдіктері туралы білімін кеңейту және акцияға барлық қатысушылардың экологиялық мәдениетінің негіздерін қалыптастыру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Балаларды гүлдердің әртүрлілігімен, олардың құрылысымен, олардың өсуі мен дамуы үшін қажетті жағдайлармен және адамның эмоциялық жағдайына әсермен таныстыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Акцияның міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Бөлме гүлдері, олардың адам өміріндегі маңыздылығы туралы түсініктерін қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Танымдық іс-әрекеттегі қызығушылықты, байқаушылықты, белсенділікті дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Модельдеу және эксперименттеу дағдыларын дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Қоршаған ортаны эстетикалық қабылдауды, түстерге экологиялық сауатты қарым-қатынасты қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F7F7F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Адам қызметінің өсімдіктер өміріне әсерін зерттеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шараға қатысушылар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар облысының мектеп,лицей және гимназия оқушылары, сынып жетекшілер, қосымша білім беру педагогтері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шараның үйлестірушісі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып жетекшісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шараның өткізетін түрі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жабдықтауы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– оқу үстелдері және орындықтар,жұмыстардың тұсау кесерін өткізетін интерактивті тақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шараны өткізу барысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайындық кезеңі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Бөлме өсімдіктері туралы әдебиет  дайындау. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. бөлме өсімдіктеріне қажетті жабдықты сатып алу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Еңбек қызметі: бөлме өсімдіктерін күту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(суары, қопсыту,қоректену)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Практикалық жұмыс өткізіледі«Бөлме өсімдігін қалай отырғызу керек».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Практикалық жұмыстың жоспары: 1.Гүл құмырасын қарау. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Дренаж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құмыраны толтыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отросток хлорофитум</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өсіндіні отырғызу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыстың соңы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Тәжірибелі-сараптау қызмет:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өсімдіктер су ішеді»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өсімдік дем алала ма?»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Сумен және сусыз»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Гүлдердің құрылысы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өсімдіктің тіршілік етуіне қажетті жағдайлар»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Балалармен ҚҒҰ: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Бөлме өсімдіктері»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Әңгіме: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Бөлме өсімдіктерін күту»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өсімдіксіз өмір»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Дидактикалық ойындарды өткізу: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Бұл қай өсімдіктің бөлігі»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Гүлді құрастыр»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Гүлді тап»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалармен гүлдер туралы өлеңдер жаттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөлме өсімдіктері туралы өлең шығару</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сурет көрмесін ұйымдастыру «Менің сүйікті бөлме өсімдігім»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Акцияны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң қорытындысы оқу жылының соңында мамыр айында жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалар орындаған тапсырма туралы мәлімдейді, балалар жаңадан не білді, іс-шараның мақсатына жетуі жайлы үйлестіруші өткізілген іс-шараның қорытындысын шығарады  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыстарды қорғау. Тұсау кесерлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орындаушысы:  М.М.Катаев атындағы Оқушылар сарайының әдіскері  Тел.8(7182)328507.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Экология, экономика, еңбек тәрбиесі» бағыты бойынша әдістемелік әзірлемелелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="00340FB3" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қаңтар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Зерек»</w:t>
+      </w:r>
+      <w:r w:rsidR="00340FB3" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-4  </w:t>
+      </w:r>
+      <w:r w:rsidR="00340FB3" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="004D379E" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57B5C" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Құстарға арналған кафе» экологиялық акциясы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="00F57B5C" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="00F57B5C" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу мерзімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсан, қаңтар және ақпан айларында. 5 желтоқсан - акцияның басталуы, 27 ақпан - аяқтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="00F57B5C" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қатысушылар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар облысының білім беру ұйымдарының (мектеп, интернат-үйлер) 4-6 сынып оқушылары және тәрбиеленушілері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="00F57B5C" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я барысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="00F57B5C" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...58 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Акция қараторғай үйшіктерін, құстар үшін астау дайындау және ілінуді көздейді. Бұл акция табиғатқа деген сүйіспеншілікті, құстарға мұқият және қамқорлықпен қарауды, сондай-ақ осы мәселеге қоғамның назарын аударуды мақсат етеді. Үш қысқы ай ішінде астауды азықпен үздіксіз толтыру үшін әрбір класс үшін жұмыс кестесі бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57B5C" w:rsidRPr="005568D2" w:rsidRDefault="00F57B5C" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
+        <w:ind w:left="0" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізілген акцияның сипаттамасымен фотосуреттерді оның қатысушыларымен бірге #EKOboomPavlodar хэштегімен тегін Instagram қосымшасында орналастырылады. Өткізілген іс-шаралардың мониторингі парақшаларды белсенді қарау және автордың жарияланымын белгілеуді ескере отырып жүзеге асырылады. Фотосуреттердің саны - 1-5. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Экология, экономика, еңбек тәрбиесі» бағыты бойынша әдістемелік әзірлемелелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="004C2B2D" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...39 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азан</w:t>
+      </w:r>
+      <w:r w:rsidR="001322DD" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпан</w:t>
+      </w:r>
+      <w:r w:rsidR="001322DD" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наурыз</w:t>
+      </w:r>
+      <w:r w:rsidR="001322DD" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ма</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Зерек»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...39 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Табиғатты қорғайық» </w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">табиғат үшін игі істер фестивалі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаттары мен міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Балалардың ой өрісін кеңейтуге, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзін-өзі дамытуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оң мотивация</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыруға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р түрлі үйірмелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е, секциялар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, өз қабілеттері мен таланттарын</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамытуына ынталандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қоршаған ортаны қорғау құндылығын түсінуін т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іс-шараға қатысушылар: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B263FA" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының  мектеп, лицей, гимназия оқушылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып жетекшілері, қосымша білім беру педагогтары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00B263FA" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фестивальді өткізетін </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52085" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йлестіруші: сынып жетекшісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00A52085" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с-шара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның өткізу түрі</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:  фестивал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрал-жабдықтар - оқу үстелдер</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52085" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орындықтар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52085" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыстарды таныстыратын </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95233" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интерактивті тақта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Акциялардың түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Күз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F29BE" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Тұқым және астық Қор туралы!"(болашақ егін үшін тұқым жинау, гүл тұқымдары, құстарды қоректендіруге арналған тұқымдар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. "Құстар үшін жақсы Қыс" (қыстайтын құстарды қоректендіру. Топта балалар мен ата-аналар құстарға азық әкелетін сыйымдылық тұр. "Жарқын істер" панорамасында тәрбиешілер белсенді отбасыларына алғыс білдіреді).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қыс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="007F29BE" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...138 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+      <w:r w:rsidR="007F29BE" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Шырша-жасыл ине" (шыршаны қорғауға балалар плакаттар дайындайды, үйге апарады. Жолда қоғамдық орында іліп қоюға болады. Қорытынды кезең конкурс және көрме формасына шыға алады- " шырша-жасыл ине»);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. "Терезе алдындағы витаминдер" (өзі үшін пиязды өсіру, пияздың әр түрлі жағдайда өсуін қадағалау, жалпы және жеке бақылау күнтізбесін жүргізу).</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Шырша – жасыл ине" (</w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шыршаны  </w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсатында </w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар плакаттар дайындайды,  үй</w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іне апарады</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00340FB3" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оғамдық орында</w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  іліп қо</w:t>
+      </w:r>
+      <w:r w:rsidR="00340FB3" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>юңа болады</w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды </w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезең "Шырша – жасыл ине" конкурс және</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрме</w:t>
+      </w:r>
+      <w:r w:rsidR="0009582E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түріне ұласуы мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көктем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F29BE" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Мұхитты ығыстырмау үшін кранды жабыңыз!"(22 наурыз - Халықаралық су күні". Акция бұрын басталып, "сиқыршы су" мерекесімен аяқталуы мүмкін. Плакаттар, эксперименталды қызмет - вожжа живительная сила).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F29BE" w:rsidRPr="005568D2" w:rsidRDefault="007F29BE" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. "Сүйікті – Таза қала!""(бұл" таза қала " қалалық акциясы дәстүрлі түрде өтеді, ал біз белсенді түрде қосыламыз, ата-аналар + балалар + қызметкерлер: аумақты жинаймыз, абаттандырамыз және көгалдандырамыз).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026250E" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="0026250E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Аула бойынша әр әншіге!"(ата-аналармен бірлесіп,  құстарға ұя дайындау және бекіту. Үйдің ауласында, саяжайда ілуге болады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C03FF" w:rsidRPr="005568D2" w:rsidRDefault="0026250E" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Көктемде "Ғаламшарды гүлдермен безендірейік" экологиялық акциясы басталады (акцияның басталуы сәуір айында, "Жер күні" мерекесіне, балалар гүлдер тұқымдарын себеді).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C03FF" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="003C03FF" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Ғаламшарды гүлдермен безендіреміз" (гүлзарларды, өскен көшеттерден көгалдарды бөлу, көшеттерді күту).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C03FF" w:rsidRPr="005568D2" w:rsidRDefault="003C03FF" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2."Орманды және оның тұрғындарын өрттен сақтаңыздар!"(орманда өзін қалай ұстау керек, орманда отты абайлап қолдану керек. Өрт табиғатқа, оның тұрғындарына, адамдарға зиян келтіреді).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C03FF" w:rsidRPr="005568D2" w:rsidRDefault="003C03FF" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық экологиялық іс-шаралар мен акциялар "тек бірге, тек қана тату, табиғатқа көмектесу керек!" ұранымен өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орындаушы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF49B8" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М.М.Катаев атындағы Оқушылар с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арайының </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF49B8" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>діскері. Тел. 8(7182)328507.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF49B8" w:rsidRPr="005568D2" w:rsidRDefault="00CF49B8" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="005C077D" w:rsidRPr="000B7738" w:rsidRDefault="005C077D" w:rsidP="005C077D">
+        <w:t>«Экология, экономика, еңбек тәрбиесі» бағыты бойынша әдістемелік әзірлемелелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="004C2B2D" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
+      <w:r w:rsidRPr="005568D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Апрель</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:t>Сәуір</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C2B2D" w:rsidRPr="005568D2" w:rsidRDefault="004C2B2D" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
-[...58 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Зерек» бағдарламасы (1-4 сыныптар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C2B2D" w:rsidRPr="005568D2" w:rsidRDefault="004C2B2D" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
-[...10 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Менің қызыл кітабым»</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2B2D" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық  дайджест</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184B00" w:rsidRPr="005568D2" w:rsidRDefault="00184B00" w:rsidP="005568D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дайджест-нақты немесе әлеуетті оқырмандардың мүдделері саласындағы белгілі бір тақырып бойынша іріктелген құжаттар мәтіндерінің фрагменттері (аннотациялар, дәйексөздер, үзінділер) бар ақпараттық өнім. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184B00" w:rsidRPr="005568D2" w:rsidRDefault="00184B00" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәйкесінше, дайджест ақпараттық жанр ретінде, бір жағынан,  бастапқы көзден алынатын ақпарат, ал екінші жағынан - қызметтік, яғни бастапқы дереккөзді меңгеру құралы ретінде қызмет етуге арналған ақпарат болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56B8F" w:rsidRPr="005568D2" w:rsidRDefault="00E56B8F" w:rsidP="005568D2">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайджест мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларды ақпаратты өз бетінше іріктеуге, оны қорытуға және дұрыс қорытынды жасауға үйрету;ақпараттық сағат өткізу формаларының бірін әр түрлі көздерден алынған материалдарды қолдана отырып көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56B8F" w:rsidRPr="005568D2" w:rsidRDefault="00E56B8F" w:rsidP="005568D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ц</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B7738">
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайджест міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> дайджеста</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B7738">
+        <w:t xml:space="preserve"> белсенді өмірлік ұстанымды тәрбиелеу;балалардың ой-өрісін кеңейту, өзін-өзі дамытуға оң мотивация қалыптастыру; көпшілік алдында сөйлеу дағдысын дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000B7738">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шараға қатысушылар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B7738">
-[...103 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidR="00D95233" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының  мектеп, лицей, гимназия оқушылары</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53958" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95233" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып жетекшілері, қосымша білім беру педагогтары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00333ADC" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ақпараттық дайджестті өткізудің ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йлестіруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сі</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сынып жетекшісі,биология пәнінің мұғалімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00333ADC" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
-[...47 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шараның  өт</w:t>
+      </w:r>
+      <w:r w:rsidR="00845F30" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кізу түрі: дайджест</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрал-жабдықтар: оқу үстелдер</w:t>
+      </w:r>
+      <w:r w:rsidR="00333ADC" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орындықтар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00333ADC" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таныстыруға</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53958" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнал</w:t>
+      </w:r>
+      <w:r w:rsidR="00333ADC" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интерактивті тақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845F30" w:rsidRPr="005568D2" w:rsidRDefault="00845F30" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...25 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүргізу барысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61B94" w:rsidRPr="005568D2" w:rsidRDefault="00D61B94" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...28 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайындық кезеңі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61B94" w:rsidRPr="005568D2" w:rsidRDefault="00D61B94" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...17 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушылар қызыл кітапқа енген жануарлар мен өсімдіктердің кейбір түрлері туралы хабарламалар дайындайды.Мысалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61B94" w:rsidRPr="005568D2" w:rsidRDefault="00D61B94" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...124 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баянауыл мемлекеттік ұлттық табиғи паркінде, оның кластерлік учаскелерін қоса алғанда, сондай-ақ кеңейту аумағында елдің Қызыл кітабына енгізілген құстардың 12 түрі кездеседі. Саджа тек ұлттық парк аумағына, балобан, бүркіт, қорым, Дала қыраны, филин, қарлық қыраны, қара қоңыр хохотун ұяларда кездеседі. Қара аист, бұйра пеликан, аққу кликун, әдемі Тырна көктемгі және күзгі аралықтарда кездеседі. Келтірілген тізімнің үш түрі (сапсан, балобан және қорым), сондай-ақ үлкен қорым, дала алабұға және дала шөл даласы жаһандық қауіп төндіретін түрлер болып табылады және IUCN екінші тізіміне және қауіпті BirdLife International түрлерінің тізбесіне енгізілген.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2EB5" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сүтқоректілерден Баянауыл саябағы мен "Қызыл-Тау" қорықшасының аумағында Қазақстанның Қызыл кітабына енгізілді. Омыртқасыздардың арасында Қазақстанның Қызыл кітабына стрекоздар отряды сұлулықтың түрі — қыз, коромысла тұқымынан дозорщик — император, қатты қанаттылар тұқымдас жужелица — торлы Сұлулық енгізілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00704C4E" w:rsidRPr="005568D2" w:rsidRDefault="00704C4E" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бүркіт-ірі жыртқыш құс. Оның салмағы 6 кг-ға жетеді.Бүркіт қояндар мен түлкілерге өте жақсы аңшы, сондықтан да бүркіттерді ертеден бері адамдарға көмектесуге үйретті. Тіпті бүркітпен аң аулау үшін арнайы мектептер құрылды. Бүркіт-Қазақстанның символы. Бүркіттер жұптармен ұялайды, бұл ретте әрбір жұптың 2-4 ұясы болады, олар жыл сайын кезекпен бір-бірінен кемінде 2-3 км қашықтықта пайдаланады. Балапандарды бірге тамақтандырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C917A9" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бүркіт өте әдемі және ұлы құс. Бүркіт Қазақстанның Қызыл кітабына енгізілгеннен бастап 30 жылдан астам уақыт өтті. Еліміздің оңтүстігі мен оңтүстік-шығысында тек 600 жұп ғана бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092895" w:rsidRPr="005568D2" w:rsidRDefault="00092895" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кіші аққу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D638C" w:rsidRPr="005568D2" w:rsidRDefault="006D638C" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кіші аққу, сондай-ақ тундров деп аталады. Тек Ресейде және Азияның кейбір аймақтарында ғана көбейеді. Кіші Аққулар ұшып келе жатқан құс Қазақстанда көктемде және күзде ұшу кезінде Науырзым қорығында, Қостанай ауданында, Торғай мен Улькаякада, Қорғалждин көлдерінде, аралда, Алакөл қазаншұңқырында, Ертіс пен Марқакөл көлінде көруге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі кезең.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...52 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылардың қатысуы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="00544C99" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды кезең. Ойын</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның қорытындысы.Рефлексия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орындаушы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF75C8" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.М.Катаев Оқушылар </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF75C8" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арайының ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>діскері. Тел. 8(7182)328507.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының жас буынын  тәрбиелеудің  тұжырымдамасының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заключительный этап. Подведение итогов выступления.Рефлексия.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+        <w:t>«Экология, экономика, еңбек тәрбиесі» бағыты бойынша әдістемелік әзірлемелелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001322DD" w:rsidRPr="005568D2" w:rsidRDefault="001322DD" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF75C8" w:rsidRPr="005568D2" w:rsidRDefault="00CF75C8" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәуір</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF75C8" w:rsidRPr="005568D2" w:rsidRDefault="00CF75C8" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
-[...58 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Зерек» бағдарламасы (1-4 сыныптар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
-[...10 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Мамандықтың бәрі жақсы..." </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E26B9" w:rsidRPr="005568D2" w:rsidRDefault="003E26B9" w:rsidP="005568D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата-аналардың жұмыс орнынан </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6221E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">репортаждар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6221E" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты мен міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларды </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF75C8" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өз ата-аналардың мамандықтармен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызықтыру, оқушылардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF75C8" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мамандықтар туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көзқарасын кеңейту</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2998" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу; </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2998" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әр түрлі кәсіптерге деген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құрметпен және ізгі </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2998" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ниетпен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарым-қатынас, еңбекқорлық тәрбиелеу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2998" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іс-шараға қатысушылар: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының  мектеп, лицей, гимназия оқушылары сынып жетекшілері, қосымша білім беру педагогтары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2998" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс шара өткізудің үйлестірушісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сынып жетекшісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2998" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Іс-шараның  өткізу түрі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> репортаж</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2998" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрал-жабдықтар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу үстелдері, орындықтар, таныстыруға арналған интерактивті тақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2998" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жүргізу барысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...132 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайындық кезеңі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Репортаж туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескертпелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="006F2998" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Репортаждың е</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекшеліктері. Мазмұндама жұмыстары 1-ші </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жақтан</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автордың </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Ашық" болуы, ол </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен, біз есімдіктерін пайдалану арқылы, анық </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрінуі мүмкін және жасырын,  эмоциясы әңгіме, жарқын </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағалауы</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ; репортажда, әдетте, баға беріледі оқиғалар қамтылады, публицистикалық жинақтау, авторлық ойлану; реп</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортаж, әдетте, мыналарды </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B7738">
-[...83 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">куәгермен </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұхбат оқиғалар</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3F06" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="002D3F06" w:rsidP="005568D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...18 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Репортаждың дайындық жұмысы</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="002D3F06" w:rsidP="005568D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:kern w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алаларды ата-анасының жұмыс орны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на баруды ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">репортажды </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасау үшін сұрақтар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды дайындау</w:t>
+      </w:r>
+      <w:r w:rsidR="006A32A3" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналар</w:t>
+      </w:r>
+      <w:r w:rsidR="006A32A3" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ының  мамандықтары туралы ақпарат жинау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7431" w:rsidRPr="005568D2" w:rsidRDefault="002C7431" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үмкіндігінше шағын репортаж жасау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әңгіме жүргізу, суреттер, фотосуреттер сайысы</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Менің ата анамның мамандығы» тақырыбында</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағын бейнеролик немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұсаукесерлер конкурсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="002C7431" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біздің әлемде к</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өптеген кәсіптер бар. Әр мамандық маңызды. Адамдар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өз қалауы бойынша мамандық </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таңдайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC295B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Менің ата-анам </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC295B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өздерінің болашақ мамандығы </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұзақ таңдады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен әрқашан ата-ана</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC295B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мды мақтан етемін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Олар </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC295B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек жасауды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жақсы көреді, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC295B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыстарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көп уақыт бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="00CC295B" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұрақтар: Сіздің жұмысыңыздың м</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әні неде?</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53958" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өзіңізге несімен ұнайды? Қандай қиыншылықтары бар?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осы мамандықты таңдауға кім немесе не әсер етті</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы мамандық иесі болу үшін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>андай қабілет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер мен қасиеттер болу</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы тиіс</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidR="00223989" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепте оқығанда қадай пәндерді ұнатыңыз? </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қандай мүмкіндіктер</w:t>
+      </w:r>
+      <w:r w:rsidR="00223989" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="00223989" w:rsidP="005568D2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менің болашақ мамандығымды таңдауына  а</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та-анамның мамандығы әсер етуі мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таңдау жасамас бұрын мен </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұқият </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойлануым керек</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B7738">
-[...198 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұмыс  қызықты және ұнайтын</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу керек</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43A0" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7738">
+      <w:r w:rsidRPr="005568D2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...120 lines deleted...]
-    <w:p w:rsidR="006E55B5" w:rsidRPr="000B7738" w:rsidRDefault="006E55B5" w:rsidP="006E55B5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сыныпта </w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыстардың конкурсын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткіз</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ата аналарды ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақыру. </w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мадақтау. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B43A0" w:rsidRPr="005568D2" w:rsidRDefault="008B43A0" w:rsidP="005568D2">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қорытынды кезең.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ынып сағат</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарын</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эссе, фото және видеоматериал</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қушылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туған-туыстарымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлесіп өткізген жұмыс күні</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нде алған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әсерлері</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлі</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E9B" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:r w:rsidR="00544C99" w:rsidRPr="005568D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF197F" w:rsidRPr="005568D2" w:rsidRDefault="00CF197F" w:rsidP="005568D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00EA3C45" w:rsidRPr="005C077D" w:rsidSect="008D310E">
+    <w:sectPr w:rsidR="00CF197F" w:rsidRPr="005568D2" w:rsidSect="0094363B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="2AF64915"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="179C2338"/>
+    <w:lvl w:ilvl="0" w:tplc="9506A442">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="3C5E0F6F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F84048C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5628,51 +5723,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="507C5D55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E429E30"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="57907E22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D966FE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5741,51 +5949,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="5A15104D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="363E62FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5854,51 +6062,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="7B582F11"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C223ADC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="7F0121DE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E64EC0BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5968,109 +6289,170 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002D6E97"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FC0BA6"/>
+    <w:rsidRoot w:val="002A291D"/>
+    <w:rsid w:val="00092895"/>
+    <w:rsid w:val="0009582E"/>
+    <w:rsid w:val="00114998"/>
+    <w:rsid w:val="001322DD"/>
+    <w:rsid w:val="00184B00"/>
+    <w:rsid w:val="001D1AD8"/>
+    <w:rsid w:val="00223989"/>
+    <w:rsid w:val="0026250E"/>
+    <w:rsid w:val="002A291D"/>
+    <w:rsid w:val="002C7431"/>
+    <w:rsid w:val="002D3F06"/>
+    <w:rsid w:val="00333ADC"/>
+    <w:rsid w:val="00340FB3"/>
+    <w:rsid w:val="003C03FF"/>
+    <w:rsid w:val="003E26B9"/>
+    <w:rsid w:val="0040033D"/>
+    <w:rsid w:val="00473FA0"/>
+    <w:rsid w:val="004C2B2D"/>
+    <w:rsid w:val="004D379E"/>
+    <w:rsid w:val="00544C99"/>
+    <w:rsid w:val="005568D2"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A32A3"/>
+    <w:rsid w:val="006D638C"/>
+    <w:rsid w:val="006F2998"/>
+    <w:rsid w:val="00704C4E"/>
+    <w:rsid w:val="00794C35"/>
+    <w:rsid w:val="007C0BFB"/>
+    <w:rsid w:val="007E4E7D"/>
+    <w:rsid w:val="007F29BE"/>
+    <w:rsid w:val="00814E9B"/>
+    <w:rsid w:val="00845F30"/>
+    <w:rsid w:val="008B43A0"/>
+    <w:rsid w:val="00903872"/>
+    <w:rsid w:val="0094363B"/>
+    <w:rsid w:val="009A3D9E"/>
+    <w:rsid w:val="009D2EB5"/>
+    <w:rsid w:val="00A17734"/>
+    <w:rsid w:val="00A3154F"/>
+    <w:rsid w:val="00A52085"/>
+    <w:rsid w:val="00B1539E"/>
+    <w:rsid w:val="00B263FA"/>
+    <w:rsid w:val="00B7611F"/>
+    <w:rsid w:val="00C0083A"/>
+    <w:rsid w:val="00C917A9"/>
+    <w:rsid w:val="00CB3109"/>
+    <w:rsid w:val="00CC295B"/>
+    <w:rsid w:val="00CF197F"/>
+    <w:rsid w:val="00CF49B8"/>
+    <w:rsid w:val="00CF75C8"/>
+    <w:rsid w:val="00D61B94"/>
+    <w:rsid w:val="00D6221E"/>
+    <w:rsid w:val="00D95233"/>
+    <w:rsid w:val="00E03404"/>
+    <w:rsid w:val="00E56B8F"/>
+    <w:rsid w:val="00F53958"/>
+    <w:rsid w:val="00F57B5C"/>
+    <w:rsid w:val="00F678F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -6184,166 +6566,212 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006E55B5"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001322DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006E55B5"/>
+    <w:rsid w:val="001322DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
-    <w:name w:val="Strong"/>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F57B5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="22"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E55B5"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F57B5C"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6464,179 +6892,227 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006E55B5"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005C077D"/>
+    <w:rsid w:val="001322DD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001322DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006E55B5"/>
+    <w:rsid w:val="001322DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
-    <w:name w:val="Strong"/>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F57B5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="22"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E55B5"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F57B5C"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6884,55 +7360,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>14508</Characters>
+  <Pages>1</Pages>
+  <Words>1926</Words>
+  <Characters>10984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17019</CharactersWithSpaces>
+  <CharactersWithSpaces>12885</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Avalon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>